--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -479,133 +479,133 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>1104761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -847,163 +847,163 @@
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Warner Bros. Entertainment Inc.</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>524394</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Warner Bros. Entertainment Inc.</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>524395</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Warner Bros. Entertainment Inc.</t>
         </is>
       </c>
     </row>
     <row r="9" customHeight="true" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>524396</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Warner Bros. Entertainment Inc.</t>
         </is>
       </c>
     </row>
     <row r="10" customHeight="true" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>524397</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Warner Bros. Entertainment Inc.</t>
         </is>
       </c>
     </row>
     <row r="11" customHeight="true" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>524398</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Warner Bros. Entertainment Inc.</t>
         </is>
       </c>
     </row>
     <row r="12" customHeight="true" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>787696</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
@@ -1090,325 +1090,325 @@
           <t>TASMANIAN DEVIL MOUNTAIN PEPPER
 TASMANIAN DEVIL MOUNTAIN PEPPERCORNS
 TASMANIAN DEVIL MOUNTAIN PEPPERBERRIES</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Andrew Charles Rath</t>
         </is>
       </c>
     </row>
     <row r="16" customHeight="true" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>1697720</t>
+          <t>1719703</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>TASMANIAN DEVIL'S BALLS</t>
+          <t>TASMANIAN DEVIL AIR</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>39, 43</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Donald Walker; Marcus Walker</t>
         </is>
       </c>
     </row>
     <row r="17" customHeight="true" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>1719703</t>
+          <t>1878752</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>TASMANIAN DEVIL AIR</t>
+          <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Expired renewal possible</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>39, 43</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>Donald Walker; Marcus Walker</t>
+          <t>Andrew Charles Rath</t>
         </is>
       </c>
     </row>
     <row r="18" customHeight="true" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>1878752</t>
+          <t>620650</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Registered/protected</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>Andrew Charles Rath</t>
+          <t>Lactos Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="19" customHeight="true" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>620650</t>
+          <t>820478</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>TASMANIAN DEVIL</t>
+          <t>TASMANIAN DEVIL NUTS</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>Lactos Pty Ltd</t>
+          <t>Antony Brian Joyce</t>
         </is>
       </c>
     </row>
     <row r="20" customHeight="true" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>820478</t>
+          <t>930948</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>TASMANIAN DEVIL NUTS</t>
+          <t>TASMANIAN DEVIL BALM
+TASSIE DEVIL BALM</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>Antony Brian Joyce</t>
+          <t>Louis Charles Mamo; Frances Christine Mamo</t>
         </is>
       </c>
     </row>
     <row r="21" customHeight="true" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>930948</t>
+          <t>934261</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>TASMANIAN DEVIL BALM
-TASSIE DEVIL BALM</t>
+          <t>BLACK DEVIL TASMANIAN</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>29, 30, 31, 32, 33</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>Louis Charles Mamo; Frances Christine Mamo</t>
+          <t>Dumarchand Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="22" customHeight="true" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>934261</t>
+          <t>986361</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>BLACK DEVIL TASMANIAN</t>
+          <t>TASMANIAN DEVILS</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Removed:
+Non-use</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>Tasmania Football Club Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" customHeight="true" ht="140.0">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>989241</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>TASMANIAN DEVIL FRESH PRODUCE</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
-          <t>Tasmania Football Club Limited</t>
+          <t>Adrian John Pinner</t>
         </is>
       </c>
     </row>
     <row r="24" customHeight="true" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>989241</t>
+          <t>1685961</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>TASMANIAN DEVIL FRESH PRODUCE</t>
+          <t>DIGBY THE TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>3, 9, 10, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>Adrian John Pinner</t>
+          <t>Dematin Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="25" customHeight="true" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>1685961</t>
+          <t>1697720</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>DIGBY THE TASMANIAN DEVIL</t>
+          <t>TASMANIAN DEVIL'S BALLS</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>3, 9, 10, 16, 25, 28, 41</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>Dematin Pty Ltd</t>
+          <t>Donald Walker; Marcus Walker</t>
         </is>
       </c>
     </row>
     <row r="26" customHeight="true" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>409438</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>M.A. HYDE
 TASMANIAN DEVIL</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>