--- v0 (2025-11-05)
+++ v1 (2026-01-29)
@@ -593,152 +593,152 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>31</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>33</xdr:row>
-      <xdr:rowOff>371428</xdr:rowOff>
+      <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="371428"/>
+          <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1822,184 +1822,184 @@
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>HC BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Hall Chadwick Melbourne Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="30" customHeight="true" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2333388</t>
+          <t>2317104</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>METAL BLOCKCHAIN</t>
+          <t>BSV BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>9, 35, 41, 42</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
-          <t>Metallicus, Inc.</t>
+          <t>Bitcoin Association for BSV</t>
         </is>
       </c>
     </row>
     <row r="31" customHeight="true" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
+          <t>2333388</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>METAL BLOCKCHAIN</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>Metallicus, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
           <t>2335932</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>WOLLEMI BLOCKCHAIN</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42</t>
         </is>
       </c>
-      <c r="F31" s="1" t="inlineStr">
+      <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Wollemi Blockchain Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
-      <c r="A32" s="1" t="inlineStr">
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2339487</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN AUSTRALIA</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>35, 41, 45</t>
         </is>
       </c>
-      <c r="F32" s="1" t="inlineStr">
+      <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Blockchain Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
-      <c r="A33" s="1" t="inlineStr">
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2486710</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN CAPITAL</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F33" s="1" t="inlineStr">
+      <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Blockchain Capital, LLC</t>
-        </is>
-[...26 lines deleted...]
-          <t>Bitcoin Association for BSV</t>
         </is>
       </c>
     </row>
     <row r="35" customHeight="true" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>1959745</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>SECURELY MOVES &amp; DELIVERS BLOCKCHAIN AT THE SPEED OF ENTERPRISE</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>9, 37, 41, 42</t>
         </is>
       </c>