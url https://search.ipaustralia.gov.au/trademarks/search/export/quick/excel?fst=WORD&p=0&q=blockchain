--- v1 (2026-01-29)
+++ v2 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>1333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -1048,1914 +1048,1914 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F69"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1773036</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Blockchain</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>7, 9, 35, 39, 41, 42, 45</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>bitFlyer Inc.</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1843489</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Audax Blockchain</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>35, 36, 42</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>AUDAX LEGAL PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1857801</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Kalleske Holdings Pty Ltd as trustee for Kalleske Asset Trust</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>1870904</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>AML FX BLOCKCHAIN FOREIGN EXCHANGE</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Nina Taylor; Gary McAlister</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>1900229</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>LAND LAYBY BLOCKCHAIN IT</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>LAND LAYBY AUSTRALIA PTY. LTD.</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>1914543</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>MISS BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Indream Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>1945204</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>Blockchain HQ</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>36, 42</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Simon Johnson</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>1957118</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN AUSTRALIA</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>METANFT CULTURE PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>1968713</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>KPAY BLOCKCHAIN AUSTRALIA (KPC8)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>PJ FINANCIAL GROUP PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1977596</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>DEO BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>9, 35, 36, 42</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Deo Solutions Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1989944</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>BRICKMARK THE BLOCKCHAIN REAL ESTATE COMPANY</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>9, 16, 36, 42</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BrickMark Holding AG</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>1990575</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>FIRST NATIONS BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>9, 35, 42</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>First Nations Blockchain Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>2022299</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>HAKUHODO PROTOTYPING SUSTAINABILITY DIVERSITY ENVIRONMENT DRONE SOCIAL GOVERNANCE ZETTABYTE DIGITAL MESH MIXED REALITY TRACKING SYSTEM FOOD TECH FIN TECH HR TECH CONNECTED CAR SMART HOUSE SUBSCRIPTION ESIM CRYPTCURRENCY BIG DATA OFF PREMISES CLOUD C2C D2C BIOMETRICS MACHINE VISION ECO SYSTEM BLOCKCHAIN SAAS AUGMENTED REALITY IMMERSIVE EXPERIENCE QUANTUM COMPUTER BIO HACKING MAAS IOT ARTIFICIAL INTELLIGENCE CRYPTCURRENCY VIDEO GAME TOKEN ECONOMY DYNAMIC PRICING CASHLESS BLOCKCHAIN DNA ACTIVELEARNING LAST ONEMILE HUMAN CENTRIC CHATBOT NPO ROBOTICS SOCIETY5.0 INFLUENCER E-CITIZENSHIP NFC 3DMAP</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Hakuhodo Incorporated</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2028066</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>DEO BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Deo Solutions Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2038467</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Blockchain powered global sports sponsorship marketplace</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>INSTANT SPONSOR PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>2086270</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN ECONOMY</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>35, 42</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Weina Zhu; Blockchain Economy LLC</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>2118632</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>SPLASH BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>MR Yoga Adipraja</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2131842</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN AUSTRALIA</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>9, 35, 45</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>METANFT CULTURE PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>2156655</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>WETHIO BLOCKCHAIN IN AFRICA</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>APPLINUM</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>2162831</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Blockchain Australia</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>35, 45</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>METANFT CULTURE PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>2201908</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>IBM BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>9, 35, 42</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>International Business Machines Corporation</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>2259712</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>GOANNA BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Goanna Blockchain Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>2263522</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>ARQIT QUANTUM BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>9, 36, 38, 42</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>ArQit Limited</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>2264920</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN COLLECTIVE</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>35, 41, 42</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>BlockChain Collective Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2290868</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>HC BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Hall Chadwick Melbourne Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2317104</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>BSV BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>9, 35, 41, 42</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Bitcoin Association for BSV</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2333388</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>METAL BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Metallicus, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2335932</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>WOLLEMI BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Wollemi Blockchain Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2339487</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN AUSTRALIA</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>35, 41, 45</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Blockchain Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2486710</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN CAPITAL</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Blockchain Capital, LLC</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>1959745</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>SECURELY MOVES &amp; DELIVERS BLOCKCHAIN AT THE SPEED OF ENTERPRISE</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>9, 37, 41, 42</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>StealthPath Inc.</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>2323976</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>EOS BLOCKCHAIN MADE EASY</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>9, 25, 35, 36, 41, 42</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>EOS Network Foundation</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>1759190</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Barter Futures Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>1826927</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>Vulcan blockchain</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>9, 16, 36, 38, 42, 45</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>PricewaterhouseCoopers Nominees (N.S.W) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>1843490</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>Blockchain Law</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>AUDAX LEGAL PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>1859405</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>Blockchain Global</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>Blockchain Global Limited</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>1873397</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>International Blockchain Consulting</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>GOGLOBAL LTD</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>1885693</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN LAW</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>AUDAX LEGAL PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>1905225</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN COLLECTIBLES</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>9, 35, 42</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Doheny Enterprises Limited</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>1940560</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>Canvas Blockchain</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>9, 35, 36, 38, 42</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>CANVAS IP PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
+    <row r="45" customHeight="1" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>1946144</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>Genesis Blockchain</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>Charalambos Papacharissiou</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
+    <row r="46" customHeight="1" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>1947764</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN FINANCE</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>41, 42</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>The Trustee for BLOCKCHAIN FINANCE MANAGEMENT SERVICES TRUST</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
+    <row r="47" customHeight="1" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>1948995</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN TECH</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN TECH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
+    <row r="48" customHeight="1" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>1966240</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>B BLOCKCHAIN &amp; BITCOIN CONFERENCE</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>35, 41</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Smile Expo s.r.o.</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
+    <row r="49" customHeight="1" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>1998163</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>Monash Blockchain Alliance</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Ramanathan Thannirmalai</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
+    <row r="50" customHeight="1" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>1998580</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>Blockchain Superhighway</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42, 45</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>REC Cloud Guilder Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>2071408</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>DEO BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Deo Solutions Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
+    <row r="52" customHeight="1" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>2074505</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>Blockchain Capital</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Jade Allan</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
+    <row r="53" customHeight="1" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>2081551</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>Blockchain Collective</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>SOBC IP PTY LTD; Blockchain Collective Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
+    <row r="54" customHeight="1" ht="140.0">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>2085840</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN AUSTRALIA</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Blockchain Solutions Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
+    <row r="55" customHeight="1" ht="140.0">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>2090683</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Brand Bookie</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
+    <row r="56" customHeight="1" ht="140.0">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>2109226</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>NGSCRYPTO BLOCKCHAIN MINING SPECIALISTS</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>NGS Crypto Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
+    <row r="57" customHeight="1" ht="140.0">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>2202711</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>Blockchain Penetration Testing</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>RightSec PTY LTD; Virginia Calegare</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
+    <row r="58" customHeight="1" ht="140.0">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>2221202</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN.COM.AU</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>9, 36</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN WORLD LTD</t>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
+    <row r="59" customHeight="1" ht="140.0">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>2221209</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN.COM.AU</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
           <t>9, 36</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN WORLD LTD</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
+    <row r="60" customHeight="1" ht="140.0">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>2226377</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>Blockchain Mastery</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>AFKS Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
+    <row r="61" customHeight="1" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>2226378</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>Blockchain Business Summit</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>AFKS Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
+    <row r="62" customHeight="1" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>2228746</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>Cryptocurrency and Blockchain Solutions</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>CRYPTOCURRENCY AND BLOCKCHAIN SOLUTIONS</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
+    <row r="63" customHeight="1" ht="140.0">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>2230298</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>Bondi Blockchain</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Anthony Pilgrim</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
+    <row r="64" customHeight="1" ht="140.0">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>2237511</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>BC BLOCKCHAIN CREATIVE LABS</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>9, 35, 38, 41, 42</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>Fox Media LLC</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
+    <row r="65" customHeight="1" ht="140.0">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>2325643</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>blockchain operating business systems</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Bob's Windows Co Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
+    <row r="66" customHeight="1" ht="140.0">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>2335017</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>AURA BLOCKCHAIN CONSORTIUM</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>AURA BLOCKCHAIN CONSORTIUM</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
+    <row r="67" customHeight="1" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>2339486</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>BLOCKCHAIN AUSTRALIA</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
           <t>35, 41, 45</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Blockchain Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
+    <row r="68" customHeight="1" ht="140.0">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>2386841</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>Hive Blockchain</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>Hiveon Holding AG c/o Hera Group Establishment</t>
         </is>
       </c>
     </row>
-    <row r="69" customHeight="true" ht="140.0">
+    <row r="69" customHeight="1" ht="140.0">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>2386882</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>Hiveon Blockchain</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Hiveon Holding AG c/o Hera Group Establishment</t>
         </is>