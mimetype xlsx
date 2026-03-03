--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -365,798 +365,798 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>257142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="257142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>468000</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="468000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>904761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="904761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>648000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>761904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="761904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>648000</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>90</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>91</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="857142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>92</xdr:row>
-      <xdr:rowOff>809523</xdr:rowOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="342857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>809523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId20"/>
+        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>152380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId21"/>
+        <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>100</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>100</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId22"/>
+        <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>101</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId23"/>
+        <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId24"/>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>113</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>792000</xdr:colOff>
+      <xdr:colOff>1044000</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="792000" cy="1428571"/>
+          <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>648000</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:colOff>792000</xdr:colOff>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="648000" cy="1428571"/>
+          <a:ext cx="792000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>648000</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1168,4565 +1168,4659 @@
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>118</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>252000</xdr:colOff>
+      <xdr:colOff>648000</xdr:colOff>
       <xdr:row>118</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="252000" cy="1428571"/>
+          <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:colOff>252000</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
+          <a:ext cx="252000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>252000</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="252000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId31"/>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId32"/>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId33"/>
+        <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>1285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId34"/>
+        <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId35"/>
+        <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>141</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>252000</xdr:colOff>
-      <xdr:row>141</xdr:row>
+      <xdr:colOff>576000</xdr:colOff>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId36"/>
-[...37 lines deleted...]
-        <a:blip r:embed="rId37"/>
+        <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="576000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId38"/>
+        <a:blip r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>720000</xdr:colOff>
-      <xdr:row>144</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>145</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="720000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>720000</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="720000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F146"/>
+  <dimension ref="A2:F148"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>142</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>144</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1044993</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>TOM FORD</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>3, 9, 14, 18, 25</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1046478</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>TOM FORD</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1090601</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>TOM FORD BLACK ORCHID</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>1154606</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>TF</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>3, 9, 14, 18, 25, 42</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>1154608</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>TF</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>3, 9, 14, 18, 25</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>1176685</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>TOM FORD PRIVATE BLEND</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>1199786</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>ASSA ABLOY Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>1204947</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>TOM FORD WHITE PATCHOULI</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>1239015</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>TOM FORD ARABIAN WOOD</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1263107</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>FLIGHT 001</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>9, 18, 35</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>F001 Brands Acquisition Corp.</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1278011</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>TOM FORD BOIS MAROCAIN</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>1410100</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>001TOUCH</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>6, 9</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>ASSA ABLOY Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1473630</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>NOVOGLAN</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>3, 5, 10, 44</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>IPH001 Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>1565227</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>TOM FORD NEROLI PORTOFINO</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>1568014</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>TOM FORD OUD FLEUR</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1698421</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>J-TRAX A/T ALL TERRAIN-001</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>TM Storage Place Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1698422</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>J-TRAX H/T HIGHWAY TERRAIN-001</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>TM Storage Place Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1698423</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>J-TRAX M/T MUD TERRAIN-001</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>TM Storage Place Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1700790</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>J-TRAX H/T HIGHWAY - 001</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>TM Storage Place Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>1728325</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>ORCHID SOLEIL</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Expired renewal possible</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>1728326</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>TOM FORD SOLEIL BLANC</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>1737447</t>
+          <t>1739239</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>LIPS &amp; BOYS</t>
+          <t>TOM FORD SOLEIL</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Expired renewal possible</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>1739239</t>
+          <t>1765904</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD SOLEIL</t>
+          <t>BONAIRE ECO CYCLE</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F28" s="1" t="inlineStr">
+      <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Climate Technologies Pty Ltd an Australian company (A.C.N 001 418 042)</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
-      <c r="A29" s="1" t="inlineStr">
+    <row r="28" customHeight="1" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
         <is>
           <t>1766091</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>TOM FORD VERT BOHEME</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A30" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="1" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
         <is>
           <t>1766119</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>TOM FORD SOLE DI POSITANO</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A31" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="1" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>1783088</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>GOLD 001</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>Pat McGrath Cosmetics LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="1" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>1833562</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD COSTA AZZURRA</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
-          <t>Pat McGrath Cosmetics LLC</t>
-[...3 lines deleted...]
-    <row r="32" customHeight="true" ht="140.0">
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>1833562</t>
+          <t>1833563</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD COSTA AZZURRA</t>
+          <t>TOM FORD OMBRE LEATHER</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>1833563</t>
+          <t>1842205</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD OMBRE LEATHER</t>
+          <t>TOM FORD OUD MINERALE</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>1842205</t>
+          <t>1842234</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD OUD MINERALE</t>
+          <t>OUD MINERALE</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>1842234</t>
+          <t>1860244</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>OUD MINERALE</t>
+          <t>TOM FORD NOIR ANTHRACITE</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>1860244</t>
+          <t>1860245</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD NOIR ANTHRACITE</t>
+          <t>NOIR ANTHRACITE</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>1860245</t>
+          <t>1894772</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>NOIR ANTHRACITE</t>
+          <t>.001</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
-          <t>001 DEL LLC</t>
-[...3 lines deleted...]
-    <row r="38" customHeight="true" ht="140.0">
+          <t>Point Zero Zero One Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>1894772</t>
+          <t>1907179</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>.001</t>
+          <t>WE'LL KEEP YOU OPERATING</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>Protected:
+          <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>6, 17, 37</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>Point Zero Zero One Limited</t>
-[...3 lines deleted...]
-    <row r="39" customHeight="true" ht="140.0">
+          <t>Pirtek Fluid Systems Pty. Ltd. an Australian company, ACN 001 824 166</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>1907179</t>
+          <t>1917272</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>CRAFTER'S LIVIKO EST. 1888 CRAFT DISTILLED A SUPERIOR GIN MADE FROM
 THE FINEST SELECTED BOTANICAL INGREDIENTS FOR AN UNRIVALED
 SOPHISTICATED TASTE CRAFTED DISTILLED BATCH NO. 001 RECIPE NO 023
 CRAFT DISTILLED</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>Aktsiaselts LIVIKO</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>1930644</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD FABULOUS</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>Aktsiaselts LIVIKO</t>
-[...3 lines deleted...]
-    <row r="41" customHeight="true" ht="140.0">
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>1930644</t>
+          <t>1938668</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD FABULOUS</t>
+          <t>TOM FORD BEAU DE JOUR</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>1938668</t>
+          <t>1956582</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD BEAU DE JOUR</t>
+          <t>TOM FORD BLACK LACQUER</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>1956582</t>
+          <t>1956635</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD BLACK LACQUER</t>
+          <t>TOM FORD RESEARCH</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>1956635</t>
+          <t>1966175</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD RESEARCH</t>
+          <t>TOM FORD SOLEIL NEIGE</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
+    <row r="45" customHeight="1" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>1966175</t>
+          <t>1971454</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD SOLEIL NEIGE</t>
+          <t>TOM FORD METALLIQUE</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
+    <row r="46" customHeight="1" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>1971454</t>
+          <t>1974601</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD METALLIQUE</t>
+          <t>WILCOM</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Wilcom Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>1974602</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>40 SINCE 1979</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Wilcom Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>1977655</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>BOOSTED BY AEROFLOW</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Rocket Industries Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>1977656</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>BOOSTED BY AEROFLOW</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Rocket Industries Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>2026882</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD ROSE PRICK</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D47" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="1" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>2029971</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>HN001</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D48" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>5, 29</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Fonterra TM Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>2052199</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>EMOTIONPROOF</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>2098659</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD TUBÉREUSE NUE</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>2100576</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD LOST CHERRY</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>2100643</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>LOST CHERRY</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>2113083</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD SKIN</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>2113158</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD SOLEIL BRÛLANT</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>2130144</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>BEERLY LIFTING 001 MENTALLY MAKING IT</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D49" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>25, 41</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Matthew Brock; Luke Keiger</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>2145393</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD EBÈNE FUMÉ</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>2153358</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD VANILLA SEX</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>2153420</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>VANILLA SEX</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>2155008</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>HN001</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>1, 30, 32</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>FONTERRA TM LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>2162331</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD BITTER PEACH</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>2199846</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>ST. LEONARDS MALL 88</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D50" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>St Leonards Pac Hwy Pty Ltd ACN 692 171 001</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>2201991</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD ROSE DE CHINE</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>2209179</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD SOLEIL DE FEU</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>2231079</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD FROSTBITE</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>2233377</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>TITAN CAPITAL</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D51" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>TC Security 001 Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>2291254</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD SOLEIL GOLD BIKINI</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D52" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>2300360</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD MYRRHE MYSTÈRE</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>2305297</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>AB001</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>de Faire Medical AB</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>2330395</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>DUZZLE</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D53" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Cubes001 Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>2366086</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD EAU D'OMBRÉ LEATHER</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
-[...558 lines deleted...]
-      </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="74" customHeight="true" ht="140.0">
+    <row r="74" customHeight="1" ht="140.0">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>2368492</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
           <t>ZERO 0.01
 ZERO 0.02
 ZERO 0.03</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>LifeStyles Healthcare Pte Ltd</t>
         </is>
       </c>
     </row>
-    <row r="75" customHeight="true" ht="140.0">
+    <row r="75" customHeight="1" ht="140.0">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>2371387</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>TOM FORD ROSE EXPOSED</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="76" customHeight="true" ht="140.0">
+    <row r="76" customHeight="1" ht="140.0">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>2387955</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>AC001
 AC002
 AC003
 AC005
 AC006</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>David Urquhart</t>
         </is>
       </c>
     </row>
-    <row r="77" customHeight="true" ht="140.0">
+    <row r="77" customHeight="1" ht="140.0">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>2402347</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>TOM FORD</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="78" customHeight="true" ht="140.0">
+    <row r="78" customHeight="1" ht="140.0">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>2407703</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>TOM FORD BOIS PACIFIQUE</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="79" customHeight="true" ht="140.0">
+    <row r="79" customHeight="1" ht="140.0">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>2456566</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
           <t>TOM FORD</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="80" customHeight="true" ht="140.0">
+    <row r="80" customHeight="1" ht="140.0">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>2457919</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
           <t>TOM FORD</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="81" customHeight="true" ht="140.0">
+    <row r="81" customHeight="1" ht="140.0">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>2459631</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
           <t>TF TOM FORD BLACK ORCHID</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="82" customHeight="true" ht="140.0">
+    <row r="82" customHeight="1" ht="140.0">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>2461604</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
           <t>TOM FORD OUD VOYAGER</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="83" customHeight="true" ht="140.0">
+    <row r="83" customHeight="1" ht="140.0">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>2468861</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
           <t>TOM FORD</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="84" customHeight="true" ht="140.0">
+    <row r="84" customHeight="1" ht="140.0">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>2494740</t>
+          <t>2494947</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD ORANGE TAORMINA</t>
+          <t>TOM FORD FIGUE FRISSON</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="85" customHeight="true" ht="140.0">
+    <row r="85" customHeight="1" ht="140.0">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>2494947</t>
+          <t>2527896</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD FIGUE FRISSON</t>
+          <t>TOM FORD TAORMINA ORANGE</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
+    <row r="86" customHeight="1" ht="140.0">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>2527896</t>
+          <t>2536972</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>TOM FORD TAORMINA ORANGE</t>
+          <t>AKKBG-001</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>BioGrowing Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>2561798</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>SC.COM.AI SECUR-ICODE001</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 38</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Dru Reschke</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>2583814</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>OMBRÉ SKY</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
-[...54 lines deleted...]
-      </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="89" customHeight="true" ht="140.0">
+    <row r="89" customHeight="1" ht="140.0">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>2459655</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
           <t>FIGUE ÉROTIQUE</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="90" customHeight="true" ht="140.0">
+    <row r="90" customHeight="1" ht="140.0">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>2517859</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
           <t>TOM FORD RUNWAY</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
-    <row r="91" customHeight="true" ht="140.0">
+    <row r="91" customHeight="1" ht="140.0">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>2530633</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
           <t>LIFT001</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Lift Shop Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="92" customHeight="true" ht="140.0">
+    <row r="92" customHeight="1" ht="140.0">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>2561798</t>
+          <t>2615225</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>SC.COM.AI SECUR-ICODE001</t>
+          <t>LOEWE 001</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
+Awaiting publication</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>9, 16, 38</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
-          <t>Dru Reschke</t>
-[...3 lines deleted...]
-    <row r="93" customHeight="true" ht="140.0">
+          <t>Loewe, S.A.</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="140.0">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
           <t>PEPS</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Fisons Plc</t>
         </is>
       </c>
     </row>
-    <row r="94" customHeight="true" ht="140.0">
+    <row r="94" customHeight="1" ht="140.0">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>555122</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
           <t>TOKAY BIN 001
 1986
 HOLLYDENE ESTATE
 LIMITED RELEASE</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>Orlando Wyndham Group Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="95" customHeight="true" ht="140.0">
+    <row r="95" customHeight="1" ht="140.0">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>734015</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
           <t>SCHINDLER 001</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Inventio AG</t>
         </is>
       </c>
     </row>
-    <row r="96" customHeight="true" ht="140.0">
+    <row r="96" customHeight="1" ht="140.0">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>892304</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
           <t>CODE 001</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Hollygreen Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="97" customHeight="true" ht="140.0">
+    <row r="97" customHeight="1" ht="140.0">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>1084219</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
           <t>SPECIFIC PRESCRIPTION INCORPORATING EVIDENCE (P&lt;0.001)</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
           <t>41, 44</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>Lynn Bardin</t>
         </is>
       </c>
     </row>
-    <row r="98" customHeight="true" ht="140.0">
+    <row r="98" customHeight="1" ht="140.0">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>1101751</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
           <t>stratvest system</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>001 Investments Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="99" customHeight="true" ht="140.0">
+    <row r="99" customHeight="1" ht="140.0">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>1193873</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
           <t>PLATIGO</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
           <t>10, 44</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>IPH001 Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="100" customHeight="true" ht="140.0">
+    <row r="100" customHeight="1" ht="140.0">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>1193875</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
           <t>GFS</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t>10, 44</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>IPH001 Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="101" customHeight="true" ht="140.0">
+    <row r="101" customHeight="1" ht="140.0">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>1193877</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
           <t>10, 44</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>IPH001 Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="102" customHeight="true" ht="140.0">
+    <row r="102" customHeight="1" ht="140.0">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>1221842</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
           <t>STRATEGIC PROPERTY MANAGEMENT SERVICES</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t>001 Investments Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="103" customHeight="true" ht="140.0">
+    <row r="103" customHeight="1" ht="140.0">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>1221844</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>001 Investments Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="104" customHeight="true" ht="140.0">
+    <row r="104" customHeight="1" ht="140.0">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>1221935</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
           <t>stratvest</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>001 Investments Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="105" customHeight="true" ht="140.0">
+    <row r="105" customHeight="1" ht="140.0">
       <c r="A105" s="1" t="inlineStr">
         <is>
+          <t>1737447</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>LIPS &amp; BOYS</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
           <t>2142182</t>
         </is>
       </c>
-      <c r="C105" s="1" t="inlineStr">
+      <c r="C106" s="1" t="inlineStr">
         <is>
           <t>TOM FORD GOLD BIKINI</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A106" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
         <is>
           <t>2142244</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t>GOLD BIKINI</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A107" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
         <is>
           <t>2247984</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C108" s="1" t="inlineStr">
         <is>
           <t>BIOMIMETIC LIDAR</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F107" s="1" t="inlineStr">
+      <c r="F108" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="108" customHeight="true" ht="140.0">
-      <c r="A108" s="1" t="inlineStr">
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
         <is>
           <t>2247989</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C109" s="1" t="inlineStr">
         <is>
           <t>BIOMIMETIC SENSING</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F108" s="1" t="inlineStr">
+      <c r="F109" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="109" customHeight="true" ht="140.0">
-      <c r="A109" s="1" t="inlineStr">
+    <row r="110" customHeight="1" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
         <is>
           <t>2248013</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C110" s="1" t="inlineStr">
         <is>
           <t>BIOMIMETIC RADAR</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F109" s="1" t="inlineStr">
+      <c r="F110" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="110" customHeight="true" ht="140.0">
-      <c r="A110" s="1" t="inlineStr">
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
         <is>
           <t>2249688</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C111" s="1" t="inlineStr">
         <is>
           <t>BIOMIMETIC VISION</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F110" s="1" t="inlineStr">
+      <c r="F111" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="111" customHeight="true" ht="140.0">
-      <c r="A111" s="1" t="inlineStr">
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
         <is>
           <t>2249806</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t>DORO</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F111" s="1" t="inlineStr">
+      <c r="F112" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="112" customHeight="true" ht="140.0">
-      <c r="A112" s="1" t="inlineStr">
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
         <is>
           <t>2255002</t>
         </is>
       </c>
-      <c r="C112" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>AGO</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F112" s="1" t="inlineStr">
+      <c r="F113" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="113" customHeight="true" ht="140.0">
-      <c r="A113" s="1" t="inlineStr">
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
         <is>
           <t>2263235</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C114" s="1" t="inlineStr">
         <is>
           <t>KRANO</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F113" s="1" t="inlineStr">
+      <c r="F114" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="114" customHeight="true" ht="140.0">
-      <c r="A114" s="1" t="inlineStr">
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
         <is>
           <t>2264700</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F114" s="1" t="inlineStr">
+      <c r="F115" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="115" customHeight="true" ht="140.0">
-      <c r="A115" s="1" t="inlineStr">
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
         <is>
           <t>2264707</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C116" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F115" s="1" t="inlineStr">
+      <c r="F116" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="116" customHeight="true" ht="140.0">
-      <c r="A116" s="1" t="inlineStr">
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
         <is>
           <t>2265860</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>AGO</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F116" s="1" t="inlineStr">
+      <c r="F117" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="117" customHeight="true" ht="140.0">
-      <c r="A117" s="1" t="inlineStr">
+    <row r="118" customHeight="1" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
         <is>
           <t>2265989</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F117" s="1" t="inlineStr">
+      <c r="F118" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="118" customHeight="true" ht="140.0">
-      <c r="A118" s="1" t="inlineStr">
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
         <is>
           <t>2266026</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F118" s="1" t="inlineStr">
+      <c r="F119" s="1" t="inlineStr">
         <is>
           <t>DC-001, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="119" customHeight="true" ht="140.0">
-[...5 lines deleted...]
-      <c r="C119" s="1" t="inlineStr">
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>2438888</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A120" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>2459690</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>2494740</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>TOM FORD ORANGE TAORMINA</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
         <is>
           <t>-9000348</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>DM-A001
 TYPEN STEMPEL</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>CEASED</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>All</t>
         </is>
       </c>
-      <c r="F120" s="1" t="inlineStr">
+      <c r="F123" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="121" customHeight="true" ht="140.0">
-      <c r="A121" s="1" t="inlineStr">
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
         <is>
           <t>333182</t>
         </is>
       </c>
-      <c r="C121" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN DESIGN AWARD
 CLEAR PRODUCTS
 ES 001
 HIGH SCORERS
 C
 TOP SPORT
 WORLDWIDE
 AUSTRALIAN DESIGN AWARD
 A</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F121" s="1" t="inlineStr">
+      <c r="F124" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="122" customHeight="true" ht="140.0">
-      <c r="A122" s="1" t="inlineStr">
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
         <is>
           <t>450336</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>1,001
 CLING WRAP</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F122" s="1" t="inlineStr">
+      <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Leigh-Mardon Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="123" customHeight="true" ht="140.0">
-      <c r="A123" s="1" t="inlineStr">
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
         <is>
           <t>453635</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>OP'S
 ORIGINAL PEOPLE
 001
 Z.SERIES</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F123" s="1" t="inlineStr">
+      <c r="F126" s="1" t="inlineStr">
         <is>
           <t>I &amp; L Marketing House</t>
         </is>
       </c>
     </row>
-    <row r="124" customHeight="true" ht="140.0">
-      <c r="A124" s="1" t="inlineStr">
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
         <is>
           <t>649925</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>BIO-SERIES-001</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F124" s="1" t="inlineStr">
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Fyrdale Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="125" customHeight="true" ht="140.0">
-      <c r="A125" s="1" t="inlineStr">
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
         <is>
           <t>670158</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
+      <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Lockwood Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="126" customHeight="true" ht="140.0">
-      <c r="A126" s="1" t="inlineStr">
+    <row r="129" customHeight="1" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
         <is>
           <t>732662</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>SCHINDLER 001</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F126" s="1" t="inlineStr">
+      <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Inventio AG</t>
         </is>
       </c>
     </row>
-    <row r="127" customHeight="true" ht="140.0">
-      <c r="A127" s="1" t="inlineStr">
+    <row r="130" customHeight="1" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
         <is>
           <t>767006</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>JACK DANIEL'S GRILL</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F127" s="1" t="inlineStr">
+      <c r="F130" s="1" t="inlineStr">
         <is>
           <t>ACN 001 993 399 Limited</t>
         </is>
       </c>
     </row>
-    <row r="128" customHeight="true" ht="140.0">
-      <c r="A128" s="1" t="inlineStr">
+    <row r="131" customHeight="1" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
         <is>
           <t>887832</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>C CLUB 001</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F128" s="1" t="inlineStr">
+      <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Skylee Deng</t>
         </is>
       </c>
     </row>
-    <row r="129" customHeight="true" ht="140.0">
-      <c r="A129" s="1" t="inlineStr">
+    <row r="132" customHeight="1" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
         <is>
           <t>1268162</t>
         </is>
       </c>
-      <c r="C129" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F129" s="1" t="inlineStr">
+      <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Zheng Shi</t>
         </is>
       </c>
     </row>
-    <row r="130" customHeight="true" ht="140.0">
-      <c r="A130" s="1" t="inlineStr">
+    <row r="133" customHeight="1" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
         <is>
           <t>1440343</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>HN001</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>5, 29</t>
         </is>
       </c>
-      <c r="F130" s="1" t="inlineStr">
+      <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Fonterra TM Limited</t>
         </is>
       </c>
     </row>
-    <row r="131" customHeight="true" ht="140.0">
-      <c r="A131" s="1" t="inlineStr">
+    <row r="134" customHeight="1" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
         <is>
           <t>1698371</t>
         </is>
       </c>
-      <c r="C131" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>All Terrain-001</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F131" s="1" t="inlineStr">
+      <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Bob Jane Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="132" customHeight="true" ht="140.0">
-      <c r="A132" s="1" t="inlineStr">
+    <row r="135" customHeight="1" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
         <is>
           <t>1698372</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>Highway Terrain-001</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F132" s="1" t="inlineStr">
+      <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Bob Jane Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="133" customHeight="true" ht="140.0">
-      <c r="A133" s="1" t="inlineStr">
+    <row r="136" customHeight="1" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
         <is>
           <t>1698373</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>Mud Terrain-001</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F133" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Bob Jane Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="134" customHeight="true" ht="140.0">
-      <c r="A134" s="1" t="inlineStr">
+    <row r="137" customHeight="1" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
         <is>
           <t>1735380</t>
         </is>
       </c>
-      <c r="C134" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>Vitara RT-S</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F134" s="1" t="inlineStr">
+      <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Suzuki Australia Pty Ltd an Australian company (A.C.N. 001 828 164)</t>
         </is>
       </c>
     </row>
-    <row r="135" customHeight="true" ht="140.0">
-      <c r="A135" s="1" t="inlineStr">
+    <row r="138" customHeight="1" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
         <is>
           <t>1735381</t>
         </is>
       </c>
-      <c r="C135" s="1" t="inlineStr">
+      <c r="C138" s="1" t="inlineStr">
         <is>
           <t>Vitara GT-S</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F135" s="1" t="inlineStr">
+      <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Suzuki Australia Pty Ltd an Australian company (A.C.N. 001 828 164)</t>
         </is>
       </c>
     </row>
-    <row r="136" customHeight="true" ht="140.0">
-      <c r="A136" s="1" t="inlineStr">
+    <row r="139" customHeight="1" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
         <is>
           <t>1735382</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>Vitara GT-XR</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F136" s="1" t="inlineStr">
+      <c r="F139" s="1" t="inlineStr">
         <is>
           <t>Suzuki Australia Pty Ltd an Australian company (A.C.N. 001 828 164)</t>
         </is>
       </c>
     </row>
-    <row r="137" customHeight="true" ht="140.0">
-      <c r="A137" s="1" t="inlineStr">
+    <row r="140" customHeight="1" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
         <is>
           <t>1735383</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>Vitara DT-XR</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F137" s="1" t="inlineStr">
+      <c r="F140" s="1" t="inlineStr">
         <is>
           <t>Suzuki Australia Pty Ltd an Australian company (A.C.N. 001 828 164)</t>
         </is>
       </c>
     </row>
-    <row r="138" customHeight="true" ht="140.0">
-      <c r="A138" s="1" t="inlineStr">
+    <row r="141" customHeight="1" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
         <is>
           <t>1753434</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t>ECO CYCLE</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F138" s="1" t="inlineStr">
+      <c r="F141" s="1" t="inlineStr">
         <is>
           <t>Climate Technologies Pty Ltd an Australian company (A.C.N 001 418 042)</t>
         </is>
       </c>
     </row>
-    <row r="139" customHeight="true" ht="140.0">
-      <c r="A139" s="1" t="inlineStr">
+    <row r="142" customHeight="1" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
         <is>
           <t>2014018</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C142" s="1" t="inlineStr">
         <is>
           <t>HATCH BY WILCOM</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F139" s="1" t="inlineStr">
+      <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Wilcom Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="140" customHeight="true" ht="140.0">
-      <c r="A140" s="1" t="inlineStr">
+    <row r="143" customHeight="1" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
         <is>
           <t>2234368</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t>SENTINELFMM001</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F140" s="1" t="inlineStr">
+      <c r="F143" s="1" t="inlineStr">
         <is>
           <t>Monger Tech</t>
         </is>
       </c>
     </row>
-    <row r="141" customHeight="true" ht="140.0">
-      <c r="A141" s="1" t="inlineStr">
+    <row r="144" customHeight="1" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
         <is>
           <t>2371339</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t>TOM FORD AMBER INTRIGUE</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C142" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F144" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" customHeight="1" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>2445471</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C143" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F145" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" customHeight="1" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>2447182</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C144" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" customHeight="1" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>2447209</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A146" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F147" s="1" t="inlineStr">
+        <is>
+          <t>001 DEL LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" customHeight="1" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
         <is>
           <t>2509088</t>
         </is>
       </c>
-      <c r="C146" s="1" t="inlineStr">
+      <c r="C148" s="1" t="inlineStr">
         <is>
           <t>ZEEK. 001 002 003 004 005 006 007 008 009</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F146" s="1" t="inlineStr">
+      <c r="F148" s="1" t="inlineStr">
         <is>
           <t>GEO INDUSTRIES PTY LTD</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>