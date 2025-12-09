--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -221,51 +221,51 @@
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
     <row r="5" customHeight="true" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1146631</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9, 28, 41</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>TETRIS HOLDING, LLC</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>