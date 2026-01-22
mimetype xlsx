--- v0 (2025-10-27)
+++ v1 (2026-01-22)
@@ -441,4332 +441,4332 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1188000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="390476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>533333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="533333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>961904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="961904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>219047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="219047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>523809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="523809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>643324</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="643324"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="333333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>1419047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>580952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="580952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>1019047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1019047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>266666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="266666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>857142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="857142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>455567</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="455567"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>457028</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="457028"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>30</xdr:row>
-[...568 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>71</xdr:row>
-      <xdr:rowOff>457028</xdr:rowOff>
+      <xdr:rowOff>914285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId26"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId29"/>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId30"/>
+        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId31"/>
+        <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId32"/>
+        <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>972000</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId33"/>
+        <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="972000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId34"/>
+        <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>166818</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId35"/>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="166818"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId36"/>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId37"/>
+        <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>514285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="514285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="1428571"/>
-[...74 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId41"/>
+        <a:blip r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId42"/>
+        <a:blip r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>1247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId43"/>
+        <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId44"/>
+        <a:blip r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>561904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId45"/>
+        <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="561904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId46"/>
+        <a:blip r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>676190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId47"/>
+        <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="676190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId48"/>
+        <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>666666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="666666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>666666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="666666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>141</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>141</xdr:row>
-      <xdr:rowOff>666666</xdr:rowOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="666666"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>142</xdr:row>
-      <xdr:rowOff>666666</xdr:rowOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="666666"/>
+          <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>150</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>150</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>590476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1009523"/>
+          <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:colOff>972000</xdr:colOff>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
-[...74 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="972000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>164</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>164</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId59"/>
+        <a:blip r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId60"/>
+        <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>175</xdr:row>
+      <xdr:row>172</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>175</xdr:row>
+      <xdr:row>172</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId61"/>
+        <a:blip r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId62"/>
+        <a:blip r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>184</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>184</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId63"/>
+        <a:blip r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>185</xdr:row>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>185</xdr:row>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId64"/>
+        <a:blip r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId65"/>
+        <a:blip r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>188</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>188</xdr:row>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>971428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="971428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>961904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="961904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>189</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>189</xdr:row>
-      <xdr:rowOff>961904</xdr:rowOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="990476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>961904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>195</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1332000</xdr:colOff>
       <xdr:row>196</xdr:row>
-      <xdr:rowOff>990476</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId69"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId72"/>
+        <a:blip r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>761904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId73"/>
+        <a:blip r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="761904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>202</xdr:row>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>202</xdr:row>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId74"/>
+        <a:blip r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>200</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId75"/>
+        <a:blip r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId76"/>
+        <a:blip r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="857142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId77"/>
+        <a:blip r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>209</xdr:row>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>209</xdr:row>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>266666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="266666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>257142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="257142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>208</xdr:row>
       <xdr:rowOff>266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>210</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>257142</xdr:rowOff>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId79"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>600000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId82"/>
+        <a:blip r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>219</xdr:row>
+      <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>219</xdr:row>
+      <xdr:row>216</xdr:row>
       <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId83"/>
+        <a:blip r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>1142857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1142857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>1076190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1076190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>223</xdr:row>
       <xdr:rowOff>1142857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1142857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>225</xdr:row>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>225</xdr:row>
-      <xdr:rowOff>1076190</xdr:rowOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId85"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>229</xdr:row>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>229</xdr:row>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1152000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>236</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1152000" cy="1428571"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>234</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>714285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="714285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>561904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="561904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>390476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="390476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>972000</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="972000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>239</xdr:row>
+      <xdr:row>250</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId90"/>
+        <a:blip r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1019047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>733333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="733333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>809523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="809523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>561904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="561904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>609523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="609523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>857142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="857142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>609523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="609523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>352380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="352380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>552380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="552380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>1133333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1133333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>657142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="657142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>580952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="580952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>1019047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1019047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>485714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="485714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>1057142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1057142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>790476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="790476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>936000</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="936000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>279</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>241</xdr:row>
-      <xdr:rowOff>714285</xdr:rowOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>1276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId91"/>
+        <a:blip r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="714285"/>
+          <a:ext cx="1404000" cy="1276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>242</xdr:row>
+      <xdr:row>280</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>242</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
+      <xdr:row>280</xdr:row>
+      <xdr:rowOff>295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId92"/>
+        <a:blip r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1009523"/>
+          <a:ext cx="1404000" cy="295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>243</xdr:row>
+      <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>561904</xdr:rowOff>
+      <xdr:colOff>792000</xdr:colOff>
+      <xdr:row>281</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId93"/>
+        <a:blip r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="561904"/>
+          <a:ext cx="792000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>247</xdr:row>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>247</xdr:row>
-      <xdr:rowOff>390476</xdr:rowOff>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId94"/>
-[...189 lines deleted...]
-        <a:blip r:embed="rId99"/>
+        <a:blip r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>259</xdr:row>
-[...682 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>792000</xdr:colOff>
+      <xdr:colOff>828000</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
-    </xdr:to>
-[...36 lines deleted...]
-      <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="809523"/>
+          <a:ext cx="828000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>285</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>828000</xdr:colOff>
-      <xdr:row>285</xdr:row>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="828000" cy="1428571"/>
+          <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>286</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1008000" cy="1428571"/>
+          <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>288</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>800000</xdr:rowOff>
+      <xdr:colOff>684000</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>1276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="800000"/>
+          <a:ext cx="684000" cy="1276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>292</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>292</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -7095,81 +7095,81 @@
         <a:blip r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F442"/>
+  <dimension ref="A2:F443"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="2" customHeight="true" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>438</t>
+          <t>439</t>
         </is>
       </c>
     </row>
     <row r="4" customHeight="true" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
@@ -7699,7507 +7699,7507 @@
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>INCA CHIEF</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Aristocrat Technologies Australia Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="24" customHeight="true" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>1055105</t>
+          <t>1081358</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>TWIN CHIEFS BOURBON BLACK LABEL STRAIGHT KENTUCKY</t>
+          <t>CHIEF</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>Milestone AV Technologies LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="true" ht="140.0">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>1109985</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>ISLAND CHIEF</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>Aristocrat Technologies Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" customHeight="true" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>1116790</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>Golden Chief</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>I G T (AUSTRALIA) PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" customHeight="true" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>1138564</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF BRAND</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>Sime Darby Foods &amp; Beverages Marketing Sdn. Bhd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="true" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>1198147</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>GREY WATER CHIEF</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>AMES Australasia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="true" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>1205054</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>BAILEY INTERNATIONAL, L.L.C.</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="true" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>1237141</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>Milestone AV Technologies LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="true" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>1251077</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>VEHICLE SERVICE GROUP, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>1302533</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>ACMA</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>9, 11, 35, 38, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Crown in the right of Commonwealth of Australia c/- Chief Executive of the Australian Communications and Media Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>1318798</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>1318799</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>CEW</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>1318801</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF EXECUTIVE WOMEN</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 36, 41</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="true" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>1350910</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>CYBER (SMART:)</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 28, 41</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>The Commonwealth of Australia Represented by the Chief Executive of the Australian Communications and Media Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="true" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>1368924</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>APACHE CHIEF</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>I G T (AUSTRALIA) PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="true" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>1381577</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>AI CHIEF INVESTMENT OFFICER</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>Asset International, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="true" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>1386495</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF FLUID SYSTEMS</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>Glen Haddon</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="true" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>1397039</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>ENLIGHTEN See Canberra in a whole new light</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Australian Capital Territory C/- Australian Capital Tourism Chief Minister's Department</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>1409583</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Wolf Chief</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Ainsworth Game Technology Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>1454586</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF 10</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>UVEX WINTER HOLDING GmbH &amp; Co. KG</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>1489797</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>DIAMOND CHIEF</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Ainsworth Game Technology Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>1506350</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>AMAZON CHIEF</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Ainsworth Game Technology Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>1506351</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>DOLLAR CHIEF</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Ainsworth Game Technology Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>1506352</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>MOON CHIEF</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Ainsworth Game Technology Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>1514913</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF EXECUTIVE WOMEN WOMEN LEADERS ENABLING WOMEN LEADERS</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>1528600</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>CHIEFS MAGIC</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>AINSWORTH GAME TECHNOLOGY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>1530729</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>BIG CHIEF HIRE TRUCKS &amp; EQUIPMENT</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>BIG CHIEF HIRE PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>1540410</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>TourChief.com</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 39, 42</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>Tour Chief Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>1568114</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF OIL</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Chief Oil International B.V.</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>1568115</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF OIL</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Chief Oil International B.V.</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="true" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>1596716</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF ROADMASTER</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Indian Motorcycle International, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>1630059</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF EXECUTIVE WOMEN</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>1636180</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF INVESTMENT FOR THE WORLD'S LARGEST ASSET OWNERS OFFICER</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Asset International, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>1650771</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 25, 26, 39, 41</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Her Majesty the Queen in Right of New Zealand acting by and through the Chief Executive of the Ministry for Culture and Heritage</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>1681811</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>SEVEN CHIEFS</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Coles Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>1703688</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>LITTLE CHIEF SPECIALTY COFFEE</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Little Chief Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>1709353</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>NEXT CHIEF SALES OFFICER</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Mahendra Shanmughanathan; Chrishanthi Ronali Mahendra</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>1719715</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Gamer Chief</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>9, 20</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>PLE COMPUTERS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="true" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>1766233</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>FUEL CHIEF</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Joseph Deck</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="true" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>1786225</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF AND QUEEN</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>HIGH FLYER GAMES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="true" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>1786553</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>My Local Enterprises Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="true" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>1793912</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>CBR FREE</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Australian Capital Territory c/- Chief Minister, Treasury and Economic Development Directorate</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="true" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>1813276</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>FORTNIGHT</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Yakima Chief Hops, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="true" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>1817621</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>HONOUR THE CHIEF</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F24" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D25" s="1" t="inlineStr">
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>Paradise Beverages (Fiji) Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="true" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>1826558</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>Chief Maker</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>16, 41</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Greg Layton Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="true" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>1826592</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>YCH HOPS</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Yakima Chief Hops, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="true" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>1826593</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>YCHHOPS</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Yakima Chief Hops, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="true" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>1829360</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>The Pocket Chief</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Robert Coulter</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="true" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>1829365</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>POCKET CHIEF</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Robert Coulter</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="true" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>1831382</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF BAR</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Chief Nutrition Pty Ltd an Australian company</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="true" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>1837205</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>BOARDS FOR BALANCE</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>35, 41</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="true" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>1837625</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 16, 18, 21, 24</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Her Majesty the Queen in Right of New Zealand acting by and through the Chief Executive of the Ministry for Culture and Heritage</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="true" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>1840042</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>LITTLE CHIEF</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Gilbert Grape Pty Ltd as trustee for the MWG Family Trust</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="true" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>1849837</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>FOOD CHIEF</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>41, 43</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Mark Christopher Busse</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="true" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>1870558</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>GC GAMER CHIEF</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>9, 20, 28</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>PLE COMPUTERS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="true" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>1877346</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>Hank in Chief</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Ashley Grace Nash</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="true" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>1881333</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF AND QUEEN</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>HIGH FLYER GAMES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="true" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>1882561</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>THE ORIGINAL BEEF CHIEF</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Rob Hall</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="true" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>1889684</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF STUDIO</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Chief Studio Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="true" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>1891015</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF OIL</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D29" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Chief Oil International B.V.</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="true" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>1892389</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>ETI POWER CHIEF</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D30" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>7, 9</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>ETI Fire Systems Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="true" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>1916013</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>ourValues</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>3 CHIEFS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="true" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>1918957</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>Ausbelle</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF RAINBOW PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="true" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>1919983</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>STRAYAS CHIEF BOGANOLIGIST</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>28, 41</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>IMAGINATION HOLDINGS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="true" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>1951873</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF'S SON</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Chiefs Son Distillery Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="true" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>1951874</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF'S SON DISTILLERY</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Chiefs Son Distillery Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="true" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>1953002</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>BOUNDLESS POSSIBLE</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>35, 38, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="true" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>1953003</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>BOUNDLESS POSSIBLE</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>35, 38, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="true" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>1953004</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>THE TERRITORY BOUNDLESS POSSIBLE</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>35, 38, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="true" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>1953005</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>THE TERRITORY BOUNDLESS POSSIBLE</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>35, 38, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="true" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>1965802</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>COMMANDER IN CHIEF</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Southcorp Brands Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="true" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>1966339</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>YAKIMA CHIEF HOPS</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Yakima Chief Hops LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="true" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>1968280</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>SIMCOE</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D31" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>YAKIMA CHIEF RANCHES, L.L.C.</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="true" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>1972448</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>ROAD CHIEF</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Bowlus LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="true" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>2012639</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>BBQ Chief</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>11, 21</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>FF Europe E-Commerce GmbH</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="true" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>2022671</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>THE CHIEF HOT HOT JACKPOTS</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D32" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>Light &amp; Wonder, Inc</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="true" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>2022917</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>GLO CHIEF</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D33" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>David Burke</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="true" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>2028515</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>GLO CHIEF</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D34" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>David Burke</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="true" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>2033826</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF SMOKES TOBACCONIST</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D35" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>34, 35</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>United Petroleum Pty Ltd as trustee for United Petroleum Unit Trust</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="true" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>2074516</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF SHOPPING OFFICER</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D36" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>18, 35, 36</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>TAG Marketing Solutions Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="true" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>2102649</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>Chief Empire</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D37" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>Winnia McGregor</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="true" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>2102650</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF EMPIRE</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D38" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>Winnia McGregor</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="true" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>2114245</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>BIG CHIEF REMOVALS</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D39" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Big Chief Removals Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="true" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>2129003</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>Council of Chiefs</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F39" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D40" s="1" t="inlineStr">
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>GREG LAYTON PTY. LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="true" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>2131287</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>SOUTHPAN</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D41" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>The Commonwealth of Australia as represented by Geoscience Australia; Her Majesty The Queen Acting By and Through the Chief Executive of Land Information New Zealand</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="true" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>2132893</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>Chief</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D42" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>MRS Edwina Hanneysee</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="true" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>2138671</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>CET CHIEF-EXECUTIVE.TEAM</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>Ricardo Jorge de Brito Vargas</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" customHeight="true" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>2144483</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>THE SPIRIT OF CONNECTION</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D43" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>Chiefs Son Distillery Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="true" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>2162819</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>Meet The Chiefs</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>MR Christopher Stephens</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="true" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>2175381</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>RELIEF CHIEF NQ ENGINEERING SUPPORT FOR SUPERYACHTS</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>Relief Chief NQ Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="true" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>2177293</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>CEO CHIEF ENCOURAGEMENT OFFICER LEADERSHIP AT EVERY LEVEL</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>41, 45</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>MILDARA CONSULTING PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="true" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>2213891</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>Ailive</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF RAINBOW PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="true" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>2214625</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>BUFFALO CHIEF</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES AUSTRALIA PTY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="true" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>2230105</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>Beauty Foodie</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF NUTRITION PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="true" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>2240009</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>The Chief Cornerstone Project</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>MR Joseph Benjamin Attwater</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="true" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>2245891</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>Meet the Chiefs</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 35, 41</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>Christopher Stephens</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="true" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>2247369</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>Reef Chief Australia</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>25, 35, 42</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>Pascal Herbert Billiau; Celeste Alexandria McDonald-Holland</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="true" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>2251068</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>TIMBER WOLF CHIEF</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES AUSTRALIA PTY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="true" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>2255411</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>TIMBER WOLF CHIEF</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES AUSTRALIA PTY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="true" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>2289368</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF SUSTAINABILITY OFFICER IN A BOX</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 36, 42</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>Greenr Global Holdings Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="true" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>2306350</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>MotorDesk</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>9, 42</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>Chief Mechanic Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" customHeight="true" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>2322207</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D44" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>35, 41</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>Project 1972, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" customHeight="true" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>2324261</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>GET YOUR WINGS ON</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D45" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>Chief Meta Chicks Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" customHeight="true" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>2324262</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF META CHICKS</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D46" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>Chief Meta Chicks Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" customHeight="true" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>2324267</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF META CHICKS</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D47" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
+        <is>
+          <t>Chief Meta Chicks Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" customHeight="true" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>2330702</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>WESTERN CHIEFS RUGBY LEAGUE SAMOA QLD EST . 2021</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D48" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>Rugby League Samoa Queensland</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" customHeight="true" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>2335610</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>Chief Chef</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D49" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F129" s="1" t="inlineStr">
+        <is>
+          <t>ETTASON PTY. LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" customHeight="true" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>2343276</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>HONCHO CHIEF</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D50" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>COVERINGS AUSTRALIA PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" customHeight="true" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>2358207</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>Mindset Chief</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D51" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>16, 41, 45</t>
+        </is>
+      </c>
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t>BUNBURY ACUPUNCTURE PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" customHeight="true" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>2359320</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>MAJOR BY CHIEF</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>35, 41</t>
+        </is>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t>Project 1972, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" customHeight="true" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>2359910</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>Chief</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D52" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F133" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF NUTRITION PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" customHeight="true" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>2366819</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>BedChief</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>SHOPPERBEATS TECHNOLOGIES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" customHeight="true" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>2376701</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>LOCKSMITHS OWN</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>6, 9</t>
+        </is>
+      </c>
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>Chief Redwing Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" customHeight="true" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>2386303</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>HV HOMES VICTORIA</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>35, 36, 41, 42, 45</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Officer, Homes Victoria, a body corporate established under the Housing Act 1983 (Vic)</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" customHeight="true" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>2406730</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF GROUP SERVICES</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>37, 45</t>
+        </is>
+      </c>
+      <c r="F137" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF GROUP SERVICES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" customHeight="true" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>2406731</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF NATIONAL PROTECTION</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F138" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF NATIONAL PROTECTION PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" customHeight="true" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>2406732</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF NATIONAL CLEANING</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F139" s="1" t="inlineStr">
+        <is>
+          <t>KOI HOLDINGS AUSTRALIA PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" customHeight="true" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>2406733</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF AVIATION SERVICES</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>37, 39, 44</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>KOI HOLDINGS AUSTRALIA PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" customHeight="true" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>2431912</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF CUSHINESS OFFICER</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>Temple &amp; Webster Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" customHeight="true" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>2455722</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>Chief Tasting Officer</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>LAMBERT ESTATE WINES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="true" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>2463437</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>COO（Chief Ocha Officer）</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D54" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>ITO EN, LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" customHeight="true" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>2471322</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>DARWIN INTERNATIONAL LAKSA FESTIVAL</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D55" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 43</t>
+        </is>
+      </c>
+      <c r="F144" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister and Cabinet</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" customHeight="true" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>2471323</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>DARWIN INTERNATIONAL LAKSA FESTIVAL</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D56" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 43</t>
+        </is>
+      </c>
+      <c r="F145" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister and Cabinet</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" customHeight="true" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>2471324</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>GOLDEN BOWL</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D57" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 43</t>
+        </is>
+      </c>
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister and Cabinet</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" customHeight="true" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>2471325</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>LAKSA LEAGUE</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D58" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 43</t>
+        </is>
+      </c>
+      <c r="F147" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister and Cabinet</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" customHeight="true" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>2477872</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF MO</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
-[...77 lines deleted...]
-      <c r="D61" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F148" s="1" t="inlineStr">
+        <is>
+          <t>Vicki Maree Flower</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" customHeight="true" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>2514298</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF MEDIA</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D63" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>6, 17, 20, 35</t>
+        </is>
+      </c>
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>MM Plastics Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" customHeight="true" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>2526044</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>MEET THE CHIEFS</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
-[...133 lines deleted...]
-      <c r="D68" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 41, 45</t>
+        </is>
+      </c>
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>MR Christopher Stephens</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" customHeight="true" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>2535418</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF OUTSIDERS</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D69" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>Chief Outsiders, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" customHeight="true" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>2535420</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>GROWTH GEARS</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D70" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>35, 42</t>
+        </is>
+      </c>
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>Chief Outsiders, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" customHeight="true" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>2558078</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>TEAM OUTSIDERS</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
-[...1091 lines deleted...]
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>35</t>
-        </is>
-[...1230 lines deleted...]
-          <t>35, 42</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Chief Outsiders, LLC</t>
         </is>
       </c>
     </row>
     <row r="154" customHeight="true" ht="140.0">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>2471327</t>
+          <t>2490296</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t>INSPIRED BY LAKSA</t>
+          <t>CHIEFS OF THE CENTURY FOR CHILDREN STOPPING CRUELTY AGAINST CHILDREN SAVING THE CHILDREN &amp; WOMAN 3C SYDNEY, AUSTRALIA</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>41, 44</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>Chiefs of the Century for Children Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" customHeight="true" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>2503392</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>Forge Single Malt Whisky</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D155" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>Chiefs Son Distillery Pty Ltd; Burrumbete Pty Ltd; Stuart McIntosh; Naomi McIntosh</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" customHeight="true" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>2570421</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>ICE KIRIN BAR</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D156" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>30, 43</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>Chief Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" customHeight="true" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>2575272</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>BIG CHIEFS CUSTOMS</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>Hayden Belgrave</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" customHeight="true" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>2580126</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>Chief Apparel</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
-[...54 lines deleted...]
-      </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
-          <t>Chief Outsiders, LLC</t>
+          <t>Mischief Apparel</t>
         </is>
       </c>
     </row>
     <row r="159" customHeight="true" ht="140.0">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>2558078</t>
+          <t>2582367</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>TEAM OUTSIDERS</t>
+          <t>CHIEF OUTSIDERS</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-Opposition period expired</t>
+          <t>Published:
+Under examination</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t>Chief Outsiders, LLC</t>
         </is>
       </c>
     </row>
     <row r="160" customHeight="true" ht="140.0">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>2570421</t>
+          <t>2587436</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t>ICE KIRIN BAR</t>
+          <t>LORD CHIEF OF THE CHURROS</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>LORD OF THE FRIES IP PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" customHeight="true" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>2590093</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>VANUATU UNITED FC THE CHIEFS</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>25, 41</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>TEOUMA ACADEMY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" customHeight="true" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>2594621</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>PNG CHIEFS</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D162" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+        </is>
+      </c>
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" customHeight="true" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>2595456</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>CHIEFS</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D163" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>25, 41</t>
+        </is>
+      </c>
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>New Zealand Rugby Union Incorporated</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="true" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>2608699</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF CHAIR</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>20</t>
         </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
-          <t>LORD OF THE FRIES IP PTY LTD</t>
+          <t>Michael Schefe</t>
         </is>
       </c>
     </row>
     <row r="165" customHeight="true" ht="140.0">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>2590093</t>
+          <t>69262</t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>VANUATU UNITED FC THE CHIEFS</t>
+          <t>AIR CHIEF</t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Awaiting examination</t>
+          <t>Removed:
+Non-use</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
-          <t>25, 41</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
-          <t>TEOUMA ACADEMY LIMITED</t>
+          <t>GENERAL MOTORS-HOLDEN'S Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="166" customHeight="true" ht="140.0">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>2594621</t>
+          <t>69461</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t>PNG CHIEFS</t>
+          <t>POWER CHIEF</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Awaiting examination</t>
+          <t>Status not available</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
-          <t>Australian Rugby League Commission Limited</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="167" customHeight="true" ht="140.0">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>2595456</t>
+          <t>71169</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t>CHIEFS</t>
+          <t>CHIEF
+C.F.</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Awaiting examination</t>
+          <t>Status not available</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
-          <t>25, 41</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
-          <t>New Zealand Rugby Union Incorporated</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="168" customHeight="true" ht="140.0">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>69262</t>
+          <t>78368</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t>AIR CHIEF</t>
+          <t>POWER CHIEF-KOL</t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
-          <t>Removed:
-Non-use</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
-          <t>GENERAL MOTORS-HOLDEN'S Pty Ltd</t>
+          <t>Caltex Oil (Aust) Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="169" customHeight="true" ht="140.0">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>69461</t>
+          <t>84285</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t>POWER CHIEF</t>
+          <t>DIESEL CHIEF</t>
         </is>
       </c>
       <c r="D169" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E169" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Caltex Oil (Aust) Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="170" customHeight="true" ht="140.0">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>71169</t>
+          <t>88466</t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t>CHIEF
-C.F.</t>
+          <t>CALTEX SUPER CHIEF</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E170" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Caltex Oil (Aust) Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="171" customHeight="true" ht="140.0">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>78368</t>
+          <t>89472</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t>POWER CHIEF-KOL</t>
+          <t>COLD CHIEF</t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
-          <t>Caltex Oil (Aust) Pty Ltd</t>
+          <t>Email Limited</t>
         </is>
       </c>
     </row>
     <row r="172" customHeight="true" ht="140.0">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>84285</t>
+          <t>89504</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t>DIESEL CHIEF</t>
+          <t>ROAD CHIEF</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
-          <t>Caltex Oil (Aust) Pty Ltd</t>
+          <t>Repco Limited</t>
         </is>
       </c>
     </row>
     <row r="173" customHeight="true" ht="140.0">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>88466</t>
+          <t>100575</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t>CALTEX SUPER CHIEF</t>
+          <t>FIJI CHIEF</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="174" customHeight="true" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>152615</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>WRAP-CHIEF</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="175" customHeight="true" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>152616</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>SLICE-CHIEF</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D174" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>A.M.F. INCorpORATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" customHeight="true" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>157401</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>FLOOR CHIEF</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="177" customHeight="true" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>168427</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>BIG CHIEF</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D175" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="F177" s="1" t="inlineStr">
+        <is>
+          <t>Patons &amp; Baldwins Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" customHeight="true" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>168617</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>TRAK-CHIEF</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F177" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D178" s="1" t="inlineStr">
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>ARESCo TIAK CHEIF Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" customHeight="true" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>175910</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>TRAK-CHIEF</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
-[...25 lines deleted...]
-      </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Aresco Trak-Chief Pty. Ltd.</t>
         </is>
       </c>
     </row>
     <row r="180" customHeight="true" ht="140.0">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>168427</t>
+          <t>177256</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t>BIG CHIEF</t>
+          <t>STEELWELD-POWER-CHIEF</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Status not available</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>7</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
-          <t>Patons &amp; Baldwins Ltd</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="181" customHeight="true" ht="140.0">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>168617</t>
+          <t>181192</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
-        <is>
-[...81 lines deleted...]
-      <c r="C184" s="1" t="inlineStr">
         <is>
           <t>BIG CHIEF
 WEINER
 WIGWAM</t>
         </is>
       </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F181" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="182" customHeight="true" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>183104</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="183" customHeight="true" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>183105</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="184" customHeight="true" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>184372</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF PERMATEX
+INDIAN HEAD</t>
+        </is>
+      </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>1</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Loctite Corporation</t>
         </is>
       </c>
     </row>
     <row r="185" customHeight="true" ht="140.0">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>183104</t>
+          <t>191914</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
           <t>CHIEF</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="186" customHeight="true" ht="140.0">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>183105</t>
+          <t>191915</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
           <t>CHIEF</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="187" customHeight="true" ht="140.0">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>184372</t>
+          <t>195105</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
-        <is>
-[...81 lines deleted...]
-      <c r="C190" s="1" t="inlineStr">
         <is>
           <t>CHIEF WINCHLY
 HANNA-BARBERA'S SECRET SQUIRREL FAMILY
 MOROCCO MOLE
 SECRET SQUIRREL
 SQUIDDLY DIDDLY
 SQUIRREL
 WINSOME WITCH
 WITCH</t>
         </is>
       </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="188" customHeight="true" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>196697</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>POWER CHIEF</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="189" customHeight="true" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>197402</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF NU GLO</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="190" customHeight="true" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>209975</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Peter Sachs Industries Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="191" customHeight="true" ht="140.0">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>196697</t>
+          <t>211535</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t>POWER CHIEF</t>
+          <t>BIG CHIEF</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>York Trailer Company Limited</t>
         </is>
       </c>
     </row>
     <row r="192" customHeight="true" ht="140.0">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>197402</t>
+          <t>212477</t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t>CHIEF NU GLO</t>
+          <t>HOME-MAKER</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Chief Kitchenware Company</t>
         </is>
       </c>
     </row>
     <row r="193" customHeight="true" ht="140.0">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>209975</t>
+          <t>213720</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
-        <is>
-[...80 lines deleted...]
-      <c r="C196" s="1" t="inlineStr">
         <is>
           <t>CHIEF PONDO
 HANNA-BARBERA'S
 MIGHTY MIGHTOR
 MOBY DICK
 SCOOBY
 SHEERA
 TOG
 TOM
 TOR
 TUBB</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F196" s="1" t="inlineStr">
+      <c r="F193" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="197" customHeight="true" ht="140.0">
-      <c r="A197" s="1" t="inlineStr">
+    <row r="194" customHeight="true" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
         <is>
           <t>213722</t>
         </is>
       </c>
-      <c r="C197" s="1" t="inlineStr">
+      <c r="C194" s="1" t="inlineStr">
         <is>
           <t>CHIEF PONDO
 HANNA-BARBERA'S
 MIGHTY MIGHTOR
 MOBY DICK
 SCOOBY
 SHEERA
 TOG
 TOM
 TOR
 TUBB</t>
         </is>
       </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="195" customHeight="true" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>218223</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>AIR CHIEF</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Removed:
+Non-use</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F195" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS-HOLDEN'S Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" customHeight="true" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>221309</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>LITTLE CHIEF</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>Societe des Produits Nestle SA</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" customHeight="true" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>221310</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>LITTLE CHIEF</t>
+        </is>
+      </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Societe des Produits Nestle SA</t>
         </is>
       </c>
     </row>
     <row r="198" customHeight="true" ht="140.0">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>218223</t>
+          <t>221312</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t>AIR CHIEF</t>
+          <t>LITTLE CHIEF</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
-          <t>Removed:
-Non-use</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
-          <t>GENERAL MOTORS-HOLDEN'S Pty Ltd</t>
+          <t>Societe des Produits Nestle SA</t>
         </is>
       </c>
     </row>
     <row r="199" customHeight="true" ht="140.0">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>221309</t>
+          <t>301049</t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t>LITTLE CHIEF</t>
+          <t>CHIEF
+C</t>
         </is>
       </c>
       <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E199" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>7</t>
         </is>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
-          <t>Societe des Produits Nestle SA</t>
+          <t>Lawnmower Industries</t>
         </is>
       </c>
     </row>
     <row r="200" customHeight="true" ht="140.0">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>221310</t>
+          <t>319497</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t>LITTLE CHIEF</t>
+          <t>COORANBONG
+FLITE CHIEF</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>28</t>
         </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
-          <t>Societe des Produits Nestle SA</t>
+          <t>Beth Hughes</t>
         </is>
       </c>
     </row>
     <row r="201" customHeight="true" ht="140.0">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>221312</t>
+          <t>329872</t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t>LITTLE CHIEF</t>
+          <t>ROAD CHIEF</t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E201" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
-          <t>Societe des Produits Nestle SA</t>
+          <t>Repco Limited</t>
         </is>
       </c>
     </row>
     <row r="202" customHeight="true" ht="140.0">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>301049</t>
+          <t>348674</t>
         </is>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
-          <t>CHIEF
-C</t>
+          <t>RED CHIEF APPLES AUSTRALIA'S FINEST</t>
         </is>
       </c>
       <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E202" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F202" s="1" t="inlineStr">
         <is>
-          <t>Lawnmower Industries</t>
+          <t>Ukiah Ranch Pty Ltd.</t>
         </is>
       </c>
     </row>
     <row r="203" customHeight="true" ht="140.0">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>319497</t>
+          <t>368112</t>
         </is>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
-          <t>COORANBONG
-FLITE CHIEF</t>
+          <t>SPACE CHIEF</t>
         </is>
       </c>
       <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E203" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>7</t>
         </is>
       </c>
       <c r="F203" s="1" t="inlineStr">
         <is>
-          <t>Beth Hughes</t>
+          <t>Evans Deakin Industries Limited</t>
         </is>
       </c>
     </row>
     <row r="204" customHeight="true" ht="140.0">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>329872</t>
+          <t>393509</t>
         </is>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
-          <t>ROAD CHIEF</t>
+          <t>AIR CHIEF</t>
         </is>
       </c>
       <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E204" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F204" s="1" t="inlineStr">
         <is>
-          <t>Repco Limited</t>
+          <t>Highgate Industries Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="205" customHeight="true" ht="140.0">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>348674</t>
+          <t>425567</t>
         </is>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
-          <t>RED CHIEF APPLES AUSTRALIA'S FINEST</t>
+          <t>HUON CHIEF</t>
         </is>
       </c>
       <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E205" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F205" s="1" t="inlineStr">
         <is>
-          <t>Ukiah Ranch Pty Ltd.</t>
+          <t>CLEMENTS &amp; MARSHALL Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="206" customHeight="true" ht="140.0">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>368112</t>
+          <t>426614</t>
         </is>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
-          <t>SPACE CHIEF</t>
+          <t>CHIEF E.Z-LINER</t>
         </is>
       </c>
       <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E206" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F206" s="1" t="inlineStr">
         <is>
-          <t>Evans Deakin Industries Limited</t>
+          <t>Delaware Capital Formation Inc</t>
         </is>
       </c>
     </row>
     <row r="207" customHeight="true" ht="140.0">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>393509</t>
+          <t>564259</t>
         </is>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
-          <t>AIR CHIEF</t>
+          <t>AGWEST</t>
         </is>
       </c>
       <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E207" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="F207" s="1" t="inlineStr">
         <is>
-          <t>Highgate Industries Pty Ltd</t>
+          <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="208" customHeight="true" ht="140.0">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>425567</t>
+          <t>564260</t>
         </is>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
-          <t>HUON CHIEF</t>
+          <t>AGWEST</t>
         </is>
       </c>
       <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E208" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F208" s="1" t="inlineStr">
         <is>
-          <t>CLEMENTS &amp; MARSHALL Pty Ltd</t>
+          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE</t>
         </is>
       </c>
     </row>
     <row r="209" customHeight="true" ht="140.0">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>426614</t>
+          <t>564261</t>
         </is>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
-          <t>CHIEF E.Z-LINER</t>
+          <t>AGWEST</t>
         </is>
       </c>
       <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E209" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F209" s="1" t="inlineStr">
         <is>
-          <t>Delaware Capital Formation Inc</t>
+          <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="210" customHeight="true" ht="140.0">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>564259</t>
+          <t>572681</t>
         </is>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
-          <t>AGWEST</t>
+          <t>SUNCHIEF
+SUN CHIEF</t>
         </is>
       </c>
       <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E210" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
       <c r="F210" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture</t>
+          <t>API Security Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="211" customHeight="true" ht="140.0">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>564260</t>
+          <t>580852</t>
         </is>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
-          <t>AGWEST</t>
+          <t>STRONGHOLD</t>
         </is>
       </c>
       <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E211" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>21</t>
         </is>
       </c>
       <c r="F211" s="1" t="inlineStr">
         <is>
-          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE</t>
+          <t>Chief Kitchenware Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="212" customHeight="true" ht="140.0">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>564261</t>
+          <t>592145</t>
         </is>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
-          <t>AGWEST</t>
+          <t>SIOUX CHIEF</t>
         </is>
       </c>
       <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E212" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F212" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture</t>
+          <t>Sioux Chief Manufacturing Co. Inc.</t>
         </is>
       </c>
     </row>
     <row r="213" customHeight="true" ht="140.0">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>572681</t>
+          <t>592146</t>
         </is>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
-          <t>SUNCHIEF
-SUN CHIEF</t>
+          <t>HYDRA RESTER</t>
         </is>
       </c>
       <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E213" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F213" s="1" t="inlineStr">
         <is>
-          <t>API Security Pty Limited</t>
+          <t>Sioux Chief Manufacturing Co. Inc.</t>
         </is>
       </c>
     </row>
     <row r="214" customHeight="true" ht="140.0">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>580852</t>
+          <t>619475</t>
         </is>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
-          <t>STRONGHOLD</t>
+          <t>ROYAL LADY</t>
         </is>
       </c>
       <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E214" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F214" s="1" t="inlineStr">
         <is>
-          <t>Chief Kitchenware Pty Ltd</t>
+          <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="215" customHeight="true" ht="140.0">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>592145</t>
+          <t>619477</t>
         </is>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
-          <t>SIOUX CHIEF</t>
+          <t>FIRST LADY</t>
         </is>
       </c>
       <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E215" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F215" s="1" t="inlineStr">
         <is>
-          <t>Sioux Chief Manufacturing Co. Inc.</t>
+          <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="216" customHeight="true" ht="140.0">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>592146</t>
+          <t>621704</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
-          <t>HYDRA RESTER</t>
+          <t>C.E.O. CHIEF EXECUTIVE OFFICER</t>
         </is>
       </c>
       <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E216" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>28</t>
         </is>
       </c>
       <c r="F216" s="1" t="inlineStr">
         <is>
-          <t>Sioux Chief Manufacturing Co. Inc.</t>
+          <t>Roberta Lynn Honeywill</t>
         </is>
       </c>
     </row>
     <row r="217" customHeight="true" ht="140.0">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>619475</t>
+          <t>625727</t>
         </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
-          <t>ROYAL LADY</t>
+          <t>CEI OFFICE OF THE CHIEF ELECTRICAL INSPECTOR</t>
         </is>
       </c>
       <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E217" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F217" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture</t>
+          <t>Energy Safe Victoria</t>
         </is>
       </c>
     </row>
     <row r="218" customHeight="true" ht="140.0">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>619477</t>
+          <t>642988</t>
         </is>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
-          <t>FIRST LADY</t>
+          <t>AGFLASH</t>
         </is>
       </c>
       <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E218" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F218" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture</t>
+          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE</t>
         </is>
       </c>
     </row>
     <row r="219" customHeight="true" ht="140.0">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>621704</t>
+          <t>644403</t>
         </is>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
-          <t>C.E.O. CHIEF EXECUTIVE OFFICER</t>
+          <t>LEAFCHIEF
+LEAF-CHIEF</t>
         </is>
       </c>
       <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E219" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>7</t>
         </is>
       </c>
       <c r="F219" s="1" t="inlineStr">
         <is>
-          <t>Roberta Lynn Honeywill</t>
+          <t>Mr David Berry</t>
         </is>
       </c>
     </row>
     <row r="220" customHeight="true" ht="140.0">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>625727</t>
+          <t>670409</t>
         </is>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
-          <t>CEI OFFICE OF THE CHIEF ELECTRICAL INSPECTOR</t>
+          <t>MAJESTIC</t>
         </is>
       </c>
       <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E220" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F220" s="1" t="inlineStr">
         <is>
-          <t>Energy Safe Victoria</t>
+          <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="221" customHeight="true" ht="140.0">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>642988</t>
+          <t>677731</t>
         </is>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
-          <t>AGFLASH</t>
+          <t>AGFAX</t>
         </is>
       </c>
       <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E221" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F221" s="1" t="inlineStr">
         <is>
-          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE</t>
+          <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="222" customHeight="true" ht="140.0">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>644403</t>
+          <t>677733</t>
         </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
-          <t>LEAFCHIEF
-LEAF-CHIEF</t>
+          <t>A AGRICULTURE WESTERN AUSTRALIA</t>
         </is>
       </c>
       <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E222" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="F222" s="1" t="inlineStr">
         <is>
-          <t>Mr David Berry</t>
+          <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="223" customHeight="true" ht="140.0">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>670409</t>
+          <t>677734</t>
         </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
-          <t>MAJESTIC</t>
+          <t>A AGRICULTURE WESTERN AUSTRALIA</t>
         </is>
       </c>
       <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E223" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F223" s="1" t="inlineStr">
         <is>
           <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="224" customHeight="true" ht="140.0">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>677731</t>
+          <t>677735</t>
         </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
-          <t>AGFAX</t>
+          <t>A AGRICULTURE WESTERN AUSTRALIA</t>
         </is>
       </c>
       <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E224" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="225" customHeight="true" ht="140.0">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>677733</t>
+          <t>677736</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
           <t>A AGRICULTURE WESTERN AUSTRALIA</t>
         </is>
       </c>
       <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E225" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t>Chief Executive Officer of the Department of Agriculture</t>
         </is>
       </c>
     </row>
     <row r="226" customHeight="true" ht="140.0">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>677734</t>
+          <t>702651</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
-          <t>A AGRICULTURE WESTERN AUSTRALIA</t>
+          <t>RED CHIEF</t>
         </is>
       </c>
       <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E226" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F226" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture</t>
+          <t>FLEMING'S NURSERIES PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="227" customHeight="true" ht="140.0">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>677735</t>
+          <t>708706</t>
         </is>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
-          <t>A AGRICULTURE WESTERN AUSTRALIA</t>
+          <t>WAIKATO CHIEFS</t>
         </is>
       </c>
       <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E227" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>18, 25, 41</t>
         </is>
       </c>
       <c r="F227" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture</t>
+          <t>New Zealand Rugby Football Union Inc</t>
         </is>
       </c>
     </row>
     <row r="228" customHeight="true" ht="140.0">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>677736</t>
+          <t>773435</t>
         </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
-          <t>A AGRICULTURE WESTERN AUSTRALIA</t>
+          <t>POWER CHIEF</t>
         </is>
       </c>
       <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E228" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>7</t>
         </is>
       </c>
       <c r="F228" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture</t>
+          <t>Davey Products Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="229" customHeight="true" ht="140.0">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>702651</t>
+          <t>778941</t>
         </is>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
-          <t>RED CHIEF</t>
+          <t>WATER CHIEF</t>
         </is>
       </c>
       <c r="D229" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E229" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>17, 21</t>
         </is>
       </c>
       <c r="F229" s="1" t="inlineStr">
         <is>
-          <t>FLEMING'S NURSERIES PTY LTD</t>
+          <t>AMES Australasia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="230" customHeight="true" ht="140.0">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>708706</t>
+          <t>782878</t>
         </is>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
-          <t>WAIKATO CHIEFS</t>
+          <t>WOOLPRO</t>
         </is>
       </c>
       <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E230" s="1" t="inlineStr">
         <is>
-          <t>18, 25, 41</t>
+          <t>35, 41, 42</t>
         </is>
       </c>
       <c r="F230" s="1" t="inlineStr">
         <is>
-          <t>New Zealand Rugby Football Union Inc</t>
+          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE; Australian Wool Innovation Limited</t>
         </is>
       </c>
     </row>
     <row r="231" customHeight="true" ht="140.0">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>773435</t>
+          <t>799261</t>
         </is>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
-          <t>POWER CHIEF</t>
+          <t>HORTGUARD</t>
         </is>
       </c>
       <c r="D231" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E231" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>41, 42</t>
         </is>
       </c>
       <c r="F231" s="1" t="inlineStr">
         <is>
-          <t>Davey Products Pty Ltd</t>
+          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE</t>
         </is>
       </c>
     </row>
     <row r="232" customHeight="true" ht="140.0">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>778941</t>
+          <t>808324</t>
         </is>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
-          <t>WATER CHIEF</t>
+          <t>BIG CHIEF BURGERS SEAFOOD CHICKEN</t>
         </is>
       </c>
       <c r="D232" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E232" s="1" t="inlineStr">
         <is>
-          <t>17, 21</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F232" s="1" t="inlineStr">
         <is>
-          <t>AMES Australasia Pty Ltd</t>
+          <t>Kaliorexi Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="233" customHeight="true" ht="140.0">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>782878</t>
+          <t>830939</t>
         </is>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
-          <t>WOOLPRO</t>
+          <t>BIG CHIEF</t>
         </is>
       </c>
       <c r="D233" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E233" s="1" t="inlineStr">
         <is>
-          <t>35, 41, 42</t>
+          <t>23</t>
         </is>
       </c>
       <c r="F233" s="1" t="inlineStr">
         <is>
-          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE; Australian Wool Innovation Limited</t>
+          <t>PATONS &amp; BALDWINS Ltd</t>
         </is>
       </c>
     </row>
     <row r="234" customHeight="true" ht="140.0">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>799261</t>
+          <t>865621</t>
         </is>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
-          <t>HORTGUARD</t>
+          <t>CHIEF</t>
         </is>
       </c>
       <c r="D234" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E234" s="1" t="inlineStr">
         <is>
-          <t>41, 42</t>
+          <t>25, 28</t>
         </is>
       </c>
       <c r="F234" s="1" t="inlineStr">
         <is>
-          <t>CHIEF EXECUTIVE OFFICER OF THE DEPARTMENT OF AGRICULTURE</t>
+          <t>IMCOA Licensing America, Inc.</t>
         </is>
       </c>
     </row>
     <row r="235" customHeight="true" ht="140.0">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>808324</t>
+          <t>872073</t>
         </is>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
-          <t>BIG CHIEF BURGERS SEAFOOD CHICKEN</t>
+          <t>Indian Chief</t>
         </is>
       </c>
       <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E235" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F235" s="1" t="inlineStr">
         <is>
-          <t>Kaliorexi Pty Ltd</t>
+          <t>Harburg Investments Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="236" customHeight="true" ht="140.0">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>830939</t>
+          <t>875900</t>
         </is>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
           <t>BIG CHIEF</t>
         </is>
       </c>
       <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E236" s="1" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
-          <t>PATONS &amp; BALDWINS Ltd</t>
+          <t>Nextgen Gaming Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="237" customHeight="true" ht="140.0">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>865621</t>
+          <t>884773</t>
         </is>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
           <t>CHIEF</t>
         </is>
       </c>
       <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E237" s="1" t="inlineStr">
         <is>
-          <t>25, 28</t>
+          <t>9, 41</t>
         </is>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
-          <t>IMCOA Licensing America, Inc.</t>
+          <t>Chief Entertainment Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="238" customHeight="true" ht="140.0">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>872073</t>
+          <t>887467</t>
         </is>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
-          <t>Indian Chief</t>
+          <t>THE CHIEF</t>
         </is>
       </c>
       <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E238" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>16, 35, 41</t>
         </is>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
-          <t>Harburg Investments Pty Ltd</t>
+          <t>First Charlton Communications Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="239" customHeight="true" ht="140.0">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>875900</t>
+          <t>908049</t>
         </is>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
-          <t>BIG CHIEF</t>
+          <t>YOUNG GENERAL</t>
         </is>
       </c>
       <c r="D239" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E239" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>18, 25</t>
         </is>
       </c>
       <c r="F239" s="1" t="inlineStr">
         <is>
-          <t>Nextgen Gaming Pty Ltd</t>
+          <t>Chief Group (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="240" customHeight="true" ht="140.0">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>884773</t>
+          <t>913502</t>
         </is>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
-          <t>CHIEF</t>
+          <t>LOCKSMITHS OWN</t>
         </is>
       </c>
       <c r="D240" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E240" s="1" t="inlineStr">
         <is>
-          <t>9, 41</t>
+          <t>6, 9</t>
         </is>
       </c>
       <c r="F240" s="1" t="inlineStr">
         <is>
-          <t>Chief Entertainment Pty Ltd</t>
+          <t>Chief Redwing Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="241" customHeight="true" ht="140.0">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>887467</t>
+          <t>916440</t>
         </is>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
-          <t>THE CHIEF</t>
+          <t>CRC FOR PLANT-BASED MANAGEMENT OF DRYLAND SALINITY</t>
         </is>
       </c>
       <c r="D241" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E241" s="1" t="inlineStr">
         <is>
-          <t>16, 35, 41</t>
+          <t>35, 41, 42</t>
         </is>
       </c>
       <c r="F241" s="1" t="inlineStr">
         <is>
-          <t>First Charlton Communications Pty Limited</t>
+          <t>Charles Sturt University; The Secretary to the Department of Primary Industries and Department of Sustainability and Environment; The Minister for Primary Industries and Resources South Australia; The University of Adelaide; The Chief Executive Officer of the Department of Agriculture (Western Australia); The Executive Director of the Department of Conservation and Land Management (Western Australia); The University of Western Australia; Commonwealth Scientific And Industrial Research Organisation</t>
         </is>
       </c>
     </row>
     <row r="242" customHeight="true" ht="140.0">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>908049</t>
+          <t>917917</t>
         </is>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
-          <t>YOUNG GENERAL</t>
+          <t>LITTLE MISS CHIEF</t>
         </is>
       </c>
       <c r="D242" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E242" s="1" t="inlineStr">
         <is>
-          <t>18, 25</t>
+          <t>16, 25</t>
         </is>
       </c>
       <c r="F242" s="1" t="inlineStr">
         <is>
-          <t>Chief Group (Australia) Pty Ltd</t>
+          <t>Vintage Rags Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="243" customHeight="true" ht="140.0">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>913502</t>
+          <t>925001</t>
         </is>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
-          <t>LOCKSMITHS OWN</t>
+          <t>SUN CHIEF</t>
         </is>
       </c>
       <c r="D243" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E243" s="1" t="inlineStr">
         <is>
-          <t>6, 9</t>
+          <t>9, 28</t>
         </is>
       </c>
       <c r="F243" s="1" t="inlineStr">
         <is>
-          <t>Chief Redwing Pty Ltd</t>
+          <t>Aristocrat Technologies Australia Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="244" customHeight="true" ht="140.0">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>916440</t>
+          <t>936828</t>
         </is>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
-          <t>CRC FOR PLANT-BASED MANAGEMENT OF DRYLAND SALINITY</t>
+          <t>BARBIE CHIEF</t>
         </is>
       </c>
       <c r="D244" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E244" s="1" t="inlineStr">
         <is>
-          <t>35, 41, 42</t>
+          <t>8</t>
         </is>
       </c>
       <c r="F244" s="1" t="inlineStr">
         <is>
-          <t>Charles Sturt University; The Secretary to the Department of Primary Industries and Department of Sustainability and Environment; The Minister for Primary Industries and Resources South Australia; The University of Adelaide; The Chief Executive Officer of the Department of Agriculture (Western Australia); The Executive Director of the Department of Conservation and Land Management (Western Australia); The University of Western Australia; Commonwealth Scientific And Industrial Research Organisation</t>
+          <t>Barbeque Enterprises Limited</t>
         </is>
       </c>
     </row>
     <row r="245" customHeight="true" ht="140.0">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>917917</t>
+          <t>946451</t>
         </is>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
-          <t>LITTLE MISS CHIEF</t>
+          <t>ENTERPRISE GRAINS AUSTRALIA</t>
         </is>
       </c>
       <c r="D245" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E245" s="1" t="inlineStr">
         <is>
-          <t>16, 25</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F245" s="1" t="inlineStr">
         <is>
-          <t>Vintage Rags Pty Ltd</t>
+          <t>The State of Queensland Through the Department of Agriculture, Fisheries and Forestry; Chief Executive Officer of the Department of Agriculture; The State of New South Wales, Department of Primary Industries</t>
         </is>
       </c>
     </row>
     <row r="246" customHeight="true" ht="140.0">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>925001</t>
+          <t>961030</t>
         </is>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
-          <t>SUN CHIEF</t>
+          <t>MYSTIC CHIEF</t>
         </is>
       </c>
       <c r="D246" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E246" s="1" t="inlineStr">
         <is>
-          <t>9, 28</t>
+          <t>28</t>
         </is>
       </c>
       <c r="F246" s="1" t="inlineStr">
         <is>
           <t>Aristocrat Technologies Australia Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="247" customHeight="true" ht="140.0">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>936828</t>
+          <t>961175</t>
         </is>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
-          <t>BARBIE CHIEF</t>
+          <t>TROPICAL KNOWLEDGE</t>
         </is>
       </c>
       <c r="D247" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E247" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F247" s="1" t="inlineStr">
         <is>
-          <t>Barbeque Enterprises Limited</t>
+          <t>Office Of Territory Development, Department Of The Chief</t>
         </is>
       </c>
     </row>
     <row r="248" customHeight="true" ht="140.0">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>946451</t>
+          <t>961219</t>
         </is>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
-          <t>ENTERPRISE GRAINS AUSTRALIA</t>
+          <t>CLIMA</t>
         </is>
       </c>
       <c r="D248" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E248" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>9, 30, 31, 41, 42</t>
         </is>
       </c>
       <c r="F248" s="1" t="inlineStr">
         <is>
-          <t>The State of Queensland Through the Department of Agriculture, Fisheries and Forestry; Chief Executive Officer of the Department of Agriculture; The State of New South Wales, Department of Primary Industries</t>
+          <t>Chief Executive Officer of the Department of Agriculture; Commonwealth Scientific and Industrial Research Organisation; Murdoch University; The University of Western Australia</t>
         </is>
       </c>
     </row>
     <row r="249" customHeight="true" ht="140.0">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>961030</t>
+          <t>961220</t>
         </is>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
-          <t>MYSTIC CHIEF</t>
+          <t/>
         </is>
       </c>
       <c r="D249" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E249" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>9, 30, 31, 41, 42</t>
         </is>
       </c>
       <c r="F249" s="1" t="inlineStr">
         <is>
-          <t>Aristocrat Technologies Australia Pty Limited</t>
+          <t>Chief Executive Officer of the Department of Agriculture; Commonwealth Scientific and Industrial Research Organisation; Murdoch University; The University of Western Australia</t>
         </is>
       </c>
     </row>
     <row r="250" customHeight="true" ht="140.0">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>961175</t>
+          <t>972283</t>
         </is>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
-          <t>TROPICAL KNOWLEDGE</t>
+          <t>Pryde's Chief Havoc Rollos</t>
         </is>
       </c>
       <c r="D250" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E250" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F250" s="1" t="inlineStr">
         <is>
-          <t>Office Of Territory Development, Department Of The Chief</t>
+          <t>Pryde's Tucker Bag Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="251" customHeight="true" ht="140.0">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>961219</t>
+          <t>992871</t>
         </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
-          <t>CLIMA</t>
+          <t>SCREEN ACTION</t>
         </is>
       </c>
       <c r="D251" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E251" s="1" t="inlineStr">
         <is>
-          <t>9, 30, 31, 41, 42</t>
+          <t>35, 41</t>
         </is>
       </c>
       <c r="F251" s="1" t="inlineStr">
         <is>
-          <t>Chief Executive Officer of the Department of Agriculture; Commonwealth Scientific and Industrial Research Organisation; Murdoch University; The University of Western Australia</t>
+          <t>The Australian Capital Territory C/- A.C.T. Chief Minister's Department</t>
         </is>
       </c>
     </row>
     <row r="252" customHeight="true" ht="140.0">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>961220</t>
+          <t>1009676</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>THE ACADEMY FOR CHIEF EXECUTIVES</t>
         </is>
       </c>
       <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>35, 41</t>
+        </is>
+      </c>
+      <c r="F252" s="1" t="inlineStr">
+        <is>
+          <t>The Academy for Chief Executives Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="253" customHeight="true" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>1011271</t>
+        </is>
+      </c>
+      <c r="C253" s="1" t="inlineStr">
+        <is>
+          <t>BIG CHIEF</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E252" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D253" s="1" t="inlineStr">
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>35, 43</t>
+        </is>
+      </c>
+      <c r="F253" s="1" t="inlineStr">
+        <is>
+          <t>Kaliorexi Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" customHeight="true" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>1038220</t>
+        </is>
+      </c>
+      <c r="C254" s="1" t="inlineStr">
+        <is>
+          <t>Field Chief</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E253" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D254" s="1" t="inlineStr">
+      <c r="E254" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F254" s="1" t="inlineStr">
+        <is>
+          <t>Adam White</t>
+        </is>
+      </c>
+    </row>
+    <row r="255" customHeight="true" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>1055105</t>
+        </is>
+      </c>
+      <c r="C255" s="1" t="inlineStr">
+        <is>
+          <t>TWIN CHIEFS BOURBON BLACK LABEL STRAIGHT KENTUCKY</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E254" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D255" s="1" t="inlineStr">
+      <c r="E255" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F255" s="1" t="inlineStr">
+        <is>
+          <t>Fernbrew Pty LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="256" customHeight="true" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>1087743</t>
+        </is>
+      </c>
+      <c r="C256" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF RACING</t>
+        </is>
+      </c>
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E256" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F256" s="1" t="inlineStr">
+        <is>
+          <t>Chief Electrical Pty. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="257" customHeight="true" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>1129958</t>
+        </is>
+      </c>
+      <c r="C257" s="1" t="inlineStr">
+        <is>
+          <t>WESTERN CHIEF</t>
+        </is>
+      </c>
+      <c r="D257" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E255" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D256" s="1" t="inlineStr">
+      <c r="E257" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F257" s="1" t="inlineStr">
+        <is>
+          <t>Washington Shoe Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="258" customHeight="true" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>1151012</t>
+        </is>
+      </c>
+      <c r="C258" s="1" t="inlineStr">
+        <is>
+          <t>CSAV CHIEF SANUS AUDIO VISUAL</t>
+        </is>
+      </c>
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E258" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F258" s="1" t="inlineStr">
+        <is>
+          <t>CSAV, Inc. (recorded at reel/frame 3252/0957)</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" customHeight="true" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>1172231</t>
+        </is>
+      </c>
+      <c r="C259" s="1" t="inlineStr">
+        <is>
+          <t>CEW</t>
+        </is>
+      </c>
+      <c r="D259" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E256" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D257" s="1" t="inlineStr">
+      <c r="E259" s="1" t="inlineStr">
+        <is>
+          <t>35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F259" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" customHeight="true" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>1190633</t>
+        </is>
+      </c>
+      <c r="C260" s="1" t="inlineStr">
+        <is>
+          <t>AUSSIE CHIEF</t>
+        </is>
+      </c>
+      <c r="D260" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E257" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D258" s="1" t="inlineStr">
+      <c r="E260" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F260" s="1" t="inlineStr">
+        <is>
+          <t>ZN Dynamic Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="261" customHeight="true" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>1208013</t>
+        </is>
+      </c>
+      <c r="C261" s="1" t="inlineStr">
+        <is>
+          <t>TOTEM CHIEF</t>
+        </is>
+      </c>
+      <c r="D261" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E258" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D259" s="1" t="inlineStr">
+      <c r="E261" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F261" s="1" t="inlineStr">
+        <is>
+          <t>Intellectual Property Consultants Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="262" customHeight="true" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>1253335</t>
+        </is>
+      </c>
+      <c r="C262" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF TRADE CREDIT INSURANCE</t>
+        </is>
+      </c>
+      <c r="D262" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E262" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F262" s="1" t="inlineStr">
+        <is>
+          <t>Chief Trade Credit Insurance Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="263" customHeight="true" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>1261118</t>
+        </is>
+      </c>
+      <c r="C263" s="1" t="inlineStr">
+        <is>
+          <t>A BETTER SHED CUBBY &amp; AVIARY</t>
+        </is>
+      </c>
+      <c r="D263" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E263" s="1" t="inlineStr">
+        <is>
+          <t>6, 19</t>
+        </is>
+      </c>
+      <c r="F263" s="1" t="inlineStr">
+        <is>
+          <t>SteelChief Industries Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="264" customHeight="true" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>1261122</t>
+        </is>
+      </c>
+      <c r="C264" s="1" t="inlineStr">
+        <is>
+          <t>SHEDCRAFT GARAGES,BARNS,GARDEN SHEDS,AVIARIES,CUBBIES</t>
+        </is>
+      </c>
+      <c r="D264" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E264" s="1" t="inlineStr">
+        <is>
+          <t>6, 19</t>
+        </is>
+      </c>
+      <c r="F264" s="1" t="inlineStr">
+        <is>
+          <t>SteelChief Industries Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="265" customHeight="true" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>1262805</t>
+        </is>
+      </c>
+      <c r="C265" s="1" t="inlineStr">
+        <is>
+          <t>SMART CHIEF</t>
+        </is>
+      </c>
+      <c r="D265" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E259" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D261" s="1" t="inlineStr">
+      <c r="E265" s="1" t="inlineStr">
+        <is>
+          <t>9, 37, 42</t>
+        </is>
+      </c>
+      <c r="F265" s="1" t="inlineStr">
+        <is>
+          <t>Halvorsen Power System AS (org. no 999326269)</t>
+        </is>
+      </c>
+    </row>
+    <row r="266" customHeight="true" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>1270741</t>
+        </is>
+      </c>
+      <c r="C266" s="1" t="inlineStr">
+        <is>
+          <t>BETTER A SHED</t>
+        </is>
+      </c>
+      <c r="D266" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E261" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D262" s="1" t="inlineStr">
+      <c r="E266" s="1" t="inlineStr">
+        <is>
+          <t>6, 19</t>
+        </is>
+      </c>
+      <c r="F266" s="1" t="inlineStr">
+        <is>
+          <t>SteelChief Industries Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="267" customHeight="true" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>1354812</t>
+        </is>
+      </c>
+      <c r="C267" s="1" t="inlineStr">
+        <is>
+          <t>The Chief</t>
+        </is>
+      </c>
+      <c r="D267" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E262" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D263" s="1" t="inlineStr">
+      <c r="E267" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F267" s="1" t="inlineStr">
+        <is>
+          <t>Samuel George</t>
+        </is>
+      </c>
+    </row>
+    <row r="268" customHeight="true" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>1391695</t>
+        </is>
+      </c>
+      <c r="C268" s="1" t="inlineStr">
+        <is>
+          <t>100 CANBERRA</t>
+        </is>
+      </c>
+      <c r="D268" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E263" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D264" s="1" t="inlineStr">
+      <c r="E268" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 33, 41</t>
+        </is>
+      </c>
+      <c r="F268" s="1" t="inlineStr">
+        <is>
+          <t>ACT Government through Chief Minister's Department; Commonwealth Government through Department of Regional Australia, Regional Development and Local Government</t>
+        </is>
+      </c>
+    </row>
+    <row r="269" customHeight="true" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>1404628</t>
+        </is>
+      </c>
+      <c r="C269" s="1" t="inlineStr">
+        <is>
+          <t>CANBERRA BUSINESSPOINT</t>
+        </is>
+      </c>
+      <c r="D269" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E264" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D265" s="1" t="inlineStr">
+      <c r="E269" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F269" s="1" t="inlineStr">
+        <is>
+          <t>Australian Capital Territory c/- Chief Minister's Department</t>
+        </is>
+      </c>
+    </row>
+    <row r="270" customHeight="true" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>1447095</t>
+        </is>
+      </c>
+      <c r="C270" s="1" t="inlineStr">
+        <is>
+          <t>STOR CHIEF STORAGE SYSTEMS</t>
+        </is>
+      </c>
+      <c r="D270" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E265" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D266" s="1" t="inlineStr">
+      <c r="E270" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F270" s="1" t="inlineStr">
+        <is>
+          <t>Highco Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="271" customHeight="true" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>1466872</t>
+        </is>
+      </c>
+      <c r="C271" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF BRANDING OFFICER</t>
+        </is>
+      </c>
+      <c r="D271" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E266" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D268" s="1" t="inlineStr">
+      <c r="E271" s="1" t="inlineStr">
+        <is>
+          <t>35, 41</t>
+        </is>
+      </c>
+      <c r="F271" s="1" t="inlineStr">
+        <is>
+          <t>Moxie Crew Pty Ltd as the Trustee for Untapped IP Trust</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" customHeight="true" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>1476822</t>
+        </is>
+      </c>
+      <c r="C272" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF EXIT OFFICER</t>
+        </is>
+      </c>
+      <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E268" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D269" s="1" t="inlineStr">
+      <c r="E272" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F272" s="1" t="inlineStr">
+        <is>
+          <t>Chief Exit Officer Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" customHeight="true" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>1492289</t>
+        </is>
+      </c>
+      <c r="C273" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF INDUSTRIAL LADDERS</t>
+        </is>
+      </c>
+      <c r="D273" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E269" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D270" s="1" t="inlineStr">
+      <c r="E273" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F273" s="1" t="inlineStr">
+        <is>
+          <t>New Look Innovations (Aust) Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" customHeight="true" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>1540099</t>
+        </is>
+      </c>
+      <c r="C274" s="1" t="inlineStr">
+        <is>
+          <t>THE CEW GENDER DIVERSITY KIT</t>
+        </is>
+      </c>
+      <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E270" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D271" s="1" t="inlineStr">
+      <c r="E274" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F274" s="1" t="inlineStr">
+        <is>
+          <t>Chief Executive Women Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" customHeight="true" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>1540411</t>
+        </is>
+      </c>
+      <c r="C275" s="1" t="inlineStr">
+        <is>
+          <t>TOUR CHIEF</t>
+        </is>
+      </c>
+      <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E271" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D272" s="1" t="inlineStr">
+      <c r="E275" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 39, 42</t>
+        </is>
+      </c>
+      <c r="F275" s="1" t="inlineStr">
+        <is>
+          <t>Tour Chief Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="276" customHeight="true" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>1541111</t>
+        </is>
+      </c>
+      <c r="C276" s="1" t="inlineStr">
+        <is>
+          <t>TOUR CHIEF</t>
+        </is>
+      </c>
+      <c r="D276" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E272" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D273" s="1" t="inlineStr">
+      <c r="E276" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 39, 42</t>
+        </is>
+      </c>
+      <c r="F276" s="1" t="inlineStr">
+        <is>
+          <t>Tour Chief Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="277" customHeight="true" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>1541112</t>
+        </is>
+      </c>
+      <c r="C277" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E273" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D274" s="1" t="inlineStr">
+      <c r="E277" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 39, 42</t>
+        </is>
+      </c>
+      <c r="F277" s="1" t="inlineStr">
+        <is>
+          <t>Tour Chief Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="278" customHeight="true" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>1541113</t>
+        </is>
+      </c>
+      <c r="C278" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E274" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D275" s="1" t="inlineStr">
+      <c r="E278" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 39, 42</t>
+        </is>
+      </c>
+      <c r="F278" s="1" t="inlineStr">
+        <is>
+          <t>Tour Chief Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="279" customHeight="true" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>1546911</t>
+        </is>
+      </c>
+      <c r="C279" s="1" t="inlineStr">
+        <is>
+          <t>JOINT CHIEFS</t>
+        </is>
+      </c>
+      <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E275" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D276" s="1" t="inlineStr">
+      <c r="E279" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F279" s="1" t="inlineStr">
+        <is>
+          <t>JOINT CHIEFS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="280" customHeight="true" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>1583495</t>
+        </is>
+      </c>
+      <c r="C280" s="1" t="inlineStr">
+        <is>
+          <t>MISS CHIEF</t>
+        </is>
+      </c>
+      <c r="D280" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E276" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D277" s="1" t="inlineStr">
+      <c r="E280" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F280" s="1" t="inlineStr">
+        <is>
+          <t>Studio Bauhaus Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="281" customHeight="true" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>1593032</t>
+        </is>
+      </c>
+      <c r="C281" s="1" t="inlineStr">
+        <is>
+          <t>TOO MANY CHIEFS</t>
+        </is>
+      </c>
+      <c r="D281" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E277" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D278" s="1" t="inlineStr">
+      <c r="E281" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F281" s="1" t="inlineStr">
+        <is>
+          <t>TOO MANY CHIEFS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="282" customHeight="true" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>1598617</t>
+        </is>
+      </c>
+      <c r="C282" s="1" t="inlineStr">
+        <is>
+          <t>TOO MANY CHIEFS PEAR AND APPLE CIDER 100% GOULBURN VALLEY GROWN FRUIT</t>
+        </is>
+      </c>
+      <c r="D282" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E278" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D279" s="1" t="inlineStr">
+      <c r="E282" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F282" s="1" t="inlineStr">
+        <is>
+          <t>TOO MANY CHIEFS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="283" customHeight="true" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>1598874</t>
+        </is>
+      </c>
+      <c r="C283" s="1" t="inlineStr">
+        <is>
+          <t>TOO MANY CHIEFS PEAR AND APPLE CIDER 100% GOULBURN VALLEY GROWN FRUIT</t>
+        </is>
+      </c>
+      <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E279" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D280" s="1" t="inlineStr">
+      <c r="E283" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F283" s="1" t="inlineStr">
+        <is>
+          <t>TOO MANY CHIEFS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="284" customHeight="true" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>1625842</t>
+        </is>
+      </c>
+      <c r="C284" s="1" t="inlineStr">
+        <is>
+          <t>SIXTY WEST THE CHIEF</t>
+        </is>
+      </c>
+      <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E280" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D281" s="1" t="inlineStr">
+      <c r="E284" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F284" s="1" t="inlineStr">
+        <is>
+          <t>SixtyBeans Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="285" customHeight="true" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>1653516</t>
+        </is>
+      </c>
+      <c r="C285" s="1" t="inlineStr">
+        <is>
+          <t>DEVELOPING THE NORTH</t>
+        </is>
+      </c>
+      <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E281" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D282" s="1" t="inlineStr">
+      <c r="E285" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 35, 39, 41, 43</t>
+        </is>
+      </c>
+      <c r="F285" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/o Department of Chief Minister</t>
+        </is>
+      </c>
+    </row>
+    <row r="286" customHeight="true" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>1655720</t>
+        </is>
+      </c>
+      <c r="C286" s="1" t="inlineStr">
+        <is>
+          <t>Garden Chief</t>
+        </is>
+      </c>
+      <c r="D286" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E282" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D283" s="1" t="inlineStr">
+      <c r="E286" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F286" s="1" t="inlineStr">
+        <is>
+          <t>GYC PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="287" customHeight="true" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>1675467</t>
+        </is>
+      </c>
+      <c r="C287" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E283" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D284" s="1" t="inlineStr">
+      <c r="E287" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F287" s="1" t="inlineStr">
+        <is>
+          <t>Diana Tan</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" customHeight="true" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>1689916</t>
+        </is>
+      </c>
+      <c r="C288" s="1" t="inlineStr">
+        <is>
+          <t>CHIEF</t>
+        </is>
+      </c>
+      <c r="D288" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E284" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D285" s="1" t="inlineStr">
+      <c r="E288" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F288" s="1" t="inlineStr">
+        <is>
+          <t>My Local Enterprises Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" customHeight="true" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>1690011</t>
+        </is>
+      </c>
+      <c r="C289" s="1" t="inlineStr">
+        <is>
+          <t>THE CHIEF N CHAMP SHOW</t>
+        </is>
+      </c>
+      <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E285" s="1" t="inlineStr">
-[...110 lines deleted...]
-      </c>
       <c r="E289" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>9, 41</t>
         </is>
       </c>
       <c r="F289" s="1" t="inlineStr">
         <is>
-          <t>Diana Tan</t>
+          <t>Matthew McEwan; Cristian Medel</t>
         </is>
       </c>
     </row>
     <row r="290" customHeight="true" ht="140.0">
       <c r="A290" s="1" t="inlineStr">
         <is>
           <t>1986297</t>
         </is>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
           <t>CHIEF ALCHEMIST</t>
         </is>
       </c>
       <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
       <c r="E290" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
@@ -19453,49 +19453,77 @@
     <row r="442" customHeight="true" ht="140.0">
       <c r="A442" s="1" t="inlineStr">
         <is>
           <t>2469826</t>
         </is>
       </c>
       <c r="C442" s="1" t="inlineStr">
         <is>
           <t>CHIEFS OF THE CENTURY FOR CHILDREN (CCC) SYDNEY, AUSTRALIA ABN 91671414029 PROTECTING THE CHILDREN EVERY HOUR</t>
         </is>
       </c>
       <c r="D442" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E442" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F442" s="1" t="inlineStr">
         <is>
           <t>Chiefs of the Century for Children LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="443" customHeight="true" ht="140.0">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>2471327</t>
+        </is>
+      </c>
+      <c r="C443" s="1" t="inlineStr">
+        <is>
+          <t>INSPIRED BY LAKSA</t>
+        </is>
+      </c>
+      <c r="D443" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E443" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 43</t>
+        </is>
+      </c>
+      <c r="F443" s="1" t="inlineStr">
+        <is>
+          <t>The Crown in the Right of the Northern Territory of Australia c/- Department of the Chief Minister and Cabinet</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>