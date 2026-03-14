--- v0 (2025-12-08)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -288,635 +288,635 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="695238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1639363</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 38</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Future Publishing Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2009328</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>TRIPLE M CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>9, 35, 38, 41</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Southern Cross Austereo Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2009986</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>TRIPLE MMM CLASSIC ROCK DIGITAL</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>9, 35, 38, 41</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Southern Cross Austereo Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>868310</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>ROCK-N-RODS &amp; RESTORATIONS FROM CLASSIC TO CUSTOM</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>David Anthony Ellison; Linda Gai Ellison</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>998287</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Future Publishing Limited</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>1411106</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN PLAYED CLASSIC AUSSIE ROCK "LIVE &amp; ALIVE"</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Enno de Briais Backer</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>371122</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>HOOKED ON CLASSICS
 HOOKED ON SWING
 HOOKED ON ROCK N'ROLL
 HOOKED ON LOVE
 HOOKED ON COUNTRY
 HOOKED ON RAGTIME
 HOOKED ON SHOWS
 HOOKED ON PIANO
 HOOKED ON BANDS
 HOOKED ON BROADWAY
 HOOKED ON INSTRUMENTAL</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>448851</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Maxwell, Chris Communications</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>448852</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Maxwell, Chris Communications</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>448853</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Maxwell, Chris Communications</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>509676</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Austereo Limited</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>509677</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Austereo Limited</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>509678</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Austereo Limited</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>558008</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK TRIPLE PLAY</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Hoyts Media Limited</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>558009</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK TRIPLE PLAY WEEKEND</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Hoyts Media Limited</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1025519</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>Classic Rock</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Rock On Enterprises</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1350165</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK 91.5</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>38, 41</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>DMG Radio (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1350187</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK 95.3</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>38, 41</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>DMG Radio (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1806596</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>CLASSIC ROCK RADIO</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>38, 41</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Malbend Pty Limited</t>
         </is>