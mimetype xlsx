--- v0 (2025-12-18)
+++ v1 (2026-02-01)
@@ -99,247 +99,247 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>173737</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="173737"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>612000</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="612000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>1304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>1333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -466,353 +466,353 @@
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>FIFI CHACHNIL</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Expired renewal possible</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>3, 14, 18, 20, 24, 25</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Delphine Veron</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>1705228</t>
+          <t>1968351</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>DELPHINE</t>
+          <t>MONSIEUR BLONDE</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Expired renewal possible</t>
+          <t>Protected:
+Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>14, 18, 25</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>Pinnacle Runway Pty Ltd</t>
+          <t>Mme. Delphine LEVEQUE</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>1968351</t>
+          <t>1971179</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>MONSIEUR BLONDE</t>
+          <t>DELPHINE GENIN</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Protected:
+          <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>14, 18, 25</t>
+          <t>25, 42</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>Mme. Delphine LEVEQUE</t>
+          <t>DELPHINE GENIN</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>1971179</t>
+          <t>2388113</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>DELPHINE GENIN</t>
+          <t>TROPICAL LAWN CARE</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>25, 42</t>
+          <t>44</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>DELPHINE GENIN</t>
+          <t>Damien Writer; Delphine Geia</t>
         </is>
       </c>
     </row>
     <row r="9" customHeight="true" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2388113</t>
+          <t>2484738</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>TROPICAL LAWN CARE</t>
+          <t>The Tipsy Heifer</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>43</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>Damien Writer; Delphine Geia</t>
+          <t>Delphine Marie Julie Failla; Luke Bradley Failla</t>
         </is>
       </c>
     </row>
     <row r="10" customHeight="true" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>2484738</t>
+          <t>263421</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>The Tipsy Heifer</t>
+          <t>DELPHINE</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Registered/protected</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>Delphine Marie Julie Failla; Luke Bradley Failla</t>
+          <t>Jolie Court (Import and Export) Pty Ltd.</t>
         </is>
       </c>
     </row>
     <row r="11" customHeight="true" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>263421</t>
+          <t>308698</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>DELPHINE</t>
+          <t/>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>28</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>Jolie Court (Import and Export) Pty Ltd.</t>
+          <t>Edward James Curtis; Delphine Joy Curtis</t>
         </is>
       </c>
     </row>
     <row r="12" customHeight="true" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>308698</t>
+          <t>449045</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>OZECO
+YOUR SEAL OF APPROVAL</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>20</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>Edward James Curtis; Delphine Joy Curtis</t>
+          <t>Delphine Swift</t>
         </is>
       </c>
     </row>
     <row r="13" customHeight="true" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>449045</t>
+          <t>873388</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>OZECO
-YOUR SEAL OF APPROVAL</t>
+          <t>DSI DELPHINE SOFTWARE INTERNATIONAL</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>9, 28, 35, 38, 41, 42</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>Delphine Swift</t>
+          <t>Delphine Software International</t>
         </is>
       </c>
     </row>
     <row r="14" customHeight="true" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>873388</t>
+          <t>1375431</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>DSI DELPHINE SOFTWARE INTERNATIONAL</t>
+          <t>BACK TO MY ROOTS</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>9, 28, 35, 38, 41, 42</t>
+          <t>3, 35</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>Delphine Software International</t>
+          <t>Delphine Kendrick</t>
         </is>
       </c>
     </row>
     <row r="15" customHeight="true" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>1375431</t>
+          <t>1423575</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>BACK TO MY ROOTS</t>
+          <t>WOMEN AT THE CENTRE</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>3, 35</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>Delphine Kendrick</t>
+          <t>Delphine Geia</t>
         </is>
       </c>
     </row>
     <row r="16" customHeight="true" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>1423575</t>
+          <t>1705228</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>WOMEN AT THE CENTRE</t>
+          <t>DELPHINE</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>Delphine Geia</t>
+          <t>Pinnacle Runway Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="17" customHeight="true" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1748135</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>@ APPI APPS</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>