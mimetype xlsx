--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>173737</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -364,459 +364,459 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1078827</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>FIFI CHACHNIL</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Expired renewal possible</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>3, 14, 18, 20, 24, 25</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Delphine Veron</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1968351</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>MONSIEUR BLONDE</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>14, 18, 25</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Mme. Delphine LEVEQUE</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1971179</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>DELPHINE GENIN</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>25, 42</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>DELPHINE GENIN</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>2388113</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>TROPICAL LAWN CARE</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Damien Writer; Delphine Geia</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>2484738</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>The Tipsy Heifer</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Delphine Marie Julie Failla; Luke Bradley Failla</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>263421</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>DELPHINE</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Jolie Court (Import and Export) Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>308698</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Edward James Curtis; Delphine Joy Curtis</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>449045</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>OZECO
 YOUR SEAL OF APPROVAL</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Delphine Swift</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>873388</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>DSI DELPHINE SOFTWARE INTERNATIONAL</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>9, 28, 35, 38, 41, 42</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Delphine Software International</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1375431</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>BACK TO MY ROOTS</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>3, 35</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Delphine Kendrick</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1423575</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>WOMEN AT THE CENTRE</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Delphine Geia</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>1705228</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>DELPHINE</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Pinnacle Runway Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1748135</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>@ APPI APPS</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Delphine Seguin</t>
         </is>