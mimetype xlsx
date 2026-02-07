--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -596,52 +596,52 @@
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>9, 35, 38, 41, 42</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Global Media Group Services Limited</t>
         </is>
       </c>
     </row>
     <row r="13" customHeight="true" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2607208</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>G GLOBAL</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Awaiting examination</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>9, 25, 35, 38, 41</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Global Media Group Services Limited</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>