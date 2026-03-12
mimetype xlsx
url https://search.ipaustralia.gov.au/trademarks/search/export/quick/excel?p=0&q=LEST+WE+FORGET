--- v0 (2025-12-11)
+++ v1 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,1193 +87,1221 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>1247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>1419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>1142857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1142857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>1000000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1000000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F31"/>
+  <dimension ref="A2:F32"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>27</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>28</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>513819</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>The Returned &amp; Services League of Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>923738</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch) Incorporated</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1391965</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>1391966</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
+          <t>2621281</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Lest We Forget Run</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>S.D ALLATSON &amp; S.P WARWICK</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" customHeight="1" ht="140.0">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
           <t>38150</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET POPPY</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="F9" s="1" t="inlineStr">
+      <c r="F10" s="1" t="inlineStr">
         <is>
           <t>The Returned &amp; Services League of Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
-      <c r="A10" s="1" t="inlineStr">
+    <row r="11" customHeight="1" ht="140.0">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>513818</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F10" s="1" t="inlineStr">
+      <c r="F11" s="1" t="inlineStr">
         <is>
           <t>The Returned and Services League of Australia</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
-      <c r="A11" s="1" t="inlineStr">
+    <row r="12" customHeight="1" ht="140.0">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>594831</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E11" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F11" s="1" t="inlineStr">
+      <c r="F12" s="1" t="inlineStr">
         <is>
           <t>The Returned &amp; Services League of Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
-      <c r="A12" s="1" t="inlineStr">
+    <row r="13" customHeight="1" ht="140.0">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>781407</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E12" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F12" s="1" t="inlineStr">
+      <c r="F13" s="1" t="inlineStr">
         <is>
           <t>The New Zealand Returned Services' Association (Inc)</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
-      <c r="A13" s="1" t="inlineStr">
+    <row r="14" customHeight="1" ht="140.0">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>905990</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET OUR ETERNAL THOUGHTS AND PRAYERS, TO THE VICTIMS AND
 THEIR FAMILIES WHO SUFFERED THE TRAGIC EVENT. (11TH SEPTEMBER, 2001)
 TOGETHER WE STAND OUR ETERNAL THOUGHTS AND PRAYERS, TO THE VICTIMS AND
 THEIR FAMILIES WHO SUFFERED THE TRAGIC EVENT. (11TH SEPTEMBER, 2001)</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E13" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F13" s="1" t="inlineStr">
+      <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Cheetah Designs Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
-      <c r="A14" s="1" t="inlineStr">
+    <row r="15" customHeight="1" ht="140.0">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>905991</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>TOGETHER WE STAND OUR ETERNAL THOUGHTS AND PRAYERS, TO THE VICTIMS AND
 THEIR FAMILIES WHO SUFFERED THE TRAGIC EVENT. (11TH SEPTEMBER, 2001)
 LEST WE FORGET OUR ETERNAL THOUGHTS AND PRAYERS, TO THE VICTIMS AND
 THEIR FAMILIES WHO SUFFERED THE TRAGIC EVENT. (11TH SEPTEMBER, 2001)</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E14" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F14" s="1" t="inlineStr">
+      <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Cheetah Designs Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
-      <c r="A15" s="1" t="inlineStr">
+    <row r="16" customHeight="1" ht="140.0">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>922889</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>BATTLE FOR AUSTRALIA 1942-1945 LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F15" s="1" t="inlineStr">
+      <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Noel Maas Beutel</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
-      <c r="A16" s="1" t="inlineStr">
+    <row r="17" customHeight="1" ht="140.0">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1391962</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E16" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="F16" s="1" t="inlineStr">
+      <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
-      <c r="A17" s="1" t="inlineStr">
+    <row r="18" customHeight="1" ht="140.0">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>1391963</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E17" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F17" s="1" t="inlineStr">
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
-      <c r="A18" s="1" t="inlineStr">
+    <row r="19" customHeight="1" ht="140.0">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>1391964</t>
         </is>
       </c>
-      <c r="C18" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E18" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F18" s="1" t="inlineStr">
+      <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
-      <c r="A19" s="1" t="inlineStr">
+    <row r="20" customHeight="1" ht="140.0">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1391967</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E19" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F19" s="1" t="inlineStr">
+      <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
-      <c r="A20" s="1" t="inlineStr">
+    <row r="21" customHeight="1" ht="140.0">
+      <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1391968</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E20" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F20" s="1" t="inlineStr">
+      <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
-      <c r="A21" s="1" t="inlineStr">
+    <row r="22" customHeight="1" ht="140.0">
+      <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1391970</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E21" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F21" s="1" t="inlineStr">
+      <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
-      <c r="A22" s="1" t="inlineStr">
+    <row r="23" customHeight="1" ht="140.0">
+      <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1391971</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E22" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F22" s="1" t="inlineStr">
+      <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
-      <c r="A23" s="1" t="inlineStr">
+    <row r="24" customHeight="1" ht="140.0">
+      <c r="A24" s="1" t="inlineStr">
         <is>
           <t>1391972</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E23" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
-      <c r="F23" s="1" t="inlineStr">
+      <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
-      <c r="A24" s="1" t="inlineStr">
+    <row r="25" customHeight="1" ht="140.0">
+      <c r="A25" s="1" t="inlineStr">
         <is>
           <t>1391973</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E24" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
-      <c r="F24" s="1" t="inlineStr">
+      <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Returned &amp; Services League of Australia (Queensland Branch)</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
-      <c r="A25" s="1" t="inlineStr">
+    <row r="26" customHeight="1" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
         <is>
           <t>1410789</t>
         </is>
       </c>
-      <c r="C25" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E25" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F25" s="1" t="inlineStr">
+      <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Morwell RSL Sub-Branch Incorporated</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
-      <c r="A26" s="1" t="inlineStr">
+    <row r="27" customHeight="1" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
         <is>
           <t>1443375</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C27" s="1" t="inlineStr">
         <is>
           <t>VETERANS LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E26" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F26" s="1" t="inlineStr">
+      <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Lloyd Gough</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
-      <c r="A27" s="1" t="inlineStr">
+    <row r="28" customHeight="1" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
         <is>
           <t>1619027</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>THE DIGGER'S VEST LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E27" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F27" s="1" t="inlineStr">
+      <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Mortels Sheepskin Factory Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
-      <c r="A28" s="1" t="inlineStr">
+    <row r="29" customHeight="1" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
         <is>
           <t>1668270</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>VETERANS AUSSIE LAGER LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E28" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F28" s="1" t="inlineStr">
+      <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Nathan John Murphy</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
-      <c r="A29" s="1" t="inlineStr">
+    <row r="30" customHeight="1" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>1673667</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E29" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>14, 26</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
+      <c r="F30" s="1" t="inlineStr">
         <is>
           <t>The Returned and Services League of Australia (New South Wales Branch)</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
-      <c r="A30" s="1" t="inlineStr">
+    <row r="31" customHeight="1" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>1726094</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>Lest We Forget</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E30" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F30" s="1" t="inlineStr">
+      <c r="F31" s="1" t="inlineStr">
         <is>
           <t>The Trustee for Thorncroft Family Trust</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
-      <c r="A31" s="1" t="inlineStr">
+    <row r="32" customHeight="1" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2377746</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>LEST WE FORGET</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E31" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F31" s="1" t="inlineStr">
+      <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Resilient Performance Apparel</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>