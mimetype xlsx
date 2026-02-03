--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1979,57 +1979,57 @@
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Mahindra Electric Automobile Limited</t>
         </is>
       </c>
     </row>
     <row r="30" customHeight="true" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2609007</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>FARMFIT MARKETED BY MAHINDRA</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Awaiting indexing</t>
+          <t>Accepted:
+Awaiting publication</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Mahindra and Mahindra Limited</t>
         </is>
       </c>
     </row>
     <row r="31" customHeight="true" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>996516</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>M MAHINDRA</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">