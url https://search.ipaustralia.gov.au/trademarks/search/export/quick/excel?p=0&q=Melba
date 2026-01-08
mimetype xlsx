--- v0 (2025-10-28)
+++ v1 (2026-01-08)
@@ -213,855 +213,855 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>764444</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="764444"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="857142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>1000000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1000000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="900000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1954,1865 +1954,1865 @@
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>MELBA LILLIAN</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Donald Edward Brown; Glenda Maureen Brown; Susanne Jayne Schreier; David Robert Brown; Andrew Donald Brown</t>
         </is>
       </c>
     </row>
     <row r="13" customHeight="true" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>1059628</t>
+          <t>1059805</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>MELBA SENTINEL</t>
+          <t>MELBA SHIELD</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Expired renewal possible</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="14" customHeight="true" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>1059805</t>
+          <t>1060115</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>MELBA SHIELD</t>
+          <t>MELBA COMFORT ADVANTAGE</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="15" customHeight="true" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>1060111</t>
+          <t>1060158</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>MELBA ENFORCER</t>
+          <t>MELBA INSULTEX</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Expired renewal possible</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="16" customHeight="true" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>1060115</t>
+          <t>1275291</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>MELBA COMFORT ADVANTAGE</t>
+          <t>MELBA'S CHOCOLATES CONFECTIONERY</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>Australian Textile Mills Pty Ltd</t>
+          <t>Melba's Australia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="17" customHeight="true" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>1060158</t>
+          <t>1341008</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>MELBA INSULTEX</t>
+          <t>MELBA DAME NELLIE MELBA OPERA TRUST SO THAT ANOTHER MELBA MAY ARISE</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>Australian Textile Mills Pty Ltd</t>
+          <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
     <row r="18" customHeight="true" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>1275291</t>
+          <t>1404983</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>MELBA'S CHOCOLATES CONFECTIONERY</t>
+          <t>BEBE</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>29, 31</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>Melba's Australia Pty Ltd</t>
+          <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="19" customHeight="true" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>1341008</t>
+          <t>1475730</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>MELBA DAME NELLIE MELBA OPERA TRUST SO THAT ANOTHER MELBA MAY ARISE</t>
+          <t>NAKED VEG</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>Dame Nellie Melba Opera Trust</t>
+          <t>Melba Fresh Organics Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="20" customHeight="true" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>1404983</t>
+          <t>1514423</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>BEBE</t>
+          <t>DOLCE COS</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>29, 31</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="21" customHeight="true" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>1475730</t>
+          <t>1548955</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>NAKED VEG</t>
+          <t>FAIRFIELD</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>Melba Fresh Organics Pty Ltd</t>
+          <t>Melba Morris-Slamen</t>
         </is>
       </c>
     </row>
     <row r="22" customHeight="true" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>1514423</t>
+          <t>1570029</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>DOLCE COS</t>
+          <t>COOMBE THE MELBA ESTATE</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>41, 43</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH PTY LTD</t>
+          <t>SAMARKAN PASTORAL CO PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="23" customHeight="true" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>1548955</t>
+          <t>1585610</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>FAIRFIELD</t>
+          <t>H2YO</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
-          <t>Melba Morris-Slamen</t>
+          <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="24" customHeight="true" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>1570029</t>
+          <t>1589764</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>COOMBE THE MELBA ESTATE</t>
+          <t>LOOVIE</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>41, 43</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>SAMARKAN PASTORAL CO PTY LTD</t>
+          <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="25" customHeight="true" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>1585610</t>
+          <t>1596130</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>H2YO</t>
+          <t>MELBA WINE CLUB</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>41, 43</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH PTY LTD</t>
+          <t>De Bortoli Wines Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="26" customHeight="true" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>1589764</t>
+          <t>1603649</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>LOOVIE</t>
+          <t>DITCH THE KITCH</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>29, 30</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="27" customHeight="true" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>1596130</t>
+          <t>1648033</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>MELBA WINE CLUB</t>
+          <t>MELBA</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>41, 43</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>De Bortoli Wines Pty Limited</t>
+          <t>Croke Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="28" customHeight="true" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>1603649</t>
+          <t>1683268</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>DITCH THE KITCH</t>
+          <t>MELBA MEMORIAL CONSERVATORIUM OF MUSIC</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>29, 30</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH PTY LTD</t>
+          <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
     <row r="29" customHeight="true" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>1648033</t>
+          <t>1683269</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>MELBA</t>
+          <t>THE MELBA</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>Croke Holdings Pty Ltd</t>
+          <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
     <row r="30" customHeight="true" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>1683268</t>
+          <t>1683270</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>MELBA MEMORIAL CONSERVATORIUM OF MUSIC</t>
+          <t>MELBA OPERA TRUST</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
     <row r="31" customHeight="true" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>1683269</t>
+          <t>1761452</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>THE MELBA</t>
+          <t>M MELBA SUPPORT SERVICES INDIVIDUALS WITH A DISABILITY LEADING
+EVERYDAY LIVES INCORPORATING IMPACT SUPPORTS SERVICES</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>MELBA SUPPORT SERVICES INC</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>1761453</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>THE ABLE BAKE HOUSE EMPOWERING PEOPLE THROUGH BAKING M AN INITIATIVE
+OF MELBA SUPPORT SERVICES</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>43, 45</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>MELBA SUPPORT SERVICES INC</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>1818889</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>MIEL MELBA</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>9, 25</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>ZEBRION, Societe par Actions Simplifiee</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>1825253</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>BEAN TO ROME</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D32" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 31</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>MELBA FRESH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>1870711</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>MELBA CHEESE CO</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
-[...84 lines deleted...]
-      </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>9, 25</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>ZEBRION, Societe par Actions Simplifiee</t>
+          <t>PICNIC FOODS PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="36" customHeight="true" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>1825253</t>
+          <t>1923176</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>BEAN TO ROME</t>
+          <t>Dame Nellie Melba Gin</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>29, 30, 31</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH PTY LTD</t>
+          <t>SAMARKAN PASTORAL CO PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="37" customHeight="true" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>1870711</t>
+          <t>1925401</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>MELBA CHEESE CO</t>
+          <t>MELBA'S</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
-          <t>PICNIC FOODS PTY LTD</t>
+          <t>Melba's Australia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="38" customHeight="true" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>1923176</t>
+          <t>2029433</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Dame Nellie Melba Gin</t>
+          <t>MELBA AMPHORA</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>SAMARKAN PASTORAL CO PTY LTD</t>
+          <t>De Bortoli Wines Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="39" customHeight="true" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>1925401</t>
+          <t>2078993</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>MELBA'S</t>
+          <t>MELBA &amp; ME</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>31, 39</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>Melba's Australia Pty Ltd</t>
+          <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="40" customHeight="true" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2029433</t>
+          <t>2078995</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>MELBA AMPHORA</t>
+          <t>MELBA FRESH</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>35</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>De Bortoli Wines Pty Limited</t>
+          <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="41" customHeight="true" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2078993</t>
+          <t>2113625</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>MELBA &amp; ME</t>
+          <t>PIZZA IN THE POST</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>31, 39</t>
+          <t>29, 30</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="42" customHeight="true" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>2078995</t>
+          <t>2194262</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH</t>
+          <t>Dame Nellie Melba Tea</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH PTY LTD</t>
+          <t>SAMARKAN PASTORAL CO PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="43" customHeight="true" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>2113625</t>
+          <t>2316062</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>PIZZA IN THE POST</t>
+          <t>M MELBA SUPPORT SERVICES</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>29, 30</t>
+          <t>45</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH PTY LTD</t>
+          <t>Melba Support Services Inc</t>
         </is>
       </c>
     </row>
     <row r="44" customHeight="true" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>2194262</t>
+          <t>2318829</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>Dame Nellie Melba Tea</t>
+          <t>BULLET ESPRESSO</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>30, 35, 40</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Melba Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>2435066</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>ALTOMONTE</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D45" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>MELBA FRESH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>2541871</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>NAKED NUTS</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>30, 35, 40</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
-          <t>Melba Group Limited</t>
+          <t>Melba Fresh Organics Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="47" customHeight="true" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2435066</t>
+          <t>2541872</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>ALTOMONTE</t>
+          <t>NAKED SIPS</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>30, 32</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
-          <t>MELBA FRESH PTY LTD</t>
+          <t>Melba Fresh Organics Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="48" customHeight="true" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2541871</t>
+          <t>2546265</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>NAKED NUTS</t>
+          <t>MORE THAN A VOICE</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>Registered:
+Registered/protected</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>36, 41</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
-          <t>Melba Fresh Organics Pty Ltd</t>
+          <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
     <row r="49" customHeight="true" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2541872</t>
+          <t>2576536</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>NAKED SIPS</t>
+          <t>Melba Footwear</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>Published:
+Under examination</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>30, 32</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
-          <t>Melba Fresh Organics Pty Ltd</t>
+          <t>Etiko Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="50" customHeight="true" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2546265</t>
+          <t>10870</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>MORE THAN A VOICE</t>
+          <t>MELBA</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>36, 41</t>
+          <t>15</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
-          <t>Dame Nellie Melba Opera Trust</t>
+          <t>Allans Music Group Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="51" customHeight="true" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>2576536</t>
+          <t>31577</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Melba Footwear</t>
+          <t>MELBA</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
-          <t>Etiko Pty Ltd</t>
+          <t>National Foods Dairy Foods Limited</t>
         </is>
       </c>
     </row>
     <row r="52" customHeight="true" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>10870</t>
+          <t>46779</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
-          <t>Allans Music Group Pty Ltd</t>
+          <t>National Foods Dairy Foods Limited</t>
         </is>
       </c>
     </row>
     <row r="53" customHeight="true" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>31577</t>
+          <t>72825</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
+          <t>MELBA
+M</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>116656</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
           <t>MELBA</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D54" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Melba Confectionery Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>185426</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>MELBA PURE HONEY</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F54" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
         <is>
           <t>National Foods Dairy Foods Limited</t>
-        </is>
-[...26 lines deleted...]
-          <t/>
         </is>
       </c>
     </row>
     <row r="56" customHeight="true" ht="140.0">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>116656</t>
+          <t>188339</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
-          <t>Melba Confectionery Pty Ltd</t>
+          <t>P.D.S. RURAL PRODUCTS Ltd</t>
         </is>
       </c>
     </row>
     <row r="57" customHeight="true" ht="140.0">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>185426</t>
+          <t>188340</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>MELBA PURE HONEY</t>
+          <t>MELBA</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>4</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
-          <t>National Foods Dairy Foods Limited</t>
+          <t>P.D.S. RURAL PRODUCTS Ltd</t>
         </is>
       </c>
     </row>
     <row r="58" customHeight="true" ht="140.0">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>188339</t>
+          <t>189720</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>248404</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>MELBA</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D59" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Glazebrook, Steel &amp; Co. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>455508</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>PC MELBA</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
-[...25 lines deleted...]
-      </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>38</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Telstra Corporation Limited</t>
         </is>
       </c>
     </row>
     <row r="61" customHeight="true" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>248404</t>
+          <t>455509</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>MELBA</t>
+          <t>PC MELBA</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
-          <t>Glazebrook, Steel &amp; Co. Ltd.</t>
+          <t>Telstra Corporation Limited</t>
         </is>
       </c>
     </row>
     <row r="62" customHeight="true" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>455508</t>
+          <t>520011</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>PC MELBA</t>
+          <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>16</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
-          <t>Telstra Corporation Limited</t>
+          <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="63" customHeight="true" ht="140.0">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>455509</t>
+          <t>520012</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>PC MELBA</t>
+          <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>21</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
-          <t>Telstra Corporation Limited</t>
+          <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="64" customHeight="true" ht="140.0">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>520011</t>
+          <t>520013</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>24</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="65" customHeight="true" ht="140.0">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>520012</t>
+          <t>520014</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="66" customHeight="true" ht="140.0">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>520013</t>
+          <t>520015</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>28</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="67" customHeight="true" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>520014</t>
+          <t>520016</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="68" customHeight="true" ht="140.0">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>520015</t>
+          <t>592149</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>MR LOLLY</t>
+          <t>AQUA MELBA</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
-          <t>Melba Confectionery Pty Ltd</t>
+          <t>Melbourne Water Corporation</t>
         </is>
       </c>
     </row>
     <row r="69" customHeight="true" ht="140.0">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>520016</t>
+          <t>606956</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>MR LOLLY</t>
+          <t>GRIBBIT</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="70" customHeight="true" ht="140.0">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>592149</t>
+          <t>952045</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>AQUA MELBA</t>
+          <t>MELBA WIRTH</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
-          <t>Melbourne Water Corporation</t>
+          <t>Donald Edward Brown; Glenda Maureen Brown; David Robert Brown; Andrew Donald Brown; Susanne Jayne Schreier</t>
         </is>
       </c>
     </row>
     <row r="71" customHeight="true" ht="140.0">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>606956</t>
+          <t>991864</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>GRIBBIT</t>
+          <t>MI MELBA INDUSTRIES HIGH PERFORMANCE FABRICS</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>1, 9, 10, 18, 19, 22, 24, 25</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
-          <t>Melba Confectionery Pty Ltd</t>
+          <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="72" customHeight="true" ht="140.0">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>952045</t>
+          <t>1059469</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>MELBA WIRTH</t>
+          <t>Melba Oak</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>19</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
-          <t>Donald Edward Brown; Glenda Maureen Brown; David Robert Brown; Andrew Donald Brown; Susanne Jayne Schreier</t>
+          <t>United Doormakers (Vic) Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="73" customHeight="true" ht="140.0">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>991864</t>
+          <t>1059624</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>MI MELBA INDUSTRIES HIGH PERFORMANCE FABRICS</t>
+          <t>MELBA PYROEDGE MICROPRO</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>1, 9, 10, 18, 19, 22, 24, 25</t>
+          <t>24</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="74" customHeight="true" ht="140.0">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>1059469</t>
+          <t>1059626</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>Melba Oak</t>
+          <t>MELBA PYROEDGE PLUS</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>24</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
-          <t>United Doormakers (Vic) Pty Ltd</t>
+          <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="75" customHeight="true" ht="140.0">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>1059624</t>
+          <t>1059628</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>MELBA PYROEDGE MICROPRO</t>
+          <t>MELBA SENTINEL</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
-          <t>Bruck Textile Technologies Pty Ltd</t>
+          <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="76" customHeight="true" ht="140.0">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>1059626</t>
+          <t>1059717</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>MELBA PYROEDGE PLUS</t>
+          <t>MELBA WILDFIRE</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="77" customHeight="true" ht="140.0">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>1059717</t>
+          <t>1060111</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>MELBA WILDFIRE</t>
+          <t>MELBA ENFORCER</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
-          <t>Bruck Textile Technologies Pty Ltd</t>
+          <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="78" customHeight="true" ht="140.0">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>1198651</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>M DAME NELLIE MELBA OPERA TRUST</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>