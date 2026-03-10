--- v1 (2026-01-08)
+++ v2 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -1656,3089 +1656,3089 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="657142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F111"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>592147</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>AQUA MELBA</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Melbourne Water Corporation</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>666394</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>TRAFFIC LIGHTS</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Melba's Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>666395</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>MELBA'S CHOCOLATES AND CONFECTIONERY OLD AUSTRALIAN FAVOURITES</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Melba's Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>666396</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INCH" LICORICE BLOCK</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Melba's Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>672406</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>DE BORTOLI MELBA</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>De Bortoli Wines Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>821027</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>De Bortoli Wines Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>888128</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>COW PAT</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Melba's Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>952044</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>MELBA LILLIAN</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Donald Edward Brown; Glenda Maureen Brown; Susanne Jayne Schreier; David Robert Brown; Andrew Donald Brown</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>1059805</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>MELBA SHIELD</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1060115</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>MELBA COMFORT ADVANTAGE</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1060158</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>MELBA INSULTEX</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>1275291</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>MELBA'S CHOCOLATES CONFECTIONERY</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Melba's Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1341008</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>MELBA DAME NELLIE MELBA OPERA TRUST SO THAT ANOTHER MELBA MAY ARISE</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>1404983</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>BEBE</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>29, 31</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>1475730</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>NAKED VEG</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Melba Fresh Organics Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1514423</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>DOLCE COS</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1548955</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>FAIRFIELD</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Melba Morris-Slamen</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1570029</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>COOMBE THE MELBA ESTATE</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>41, 43</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>SAMARKAN PASTORAL CO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1585610</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>H2YO</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>1589764</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>LOOVIE</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>1596130</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>MELBA WINE CLUB</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>41, 43</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>De Bortoli Wines Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>1603649</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>DITCH THE KITCH</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>1648033</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Croke Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>1683268</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>MELBA MEMORIAL CONSERVATORIUM OF MUSIC</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>1683269</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>THE MELBA</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>1683270</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>MELBA OPERA TRUST</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>1761452</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>M MELBA SUPPORT SERVICES INDIVIDUALS WITH A DISABILITY LEADING
 EVERYDAY LIVES INCORPORATING IMPACT SUPPORTS SERVICES</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>MELBA SUPPORT SERVICES INC</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>1761453</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>THE ABLE BAKE HOUSE EMPOWERING PEOPLE THROUGH BAKING M AN INITIATIVE
 OF MELBA SUPPORT SERVICES</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>43, 45</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>MELBA SUPPORT SERVICES INC</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>1818889</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>MIEL MELBA</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>9, 25</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>ZEBRION, Societe par Actions Simplifiee</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>1825253</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>BEAN TO ROME</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 31</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>MELBA FRESH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="1" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>1870711</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>MELBA CHEESE CO</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D35" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>PICNIC FOODS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="1" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>1923176</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>Dame Nellie Melba Gin</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D36" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>SAMARKAN PASTORAL CO PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="1" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>1925401</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>MELBA'S</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D37" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Melba's Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>2029433</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>MELBA AMPHORA</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D38" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>De Bortoli Wines Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>2078993</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>MELBA &amp; ME</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D39" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>31, 39</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>MELBA FRESH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>2078995</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>MELBA FRESH</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F39" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D40" s="1" t="inlineStr">
+    <row r="41" customHeight="1" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>2113625</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>PIZZA IN THE POST</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F40" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
         <is>
           <t>MELBA FRESH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D41" s="1" t="inlineStr">
+    <row r="42" customHeight="1" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>2194262</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>Dame Nellie Melba Tea</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D42" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>SAMARKAN PASTORAL CO PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>2316062</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>M MELBA SUPPORT SERVICES</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D43" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Melba Support Services Inc</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>2318829</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>BULLET ESPRESSO</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>30, 35, 40</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Melba Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>2435066</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>ALTOMONTE</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D45" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>MELBA FRESH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>2541871</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>NAKED NUTS</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F45" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D46" s="1" t="inlineStr">
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Melba Fresh Organics Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>2541872</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>NAKED SIPS</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F46" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Melba Fresh Organics Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D47" s="1" t="inlineStr">
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>2546265</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>MORE THAN A VOICE</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>36, 41</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
+    <row r="49" customHeight="1" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>2576536</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>Melba Footwear</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Etiko Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
+    <row r="50" customHeight="1" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>10870</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Allans Music Group Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>31577</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>National Foods Dairy Foods Limited</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
+    <row r="52" customHeight="1" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>46779</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>National Foods Dairy Foods Limited</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
+    <row r="53" customHeight="1" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>72825</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>MELBA
 M</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
+    <row r="54" customHeight="1" ht="140.0">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>116656</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
+    <row r="55" customHeight="1" ht="140.0">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>185426</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>MELBA PURE HONEY</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>National Foods Dairy Foods Limited</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
+    <row r="56" customHeight="1" ht="140.0">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>188339</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>P.D.S. RURAL PRODUCTS Ltd</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
+    <row r="57" customHeight="1" ht="140.0">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>188340</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>P.D.S. RURAL PRODUCTS Ltd</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
+    <row r="58" customHeight="1" ht="140.0">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>189720</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
+    <row r="59" customHeight="1" ht="140.0">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>248404</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>Glazebrook, Steel &amp; Co. Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
+    <row r="60" customHeight="1" ht="140.0">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>455508</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>PC MELBA</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>Telstra Corporation Limited</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
+    <row r="61" customHeight="1" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>455509</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>PC MELBA</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Telstra Corporation Limited</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
+    <row r="62" customHeight="1" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>520011</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
+    <row r="63" customHeight="1" ht="140.0">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>520012</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
+    <row r="64" customHeight="1" ht="140.0">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>520013</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
+    <row r="65" customHeight="1" ht="140.0">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>520014</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
+    <row r="66" customHeight="1" ht="140.0">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>520015</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
+    <row r="67" customHeight="1" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>520016</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>MR LOLLY</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
+    <row r="68" customHeight="1" ht="140.0">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>592149</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>AQUA MELBA</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>Melbourne Water Corporation</t>
         </is>
       </c>
     </row>
-    <row r="69" customHeight="true" ht="140.0">
+    <row r="69" customHeight="1" ht="140.0">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>606956</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>GRIBBIT</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="70" customHeight="true" ht="140.0">
+    <row r="70" customHeight="1" ht="140.0">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>952045</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
           <t>MELBA WIRTH</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Donald Edward Brown; Glenda Maureen Brown; David Robert Brown; Andrew Donald Brown; Susanne Jayne Schreier</t>
         </is>
       </c>
     </row>
-    <row r="71" customHeight="true" ht="140.0">
+    <row r="71" customHeight="1" ht="140.0">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>991864</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>MI MELBA INDUSTRIES HIGH PERFORMANCE FABRICS</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
           <t>1, 9, 10, 18, 19, 22, 24, 25</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="72" customHeight="true" ht="140.0">
+    <row r="72" customHeight="1" ht="140.0">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>1059469</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>Melba Oak</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>United Doormakers (Vic) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="73" customHeight="true" ht="140.0">
+    <row r="73" customHeight="1" ht="140.0">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>1059624</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
           <t>MELBA PYROEDGE MICROPRO</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="74" customHeight="true" ht="140.0">
+    <row r="74" customHeight="1" ht="140.0">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>1059626</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
           <t>MELBA PYROEDGE PLUS</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="75" customHeight="true" ht="140.0">
+    <row r="75" customHeight="1" ht="140.0">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>1059628</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>MELBA SENTINEL</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="76" customHeight="true" ht="140.0">
+    <row r="76" customHeight="1" ht="140.0">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>1059717</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>MELBA WILDFIRE</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Bruck Textile Technologies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="77" customHeight="true" ht="140.0">
+    <row r="77" customHeight="1" ht="140.0">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>1060111</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>MELBA ENFORCER</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Australian Textile Mills Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="78" customHeight="true" ht="140.0">
+    <row r="78" customHeight="1" ht="140.0">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>1198651</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>M DAME NELLIE MELBA OPERA TRUST</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
-    <row r="79" customHeight="true" ht="140.0">
+    <row r="79" customHeight="1" ht="140.0">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>1227315</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
           <t>Listen To Older Voices</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>Wesley Mission Victoria -Melba Program</t>
         </is>
       </c>
     </row>
-    <row r="80" customHeight="true" ht="140.0">
+    <row r="80" customHeight="1" ht="140.0">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>1368788</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
           <t>MELBA AROS</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>Melba Aros</t>
         </is>
       </c>
     </row>
-    <row r="81" customHeight="true" ht="140.0">
+    <row r="81" customHeight="1" ht="140.0">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>1559596</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
           <t>MELBA ENCORE</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>De Bortoli Wines Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="82" customHeight="true" ht="140.0">
+    <row r="82" customHeight="1" ht="140.0">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>1683271</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
           <t>MELBA OPERA TRUST</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>Dame Nellie Melba Opera Trust</t>
         </is>
       </c>
     </row>
-    <row r="83" customHeight="true" ht="140.0">
+    <row r="83" customHeight="1" ht="140.0">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>57704</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
           <t>NELLIE MELBA
 M</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="84" customHeight="true" ht="140.0">
+    <row r="84" customHeight="1" ht="140.0">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>150059</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="85" customHeight="true" ht="140.0">
+    <row r="85" customHeight="1" ht="140.0">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>156978</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
           <t>MELBA</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
+    <row r="86" customHeight="1" ht="140.0">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>354448</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
           <t>MELBA ROUNDS</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="87" customHeight="true" ht="140.0">
+    <row r="87" customHeight="1" ht="140.0">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>425931</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
           <t>FOURPENNY DARK PORT</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>Melba May Morris-Slamen</t>
         </is>
       </c>
     </row>
-    <row r="88" customHeight="true" ht="140.0">
+    <row r="88" customHeight="1" ht="140.0">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>456879</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
           <t>MELBA STRAWBERRIES N CREAM</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>De Bortoli Wines Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="89" customHeight="true" ht="140.0">
+    <row r="89" customHeight="1" ht="140.0">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>456880</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
           <t>MELBA PEACHES N CREAM</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>De Bortoli Wines Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="90" customHeight="true" ht="140.0">
+    <row r="90" customHeight="1" ht="140.0">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>459321</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
           <t>MELBA ICE CREAM</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Rowland Commercial Catering (NSW) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="91" customHeight="true" ht="140.0">
+    <row r="91" customHeight="1" ht="140.0">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>515438</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
           <t>DIAL - A - MAGAZINE</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Melba Marketing Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="92" customHeight="true" ht="140.0">
+    <row r="92" customHeight="1" ht="140.0">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>515439</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
           <t>DIAL - A - MAGAZINE</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Melba Marketing Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="93" customHeight="true" ht="140.0">
+    <row r="93" customHeight="1" ht="140.0">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>590486</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
           <t>MELBA MODE MM</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Rhonda Dorothy Holt</t>
         </is>
       </c>
     </row>
-    <row r="94" customHeight="true" ht="140.0">
+    <row r="94" customHeight="1" ht="140.0">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>604366</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
           <t>MELBA FOODS</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>Mavan International (1991) Limited</t>
         </is>
       </c>
     </row>
-    <row r="95" customHeight="true" ht="140.0">
+    <row r="95" customHeight="1" ht="140.0">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>606955</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery</t>
         </is>
       </c>
     </row>
-    <row r="96" customHeight="true" ht="140.0">
+    <row r="96" customHeight="1" ht="140.0">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>610495</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
           <t>GRIBBIT</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Melba Confectionery</t>
         </is>
       </c>
     </row>
-    <row r="97" customHeight="true" ht="140.0">
+    <row r="97" customHeight="1" ht="140.0">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>660911</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
           <t>MADAME MELBA WINES PRODUCE OF AUSTRALIA</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>Gilbert Boffa</t>
         </is>
       </c>
     </row>
-    <row r="98" customHeight="true" ht="140.0">
+    <row r="98" customHeight="1" ht="140.0">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>663651</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
           <t>THE ORIENT ATION EXPRESS</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Melba Centre Incorporated</t>
         </is>
       </c>
     </row>
-    <row r="99" customHeight="true" ht="140.0">
+    <row r="99" customHeight="1" ht="140.0">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>663652</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
           <t>THE ORIENT ATION EXPRESS</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Melba Centre Incorporated</t>
         </is>
       </c>
     </row>
-    <row r="100" customHeight="true" ht="140.0">
+    <row r="100" customHeight="1" ht="140.0">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>752871</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
           <t>MELBA VALLEY ESTATE</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>Barbara Kaye Saunders; Barry Albert Edward Saunders</t>
         </is>
       </c>
     </row>
-    <row r="101" customHeight="true" ht="140.0">
+    <row r="101" customHeight="1" ht="140.0">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>809540</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
           <t>BROWN'S OF PADTHAWAY DONALD BROWN AND FAMILY PADTHAWAY CHARDONNAY
 FAMILY RESERVE MELBA ESTATE GROWN</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Refused:
 Opposition successful</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Donald Edward Brown; Glenda Maureen Brown; Susanne Jayne Schreier; David Robert Brown; Andrew Donald Brown</t>
         </is>
       </c>
     </row>
-    <row r="102" customHeight="true" ht="140.0">
+    <row r="102" customHeight="1" ht="140.0">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>1060278</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
           <t>MELBA FORTRESS</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t>MELBATEX Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="103" customHeight="true" ht="140.0">
+    <row r="103" customHeight="1" ht="140.0">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>1069237</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
           <t>BEBE</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
           <t>29, 31</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Melba Fresh Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="104" customHeight="true" ht="140.0">
+    <row r="104" customHeight="1" ht="140.0">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>1242502</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
           <t>MELBA FOODS CREATORS OF FINE FROZEN DESSERTS</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>Priestley's Gourmet Delights Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="105" customHeight="true" ht="140.0">
+    <row r="105" customHeight="1" ht="140.0">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>1245883</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
           <t>MELBAS ON THE PARK RESTAURANT CLUB MELBAS</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Refused:
 Opposition successful</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t>George McMillan as trustee for CSA/Melba's Unit Trust</t>
         </is>
       </c>
     </row>
-    <row r="106" customHeight="true" ht="140.0">
+    <row r="106" customHeight="1" ht="140.0">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>1329497</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
           <t>MELBA FOODS</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t>PRIESTLEY'S GOURMET DELIGHTS PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="107" customHeight="true" ht="140.0">
+    <row r="107" customHeight="1" ht="140.0">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>1753772</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
           <t>THE ROUTE OF DESIGN</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t>Melba Ximena Aros</t>
         </is>
       </c>
     </row>
-    <row r="108" customHeight="true" ht="140.0">
+    <row r="108" customHeight="1" ht="140.0">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>1808052</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
           <t>GREVILLEA PEACH MELBA</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t>A J GILFEDDER; D J GILFEDDER</t>
         </is>
       </c>
     </row>
-    <row r="109" customHeight="true" ht="140.0">
+    <row r="109" customHeight="1" ht="140.0">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>2069275</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
           <t>Peach Melba Gin</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t>SAMARKAN PASTORAL CO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="110" customHeight="true" ht="140.0">
+    <row r="110" customHeight="1" ht="140.0">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>2139135</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
           <t>Melba Cream Wafers</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t>Hecato Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="111" customHeight="true" ht="140.0">
+    <row r="111" customHeight="1" ht="140.0">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>2380073</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
           <t>Melba Intimates</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
           <t>25, 35</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>MELBA INTIMATES PTY LTD</t>
         </is>