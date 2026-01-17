--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -943,107 +943,107 @@
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
     <row r="5" customHeight="true" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>292286</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>292287</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>293526</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>569162</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">