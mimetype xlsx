--- v1 (2026-01-17)
+++ v2 (2026-03-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -858,1214 +858,1214 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F44"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>292286</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>292287</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>293526</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>569162</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>569163</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>569165</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>644356</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>776953</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>9, 16, 26, 41</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>1164055</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>MUSIDOR B.V.</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1189663</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>9, 16, 24, 25</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>MUSIDOR B.V.</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1303836</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>MICK JAGGER</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>9, 25, 41</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>1689220</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>MUSIDOR B.V.</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1992919</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>MICK JAGGER</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 41, 43</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>MUSIDOR B.V.</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2524295</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2524298</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>292288</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>383420</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>383421</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>383422</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>383424</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>383425</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>383426</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>633589</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>633590</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>633592</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>633593</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>636210</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>636211</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>636212</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>636213</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>645503</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>775590</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>BRIDGES TO BABYLON</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 26, 41</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>776429</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>3, 30, 32, 33, 42</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>776954</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>777061</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>897932</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>THE STONES</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>Musidor BV</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>383423</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>462190</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>MICK JAGGER</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>462191</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>MICK JAGGER</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>569164</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>