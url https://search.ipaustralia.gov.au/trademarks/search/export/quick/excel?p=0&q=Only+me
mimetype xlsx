--- v0 (2025-11-05)
+++ v1 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -250,483 +250,584 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F17"/>
+  <dimension ref="A2:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>13</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>14</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1176944</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>THERE IS ONLY ONE ME - 3DME</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9, 16, 42</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>3DME Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1499421</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>FOR ME ONLY</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Bendon Limited</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1810671</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>leave me alone i'm only talking to my - today</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t>BRAND PROTECTION PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" customHeight="1" ht="140.0">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>1897754</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Only Gluten Free on Me</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D8" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>Emma Jessica Edwards</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" customHeight="1" ht="140.0">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>1912948</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>YOURS AND ONLY YOURS, ME</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D9" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>Younique, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" customHeight="1" ht="140.0">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>2012384</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>ME ONLY</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D10" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>3, 5, 10, 35</t>
+        </is>
+      </c>
+      <c r="F10" s="1" t="inlineStr">
+        <is>
+          <t>Steven Allen Shubin</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" customHeight="1" ht="140.0">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>2291643</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>ONLY ME</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F11" s="1" t="inlineStr">
+        <is>
+          <t>Only Me Pty Ltd; Jennifer O.Connell</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" customHeight="1" ht="140.0">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>2498194</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>The only thing keeping me awake, is my smile</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>David Dobson</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>112960</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>DOMAINES OTT
 JE NE VENDS QUE MES RECOLTS
 (I ONLY SELL MY OWN PRODUCE)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1363798</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>ONLY GRAVITY CAN KEEP ME DOWN</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Heart on Sleeve Corp Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1457330</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>GRAVITY9 And G9 Hands In The Earth We Return What We Take Atomica Resonata Nothing &gt; Rests Solar Conceived, Elementary &gt; Constructed, Chemically Powered Attitude. Born Of The Star Its Time Went We Home. The Thought, The Action The Result. &gt; Ordered Chaos Atomic Connection so &gt; Simple, But Illusive. Atomically Connected Today I Am, Yesterday I was, Tomorrow Is Mine. Attraction Chemically Induced &gt; Thought Paralysis Stillness Is A Myth &gt; Nothing Rests Gravity The Only Thing Between You And Your Dream Gravity It Binds Us All Humanity Is Not A Birth Right,&gt; But A Gift. Humanity, A Gift, Not A Birth &gt; Right. Consciousness Is A Gift, Not A Birth Right Consciousness, The Difference Between You And Me.</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Thomas Bernard Kilgariff</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>573569</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>ONLY 4 ME AUSTRALIA
 O4M</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Paul Liros</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1791429</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>ABOVE ME ONLY SKY</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Shannon Wayne Forrester</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" customHeight="1" ht="140.0">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>2621898</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>69 Waves Universe (Creators registered Brand: Umbrella company / universe IP. Covers all characters, future series, and sub-brands.All sub-characters, series, and sub-brands within the 69 Waves Universe are created by the creator Styga, who retains full rights over their use and exploitation-for use in entertainment in all forms and media.)
+69 Waves Union (Creators - Stigami portal / hub for collaborations, challenges, and creator content-for use in entertainment in all forms and media.)
+StiGami (Army of creators' characters, Styga's Army, including all existing and future Main &amp; B-roll Cosmic Cloak Entities with Universal Powers-for use in entertainment in all forms and media.)
+Stigaru (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Styx &amp; NyX (Creator-owned fictional characters; a cosmic cloak entiies with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Xut &amp; Xoot (Creator-owned fictional characters; cosmic cloak entities with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Madame G.G (Madame Georgina Grande -Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Sallu Lu (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Echofoam (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Cosmic Clock Entities (Creator-owned fictional characters a cosmic cloak entities with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Baba Uti (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+TransMyra (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+AtropoZeta (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Myrava (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Myrissa (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Myraela (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Hootaru (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Stellaru (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Hopperu (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Sketcharu (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Zumaru (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Fixaru (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+DR. Ru (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Kukaru (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Hermit Dance Floor (Creator-owned fictional transformer character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Cosmic Diva Globe (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Bizmo Max (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+La Diva Velvet Vee -V (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Dj Icy Glow (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Johnny Longlocks POV (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Master Glitch (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+La Grande Couturière of Casmirah (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Maestra Signora Pachina (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Flicka Stitch (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Stitchera Mar Uku (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Cometra Timy Lox (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Coppo Cerloc LawTune (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Ruff-Ryde PR-01 (Creator-owned fictional vehicle character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Presson Inkline (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Daily Mocking (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Tau Ara F-8 (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Mir Ama F-8 (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Gul Unga F-8 (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Tara Bulum F-8 (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Ban Umi F-8 (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Ban Umi Sk-8 (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Gingan Gul Ung (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Bir Ra War Ren Shoo-Z (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Tara Bulum (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+Chara Bulum (Creator-owned fictional character; a cosmic cloak entity with universal powers, forming part of the Styga's Army (Stigami) under the 69 Waves Universe, for use in entertainment in all forms and media.)
+The Great Leap.The current will take you away.
+Atropos has spoken !
+I dare you... or I dare you not
+There you go, with a puff and a blow
+Glam it or slam it
+Hey? Who loves you, baby!
+I see, I see... a list of prey!
+Who's gonna press the button?
+Oooh sugar, that's your destiny - sparkle responsibly!
+No vacancy!
+If you fail the challenge, don't blame me - blame you F-8, darling!
+Your path is sealed
+Private room ,You're staying
+One night stay
+Check in Motel X → Cell (Tick) See you inside
+J-77 EXTENDED STAY -
+Room service denied
+Welcome back.Keys included
+404 FREEDOM
+5150 : ONE NIGHT ONLY
+CELL-7 : CHECK IN
+Time to Checked out?
+Hoppa, Hoppa, hopping, through I'm a bouncing Stigaru
+Guna Guna up I go Step by step I clear the way Every day, every way</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>Hellen Filippakopoulos</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>