--- v0 (2025-12-29)
+++ v1 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -441,6256 +441,6199 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="215299"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>1057142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>972000</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="972000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>158</xdr:row>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>158</xdr:row>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>1161904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1161904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>159</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>159</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>1190476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>180</xdr:row>
+      <xdr:row>178</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>180</xdr:row>
+      <xdr:row>178</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F181"/>
+  <dimension ref="A2:F179"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>177</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>175</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1740619</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE GAMING</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Super League Gaming, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1798852</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE TRIATHLON</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Super League Holdings Pte Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1799380</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>25, 35, 41</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Super League Holdings Pte Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>1914803</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>VILLAGE SUPER LEAGUE</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>9, 28, 41</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Village Roadshow IP Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>1941852</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE TRIATHLON</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>18, 21, 25, 35, 41</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Super League Holdings Pte Ltd</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>1951287</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>SLBA SUPER LEAGUE BASEBALL ADELAIDE</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>SOUTH AUSTRALIAN BASEBALL LEAGUE INC</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>2068856</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>9, 35, 38, 41</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Super League (Europe) Limited</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>2102165</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE TRIATHLON EQUALIZER</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Super League Holdings Pte Ltd</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2102191</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE TRIATHLON ENDURO</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Super League Holdings Pte Ltd</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>2102256</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE TRIATHLON TRIPLE MIX</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Super League Holdings Pte Ltd</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>2105696</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE TRIATHLON ELIMINATOR</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Super League Holdings Pte Ltd</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>2201731</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>VIRTUALIS</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Super League Gaming, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2436473</t>
+          <t>2604107</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Wolves Basketball
 Wolves Academy
 Wolves Hoops League
 Wolves Sports &amp; Wellness
 Wolves Skills Academy
 Wolves Advanced Academy
 Wolves Prep For Reps
 Wolves International
 Wolves Representative
 Wolves Local Competition
 Wolves 3x3
 Wolves Elite
 Wolves Super League
 Wolves Holiday Camps
-Wolves Rep Ready
-[...3 lines deleted...]
-      <c r="D19" s="1" t="inlineStr">
+Wolves Rep Ready</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F19" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Medeya S Hamzze; Damein Banner</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
-      <c r="A20" s="1" t="inlineStr">
+    <row r="18" customHeight="1" ht="140.0">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>635149</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>SUMMIT LEAGUE INTERNATIONAL 100% WATERPROOF TOP QUALITY SUPER GRIP</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F20" s="1" t="inlineStr">
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Heritage Sporting Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
-      <c r="A21" s="1" t="inlineStr">
+    <row r="19" customHeight="1" ht="140.0">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>662244</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F21" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A22" s="1" t="inlineStr">
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" customHeight="1" ht="140.0">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>662246</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F22" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A23" s="1" t="inlineStr">
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" customHeight="1" ht="140.0">
+      <c r="A21" s="1" t="inlineStr">
         <is>
           <t>662247</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F23" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A24" s="1" t="inlineStr">
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" customHeight="1" ht="140.0">
+      <c r="A22" s="1" t="inlineStr">
         <is>
           <t>666994</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE PENRITH CANTERBURY NTH QLD
 BRISBANE AUCKLAND CANBERRA NEWCASTLE
 WEST. AUS CRONULLA AUSTRALIA FRANCE
 ENGLAND NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F24" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A25" s="1" t="inlineStr">
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" customHeight="1" ht="140.0">
+      <c r="A23" s="1" t="inlineStr">
         <is>
           <t>666995</t>
         </is>
       </c>
-      <c r="C25" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE PENRITH CANTERBURY NTH QLD
 BRISBANE AUCKLAND CANBERRA NEWCASTLE
 WEST. AUS CRONULLA AUSTRALIA FRANCE
 ENGLAND NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F25" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A26" s="1" t="inlineStr">
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" customHeight="1" ht="140.0">
+      <c r="A24" s="1" t="inlineStr">
         <is>
           <t>666996</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE PENRITH CANTERBURY NTH QLD
 BRISBANE AUCKLAND CANBERRA NEWCASTLE
 WEST. AUS CRONULLA AUSTRALIA FRANCE
 ENGLAND NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F26" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A27" s="1" t="inlineStr">
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="1" ht="140.0">
+      <c r="A25" s="1" t="inlineStr">
         <is>
           <t>666997</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE PENRITH CANTERBURY NTH QLD
 BRISBANE AUCKLAND CANBERRA NEWCASTLE
 WEST. AUS CRONULLA AUSTRALIA FRANCE
 ENGLAND NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F27" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A28" s="1" t="inlineStr">
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" customHeight="1" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
         <is>
           <t>666999</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE PENRITH CANTERBURY NTH QLD
 BRISBANE AUCKLAND CANBERRA NEWCASTLE
 WEST. AUS CRONULLA AUSTRALIA FRANCE
 ENGLAND NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F28" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A29" s="1" t="inlineStr">
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" customHeight="1" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
         <is>
           <t>667000</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C27" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE PENRITH CANTERBURY NTH QLD
 BRISBANE AUCKLAND CANBERRA NEWCASTLE
 WEST. AUS CRONULLA AUSTRALIA FRANCE
 ENGLAND NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A30" s="1" t="inlineStr">
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="1" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
         <is>
           <t>667001</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>S SUPER LEAGUE PENRITH CANTERBURY NTH QLD
 BRISBANE AUCKLAND CANBERRA NEWCASTLE
 WEST. AUS CRONULLA AUSTRALIA FRANCE
 ENGLAND NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F30" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A31" s="1" t="inlineStr">
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="1" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
         <is>
           <t>670534</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>SUPEROOS</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>16, 28, 41</t>
         </is>
       </c>
-      <c r="F31" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A32" s="1" t="inlineStr">
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="1" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>1404297</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>SYDNEY SQUASH SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F32" s="1" t="inlineStr">
+      <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Carin Clonda</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
-      <c r="A33" s="1" t="inlineStr">
+    <row r="31" customHeight="1" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2248269</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>THE SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>European Super League Company, S.L</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="1" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>465585</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>FOOTYCALC</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Super League Aust. Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="1" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>646642</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>AUSTRALIAN SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby Football League Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="1" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>646643</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>AUSTRALIAN SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby Football League Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="1" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>646644</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>AUSTRALIAN SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F33" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="C35" s="1" t="inlineStr">
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby Football League Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="1" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>646645</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E35" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby Football League Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="1" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>655842</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Grand Prix Sailing Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>657713</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>AUSTRALIAN NATIONAL SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>NZIC Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>658055</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F35" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E36" s="1" t="inlineStr">
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>658056</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>658057</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F36" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E37" s="1" t="inlineStr">
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="1" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>658058</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F37" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E38" s="1" t="inlineStr">
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>658059</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F38" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="C39" s="1" t="inlineStr">
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>658194</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E39" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>658195</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE THE BEST OF THE BEST</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>658196</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE THE BEST OF THE BEST</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>658197</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE THE BEST OF THE BEST</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>658198</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE THE BEST OF THE BEST</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>658199</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE THE BEST OF THE BEST</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>News Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>658200</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE THE BEST OF THE BEST</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F39" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="F41" s="1" t="inlineStr">
+      <c r="F50" s="1" t="inlineStr">
         <is>
           <t>News Limited</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
-[...251 lines deleted...]
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>658199</t>
+          <t>659332</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE FOOTBALL
 SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E53" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F53" s="1" t="inlineStr">
+      <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Super League Football Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
-      <c r="A54" s="1" t="inlineStr">
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
         <is>
           <t>659333</t>
         </is>
       </c>
-      <c r="C54" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE FOOTBALL
 SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E54" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F54" s="1" t="inlineStr">
+      <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Super League Football Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
-      <c r="A55" s="1" t="inlineStr">
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
         <is>
           <t>659335</t>
         </is>
       </c>
-      <c r="C55" s="1" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE FOOTBALL
 SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E55" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F55" s="1" t="inlineStr">
+      <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Super League Football Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
-      <c r="A56" s="1" t="inlineStr">
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
         <is>
           <t>659337</t>
         </is>
       </c>
-      <c r="C56" s="1" t="inlineStr">
+      <c r="C54" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE FOOTBALL</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E56" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F56" s="1" t="inlineStr">
+      <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Super League Football Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
-      <c r="A57" s="1" t="inlineStr">
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>659340</t>
         </is>
       </c>
-      <c r="C57" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE FOOTBALL
 SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E57" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F57" s="1" t="inlineStr">
+      <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Super League Football Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
-      <c r="A58" s="1" t="inlineStr">
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
         <is>
           <t>659343</t>
         </is>
       </c>
-      <c r="C58" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE FOOTBALL
 SUPER LEAGUE</t>
         </is>
       </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Super League Football Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>661850</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>WATER POLO SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>William Alexander Manallack</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>669180</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>SUPER LEAGUE</t>
+        </is>
+      </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>16, 18, 21, 24, 25, 28, 41</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
-          <t>Super League Football Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="59" customHeight="true" ht="140.0">
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>661850</t>
+          <t>669182</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>WATER POLO SUPER LEAGUE</t>
+          <t>SUPER LEAGUE</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F61" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A62" s="1" t="inlineStr">
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
         <is>
           <t>669183</t>
         </is>
       </c>
-      <c r="C62" s="1" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F62" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A63" s="1" t="inlineStr">
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
         <is>
           <t>669184</t>
         </is>
       </c>
-      <c r="C63" s="1" t="inlineStr">
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D63" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F63" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A64" s="1" t="inlineStr">
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
         <is>
           <t>669185</t>
         </is>
       </c>
-      <c r="C64" s="1" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F64" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A65" s="1" t="inlineStr">
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
         <is>
           <t>669186</t>
         </is>
       </c>
-      <c r="C65" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F65" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A66" s="1" t="inlineStr">
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
         <is>
           <t>669187</t>
         </is>
       </c>
-      <c r="C66" s="1" t="inlineStr">
+      <c r="C64" s="1" t="inlineStr">
         <is>
           <t>SUPER LEAGUE</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F66" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A67" s="1" t="inlineStr">
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
         <is>
           <t>670449</t>
         </is>
       </c>
-      <c r="C67" s="1" t="inlineStr">
+      <c r="C65" s="1" t="inlineStr">
         <is>
           <t>SUPER SATURDAY</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F67" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A68" s="1" t="inlineStr">
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
         <is>
           <t>670450</t>
         </is>
       </c>
-      <c r="C68" s="1" t="inlineStr">
+      <c r="C66" s="1" t="inlineStr">
         <is>
           <t>SUPER SATURDAY</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F68" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A69" s="1" t="inlineStr">
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
         <is>
           <t>670451</t>
         </is>
       </c>
-      <c r="C69" s="1" t="inlineStr">
+      <c r="C67" s="1" t="inlineStr">
         <is>
           <t>SUPER SATURDAY</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F69" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A70" s="1" t="inlineStr">
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
         <is>
           <t>670452</t>
         </is>
       </c>
-      <c r="C70" s="1" t="inlineStr">
+      <c r="C68" s="1" t="inlineStr">
         <is>
           <t>SUPER FRIDAY</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F70" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A71" s="1" t="inlineStr">
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
         <is>
           <t>670453</t>
         </is>
       </c>
-      <c r="C71" s="1" t="inlineStr">
+      <c r="C69" s="1" t="inlineStr">
         <is>
           <t>SUPER FRIDAY</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F71" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A72" s="1" t="inlineStr">
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
         <is>
           <t>670454</t>
         </is>
       </c>
-      <c r="C72" s="1" t="inlineStr">
+      <c r="C70" s="1" t="inlineStr">
         <is>
           <t>SUPER FRIDAY</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F72" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A73" s="1" t="inlineStr">
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
         <is>
           <t>670455</t>
         </is>
       </c>
-      <c r="C73" s="1" t="inlineStr">
+      <c r="C71" s="1" t="inlineStr">
         <is>
           <t>SUPER SATURDAY LEAGUE</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F73" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A74" s="1" t="inlineStr">
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
         <is>
           <t>670456</t>
         </is>
       </c>
-      <c r="C74" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>SUPER SATURDAY LEAGUE</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F74" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A75" s="1" t="inlineStr">
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
         <is>
           <t>670457</t>
         </is>
       </c>
-      <c r="C75" s="1" t="inlineStr">
+      <c r="C73" s="1" t="inlineStr">
         <is>
           <t>SUPER SATURDAY LEAGUE</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F75" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A76" s="1" t="inlineStr">
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
         <is>
           <t>670458</t>
         </is>
       </c>
-      <c r="C76" s="1" t="inlineStr">
+      <c r="C74" s="1" t="inlineStr">
         <is>
           <t>SUPER SUNDAY LEAGUE</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F76" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A77" s="1" t="inlineStr">
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
         <is>
           <t>670459</t>
         </is>
       </c>
-      <c r="C77" s="1" t="inlineStr">
+      <c r="C75" s="1" t="inlineStr">
         <is>
           <t>SUPER SUNDAY LEAGUE</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F77" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A78" s="1" t="inlineStr">
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
         <is>
           <t>670460</t>
         </is>
       </c>
-      <c r="C78" s="1" t="inlineStr">
+      <c r="C76" s="1" t="inlineStr">
         <is>
           <t>SUPER SUNDAY LEAGUE</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F78" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A79" s="1" t="inlineStr">
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
         <is>
           <t>670461</t>
         </is>
       </c>
-      <c r="C79" s="1" t="inlineStr">
+      <c r="C77" s="1" t="inlineStr">
         <is>
           <t>SUPER SUNDAY</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F79" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A80" s="1" t="inlineStr">
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
         <is>
           <t>670462</t>
         </is>
       </c>
-      <c r="C80" s="1" t="inlineStr">
+      <c r="C78" s="1" t="inlineStr">
         <is>
           <t>SUPER SUNDAY</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F80" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A81" s="1" t="inlineStr">
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
         <is>
           <t>670463</t>
         </is>
       </c>
-      <c r="C81" s="1" t="inlineStr">
+      <c r="C79" s="1" t="inlineStr">
         <is>
           <t>SUPER SUNDAY</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>670464</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>MONDAY NIGHT FOOTBALL</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>670465</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>MONDAY NIGHT FOOTBALL</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>670466</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>MONDAY NIGHT FOOTBALL</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F81" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E82" s="1" t="inlineStr">
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>670467</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>SUPER MONDAY</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F82" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E83" s="1" t="inlineStr">
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>670468</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>SUPER MONDAY</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F83" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E84" s="1" t="inlineStr">
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>670469</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>SUPER MONDAY</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F84" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Super League Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
+    <row r="86" customHeight="1" ht="140.0">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>670468</t>
+          <t>670470</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>SUPER MONDAY</t>
+          <t>SUPER THURSDAY</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F88" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A89" s="1" t="inlineStr">
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
         <is>
           <t>670471</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>SUPER THURSDAY</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F89" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A90" s="1" t="inlineStr">
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
         <is>
           <t>670472</t>
         </is>
       </c>
-      <c r="C90" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>SUPER THURSDAY</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F90" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A91" s="1" t="inlineStr">
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
         <is>
           <t>670473</t>
         </is>
       </c>
-      <c r="C91" s="1" t="inlineStr">
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>SUPER WEDNESDAY</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F91" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A92" s="1" t="inlineStr">
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
         <is>
           <t>670474</t>
         </is>
       </c>
-      <c r="C92" s="1" t="inlineStr">
+      <c r="C90" s="1" t="inlineStr">
         <is>
           <t>SUPER WEDNESDAY</t>
         </is>
       </c>
-      <c r="D92" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F92" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A93" s="1" t="inlineStr">
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
         <is>
           <t>670475</t>
         </is>
       </c>
-      <c r="C93" s="1" t="inlineStr">
+      <c r="C91" s="1" t="inlineStr">
         <is>
           <t>SUPER WEDNESDAY</t>
         </is>
       </c>
-      <c r="D93" s="1" t="inlineStr">
+      <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F93" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A94" s="1" t="inlineStr">
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
         <is>
           <t>670476</t>
         </is>
       </c>
-      <c r="C94" s="1" t="inlineStr">
+      <c r="C92" s="1" t="inlineStr">
         <is>
           <t>SUPER TUESDAY</t>
         </is>
       </c>
-      <c r="D94" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F94" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A95" s="1" t="inlineStr">
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
         <is>
           <t>670477</t>
         </is>
       </c>
-      <c r="C95" s="1" t="inlineStr">
+      <c r="C93" s="1" t="inlineStr">
         <is>
           <t>SUPER TUESDAY</t>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F95" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A96" s="1" t="inlineStr">
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
         <is>
           <t>670478</t>
         </is>
       </c>
-      <c r="C96" s="1" t="inlineStr">
+      <c r="C94" s="1" t="inlineStr">
         <is>
           <t>SUPER TUESDAY</t>
         </is>
       </c>
-      <c r="D96" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>670479</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>SUPER CALL</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="1" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>670480</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>SUPER CALL</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="1" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>670481</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>SUPER CALL</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F96" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E97" s="1" t="inlineStr">
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="1" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>670482</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>SUPER KIDS</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F97" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E98" s="1" t="inlineStr">
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="1" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>670483</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>SUPER KIDS</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="1" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>670484</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>SUPER KIDS</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F98" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E99" s="1" t="inlineStr">
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="1" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>670485</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>SUPER KIDS</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F99" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E100" s="1" t="inlineStr">
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="1" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>670486</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FOOTY FAN CLUB</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F100" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E101" s="1" t="inlineStr">
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="1" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>670487</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FOOTY FAN CLUB</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F101" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E102" s="1" t="inlineStr">
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="1" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>670488</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FOOTY FAN CLUB</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F102" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E103" s="1" t="inlineStr">
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="1" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>670489</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FOOTY FAN CLUB</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F103" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E104" s="1" t="inlineStr">
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>670490</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>SUPER SERIES</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F104" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E105" s="1" t="inlineStr">
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>670491</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>SUPER SERIES</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F105" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E106" s="1" t="inlineStr">
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>670492</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>SUPER SERIES</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F106" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E107" s="1" t="inlineStr">
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>670493</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>SUPER SERIES</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F107" s="1" t="inlineStr">
-[...54 lines deleted...]
-      </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Super League Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="110" customHeight="true" ht="140.0">
+    <row r="110" customHeight="1" ht="140.0">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>670492</t>
+          <t>670494</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>SUPER SERIES</t>
+          <t>SUPER SPORTS STAR AWARDS</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F112" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A113" s="1" t="inlineStr">
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
         <is>
           <t>670495</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C111" s="1" t="inlineStr">
         <is>
           <t>SUPER SPORTS STAR AWARDS</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F113" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A114" s="1" t="inlineStr">
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
         <is>
           <t>670496</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t>SUPER SPORTS STAR AWARDS</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F114" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A115" s="1" t="inlineStr">
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
         <is>
           <t>670497</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>SUPER SPORTS STAR AWARDS</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>670498</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FINALS</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>670499</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FINALS</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>670500</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FINALS</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>670501</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>SUPER FINALS</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F115" s="1" t="inlineStr">
-[...54 lines deleted...]
-      </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t>Super League Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="118" customHeight="true" ht="140.0">
+    <row r="118" customHeight="1" ht="140.0">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>670500</t>
+          <t>670502</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>SUPER FINALS</t>
+          <t>SUPER GRAND FINAL</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F120" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A121" s="1" t="inlineStr">
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
         <is>
           <t>670503</t>
         </is>
       </c>
-      <c r="C121" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>SUPER GRAND FINAL</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F121" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A122" s="1" t="inlineStr">
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
         <is>
           <t>670504</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>SUPER GRAND FINAL</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F122" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A123" s="1" t="inlineStr">
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
         <is>
           <t>670505</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>SUPER GRAND FINAL</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F123" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A124" s="1" t="inlineStr">
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
         <is>
           <t>670506</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>SUPER PLAYERS OF THE YEAR</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F124" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A125" s="1" t="inlineStr">
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
         <is>
           <t>670507</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>SUPER PLAYERS OF THE YEAR</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A126" s="1" t="inlineStr">
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
         <is>
           <t>670508</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>SUPER PLAYERS OF THE YEAR</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F126" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A127" s="1" t="inlineStr">
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
         <is>
           <t>670509</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>SUPER PLAYERS OF THE YEAR</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>670510</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>SUPER TEAM</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>670511</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>SUPER TEAM</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>670512</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>SUPER TEAM</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" customHeight="1" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>670513</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>SUPER TEAM</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F127" s="1" t="inlineStr">
-[...54 lines deleted...]
-      </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Super League Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="130" customHeight="true" ht="140.0">
+    <row r="130" customHeight="1" ht="140.0">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>670512</t>
+          <t>670514</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>SUPER TEAM</t>
+          <t>SUPER TEAM SERIES</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F132" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A133" s="1" t="inlineStr">
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" customHeight="1" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
         <is>
           <t>670515</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>SUPER TEAM SERIES</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F133" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A134" s="1" t="inlineStr">
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" customHeight="1" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
         <is>
           <t>670516</t>
         </is>
       </c>
-      <c r="C134" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>SUPER TEAM SERIES</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F134" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A135" s="1" t="inlineStr">
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" customHeight="1" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
         <is>
           <t>670517</t>
         </is>
       </c>
-      <c r="C135" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>SUPER TEAM SERIES</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F135" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A136" s="1" t="inlineStr">
+      <c r="F133" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" customHeight="1" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
         <is>
           <t>670518</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>SUPER SEVENS</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F136" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A137" s="1" t="inlineStr">
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" customHeight="1" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
         <is>
           <t>670519</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>SUPER SEVENS</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F137" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A138" s="1" t="inlineStr">
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" customHeight="1" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
         <is>
           <t>670520</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>SUPER SEVENS</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F138" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A139" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" customHeight="1" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
         <is>
           <t>670521</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>SUPER SEVENS</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F139" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A140" s="1" t="inlineStr">
+      <c r="F137" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" customHeight="1" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
         <is>
           <t>670522</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C138" s="1" t="inlineStr">
         <is>
           <t>SUPER START</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F140" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A141" s="1" t="inlineStr">
+      <c r="F138" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" customHeight="1" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
         <is>
           <t>670523</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>SUPER START</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F141" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A142" s="1" t="inlineStr">
+      <c r="F139" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" customHeight="1" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
         <is>
           <t>670524</t>
         </is>
       </c>
-      <c r="C142" s="1" t="inlineStr">
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>SUPER START</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F142" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A143" s="1" t="inlineStr">
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" customHeight="1" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
         <is>
           <t>670525</t>
         </is>
       </c>
-      <c r="C143" s="1" t="inlineStr">
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t>SUPER START</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" customHeight="1" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>670526</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>SUPER STAR</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="1" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>670527</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>SUPER STAR</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" customHeight="1" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>670528</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>SUPER STAR</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F144" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" customHeight="1" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>670529</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>SUPER STAR</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F143" s="1" t="inlineStr">
-[...54 lines deleted...]
-      </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Super League Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="146" customHeight="true" ht="140.0">
+    <row r="146" customHeight="1" ht="140.0">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>670528</t>
+          <t>670530</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>SUPER STAR</t>
+          <t>SUPER ORIGINS</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F148" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A149" s="1" t="inlineStr">
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" customHeight="1" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
         <is>
           <t>670531</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C147" s="1" t="inlineStr">
         <is>
           <t>SUPER ORIGINS</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F149" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A150" s="1" t="inlineStr">
+      <c r="F147" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" customHeight="1" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
         <is>
           <t>670532</t>
         </is>
       </c>
-      <c r="C150" s="1" t="inlineStr">
+      <c r="C148" s="1" t="inlineStr">
         <is>
           <t>SUPER ORIGINS</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F150" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A151" s="1" t="inlineStr">
+      <c r="F148" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" customHeight="1" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
         <is>
           <t>670533</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C149" s="1" t="inlineStr">
         <is>
           <t>SUPER ORIGINS</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F151" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A152" s="1" t="inlineStr">
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" customHeight="1" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
         <is>
           <t>670535</t>
         </is>
       </c>
-      <c r="C152" s="1" t="inlineStr">
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>SUPEROOS</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F152" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A153" s="1" t="inlineStr">
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" customHeight="1" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
         <is>
           <t>670536</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C151" s="1" t="inlineStr">
         <is>
           <t>SUPEROOS</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F153" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A154" s="1" t="inlineStr">
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" customHeight="1" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
         <is>
           <t>670537</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>SUPEROOS</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F154" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A155" s="1" t="inlineStr">
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" customHeight="1" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
         <is>
           <t>670769</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>SAME GAME NEW ATTITUDE
 SAME GAME MORE ATTITUDE</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E155" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F155" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A156" s="1" t="inlineStr">
+      <c r="F153" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" customHeight="1" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
         <is>
           <t>670770</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>SAME GAME NEW ATTITUDE
 SAME GAME MORE ATTITUDE</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E156" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F156" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A157" s="1" t="inlineStr">
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" customHeight="1" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
         <is>
           <t>670771</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C155" s="1" t="inlineStr">
         <is>
           <t>SAME GAME NEW ATTITUDE
 SAME GAME MORE ATTITUDE</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E157" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F157" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A158" s="1" t="inlineStr">
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" customHeight="1" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
         <is>
           <t>670772</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>SAME GAME NEW ATTITUDE
 SAME GAME MORE ATTITUDE</t>
         </is>
       </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" customHeight="1" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>672779</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>Super League Football Proprietary Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" customHeight="1" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>672836</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
-          <t>Super League Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="159" customHeight="true" ht="140.0">
+          <t>Super League Football Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" customHeight="1" ht="140.0">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>672779</t>
+          <t>700822</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>CANBERRA VIKINGS</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F161" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A162" s="1" t="inlineStr">
+      <c r="F159" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" customHeight="1" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
         <is>
           <t>700823</t>
         </is>
       </c>
-      <c r="C162" s="1" t="inlineStr">
+      <c r="C160" s="1" t="inlineStr">
         <is>
           <t>CANBERRA BUSHRANGERS</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F162" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A163" s="1" t="inlineStr">
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" customHeight="1" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
         <is>
           <t>700824</t>
         </is>
       </c>
-      <c r="C163" s="1" t="inlineStr">
+      <c r="C161" s="1" t="inlineStr">
         <is>
           <t>CRONULLA GREAT WHITES</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F163" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A164" s="1" t="inlineStr">
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" customHeight="1" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
         <is>
           <t>700825</t>
         </is>
       </c>
-      <c r="C164" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>CRONULLA DOLPHINS</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F164" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A165" s="1" t="inlineStr">
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" customHeight="1" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
         <is>
           <t>700826</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C163" s="1" t="inlineStr">
         <is>
           <t>PENRITH CATS</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F165" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A166" s="1" t="inlineStr">
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="1" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
         <is>
           <t>700827</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>CANTERBURY DOGS</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F166" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A167" s="1" t="inlineStr">
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" customHeight="1" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
         <is>
           <t>700828</t>
         </is>
       </c>
-      <c r="C167" s="1" t="inlineStr">
+      <c r="C165" s="1" t="inlineStr">
         <is>
           <t>BRISBANE BRUMBIES</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F167" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A168" s="1" t="inlineStr">
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" customHeight="1" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
         <is>
           <t>700829</t>
         </is>
       </c>
-      <c r="C168" s="1" t="inlineStr">
+      <c r="C166" s="1" t="inlineStr">
         <is>
           <t>NORTH QUEENSLAND RINGERS</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F168" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A169" s="1" t="inlineStr">
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" customHeight="1" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
         <is>
           <t>701158</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C167" s="1" t="inlineStr">
         <is>
           <t>SYDNEY DINGOS</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F169" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A170" s="1" t="inlineStr">
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" customHeight="1" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
         <is>
           <t>701159</t>
         </is>
       </c>
-      <c r="C170" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>PERTH ROOS</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F170" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A171" s="1" t="inlineStr">
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" customHeight="1" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
         <is>
           <t>701160</t>
         </is>
       </c>
-      <c r="C171" s="1" t="inlineStr">
+      <c r="C169" s="1" t="inlineStr">
         <is>
           <t>AUCKLAND KIWIS</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" customHeight="1" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>701161</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>GLOBAL SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" customHeight="1" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>701164</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>WORLD SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t>Super League Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="172" customHeight="true" ht="140.0">
+    <row r="172" customHeight="1" ht="140.0">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>701161</t>
+          <t>702664</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t>GLOBAL SUPER LEAGUE</t>
+          <t>AUCKLAND ACES</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F174" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A175" s="1" t="inlineStr">
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" customHeight="1" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
         <is>
           <t>702665</t>
         </is>
       </c>
-      <c r="C175" s="1" t="inlineStr">
+      <c r="C173" s="1" t="inlineStr">
         <is>
           <t>AUCKLAND BRAVES</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F175" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A176" s="1" t="inlineStr">
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" customHeight="1" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
         <is>
           <t>702666</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>AUCKLAND ISLANDERS</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" customHeight="1" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>754217</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>NATIONAL RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>16, 18, 21, 24, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>Super League Pty Ltd; Australian Rugby Football League Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" customHeight="1" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>773591</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>FIJI AUSTRALIA SOCCER SUPER LEAGUE</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
-          <t>Super League Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="177" customHeight="true" ht="140.0">
+          <t>Leonard Benjamin Anthony</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" customHeight="1" ht="140.0">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>754217</t>
+          <t>1694198</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t>NATIONAL RUGBY LEAGUE</t>
+          <t>Super League Darts</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
-          <t>16, 18, 21, 24, 25, 28, 41</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
-          <t>Super League Pty Ltd; Australian Rugby Football League Ltd</t>
-[...3 lines deleted...]
-    <row r="178" customHeight="true" ht="140.0">
+          <t>265 Events Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" customHeight="1" ht="140.0">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>773591</t>
+          <t>1727990</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t>FIJI AUSTRALIA SOCCER SUPER LEAGUE</t>
+          <t>SUPER LEAGUE GAMING</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
-          <t>Lapsed:
+          <t>Not protected:
 Not accepted</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
-          <t>Leonard Benjamin Anthony</t>
-[...3 lines deleted...]
-    <row r="179" customHeight="true" ht="140.0">
+          <t>SUPER LEAGUE GAMING, INC.</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" customHeight="1" ht="140.0">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>1694198</t>
+          <t>2159919</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t>Super League Darts</t>
+          <t>S SUPER LEAGUE AUSTRALIA</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="F181" s="1" t="inlineStr">
         <is>
           <t>Stephen Mascord</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>