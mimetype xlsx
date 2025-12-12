--- v0 (2025-10-19)
+++ v1 (2025-12-12)
@@ -4052,52 +4052,52 @@
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>35, 39, 41, 42, 44</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Sea World Management Pty Limited as trustee for The Seaworld Property Trust</t>
         </is>
       </c>
     </row>
     <row r="55" customHeight="true" ht="140.0">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>2534500</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>SEA WORLD RESORT</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>Registered:
+Registered/protected</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>39, 41, 43, 44, 45</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Sea World Management Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="56" customHeight="true" ht="140.0">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>281786</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>SEA WORLD</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">