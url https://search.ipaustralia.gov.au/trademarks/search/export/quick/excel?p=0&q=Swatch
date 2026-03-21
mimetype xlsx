--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -1391,4092 +1391,4120 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>590476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>657142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="657142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>1180952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>485714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>432828</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="432828"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>720000</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="720000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F127"/>
+  <dimension ref="A2:F128"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>123</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>124</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>434733</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>434734</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>434736</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>434737</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>434738</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>434739</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>434740</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>434741</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>447978</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>463932</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>503443</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>553587</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>595702</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>MUSICALL</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>639192</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>SWATCH IRONY</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>660003</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>LOOMI</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>734016</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>SWATCH ACCESS</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>897009</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>SNOWPASS</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>897010</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>SWATCH SNOWPASS</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>903848</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>DIAPHANE</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>907617</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>POP SWATCH</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>907618</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>907619</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>LOOMI</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>907621</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>IRONY</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>907622</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>SKIN</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>959135</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>CABARET VOLTAIRE</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>975093</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>SWATCH TOUCH</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>1015148</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>SWATCH PAPARAZZI</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>1148296</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>SWATCH jelly in jelly</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>1188087</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>SWATCH VENDOME COLLECTION</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>1210156</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>SWATCHOLINO</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>12, 14</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>1237732</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>FULL-BLOODED</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>1244524</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>ISWATCH</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>14, 35</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>1244525</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>ESWATCH</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>1458432</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>DR. SWATCH</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>14, 37</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>1461065</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>MOEBIUS</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>The Swatch Group Recherche et Developpement SA (The Swatch Group Forschungs- und Entwicklungs AG) (The Swatch Group Research and Development Ltd)</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>1502992</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>MOEBIUS</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>1, 4</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>The Swatch Group Recherche et Developpement SA (The Swatch Group Forschungs- und Entwicklungs AG) (The Swatch Group Research and Development Ltd)</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>1524622</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>SWATCH OCCUPY YOUR WRIST</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>1577465</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>SCUBA LIBRE</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>1586304</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>SWATCH SCUBA</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>1597682</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>ISKIN</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
+    <row r="45" customHeight="1" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>1598791</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>SWATCH GROUP</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 38, 39, 41, 42, 43, 45</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>The Swatch Group SA (The Swatch Group AG) (The Swatch Group Ltd)</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
+    <row r="46" customHeight="1" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>1604291</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>SISTEM51</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
+    <row r="47" customHeight="1" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>1612413</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>i POP SWATCH</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
+    <row r="48" customHeight="1" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>1613741</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>i POP</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
+    <row r="49" customHeight="1" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>1617874</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>ISCUBA</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
+    <row r="50" customHeight="1" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>1665134</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>SWATCH CLUB</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>9, 14, 35, 41</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>1690438</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>SWATCH TOUCH</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
+    <row r="52" customHeight="1" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>1696545</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>SWATCH DREAMALLOY</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>6, 14</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
+    <row r="53" customHeight="1" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>1715688</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>SWATCH ONE MORE THING</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
+    <row r="54" customHeight="1" ht="140.0">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>1715689</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>ONE MORE THING</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
+    <row r="55" customHeight="1" ht="140.0">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>1723780</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>SWATCH THE EYES</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
+    <row r="56" customHeight="1" ht="140.0">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>1742165</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>TICK DIFFERENT</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
+    <row r="57" customHeight="1" ht="140.0">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>1742167</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>SKIN</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
+    <row r="58" customHeight="1" ht="140.0">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>1743921</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>TICK DIFFERENT</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
+    <row r="59" customHeight="1" ht="140.0">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>1750133</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>POP SWATCH</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
+    <row r="60" customHeight="1" ht="140.0">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>1760999</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>SWATCH BELLAMY</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
+    <row r="61" customHeight="1" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>1788935</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>SWATCH BELLAMY</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>35, 36</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
+    <row r="62" customHeight="1" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>1823373</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
+    <row r="63" customHeight="1" ht="140.0">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>1879407</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>YOUR MOVE</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
+    <row r="64" customHeight="1" ht="140.0">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>1932418</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>SWATCH PAY</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>9, 14, 35, 36</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
+    <row r="65" customHeight="1" ht="140.0">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>1937274</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
+    <row r="66" customHeight="1" ht="140.0">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>1994226</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>SWATCH GLAM</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
+    <row r="67" customHeight="1" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>2022452</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>FLYMAGIC</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
+    <row r="68" customHeight="1" ht="140.0">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>2093492</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>TIME IS WHAT YOU MAKE OF IT</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="69" customHeight="true" ht="140.0">
+    <row r="69" customHeight="1" ht="140.0">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>2164050</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>SWATCH BIG BOLD</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="70" customHeight="true" ht="140.0">
+    <row r="70" customHeight="1" ht="140.0">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>2218557</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
           <t>BIOCERAMIC</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="71" customHeight="true" ht="140.0">
+    <row r="71" customHeight="1" ht="140.0">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>2221552</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>SWATCH BIG BOLD</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="72" customHeight="true" ht="140.0">
+    <row r="72" customHeight="1" ht="140.0">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>2278886</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>BIOCERAMIC</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="73" customHeight="true" ht="140.0">
+    <row r="73" customHeight="1" ht="140.0">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>2295849</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="74" customHeight="true" ht="140.0">
+    <row r="74" customHeight="1" ht="140.0">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>2341955</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
           <t>9, 35, 41</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="75" customHeight="true" ht="140.0">
+    <row r="75" customHeight="1" ht="140.0">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>2341977</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>MOONSWATCH</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
           <t>9, 35, 41</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="76" customHeight="true" ht="140.0">
+    <row r="76" customHeight="1" ht="140.0">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>2368967</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="77" customHeight="true" ht="140.0">
+    <row r="77" customHeight="1" ht="140.0">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>2402536</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>MOONSWATCH</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
           <t>9, 14</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="78" customHeight="true" ht="140.0">
+    <row r="78" customHeight="1" ht="140.0">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>2438595</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>BIOCERAMIC WHAT IF</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="79" customHeight="true" ht="140.0">
+    <row r="79" customHeight="1" ht="140.0">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>2443739</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
           <t>PROTECT WHAT YOU LOVE</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="80" customHeight="true" ht="140.0">
+    <row r="80" customHeight="1" ht="140.0">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>2443770</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
           <t>ARCTIC OCEAN</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="81" customHeight="true" ht="140.0">
+    <row r="81" customHeight="1" ht="140.0">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>2443771</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
           <t>INDIAN OCEAN</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="82" customHeight="true" ht="140.0">
+    <row r="82" customHeight="1" ht="140.0">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>2443793</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
           <t>OCEAN BREATH</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="83" customHeight="true" ht="140.0">
+    <row r="83" customHeight="1" ht="140.0">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>2443795</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
           <t>IMMERSE YOURSELF</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="84" customHeight="true" ht="140.0">
+    <row r="84" customHeight="1" ht="140.0">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>2445495</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
           <t>ANTARCTIC OCEAN</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="85" customHeight="true" ht="140.0">
+    <row r="85" customHeight="1" ht="140.0">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>2445498</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
           <t>PACIFIC OCEAN</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
+    <row r="86" customHeight="1" ht="140.0">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>2445688</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
           <t>LICENCE TO EXPLORE</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="87" customHeight="true" ht="140.0">
+    <row r="87" customHeight="1" ht="140.0">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>2490926</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
           <t>OCEAN OF STORMS</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="88" customHeight="true" ht="140.0">
+    <row r="88" customHeight="1" ht="140.0">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>2493186</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>swatch.beat</t>
+          <t>SWATCH.BEAT</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="89" customHeight="true" ht="140.0">
+    <row r="89" customHeight="1" ht="140.0">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>2494905</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
           <t>ROYAL POP</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="90" customHeight="true" ht="140.0">
+    <row r="90" customHeight="1" ht="140.0">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>2519745</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
           <t>SWATCH REBELS FOR GOOD</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
           <t>9, 14, 35, 36, 41</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="91" customHeight="true" ht="140.0">
+    <row r="91" customHeight="1" ht="140.0">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>2521637</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
           <t>JB 1735 BLANCPAIN X SWATCH PASSION FOR DIVING</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="92" customHeight="true" ht="140.0">
+    <row r="92" customHeight="1" ht="140.0">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>2562751</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
           <t>SWATCH SCUBAQUA</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="93" customHeight="true" ht="140.0">
+    <row r="93" customHeight="1" ht="140.0">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>2572087</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
           <t>SWATCH.BEAT</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="94" customHeight="true" ht="140.0">
+    <row r="94" customHeight="1" ht="140.0">
       <c r="A94" s="1" t="inlineStr">
         <is>
+          <t>2609312</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>SWATCH</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch LTD.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
           <t>2579986</t>
         </is>
       </c>
-      <c r="C94" s="1" t="inlineStr">
+      <c r="C95" s="1" t="inlineStr">
         <is>
           <t>FONT &amp; SWATCH</t>
         </is>
       </c>
-      <c r="D94" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>35, 42</t>
         </is>
       </c>
-      <c r="F94" s="1" t="inlineStr">
+      <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Font &amp; Swatch Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="95" customHeight="true" ht="140.0">
-[...27 lines deleted...]
-    <row r="96" customHeight="true" ht="140.0">
+    <row r="96" customHeight="1" ht="140.0">
       <c r="A96" s="1" t="inlineStr">
         <is>
+          <t>2630686</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>AI Dada</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="1" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
           <t>386840</t>
         </is>
       </c>
-      <c r="C96" s="1" t="inlineStr">
+      <c r="C97" s="1" t="inlineStr">
         <is>
           <t>SWATCH
 QUARTZ</t>
         </is>
       </c>
-      <c r="D96" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F96" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
         <is>
           <t>Swatch S.A.</t>
         </is>
       </c>
     </row>
-    <row r="97" customHeight="true" ht="140.0">
-      <c r="A97" s="1" t="inlineStr">
+    <row r="98" customHeight="1" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
         <is>
           <t>425305</t>
         </is>
       </c>
-      <c r="C97" s="1" t="inlineStr">
+      <c r="C98" s="1" t="inlineStr">
         <is>
           <t>POP
 SWATCH</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F97" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="98" customHeight="true" ht="140.0">
-      <c r="A98" s="1" t="inlineStr">
+    <row r="99" customHeight="1" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
         <is>
           <t>434176</t>
         </is>
       </c>
-      <c r="C98" s="1" t="inlineStr">
+      <c r="C99" s="1" t="inlineStr">
         <is>
           <t>(M:I:X+)</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F98" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Swatch SA.</t>
         </is>
       </c>
     </row>
-    <row r="99" customHeight="true" ht="140.0">
-      <c r="A99" s="1" t="inlineStr">
+    <row r="100" customHeight="1" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
         <is>
           <t>434735</t>
         </is>
       </c>
-      <c r="C99" s="1" t="inlineStr">
+      <c r="C100" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F99" s="1" t="inlineStr">
+      <c r="F100" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="100" customHeight="true" ht="140.0">
-      <c r="A100" s="1" t="inlineStr">
+    <row r="101" customHeight="1" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
         <is>
           <t>620170</t>
         </is>
       </c>
-      <c r="C100" s="1" t="inlineStr">
+      <c r="C101" s="1" t="inlineStr">
         <is>
           <t>SWATCH AQUACHRONO</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F100" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="101" customHeight="true" ht="140.0">
-      <c r="A101" s="1" t="inlineStr">
+    <row r="102" customHeight="1" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
         <is>
           <t>647740</t>
         </is>
       </c>
-      <c r="C101" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>IRONY</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F101" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="102" customHeight="true" ht="140.0">
-      <c r="A102" s="1" t="inlineStr">
+    <row r="103" customHeight="1" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
         <is>
           <t>751750</t>
         </is>
       </c>
-      <c r="C102" s="1" t="inlineStr">
+      <c r="C103" s="1" t="inlineStr">
         <is>
           <t>SKIN</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F102" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Swatch AG (Swatch SA)(Swatch Ltd.)</t>
         </is>
       </c>
     </row>
-    <row r="103" customHeight="true" ht="140.0">
-      <c r="A103" s="1" t="inlineStr">
+    <row r="104" customHeight="1" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
         <is>
           <t>788730</t>
         </is>
       </c>
-      <c r="C103" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>PIERRE BALMAIN</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F103" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
         <is>
           <t>The Swatch Group Management Services AG</t>
         </is>
       </c>
     </row>
-    <row r="104" customHeight="true" ht="140.0">
-      <c r="A104" s="1" t="inlineStr">
+    <row r="105" customHeight="1" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
         <is>
           <t>897033</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>SWATCH IRONY DIAPHANE</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F104" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="105" customHeight="true" ht="140.0">
-      <c r="A105" s="1" t="inlineStr">
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
         <is>
           <t>897034</t>
         </is>
       </c>
-      <c r="C105" s="1" t="inlineStr">
+      <c r="C106" s="1" t="inlineStr">
         <is>
           <t>SWATCH IRONY NABAB</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F105" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="106" customHeight="true" ht="140.0">
-      <c r="A106" s="1" t="inlineStr">
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
         <is>
           <t>899129</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t>SWATCH X-LARGE</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F106" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="107" customHeight="true" ht="140.0">
-      <c r="A107" s="1" t="inlineStr">
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
         <is>
           <t>903129</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C108" s="1" t="inlineStr">
         <is>
           <t>NABAB</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A108" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
         <is>
           <t>910301</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C109" s="1" t="inlineStr">
         <is>
           <t>SWATCH 27 CANTON CANTONE KANTON CHANTUN</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F108" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="109" customHeight="true" ht="140.0">
-      <c r="A109" s="1" t="inlineStr">
+    <row r="110" customHeight="1" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
         <is>
           <t>923226</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C110" s="1" t="inlineStr">
         <is>
           <t>TURNOVER</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F109" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="110" customHeight="true" ht="140.0">
-      <c r="A110" s="1" t="inlineStr">
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
         <is>
           <t>934016</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C111" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F110" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="111" customHeight="true" ht="140.0">
-      <c r="A111" s="1" t="inlineStr">
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
         <is>
           <t>987265</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t>SWATCH PATCHWORK</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A112" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
         <is>
           <t>987266</t>
         </is>
       </c>
-      <c r="C112" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>SWATCH DOGWALK</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A113" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
         <is>
           <t>1060011</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C114" s="1" t="inlineStr">
         <is>
           <t>SWATCH ALWAYS SURPRISING</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F113" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="114" customHeight="true" ht="140.0">
-      <c r="A114" s="1" t="inlineStr">
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
         <is>
           <t>1111457</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>SWATCH shake the world</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F114" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="115" customHeight="true" ht="140.0">
-      <c r="A115" s="1" t="inlineStr">
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
         <is>
           <t>1111460</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C116" s="1" t="inlineStr">
         <is>
           <t>SWATCH INDIVIDUAL STATEMENT</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F115" s="1" t="inlineStr">
+      <c r="F116" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="116" customHeight="true" ht="140.0">
-      <c r="A116" s="1" t="inlineStr">
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
         <is>
           <t>1313489</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>CREART BY SWATCH</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F116" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
         <is>
           <t>SWATCH AG (SWATCH SA) (SWATCH LTD.)</t>
         </is>
       </c>
     </row>
-    <row r="117" customHeight="true" ht="140.0">
-      <c r="A117" s="1" t="inlineStr">
+    <row r="118" customHeight="1" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
         <is>
           <t>1488569</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t>SWATCH COLOUR CODES</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A118" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
         <is>
           <t>1574791</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>ITOUCH</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Ceased:
 Non-use</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A119" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
         <is>
           <t>1707756</t>
         </is>
       </c>
-      <c r="C119" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>SWATCH IRONY XLITE</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A120" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>Swatch AG (Swatch SA) (Swatch Ltd.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
         <is>
           <t>397764</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F120" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="121" customHeight="true" ht="140.0">
-      <c r="A121" s="1" t="inlineStr">
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
         <is>
           <t>436804</t>
         </is>
       </c>
-      <c r="C121" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F121" s="1" t="inlineStr">
+      <c r="F122" s="1" t="inlineStr">
         <is>
           <t>Lily LIU</t>
         </is>
       </c>
     </row>
-    <row r="122" customHeight="true" ht="140.0">
-      <c r="A122" s="1" t="inlineStr">
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
         <is>
           <t>436805</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>SWATCH</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F122" s="1" t="inlineStr">
+      <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Lily LIU</t>
         </is>
       </c>
     </row>
-    <row r="123" customHeight="true" ht="140.0">
-      <c r="A123" s="1" t="inlineStr">
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
         <is>
           <t>1576625</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>SwatchMate</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F123" s="1" t="inlineStr">
+      <c r="F124" s="1" t="inlineStr">
         <is>
           <t>SWATCHMATE PTY. LTD.</t>
         </is>
       </c>
     </row>
-    <row r="124" customHeight="true" ht="140.0">
-      <c r="A124" s="1" t="inlineStr">
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
         <is>
           <t>2340349</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>BALMAIN</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>9, 35, 41</t>
         </is>
       </c>
-      <c r="F124" s="1" t="inlineStr">
+      <c r="F125" s="1" t="inlineStr">
         <is>
           <t>The Swatch Group Management Services AG (The Swatch Group Management Services SA) (The Swatch Group Management Services LTD)</t>
         </is>
       </c>
     </row>
-    <row r="125" customHeight="true" ht="140.0">
-      <c r="A125" s="1" t="inlineStr">
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
         <is>
           <t>2340669</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>Shop your Swatch</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
+      <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Kate Ridgway-Bird</t>
         </is>
       </c>
     </row>
-    <row r="126" customHeight="true" ht="140.0">
-      <c r="A126" s="1" t="inlineStr">
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
         <is>
           <t>2343805</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>BALMAIN</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F126" s="1" t="inlineStr">
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>The Swatch Group Management Services AG (The Swatch Group Management Services SA) (The Swatch Group Management Services LTD)</t>
         </is>
       </c>
     </row>
-    <row r="127" customHeight="true" ht="140.0">
-      <c r="A127" s="1" t="inlineStr">
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
         <is>
           <t>2350505</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>EXCELSKY</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F127" s="1" t="inlineStr">
+      <c r="F128" s="1" t="inlineStr">
         <is>
           <t>The Swatch Group Management Services AG (The Swatch Group Management Services SA) (The Swatch Group Management Services LTD)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>