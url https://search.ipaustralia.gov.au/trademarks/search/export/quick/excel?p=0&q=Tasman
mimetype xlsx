--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,18505 +87,18673 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>5</xdr:row>
+      <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>5</xdr:row>
+      <xdr:row>4</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>561904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="561904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>495238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>365648</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="365648"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>1104761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>866666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="866666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>923809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="923809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>332672</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="332672"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>40</xdr:row>
-      <xdr:rowOff>1066666</xdr:rowOff>
+      <xdr:rowOff>523809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="523809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId22"/>
+        <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId23"/>
+        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>245714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId24"/>
+        <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="245714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>245714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId25"/>
+        <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="245714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId26"/>
+        <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId27"/>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>796764</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId28"/>
+        <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="796764"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>686280</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId29"/>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="686280"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId30"/>
+        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId31"/>
+        <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId32"/>
+        <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId33"/>
+        <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>847619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId34"/>
+        <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId35"/>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId36"/>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId37"/>
+        <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>457142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId38"/>
+        <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>714285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId39"/>
+        <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="714285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId40"/>
+        <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>90</xdr:row>
+      <xdr:rowOff>666666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="666666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>93</xdr:row>
-      <xdr:rowOff>666666</xdr:rowOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId42"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>95</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId44"/>
-[...37 lines deleted...]
-        <a:blip r:embed="rId45"/>
+        <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>99</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>1190476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1190476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>885714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="885714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>101</xdr:row>
-      <xdr:rowOff>980952</xdr:rowOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="790476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>1104761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1104761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>980952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>102</xdr:row>
-[...76 lines deleted...]
-      <xdr:rowOff>780952</xdr:rowOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId50"/>
-        <a:stretch>
-[...112 lines deleted...]
-        <a:blip r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId54"/>
+        <a:blip r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId55"/>
+        <a:blip r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId56"/>
+        <a:blip r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId57"/>
+        <a:blip r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId58"/>
+        <a:blip r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId59"/>
+        <a:blip r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId60"/>
+        <a:blip r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>1304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId61"/>
+        <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId62"/>
+        <a:blip r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId63"/>
+        <a:blip r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>141</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>141</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId64"/>
+        <a:blip r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId65"/>
+        <a:blip r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>466666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId66"/>
+        <a:blip r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="466666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>145</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>145</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId67"/>
+        <a:blip r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>146</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>146</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId68"/>
+        <a:blip r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId69"/>
+        <a:blip r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>1247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId70"/>
+        <a:blip r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId71"/>
+        <a:blip r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>1304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId72"/>
+        <a:blip r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>162</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>162</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId73"/>
+        <a:blip r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>174</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1152000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="333333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>800000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="800000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1152000" cy="1428571"/>
+          <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>195</xdr:row>
-      <xdr:rowOff>333333</xdr:rowOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>904761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="333333"/>
+          <a:ext cx="1404000" cy="904761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>198</xdr:row>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>198</xdr:row>
-      <xdr:rowOff>800000</xdr:rowOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="800000"/>
+          <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>201</xdr:row>
-      <xdr:rowOff>904761</xdr:rowOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>1304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="904761"/>
+          <a:ext cx="1404000" cy="1304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>202</xdr:row>
+      <xdr:row>223</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1380952</xdr:rowOff>
+      <xdr:colOff>3708000</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>1548000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1380952"/>
+          <a:ext cx="3708000" cy="1548000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>216</xdr:row>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1224000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>1238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1238095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>361904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>375066</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="375066"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1440000</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>523809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1440000" cy="523809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>218</xdr:row>
-      <xdr:rowOff>1304761</xdr:rowOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>923809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId81"/>
+        <a:blip r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1304761"/>
+          <a:ext cx="1404000" cy="923809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>220</xdr:row>
+      <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>3708000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1548000</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId82"/>
-[...151 lines deleted...]
-        <a:blip r:embed="rId86"/>
+        <a:blip r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
-[...74 lines deleted...]
-      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>232</xdr:row>
-[...38 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>236</xdr:row>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>236</xdr:row>
-      <xdr:rowOff>923809</xdr:rowOff>
+      <xdr:row>242</xdr:row>
+      <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="923809"/>
+          <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>237</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>237</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1038095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>304761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="304761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>542857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="542857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>320511</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="320511"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>1019047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1019047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>895238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="895238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>590476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="590476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>809523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="809523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>647619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="647619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>876190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="876190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>1066666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1066666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>243727</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="243727"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>980952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="980952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>971428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="971428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>952380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="952380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>971428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="971428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>961904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="961904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>285714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="285714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>94269</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="94269"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>103309</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="103309"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>552380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="552380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>310</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>310</xdr:row>
+      <xdr:rowOff>457142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="457142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>285714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="285714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>317</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>317</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>318</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>318</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>319</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>238</xdr:row>
-      <xdr:rowOff>1047619</xdr:rowOff>
+      <xdr:row>319</xdr:row>
+      <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId93"/>
-[...151 lines deleted...]
-        <a:blip r:embed="rId97"/>
+        <a:blip r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>249</xdr:row>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
-[...76 lines deleted...]
-      <xdr:row>251</xdr:row>
+      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
-    </xdr:to>
-[...796 lines deleted...]
-      <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="542857"/>
+          <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>326</xdr:row>
+      <xdr:row>332</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>326</xdr:row>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>332</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1116000" cy="1428571"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>327</xdr:row>
+      <xdr:row>333</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>327</xdr:row>
+      <xdr:row>333</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1332000" cy="1428571"/>
+          <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>329</xdr:row>
+      <xdr:row>335</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>329</xdr:row>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>335</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1368000" cy="1428571"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>330</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>330</xdr:row>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1332000" cy="1428571"/>
+          <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>340</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>340</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>1352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId129"/>
+        <a:blip r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>346</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>346</xdr:row>
       <xdr:rowOff>514285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId130"/>
+        <a:blip r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="514285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>354</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>354</xdr:row>
       <xdr:rowOff>304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId131"/>
+        <a:blip r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId132"/>
+        <a:blip r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>866666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId133"/>
+        <a:blip r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="866666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>362</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>362</xdr:row>
       <xdr:rowOff>495238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId134"/>
+        <a:blip r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>360</xdr:row>
+      <xdr:row>365</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
-      <xdr:row>360</xdr:row>
+      <xdr:row>365</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId135"/>
+        <a:blip r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="900000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>365</xdr:row>
+      <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>365</xdr:row>
+      <xdr:row>370</xdr:row>
       <xdr:rowOff>1028571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId136"/>
+        <a:blip r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>368</xdr:row>
+      <xdr:row>373</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>368</xdr:row>
+      <xdr:row>373</xdr:row>
       <xdr:rowOff>304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId137"/>
+        <a:blip r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>371</xdr:row>
+      <xdr:row>376</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>371</xdr:row>
+      <xdr:row>376</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId138"/>
+        <a:blip r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>372</xdr:row>
+      <xdr:row>377</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>372</xdr:row>
+      <xdr:row>377</xdr:row>
       <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId139"/>
+        <a:blip r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>375</xdr:row>
+      <xdr:row>380</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>375</xdr:row>
+      <xdr:row>380</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId140"/>
+        <a:blip r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>379</xdr:row>
+      <xdr:row>384</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>379</xdr:row>
+      <xdr:row>384</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="936000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>386</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>386</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="936000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>381</xdr:row>
+      <xdr:row>388</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>388</xdr:row>
+      <xdr:rowOff>320511</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1548000" cy="320511"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>383</xdr:row>
+      <xdr:row>389</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>383</xdr:row>
+      <xdr:row>389</xdr:row>
       <xdr:rowOff>320511</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="320511"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>384</xdr:row>
+      <xdr:row>390</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>384</xdr:row>
+      <xdr:row>390</xdr:row>
       <xdr:rowOff>320511</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="320511"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>385</xdr:row>
+      <xdr:row>391</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>320511</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>514285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId145"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="514285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>387</xdr:row>
+      <xdr:row>392</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>387</xdr:row>
+      <xdr:row>392</xdr:row>
       <xdr:rowOff>638095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId147"/>
+        <a:blip r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>388</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>388</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>561904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId148"/>
+        <a:blip r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="561904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>389</xdr:row>
+      <xdr:row>394</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>389</xdr:row>
+      <xdr:row>394</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId149"/>
+        <a:blip r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>395</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>395</xdr:row>
       <xdr:rowOff>771428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId150"/>
+        <a:blip r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="771428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>401</xdr:row>
+      <xdr:row>406</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>401</xdr:row>
+      <xdr:row>406</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId151"/>
+        <a:blip r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>405</xdr:row>
+      <xdr:row>410</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>405</xdr:row>
+      <xdr:row>410</xdr:row>
       <xdr:rowOff>514285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId152"/>
+        <a:blip r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="514285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>407</xdr:row>
+      <xdr:row>412</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>407</xdr:row>
+      <xdr:row>412</xdr:row>
       <xdr:rowOff>352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId153"/>
+        <a:blip r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>409</xdr:row>
+      <xdr:row>414</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>409</xdr:row>
+      <xdr:row>414</xdr:row>
       <xdr:rowOff>594097</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId154"/>
+        <a:blip r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="594097"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>414</xdr:row>
+      <xdr:row>419</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>414</xdr:row>
+      <xdr:row>419</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId155"/>
+        <a:blip r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>419</xdr:row>
+      <xdr:row>424</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>419</xdr:row>
+      <xdr:row>424</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>430</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>430</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>425</xdr:row>
+      <xdr:row>432</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>425</xdr:row>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>432</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1332000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>427</xdr:row>
+      <xdr:row>433</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>427</xdr:row>
+      <xdr:row>433</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>428</xdr:row>
+      <xdr:row>435</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>428</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>435</xdr:row>
+      <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId159"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>431</xdr:row>
+      <xdr:row>436</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>431</xdr:row>
+      <xdr:row>436</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId161"/>
+        <a:blip r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>434</xdr:row>
+      <xdr:row>439</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>434</xdr:row>
+      <xdr:row>439</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId162"/>
+        <a:blip r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>435</xdr:row>
+      <xdr:row>440</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>435</xdr:row>
+      <xdr:row>440</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId163"/>
+        <a:blip r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>436</xdr:row>
+      <xdr:row>441</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>436</xdr:row>
+      <xdr:row>441</xdr:row>
       <xdr:rowOff>688860</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="688860"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>442</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>442</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="688860"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F437"/>
+  <dimension ref="A2:F443"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>433</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>439</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>412891</t>
+          <t>639242</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>FLAMESTOP</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F6" s="1" t="inlineStr">
+      <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Tasman Oil Tools Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
-      <c r="A7" s="1" t="inlineStr">
+    <row r="6" customHeight="1" ht="140.0">
+      <c r="A6" s="1" t="inlineStr">
         <is>
           <t>659800</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>TASMAN BITTER</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F7" s="1" t="inlineStr">
+      <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Coles Group Limited</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
-      <c r="A8" s="1" t="inlineStr">
+    <row r="7" customHeight="1" ht="140.0">
+      <c r="A7" s="1" t="inlineStr">
         <is>
           <t>664315</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>TASMAN BEYOND THE WILDERNESS
 BEYOND THE WILDERNESS TASMAN</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F8" s="1" t="inlineStr">
+      <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Coles Group Limited</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
-      <c r="A9" s="1" t="inlineStr">
+    <row r="8" customHeight="1" ht="140.0">
+      <c r="A8" s="1" t="inlineStr">
         <is>
           <t>664998</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F9" s="1" t="inlineStr">
+      <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Coles Group Limited</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
-      <c r="A10" s="1" t="inlineStr">
+    <row r="9" customHeight="1" ht="140.0">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>781864</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>MOOSIES</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F10" s="1" t="inlineStr">
+      <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Tasman Bay Food Co Ltd</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
-      <c r="A11" s="1" t="inlineStr">
+    <row r="10" customHeight="1" ht="140.0">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>938197</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>Tasman Pebble</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F11" s="1" t="inlineStr">
+      <c r="F10" s="1" t="inlineStr">
         <is>
           <t>INTERNATIONAL SPECIALTY AGGREGATES LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
-      <c r="A12" s="1" t="inlineStr">
+    <row r="11" customHeight="1" ht="140.0">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>1066897</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F12" s="1" t="inlineStr">
+      <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Baines Masonary Blocks Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
-      <c r="A13" s="1" t="inlineStr">
+    <row r="12" customHeight="1" ht="140.0">
+      <c r="A12" s="1" t="inlineStr">
         <is>
           <t>1130782</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>Abel Tasman Art Prize</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F13" s="1" t="inlineStr">
+      <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Dutch Australian Society "Abel Tasman" Inc.; Kingborough Council</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
-      <c r="A14" s="1" t="inlineStr">
+    <row r="13" customHeight="1" ht="140.0">
+      <c r="A13" s="1" t="inlineStr">
         <is>
           <t>1137170</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>JUICIES</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F14" s="1" t="inlineStr">
+      <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Tasman Bay Food Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
-      <c r="A15" s="1" t="inlineStr">
+    <row r="14" customHeight="1" ht="140.0">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1163401</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>BEN LOMOND FROM ARNOLDS HEIGHTS A PART OF TASMANS PARK VAN DIEMENS
 LAND</t>
         </is>
       </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
+        <is>
+          <t>Pipers Brook Vineyard Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" customHeight="1" ht="140.0">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>1187542</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Aktiv</t>
+        </is>
+      </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>7</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>Pipers Brook Vineyard Ltd</t>
-[...3 lines deleted...]
-    <row r="16" customHeight="true" ht="140.0">
+          <t>Tasman Belting Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>1187542</t>
+          <t>1199123</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Aktiv</t>
+          <t>SHARESIGHT YOUR ONLINE SHARE PORTFOLIO MANAGER</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>36</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>Tasman Belting Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="17" customHeight="true" ht="140.0">
+          <t>Tasman IP Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>1199123</t>
+          <t>1212019</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>SHARESIGHT YOUR ONLINE SHARE PORTFOLIO MANAGER</t>
+          <t>ABEL</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>9, 42</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>Tasman IP Limited</t>
-[...3 lines deleted...]
-    <row r="18" customHeight="true" ht="140.0">
+          <t>Tasman Software Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>1212019</t>
+          <t>1212085</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>ABEL</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Tasman Software Limited</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>1212085</t>
+          <t>1281033</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>ABEL</t>
+          <t>RBR</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>9, 42</t>
+          <t>37</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>Tasman Software Limited</t>
-[...3 lines deleted...]
-    <row r="20" customHeight="true" ht="140.0">
+          <t>Mark Tasman Burns</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>1281033</t>
+          <t>1360579</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>RBR</t>
+          <t>TASMANECO FURNITURE FOR LIFE</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>20, 24</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>Mark Tasman Burns</t>
-[...3 lines deleted...]
-    <row r="21" customHeight="true" ht="140.0">
+          <t>Tasman Eco Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>1360579</t>
+          <t>1360839</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>TASMANECO FURNITURE FOR LIFE</t>
+          <t>CHEEKY BUB</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>20, 24</t>
+          <t>20, 24, 25</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>1360839</t>
+          <t>1405544</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>CHEEKY BUB</t>
+          <t/>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>20, 24, 25</t>
+          <t>20, 25, 28</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>1405544</t>
+          <t>1430905</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>PURE FRESH</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>20, 25, 28</t>
+          <t>37</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
-          <t>Tasman Eco Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="24" customHeight="true" ht="140.0">
+          <t>Tasman Henry Turner; Marijke Christina Jacomina Turner</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>1430905</t>
+          <t>1452777</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>PURE FRESH</t>
+          <t>UGG TASMAN AUSTRALIAN SHEEPSKIN</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>Tasman Henry Turner; Marijke Christina Jacomina Turner</t>
-[...3 lines deleted...]
-    <row r="25" customHeight="true" ht="140.0">
+          <t>WINTERWORTH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>1452777</t>
+          <t>1470932</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>UGG TASMAN AUSTRALIAN SHEEPSKIN</t>
+          <t>PACIFIC PEARLS INTERNATIONAL</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>35</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>WINTERWORTH PTY LTD</t>
-[...3 lines deleted...]
-    <row r="26" customHeight="true" ht="140.0">
+          <t>Pacific Tasman Holdings Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>1470932</t>
+          <t>1494894</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>PACIFIC PEARLS INTERNATIONAL</t>
+          <t>Energy Group &amp; Go</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>Pacific Tasman Holdings Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="27" customHeight="true" ht="140.0">
+          <t>Trans Tasman Energy Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>1494894</t>
+          <t>1500663</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Energy Group &amp; Go</t>
+          <t>TRANS TASMAN TEST SERIES TOUCH FOOTBALL AUSTRALIA TOUCH NEW ZEALAND</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>16, 18, 25, 41</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>Trans Tasman Energy Group Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="28" customHeight="true" ht="140.0">
+          <t>Touch Football Australia Inc</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>1500663</t>
+          <t>1528862</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>TRANS TASMAN TEST SERIES TOUCH FOOTBALL AUSTRALIA TOUCH NEW ZEALAND</t>
+          <t>ACIL Tasman</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>16, 18, 25, 41</t>
+          <t>35</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>Touch Football Australia Inc</t>
-[...3 lines deleted...]
-    <row r="29" customHeight="true" ht="140.0">
+          <t>ACIL Allen Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>1528862</t>
+          <t>1566297</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>ACIL Tasman</t>
+          <t>TASMAN ESSENTIALS</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>20, 35</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>ACIL Allen Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="30" customHeight="true" ht="140.0">
+          <t>Tasman Eco Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>1566297</t>
+          <t>1582298</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>TASMAN ESSENTIALS</t>
+          <t>TASMAN WARAJAY</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>20, 35</t>
+          <t>7</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
-          <t>Tasman Eco Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="31" customHeight="true" ht="140.0">
+          <t>MHO Infrastructure Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>1582298</t>
+          <t>1583443</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>TASMAN WARAJAY</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>42</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>MHO Infrastructure Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>1583443</t>
+          <t>1604791</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>TASMAN WARAJAY</t>
+          <t>TRANS-TASMAN BUSINESS CIRCLE</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>16, 35, 41</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
-          <t>MHO Infrastructure Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="33" customHeight="true" ht="140.0">
+          <t>Parrallel Trades Pty Limited Trading as Trans-Tasman Business Circle</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>1604791</t>
+          <t>1604804</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>TRANS-TASMAN BUSINESS CIRCLE</t>
+          <t/>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Parrallel Trades Pty Limited Trading as Trans-Tasman Business Circle</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>1604804</t>
+          <t>1651145</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>TASMAN</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>16, 35, 41</t>
+          <t>15</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
-          <t>Parrallel Trades Pty Limited Trading as Trans-Tasman Business Circle</t>
-[...3 lines deleted...]
-    <row r="35" customHeight="true" ht="140.0">
+          <t>Australis Music Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>1651145</t>
+          <t>1658814</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>TASMAN</t>
+          <t>TASMAN SEA SALT</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>30, 40</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>Australis Music Group Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="36" customHeight="true" ht="140.0">
+          <t>Tasman Sea Salt Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>1658814</t>
+          <t>1660261</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>TASMAN SEA SALT</t>
+          <t>TASMAN SAFETY</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>30, 40</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>Tasman Sea Salt Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="37" customHeight="true" ht="140.0">
+          <t>Endeva Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>1660261</t>
+          <t>1662774</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>TASMAN SAFETY</t>
+          <t>TASMAN AUSTRALIA AUSTRALIAN STYLE</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>18, 25, 27</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
-          <t>Endeva Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="38" customHeight="true" ht="140.0">
+          <t>Winterworth Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>1662774</t>
+          <t>1665423</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>TASMAN AUSTRALIA AUSTRALIAN STYLE</t>
+          <t>KLIP-LOK 700 TASMAN</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>18, 25, 27</t>
+          <t>6</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>Winterworth Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="39" customHeight="true" ht="140.0">
+          <t>BlueScope Steel Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>1665423</t>
+          <t>1679219</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>KLIP-LOK 700 TASMAN</t>
+          <t>TASMAN</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>BlueScope Steel Limited</t>
-[...3 lines deleted...]
-    <row r="40" customHeight="true" ht="140.0">
+          <t>ASSA ABLOY Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>1679219</t>
+          <t>1747010</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>TASMAN</t>
+          <t>Tasman Underwriting</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>36</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>ASSA ABLOY Australia Pty Limited</t>
-[...3 lines deleted...]
-    <row r="41" customHeight="true" ht="140.0">
+          <t>IBL LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>1694029</t>
+          <t>1747427</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>YOU'RE IN SAFE HANDS WITH NORTH STAR HOLIDAY RESORT SAFE SERVICE 10/10
-AMBIENCE 9/10 FACILITIES 10/10 ENVIRONMENT 10/10</t>
+          <t>TASMAN TANKS</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Expired renewal possible</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>41, 43</t>
+          <t>6, 37</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
-          <t>Tasman Tourism Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="42" customHeight="true" ht="140.0">
+          <t>TANK SERVICES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>1703988</t>
+          <t>1757380</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>AQUALITE</t>
+          <t>TASMAN</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Expired renewal possible</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>25, 27</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
-          <t>Tasman Marine Limited</t>
-[...3 lines deleted...]
-    <row r="43" customHeight="true" ht="140.0">
+          <t>Winterworth Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>1747010</t>
+          <t>1797495</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Tasman Underwriting</t>
+          <t>TASMAN</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Winterworth Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>1800280</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Tasman AUS</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Winterworth Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>1800281</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Tasman AUS UGG</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Winterworth Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>1800282</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>UGG Tasman AUS</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Winterworth Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>1801380</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>ABEL TASMAN</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D44" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Casella Wines Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>1820077</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>YOUR DRINK FOR LIFE</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D45" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Henry Turner; Marijke Christina Jacomina Turner</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>1833965</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>THE TASMAN HOBART</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D46" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>MTAA SUPERANNUATION FUND (SPIRIT FINANCE CORPORATION) PROPERTY PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>1834326</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>Trans Tasman Print</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D47" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 16, 19</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>IMPERIUM CAPITAL GROUP PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="1" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>1836227</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>TTP</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D48" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 16, 17, 19</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>IMPERIUM CAPITAL GROUP PTY LTD; Trans Tasman Print Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>1843428</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>THE TASMAN HOBART</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D49" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>MTAA SUPERANNUATION FUND (SPIRIT FINANCE CORPORATION) PROPERTY PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>1845135</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>House of Dim Sum</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D51" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Chenry Holdings PTY LTD The Trustee for Tasman Foods International Unit Trust</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>1848171</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>WINNOVATION</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D52" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 41</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Parrallel Trades Pty Limited Trading as Trans-Tasman Business Circle</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>1851251</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>THE SUPERHERO WALK W</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D53" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Cassim</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>1851317</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>SHARESIGHT</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D54" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 36, 42</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Tasman IP Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>1890738</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN GROUP</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D55" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>36, 37</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN GROUP HOLDING PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>1890768</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN GROUP</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D56" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN GROUP HOLDING PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>1891871</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D57" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Australis Music Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>1891872</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN GUITAR CO.</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D58" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Australis Music Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>1899153</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN TANKS</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D59" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>6, 37</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>TANK SERVICES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>1899999</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Source</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D60" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Source Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>1914503</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>Tasman AUS</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D61" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Winterworth Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>1945277</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D62" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Vbreathe Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>1960194</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>OUR NEXT CIRCLE</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D63" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 41</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Parrallel Trades Pty Limited (trading as Trans-Tasman Business Circle)</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>1967943</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN BUTCHERS</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D64" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>29, 35</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>88 Fit-Outs Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>1967944</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN MARKET FRESH MEATS</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D65" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>29, 35</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>88 Fit-Outs Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>1999223</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>LIAN</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D66" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN FOODS INTERNATIONAL PTY LTD as trustee for Tasman Foods International Unit Trust</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>2026154</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>Gardeners Friend</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D67" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>20, 44</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>TRANS TASMAN MARKETING PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>2036322</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>Ironhouse Tasman Whisky</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D68" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>DELTA HYDRAULICS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>2053681</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>likefu</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D69" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>AUSTRALIA TASMAN GROUP PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>2059421</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>K. KRADELLE. THE BIRTH OF LIFE</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D70" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>20, 35, 42</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Eco Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>2071058</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN COSMETICS</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D71" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>jarryd pretorius</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>2071100</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>TRANS TASMAN TARMAC RALLY CHAMPIONSHIP</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D72" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Peter Washington</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>2076399</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>ADVENTURE THINKING NAVIGATE THE UNKNOWN</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D73" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Trans Tasman Kayak Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>2081587</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D74" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>9, 11</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Vbreathe Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>2095791</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>TRANS-TASMAN BADMINTON LEAGUE</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D75" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>BADMINTON AUSTRALIA LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>2108875</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>CHEEKY BUB</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F75" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>10, 20, 21, 24, 35</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="76" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D76" s="1" t="inlineStr">
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>2117557</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>BlueHalo</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D77" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>9, 40, 42</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Environmental Markets Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>2117560</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>B BLUEHALO</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D78" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>9, 40, 42</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Environmental Markets Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>2142593</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>LIVING TASMAN ECO</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D79" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>11, 16, 20, 21, 24, 27, 35</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Eco Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>2142594</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>LIVING TASMAN ECO</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D80" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>11, 16, 20, 21, 24, 27, 35</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Eco Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>2221340</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN ECO</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D81" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>11, 20, 21, 24, 28, 35</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Eco Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>2221341</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN ECO</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F81" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>11, 20, 21, 24, 28, 35</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="82" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D82" s="1" t="inlineStr">
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>2228293</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>TC MOTORSPORT AUSTRALIA TASMAN CUP</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D83" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>CONFEDERATION OF AUSTRALIAN MOTOR SPORT LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="1" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>2235779</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>BLUEHALO</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>9, 40, 42</t>
         </is>
       </c>
-      <c r="F83" s="1" t="inlineStr">
+      <c r="F86" s="1" t="inlineStr">
         <is>
           <t>Tasman Environmental Markets Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="84" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D84" s="1" t="inlineStr">
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>2279713</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN FRESH</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D85" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Fresh Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>2319038</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>TEM</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D86" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>39, 40</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Environmental Markets Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>2335986</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>Wild Tasman</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D87" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 35</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>Abalone World Gold Coast Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>2361135</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>2364017</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>LIAN VIETNAMESE</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D88" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods international PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>2372139</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN SAUNAS</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D89" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>Dylan Mason</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>2387965</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN CUSTOMS BROKERS</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D90" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>35, 36, 39, 42</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>PLATINUM FREIGHT MANAGEMENT PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>2452055</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN SEAFOODS</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D91" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Foods International Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>2507464</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Tissue</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D92" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>Maria Cristina Marin Riffo</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="1" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>2526620</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>FROM FARM TO TABLE TASMAN'S FINE FOOD</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D94" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods international Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="1" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>2526621</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>ROYAL TANDOOR INDIAN CUISINE</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D95" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods international Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="1" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>2526792</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>velora</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F95" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D96" s="1" t="inlineStr">
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN GLOBAL PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="1" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>2528521</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>UGG TASMAN AUS</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D97" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>WINTERWORTH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="1" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>2528522</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>UGG AUSTRALIA TASMAN</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D98" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>25, 35</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>WINTERWORTH PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="1" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>2539755</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>ROYAL DUCK</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D99" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods international Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="1" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>2539955</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>Spring Bites</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D100" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods international Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="1" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>2539960</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>Shira Nui</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods international Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="1" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>2541484</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>NutriGo</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>5, 30</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods International Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="1" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>2547403</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>SEENA</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>18, 20, 24, 35</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Eco Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>2556396</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN PARKER'S BEACH CAMPSITE</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>Triste Bryan</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>2494049</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN EXCAVATIONS</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>37, 39</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Excavations Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>2506833</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>THE TROPICAL FRUIT CO.</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>29, 31</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Foods International Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>2541497</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>Bliss Bites</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D101" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>Tasman foods international</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" customHeight="1" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>2549482</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>Support Solutions Group, Townsville Support Solutions, Adelaide City Support Solutions, Tasman Support Solutions</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D102" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>Support Solutions group PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>2552000</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN RING NETWORK</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
-[...245 lines deleted...]
-      <c r="D111" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>9, 37, 38</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>DATAGRID NEW ZEALAND LIMITED PARTNERSHIP</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>2557129</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Selection</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D112" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>The One Australia And New Zealand Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>2597564</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Lite</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
-[...24 lines deleted...]
-      <c r="D113" s="1" t="inlineStr">
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>K CARE HEALTHCARE SOLUTIONS PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>2601844</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Capital Partners</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D114" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Capital Investments (Australia) Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>2602317</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Capital Investments</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D115" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Capital Investments (Australia) Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>2604044</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>Voke</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D116" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Vision Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>2619755</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN CIVIL</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Published:
-Under examination</t>
-[...14 lines deleted...]
-      <c r="A117" s="1" t="inlineStr">
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>Morrison Wall Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="1" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>2629223</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>2ndO</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 42, 44</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN RADIATION ONCOLOGY PTY LTD ASTRUSTEE FOR AWAD'S TRUST</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
         <is>
           <t>10750</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F117" s="1" t="inlineStr">
+      <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Norske Skog Tasman Limited</t>
         </is>
       </c>
     </row>
-    <row r="118" customHeight="true" ht="140.0">
-      <c r="A118" s="1" t="inlineStr">
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
         <is>
           <t>138050</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>ABEL TASMAN</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
-      <c r="F118" s="1" t="inlineStr">
+      <c r="F120" s="1" t="inlineStr">
         <is>
           <t>American Cigarette Company (Overseas) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="119" customHeight="true" ht="140.0">
-      <c r="A119" s="1" t="inlineStr">
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
         <is>
           <t>168957</t>
         </is>
       </c>
-      <c r="C119" s="1" t="inlineStr">
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F119" s="1" t="inlineStr">
+      <c r="F121" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="120" customHeight="true" ht="140.0">
-      <c r="A120" s="1" t="inlineStr">
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
         <is>
           <t>168959</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F120" s="1" t="inlineStr">
+      <c r="F122" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="121" customHeight="true" ht="140.0">
-      <c r="A121" s="1" t="inlineStr">
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
         <is>
           <t>168963</t>
         </is>
       </c>
-      <c r="C121" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F121" s="1" t="inlineStr">
+      <c r="F123" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="122" customHeight="true" ht="140.0">
-      <c r="A122" s="1" t="inlineStr">
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
         <is>
           <t>168964</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F122" s="1" t="inlineStr">
+      <c r="F124" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="123" customHeight="true" ht="140.0">
-      <c r="A123" s="1" t="inlineStr">
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
         <is>
           <t>171061</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F123" s="1" t="inlineStr">
+      <c r="F125" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="124" customHeight="true" ht="140.0">
-      <c r="A124" s="1" t="inlineStr">
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
         <is>
           <t>173979</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F124" s="1" t="inlineStr">
+      <c r="F126" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="125" customHeight="true" ht="140.0">
-      <c r="A125" s="1" t="inlineStr">
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
         <is>
           <t>178063</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>PODIVAX</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>ICI Tasman Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="126" customHeight="true" ht="140.0">
-      <c r="A126" s="1" t="inlineStr">
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
         <is>
           <t>188494</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>ABEL TASMAN
 BIANCA
 RON SUPERFINO</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F126" s="1" t="inlineStr">
+      <c r="F128" s="1" t="inlineStr">
         <is>
           <t>The Tasman Spirits Co.</t>
         </is>
       </c>
     </row>
-    <row r="127" customHeight="true" ht="140.0">
-      <c r="A127" s="1" t="inlineStr">
+    <row r="129" customHeight="1" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
         <is>
           <t>259482</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F127" s="1" t="inlineStr">
+      <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Induschem Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="128" customHeight="true" ht="140.0">
-      <c r="A128" s="1" t="inlineStr">
+    <row r="130" customHeight="1" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
         <is>
           <t>259483</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F128" s="1" t="inlineStr">
+      <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Induschem Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="129" customHeight="true" ht="140.0">
-      <c r="A129" s="1" t="inlineStr">
+    <row r="131" customHeight="1" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
         <is>
           <t>272424</t>
         </is>
       </c>
-      <c r="C129" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>44 CLUB FORTY FOUR CLUB</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F129" s="1" t="inlineStr">
+      <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Tasman Spirits Co.</t>
         </is>
       </c>
     </row>
-    <row r="130" customHeight="true" ht="140.0">
-      <c r="A130" s="1" t="inlineStr">
+    <row r="132" customHeight="1" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
         <is>
           <t>282093</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>KLEENITE</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F130" s="1" t="inlineStr">
+      <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="131" customHeight="true" ht="140.0">
-      <c r="A131" s="1" t="inlineStr">
+    <row r="133" customHeight="1" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
         <is>
           <t>332791</t>
         </is>
       </c>
-      <c r="C131" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>FAT</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F131" s="1" t="inlineStr">
+      <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="132" customHeight="true" ht="140.0">
-      <c r="A132" s="1" t="inlineStr">
+    <row r="134" customHeight="1" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
         <is>
           <t>345178</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>CHESTER
 C</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F132" s="1" t="inlineStr">
+      <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="133" customHeight="true" ht="140.0">
-      <c r="A133" s="1" t="inlineStr">
+    <row r="135" customHeight="1" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
         <is>
           <t>381646</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>LIKE MAGIC</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F133" s="1" t="inlineStr">
+      <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="134" customHeight="true" ht="140.0">
-      <c r="A134" s="1" t="inlineStr">
+    <row r="136" customHeight="1" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
         <is>
           <t>391273</t>
         </is>
       </c>
-      <c r="C134" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>RFL</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F134" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>R.F.L. Trans-Tasman Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="135" customHeight="true" ht="140.0">
-      <c r="A135" s="1" t="inlineStr">
+    <row r="137" customHeight="1" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
         <is>
           <t>399500</t>
         </is>
       </c>
-      <c r="C135" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>INSUL-CLIP</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F135" s="1" t="inlineStr">
+      <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="136" customHeight="true" ht="140.0">
-      <c r="A136" s="1" t="inlineStr">
+    <row r="138" customHeight="1" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
         <is>
           <t>399614</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C138" s="1" t="inlineStr">
         <is>
           <t>ARMAFOIL</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F136" s="1" t="inlineStr">
+      <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="137" customHeight="true" ht="140.0">
-      <c r="A137" s="1" t="inlineStr">
+    <row r="139" customHeight="1" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
         <is>
           <t>399615</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>ARMAFOIL</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F137" s="1" t="inlineStr">
+      <c r="F139" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="138" customHeight="true" ht="140.0">
-      <c r="A138" s="1" t="inlineStr">
+    <row r="140" customHeight="1" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
         <is>
           <t>411868</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>CHESTER GENTLE
 C</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F138" s="1" t="inlineStr">
+      <c r="F140" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="139" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D139" s="1" t="inlineStr">
+    <row r="141" customHeight="1" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>412891</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>FLAMESTOP</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F139" s="1" t="inlineStr">
+      <c r="F141" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="140" customHeight="true" ht="140.0">
-      <c r="A140" s="1" t="inlineStr">
+    <row r="142" customHeight="1" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>429916</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>HARVI-FOIL</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Insulation New Zealand Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="1" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
         <is>
           <t>441153</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t>PERFLO
 CHESTER
 C</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F140" s="1" t="inlineStr">
+      <c r="F143" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="141" customHeight="true" ht="140.0">
-      <c r="A141" s="1" t="inlineStr">
+    <row r="144" customHeight="1" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
         <is>
           <t>441154</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t>SUPER WASH
 CHESTER
 C</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F141" s="1" t="inlineStr">
+      <c r="F144" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="142" customHeight="true" ht="140.0">
-      <c r="A142" s="1" t="inlineStr">
+    <row r="145" customHeight="1" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
         <is>
           <t>441155</t>
         </is>
       </c>
-      <c r="C142" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>KLEENFLO
 CHESTER
 C</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F142" s="1" t="inlineStr">
+      <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="143" customHeight="true" ht="140.0">
-      <c r="A143" s="1" t="inlineStr">
+    <row r="146" customHeight="1" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
         <is>
           <t>464062</t>
         </is>
       </c>
-      <c r="C143" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>BITUMAC</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F143" s="1" t="inlineStr">
+      <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="144" customHeight="true" ht="140.0">
-      <c r="A144" s="1" t="inlineStr">
+    <row r="147" customHeight="1" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
         <is>
           <t>481447</t>
         </is>
       </c>
-      <c r="C144" s="1" t="inlineStr">
+      <c r="C147" s="1" t="inlineStr">
         <is>
           <t>ABEL TASMAN
 AUSTRALIAN QUALITY WINES</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F144" s="1" t="inlineStr">
+      <c r="F147" s="1" t="inlineStr">
         <is>
           <t>Small World Import &amp; Export Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="145" customHeight="true" ht="140.0">
-      <c r="A145" s="1" t="inlineStr">
+    <row r="148" customHeight="1" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
         <is>
           <t>483156</t>
         </is>
       </c>
-      <c r="C145" s="1" t="inlineStr">
+      <c r="C148" s="1" t="inlineStr">
         <is>
           <t>FLEX-AIRE</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F145" s="1" t="inlineStr">
+      <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="146" customHeight="true" ht="140.0">
-      <c r="A146" s="1" t="inlineStr">
+    <row r="149" customHeight="1" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
         <is>
           <t>485177</t>
         </is>
       </c>
-      <c r="C146" s="1" t="inlineStr">
+      <c r="C149" s="1" t="inlineStr">
         <is>
           <t>OLIVERI INDUSTRIES</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F146" s="1" t="inlineStr">
+      <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="147" customHeight="true" ht="140.0">
-      <c r="A147" s="1" t="inlineStr">
+    <row r="150" customHeight="1" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
         <is>
           <t>485178</t>
         </is>
       </c>
-      <c r="C147" s="1" t="inlineStr">
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>OLIVERI INDUSTRIES</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F147" s="1" t="inlineStr">
+      <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="148" customHeight="true" ht="140.0">
-      <c r="A148" s="1" t="inlineStr">
+    <row r="151" customHeight="1" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
         <is>
           <t>485179</t>
         </is>
       </c>
-      <c r="C148" s="1" t="inlineStr">
+      <c r="C151" s="1" t="inlineStr">
         <is>
           <t>OLIVERI INDUSTRIES</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F148" s="1" t="inlineStr">
+      <c r="F151" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="149" customHeight="true" ht="140.0">
-      <c r="A149" s="1" t="inlineStr">
+    <row r="152" customHeight="1" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
         <is>
           <t>487279</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>FLAMESTOP</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F149" s="1" t="inlineStr">
+      <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="150" customHeight="true" ht="140.0">
-      <c r="A150" s="1" t="inlineStr">
+    <row r="153" customHeight="1" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
         <is>
           <t>520461</t>
         </is>
       </c>
-      <c r="C150" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>FLEX-WRAP</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F150" s="1" t="inlineStr">
+      <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="151" customHeight="true" ht="140.0">
-      <c r="A151" s="1" t="inlineStr">
+    <row r="154" customHeight="1" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
         <is>
           <t>536241</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>WALLVISION</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F151" s="1" t="inlineStr">
+      <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Tasman Audiovision Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="152" customHeight="true" ht="140.0">
-      <c r="A152" s="1" t="inlineStr">
+    <row r="155" customHeight="1" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
         <is>
           <t>545086</t>
         </is>
       </c>
-      <c r="C152" s="1" t="inlineStr">
+      <c r="C155" s="1" t="inlineStr">
         <is>
           <t>NATURE'S MATE
 PHOSPHATE TREE
 BIODEGRADABLE</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F152" s="1" t="inlineStr">
+      <c r="F155" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="153" customHeight="true" ht="140.0">
-      <c r="A153" s="1" t="inlineStr">
+    <row r="156" customHeight="1" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
         <is>
           <t>550354</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>TASMAN PRODUCTS</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F153" s="1" t="inlineStr">
+      <c r="F156" s="1" t="inlineStr">
         <is>
           <t>River 2 Sea Shogun Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="154" customHeight="true" ht="140.0">
-      <c r="A154" s="1" t="inlineStr">
+    <row r="157" customHeight="1" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
         <is>
           <t>557102</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F154" s="1" t="inlineStr">
+      <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Tamahine Holdings Limited</t>
         </is>
       </c>
     </row>
-    <row r="155" customHeight="true" ht="140.0">
-      <c r="A155" s="1" t="inlineStr">
+    <row r="158" customHeight="1" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
         <is>
           <t>568266</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C158" s="1" t="inlineStr">
         <is>
           <t>VALUFLEX</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F155" s="1" t="inlineStr">
+      <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="156" customHeight="true" ht="140.0">
-      <c r="A156" s="1" t="inlineStr">
+    <row r="159" customHeight="1" ht="140.0">
+      <c r="A159" s="1" t="inlineStr">
         <is>
           <t>568267</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C159" s="1" t="inlineStr">
         <is>
           <t>POLYFLEX</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F156" s="1" t="inlineStr">
+      <c r="F159" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="157" customHeight="true" ht="140.0">
-      <c r="A157" s="1" t="inlineStr">
+    <row r="160" customHeight="1" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
         <is>
           <t>568268</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C160" s="1" t="inlineStr">
         <is>
           <t>FIREFLEX</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F157" s="1" t="inlineStr">
+      <c r="F160" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="158" customHeight="true" ht="140.0">
-      <c r="A158" s="1" t="inlineStr">
+    <row r="161" customHeight="1" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
         <is>
           <t>570763</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C161" s="1" t="inlineStr">
         <is>
           <t>CAPITAL PUNISHMENT</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F158" s="1" t="inlineStr">
+      <c r="F161" s="1" t="inlineStr">
         <is>
           <t>Dr. Marcus Tasman Walker</t>
         </is>
       </c>
     </row>
-    <row r="159" customHeight="true" ht="140.0">
-      <c r="A159" s="1" t="inlineStr">
+    <row r="162" customHeight="1" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
         <is>
           <t>570764</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>CAPITAL PUNISHMENT</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F159" s="1" t="inlineStr">
+      <c r="F162" s="1" t="inlineStr">
         <is>
           <t>Dr. Marcus Tasman Walker</t>
         </is>
       </c>
     </row>
-    <row r="160" customHeight="true" ht="140.0">
-      <c r="A160" s="1" t="inlineStr">
+    <row r="163" customHeight="1" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
         <is>
           <t>570817</t>
         </is>
       </c>
-      <c r="C160" s="1" t="inlineStr">
+      <c r="C163" s="1" t="inlineStr">
         <is>
           <t>INSUL-SAFE
 INSULSAFE</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F160" s="1" t="inlineStr">
+      <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="161" customHeight="true" ht="140.0">
-      <c r="A161" s="1" t="inlineStr">
+    <row r="164" customHeight="1" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
         <is>
           <t>583524</t>
         </is>
       </c>
-      <c r="C161" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>WAREHOUSE</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F161" s="1" t="inlineStr">
+      <c r="F164" s="1" t="inlineStr">
         <is>
           <t>Donald Stuart Walker; Marcus Tasman Walker</t>
         </is>
       </c>
     </row>
-    <row r="162" customHeight="true" ht="140.0">
-      <c r="A162" s="1" t="inlineStr">
+    <row r="165" customHeight="1" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
         <is>
           <t>583525</t>
         </is>
       </c>
-      <c r="C162" s="1" t="inlineStr">
+      <c r="C165" s="1" t="inlineStr">
         <is>
           <t>WAREHOUSE</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F162" s="1" t="inlineStr">
+      <c r="F165" s="1" t="inlineStr">
         <is>
           <t>Donald Stuart Walker; Marcus Tasman Walker</t>
         </is>
       </c>
     </row>
-    <row r="163" customHeight="true" ht="140.0">
-      <c r="A163" s="1" t="inlineStr">
+    <row r="166" customHeight="1" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
         <is>
           <t>586701</t>
         </is>
       </c>
-      <c r="C163" s="1" t="inlineStr">
+      <c r="C166" s="1" t="inlineStr">
         <is>
           <t>COMFORT ZONE</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F163" s="1" t="inlineStr">
+      <c r="F166" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="164" customHeight="true" ht="140.0">
-      <c r="A164" s="1" t="inlineStr">
+    <row r="167" customHeight="1" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
         <is>
           <t>588174</t>
         </is>
       </c>
-      <c r="C164" s="1" t="inlineStr">
+      <c r="C167" s="1" t="inlineStr">
         <is>
           <t>INSUL WALL
 INSULWALL
 INSUL-WALL</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F164" s="1" t="inlineStr">
+      <c r="F167" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="165" customHeight="true" ht="140.0">
-      <c r="A165" s="1" t="inlineStr">
+    <row r="168" customHeight="1" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
         <is>
           <t>588176</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>INSUL BLOC
 INSULBLOC
 INSUL-BLOC</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F165" s="1" t="inlineStr">
+      <c r="F168" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="166" customHeight="true" ht="140.0">
-      <c r="A166" s="1" t="inlineStr">
+    <row r="169" customHeight="1" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
         <is>
           <t>589325</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C169" s="1" t="inlineStr">
         <is>
           <t>ROYAL TASMAN</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F166" s="1" t="inlineStr">
+      <c r="F169" s="1" t="inlineStr">
         <is>
           <t>NZDF Brands Limited</t>
         </is>
       </c>
     </row>
-    <row r="167" customHeight="true" ht="140.0">
-      <c r="A167" s="1" t="inlineStr">
+    <row r="170" customHeight="1" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
         <is>
           <t>595884</t>
         </is>
       </c>
-      <c r="C167" s="1" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>MINK</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F167" s="1" t="inlineStr">
+      <c r="F170" s="1" t="inlineStr">
         <is>
           <t>Tasman Pulp and Paper Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="168" customHeight="true" ht="140.0">
-      <c r="A168" s="1" t="inlineStr">
+    <row r="171" customHeight="1" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
         <is>
           <t>595886</t>
         </is>
       </c>
-      <c r="C168" s="1" t="inlineStr">
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>HI-BRITE</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F168" s="1" t="inlineStr">
+      <c r="F171" s="1" t="inlineStr">
         <is>
           <t>Tasman Pulp and Paper Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="169" customHeight="true" ht="140.0">
-      <c r="A169" s="1" t="inlineStr">
+    <row r="172" customHeight="1" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
         <is>
           <t>619138</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C172" s="1" t="inlineStr">
         <is>
           <t>INSULCO WHITE-COAT FOIL INSULATION
 INSULCO WHITE-COTE FOIL INSULATION</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F169" s="1" t="inlineStr">
+      <c r="F172" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="170" customHeight="true" ht="140.0">
-      <c r="A170" s="1" t="inlineStr">
+    <row r="173" customHeight="1" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
         <is>
           <t>619139</t>
         </is>
       </c>
-      <c r="C170" s="1" t="inlineStr">
+      <c r="C173" s="1" t="inlineStr">
         <is>
           <t>INSULCO POLY WHITE FOIL INSULATION</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F170" s="1" t="inlineStr">
+      <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="171" customHeight="true" ht="140.0">
-      <c r="A171" s="1" t="inlineStr">
+    <row r="174" customHeight="1" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
         <is>
           <t>621043</t>
         </is>
       </c>
-      <c r="C171" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>ABEL TASMAN</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F171" s="1" t="inlineStr">
+      <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Anzac Travel Inc.</t>
         </is>
       </c>
     </row>
-    <row r="172" customHeight="true" ht="140.0">
-      <c r="A172" s="1" t="inlineStr">
+    <row r="175" customHeight="1" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
         <is>
           <t>621961</t>
         </is>
       </c>
-      <c r="C172" s="1" t="inlineStr">
+      <c r="C175" s="1" t="inlineStr">
         <is>
           <t>S TASMAN BAY</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F172" s="1" t="inlineStr">
+      <c r="F175" s="1" t="inlineStr">
         <is>
           <t>Southern Ocean Seafoods Limited</t>
         </is>
       </c>
     </row>
-    <row r="173" customHeight="true" ht="140.0">
-      <c r="A173" s="1" t="inlineStr">
+    <row r="176" customHeight="1" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
         <is>
           <t>632974</t>
         </is>
       </c>
-      <c r="C173" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>SONOBLUE</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F173" s="1" t="inlineStr">
+      <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="174" customHeight="true" ht="140.0">
-      <c r="A174" s="1" t="inlineStr">
+    <row r="177" customHeight="1" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
         <is>
           <t>632975</t>
         </is>
       </c>
-      <c r="C174" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>THERMOBLUE</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F174" s="1" t="inlineStr">
+      <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="175" customHeight="true" ht="140.0">
-      <c r="A175" s="1" t="inlineStr">
+    <row r="178" customHeight="1" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
         <is>
           <t>633216</t>
         </is>
       </c>
-      <c r="C175" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>THERMOLOC</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F175" s="1" t="inlineStr">
+      <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="176" customHeight="true" ht="140.0">
-      <c r="A176" s="1" t="inlineStr">
+    <row r="179" customHeight="1" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
         <is>
           <t>633217</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>INSULAIR
 INSUL-AIR</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F176" s="1" t="inlineStr">
+      <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="177" customHeight="true" ht="140.0">
-      <c r="A177" s="1" t="inlineStr">
+    <row r="180" customHeight="1" ht="140.0">
+      <c r="A180" s="1" t="inlineStr">
         <is>
           <t>633218</t>
         </is>
       </c>
-      <c r="C177" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>INSULAIR
 INSUL-AIR</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F177" s="1" t="inlineStr">
+      <c r="F180" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="178" customHeight="true" ht="140.0">
-      <c r="A178" s="1" t="inlineStr">
+    <row r="181" customHeight="1" ht="140.0">
+      <c r="A181" s="1" t="inlineStr">
         <is>
           <t>633219</t>
         </is>
       </c>
-      <c r="C178" s="1" t="inlineStr">
+      <c r="C181" s="1" t="inlineStr">
         <is>
           <t>INSULAIR
 INSUL-AIR</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F178" s="1" t="inlineStr">
+      <c r="F181" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="179" customHeight="true" ht="140.0">
-      <c r="A179" s="1" t="inlineStr">
+    <row r="182" customHeight="1" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
         <is>
           <t>635672</t>
         </is>
       </c>
-      <c r="C179" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>UDDER-WISE</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F179" s="1" t="inlineStr">
+      <c r="F182" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="180" customHeight="true" ht="140.0">
-      <c r="A180" s="1" t="inlineStr">
+    <row r="183" customHeight="1" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
         <is>
           <t>636940</t>
         </is>
       </c>
-      <c r="C180" s="1" t="inlineStr">
+      <c r="C183" s="1" t="inlineStr">
         <is>
           <t>ORBIT</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F180" s="1" t="inlineStr">
+      <c r="F183" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="181" customHeight="true" ht="140.0">
-      <c r="A181" s="1" t="inlineStr">
+    <row r="184" customHeight="1" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
         <is>
           <t>645501</t>
         </is>
       </c>
-      <c r="C181" s="1" t="inlineStr">
+      <c r="C184" s="1" t="inlineStr">
         <is>
           <t>TASMAN TIMEFRAME</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F181" s="1" t="inlineStr">
+      <c r="F184" s="1" t="inlineStr">
         <is>
           <t>Carter Holt Harvey Limited</t>
         </is>
       </c>
     </row>
-    <row r="182" customHeight="true" ht="140.0">
-      <c r="A182" s="1" t="inlineStr">
+    <row r="185" customHeight="1" ht="140.0">
+      <c r="A185" s="1" t="inlineStr">
         <is>
           <t>654201</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C185" s="1" t="inlineStr">
         <is>
           <t>TELERESORT</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
-      <c r="F182" s="1" t="inlineStr">
+      <c r="F185" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="183" customHeight="true" ht="140.0">
-      <c r="A183" s="1" t="inlineStr">
+    <row r="186" customHeight="1" ht="140.0">
+      <c r="A186" s="1" t="inlineStr">
         <is>
           <t>654387</t>
         </is>
       </c>
-      <c r="C183" s="1" t="inlineStr">
+      <c r="C186" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F183" s="1" t="inlineStr">
+      <c r="F186" s="1" t="inlineStr">
         <is>
           <t>Liquorland (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="184" customHeight="true" ht="140.0">
-      <c r="A184" s="1" t="inlineStr">
+    <row r="187" customHeight="1" ht="140.0">
+      <c r="A187" s="1" t="inlineStr">
         <is>
           <t>654388</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C187" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F184" s="1" t="inlineStr">
+      <c r="F187" s="1" t="inlineStr">
         <is>
           <t>Liquorland (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="185" customHeight="true" ht="140.0">
-      <c r="A185" s="1" t="inlineStr">
+    <row r="188" customHeight="1" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
         <is>
           <t>654390</t>
         </is>
       </c>
-      <c r="C185" s="1" t="inlineStr">
+      <c r="C188" s="1" t="inlineStr">
         <is>
           <t>TASMAN TRADITIONAL BITTER</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F185" s="1" t="inlineStr">
+      <c r="F188" s="1" t="inlineStr">
         <is>
           <t>Liquorland (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="186" customHeight="true" ht="140.0">
-      <c r="A186" s="1" t="inlineStr">
+    <row r="189" customHeight="1" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
         <is>
           <t>654391</t>
         </is>
       </c>
-      <c r="C186" s="1" t="inlineStr">
+      <c r="C189" s="1" t="inlineStr">
         <is>
           <t>TASMAN SPECIAL BITTER</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F186" s="1" t="inlineStr">
+      <c r="F189" s="1" t="inlineStr">
         <is>
           <t>Liquorland (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="187" customHeight="true" ht="140.0">
-      <c r="A187" s="1" t="inlineStr">
+    <row r="190" customHeight="1" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
         <is>
           <t>654392</t>
         </is>
       </c>
-      <c r="C187" s="1" t="inlineStr">
+      <c r="C190" s="1" t="inlineStr">
         <is>
           <t>TASMAN COLD FILTERED BITTER</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F187" s="1" t="inlineStr">
+      <c r="F190" s="1" t="inlineStr">
         <is>
           <t>Liquorland (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="188" customHeight="true" ht="140.0">
-      <c r="A188" s="1" t="inlineStr">
+    <row r="191" customHeight="1" ht="140.0">
+      <c r="A191" s="1" t="inlineStr">
         <is>
           <t>654393</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C191" s="1" t="inlineStr">
         <is>
           <t>TASMAN DEEP FREEZE</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F188" s="1" t="inlineStr">
+      <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Liquorland (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="189" customHeight="true" ht="140.0">
-      <c r="A189" s="1" t="inlineStr">
+    <row r="192" customHeight="1" ht="140.0">
+      <c r="A192" s="1" t="inlineStr">
         <is>
           <t>654740</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C192" s="1" t="inlineStr">
         <is>
           <t>TASMAN ICE</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F189" s="1" t="inlineStr">
+      <c r="F192" s="1" t="inlineStr">
         <is>
           <t>Liquorland (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="190" customHeight="true" ht="140.0">
-      <c r="A190" s="1" t="inlineStr">
+    <row r="193" customHeight="1" ht="140.0">
+      <c r="A193" s="1" t="inlineStr">
         <is>
           <t>663010</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C193" s="1" t="inlineStr">
         <is>
           <t>TASMAN
 TASMAN 100</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F190" s="1" t="inlineStr">
+      <c r="F193" s="1" t="inlineStr">
         <is>
           <t>ASX Operations Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="191" customHeight="true" ht="140.0">
-      <c r="A191" s="1" t="inlineStr">
+    <row r="194" customHeight="1" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
         <is>
           <t>666754</t>
         </is>
       </c>
-      <c r="C191" s="1" t="inlineStr">
+      <c r="C194" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>6, 19</t>
         </is>
       </c>
-      <c r="F191" s="1" t="inlineStr">
+      <c r="F194" s="1" t="inlineStr">
         <is>
           <t>Tasman Access Floors Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="192" customHeight="true" ht="140.0">
-      <c r="A192" s="1" t="inlineStr">
+    <row r="195" customHeight="1" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
         <is>
           <t>679368</t>
         </is>
       </c>
-      <c r="C192" s="1" t="inlineStr">
+      <c r="C195" s="1" t="inlineStr">
         <is>
           <t>INSULCO JUMBO</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F192" s="1" t="inlineStr">
+      <c r="F195" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="193" customHeight="true" ht="140.0">
-      <c r="A193" s="1" t="inlineStr">
+    <row r="196" customHeight="1" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
         <is>
           <t>679369</t>
         </is>
       </c>
-      <c r="C193" s="1" t="inlineStr">
+      <c r="C196" s="1" t="inlineStr">
         <is>
           <t>INSULCO JUMBO FAT</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F193" s="1" t="inlineStr">
+      <c r="F196" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="194" customHeight="true" ht="140.0">
-      <c r="A194" s="1" t="inlineStr">
+    <row r="197" customHeight="1" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
         <is>
           <t>680072</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>14DATE</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
-      <c r="F194" s="1" t="inlineStr">
+      <c r="F197" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="195" customHeight="true" ht="140.0">
-      <c r="A195" s="1" t="inlineStr">
+    <row r="198" customHeight="1" ht="140.0">
+      <c r="A198" s="1" t="inlineStr">
         <is>
           <t>680073</t>
         </is>
       </c>
-      <c r="C195" s="1" t="inlineStr">
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>14FILM</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
-      <c r="F195" s="1" t="inlineStr">
+      <c r="F198" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="196" customHeight="true" ht="140.0">
-      <c r="A196" s="1" t="inlineStr">
+    <row r="199" customHeight="1" ht="140.0">
+      <c r="A199" s="1" t="inlineStr">
         <is>
           <t>701658</t>
         </is>
       </c>
-      <c r="C196" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>TRANS TASMAN DELMAS LINE</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F196" s="1" t="inlineStr">
+      <c r="F199" s="1" t="inlineStr">
         <is>
           <t>Delmas New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="197" customHeight="true" ht="140.0">
-      <c r="A197" s="1" t="inlineStr">
+    <row r="200" customHeight="1" ht="140.0">
+      <c r="A200" s="1" t="inlineStr">
         <is>
           <t>710988</t>
         </is>
       </c>
-      <c r="C197" s="1" t="inlineStr">
+      <c r="C200" s="1" t="inlineStr">
         <is>
           <t>INSULCO BRIGHTLIGHT</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F197" s="1" t="inlineStr">
+      <c r="F200" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="198" customHeight="true" ht="140.0">
-      <c r="A198" s="1" t="inlineStr">
+    <row r="201" customHeight="1" ht="140.0">
+      <c r="A201" s="1" t="inlineStr">
         <is>
           <t>734692</t>
         </is>
       </c>
-      <c r="C198" s="1" t="inlineStr">
+      <c r="C201" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F198" s="1" t="inlineStr">
+      <c r="F201" s="1" t="inlineStr">
         <is>
           <t>Konami Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="199" customHeight="true" ht="140.0">
-      <c r="A199" s="1" t="inlineStr">
+    <row r="202" customHeight="1" ht="140.0">
+      <c r="A202" s="1" t="inlineStr">
         <is>
           <t>745178</t>
         </is>
       </c>
-      <c r="C199" s="1" t="inlineStr">
+      <c r="C202" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F199" s="1" t="inlineStr">
+      <c r="F202" s="1" t="inlineStr">
         <is>
           <t>Wang Bros International Trade Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="200" customHeight="true" ht="140.0">
-      <c r="A200" s="1" t="inlineStr">
+    <row r="203" customHeight="1" ht="140.0">
+      <c r="A203" s="1" t="inlineStr">
         <is>
           <t>745427</t>
         </is>
       </c>
-      <c r="C200" s="1" t="inlineStr">
+      <c r="C203" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>3, 5, 29</t>
         </is>
       </c>
-      <c r="F200" s="1" t="inlineStr">
+      <c r="F203" s="1" t="inlineStr">
         <is>
           <t>Deep Sea Oils Limited</t>
         </is>
       </c>
     </row>
-    <row r="201" customHeight="true" ht="140.0">
-      <c r="A201" s="1" t="inlineStr">
+    <row r="204" customHeight="1" ht="140.0">
+      <c r="A204" s="1" t="inlineStr">
         <is>
           <t>746859</t>
         </is>
       </c>
-      <c r="C201" s="1" t="inlineStr">
+      <c r="C204" s="1" t="inlineStr">
         <is>
           <t>BILLABONG</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F201" s="1" t="inlineStr">
+      <c r="F204" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="202" customHeight="true" ht="140.0">
-      <c r="A202" s="1" t="inlineStr">
+    <row r="205" customHeight="1" ht="140.0">
+      <c r="A205" s="1" t="inlineStr">
         <is>
           <t>746860</t>
         </is>
       </c>
-      <c r="C202" s="1" t="inlineStr">
+      <c r="C205" s="1" t="inlineStr">
         <is>
           <t>BILLABONG SINKS YOU'RE LAUGHING!</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F202" s="1" t="inlineStr">
+      <c r="F205" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="203" customHeight="true" ht="140.0">
-      <c r="A203" s="1" t="inlineStr">
+    <row r="206" customHeight="1" ht="140.0">
+      <c r="A206" s="1" t="inlineStr">
         <is>
           <t>751738</t>
         </is>
       </c>
-      <c r="C203" s="1" t="inlineStr">
+      <c r="C206" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F203" s="1" t="inlineStr">
+      <c r="F206" s="1" t="inlineStr">
         <is>
           <t>ABN AMRO Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="204" customHeight="true" ht="140.0">
-      <c r="A204" s="1" t="inlineStr">
+    <row r="207" customHeight="1" ht="140.0">
+      <c r="A207" s="1" t="inlineStr">
         <is>
           <t>755842</t>
         </is>
       </c>
-      <c r="C204" s="1" t="inlineStr">
+      <c r="C207" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F204" s="1" t="inlineStr">
+      <c r="F207" s="1" t="inlineStr">
         <is>
           <t>Thales UK Limited</t>
         </is>
       </c>
     </row>
-    <row r="205" customHeight="true" ht="140.0">
-      <c r="A205" s="1" t="inlineStr">
+    <row r="208" customHeight="1" ht="140.0">
+      <c r="A208" s="1" t="inlineStr">
         <is>
           <t>756301</t>
         </is>
       </c>
-      <c r="C205" s="1" t="inlineStr">
+      <c r="C208" s="1" t="inlineStr">
         <is>
           <t>TASMAN SERIES</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F205" s="1" t="inlineStr">
+      <c r="F208" s="1" t="inlineStr">
         <is>
           <t>UMCOS Newcombe Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="206" customHeight="true" ht="140.0">
-      <c r="A206" s="1" t="inlineStr">
+    <row r="209" customHeight="1" ht="140.0">
+      <c r="A209" s="1" t="inlineStr">
         <is>
           <t>765143</t>
         </is>
       </c>
-      <c r="C206" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>THE TRANS TASMAN TIMES</t>
         </is>
       </c>
-      <c r="D206" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F206" s="1" t="inlineStr">
+      <c r="F209" s="1" t="inlineStr">
         <is>
           <t>Global Intertrade Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="207" customHeight="true" ht="140.0">
-      <c r="A207" s="1" t="inlineStr">
+    <row r="210" customHeight="1" ht="140.0">
+      <c r="A210" s="1" t="inlineStr">
         <is>
           <t>768246</t>
         </is>
       </c>
-      <c r="C207" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>TASMAN CHAIN</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F207" s="1" t="inlineStr">
+      <c r="F210" s="1" t="inlineStr">
         <is>
           <t>Renold Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="208" customHeight="true" ht="140.0">
-      <c r="A208" s="1" t="inlineStr">
+    <row r="211" customHeight="1" ht="140.0">
+      <c r="A211" s="1" t="inlineStr">
         <is>
           <t>808680</t>
         </is>
       </c>
-      <c r="C208" s="1" t="inlineStr">
+      <c r="C211" s="1" t="inlineStr">
         <is>
           <t>VOICEMAN</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F208" s="1" t="inlineStr">
+      <c r="F211" s="1" t="inlineStr">
         <is>
           <t>Tasman AV Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="209" customHeight="true" ht="140.0">
-      <c r="A209" s="1" t="inlineStr">
+    <row r="212" customHeight="1" ht="140.0">
+      <c r="A212" s="1" t="inlineStr">
         <is>
           <t>828274</t>
         </is>
       </c>
-      <c r="C209" s="1" t="inlineStr">
+      <c r="C212" s="1" t="inlineStr">
         <is>
           <t>TASMAN QUICKFIT</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F209" s="1" t="inlineStr">
+      <c r="F212" s="1" t="inlineStr">
         <is>
           <t>Caroma Industries Limited</t>
         </is>
       </c>
     </row>
-    <row r="210" customHeight="true" ht="140.0">
-      <c r="A210" s="1" t="inlineStr">
+    <row r="213" customHeight="1" ht="140.0">
+      <c r="A213" s="1" t="inlineStr">
         <is>
           <t>828275</t>
         </is>
       </c>
-      <c r="C210" s="1" t="inlineStr">
+      <c r="C213" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F210" s="1" t="inlineStr">
+      <c r="F213" s="1" t="inlineStr">
         <is>
           <t>Caroma Industries Limited</t>
         </is>
       </c>
     </row>
-    <row r="211" customHeight="true" ht="140.0">
-      <c r="A211" s="1" t="inlineStr">
+    <row r="214" customHeight="1" ht="140.0">
+      <c r="A214" s="1" t="inlineStr">
         <is>
           <t>834225</t>
         </is>
       </c>
-      <c r="C211" s="1" t="inlineStr">
+      <c r="C214" s="1" t="inlineStr">
         <is>
           <t>FLAMEOUT</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>17, 19</t>
         </is>
       </c>
-      <c r="F211" s="1" t="inlineStr">
+      <c r="F214" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="212" customHeight="true" ht="140.0">
-      <c r="A212" s="1" t="inlineStr">
+    <row r="215" customHeight="1" ht="140.0">
+      <c r="A215" s="1" t="inlineStr">
         <is>
           <t>835836</t>
         </is>
       </c>
-      <c r="C212" s="1" t="inlineStr">
+      <c r="C215" s="1" t="inlineStr">
         <is>
           <t>TASMAN PACIFIC</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F212" s="1" t="inlineStr">
+      <c r="F215" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Airlines of NZ Limited</t>
         </is>
       </c>
     </row>
-    <row r="213" customHeight="true" ht="140.0">
-      <c r="A213" s="1" t="inlineStr">
+    <row r="216" customHeight="1" ht="140.0">
+      <c r="A216" s="1" t="inlineStr">
         <is>
           <t>843264</t>
         </is>
       </c>
-      <c r="C213" s="1" t="inlineStr">
+      <c r="C216" s="1" t="inlineStr">
         <is>
           <t>Abel Tasman</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F213" s="1" t="inlineStr">
+      <c r="F216" s="1" t="inlineStr">
         <is>
           <t>Tassal Operations Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="214" customHeight="true" ht="140.0">
-      <c r="A214" s="1" t="inlineStr">
+    <row r="217" customHeight="1" ht="140.0">
+      <c r="A217" s="1" t="inlineStr">
         <is>
           <t>885641</t>
         </is>
       </c>
-      <c r="C214" s="1" t="inlineStr">
+      <c r="C217" s="1" t="inlineStr">
         <is>
           <t>TASMAN WATER SERVICES</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>11, 35, 37, 39, 40, 42</t>
         </is>
       </c>
-      <c r="F214" s="1" t="inlineStr">
+      <c r="F217" s="1" t="inlineStr">
         <is>
           <t>Anglian Water International (NZ) Limited</t>
         </is>
       </c>
     </row>
-    <row r="215" customHeight="true" ht="140.0">
-      <c r="A215" s="1" t="inlineStr">
+    <row r="218" customHeight="1" ht="140.0">
+      <c r="A218" s="1" t="inlineStr">
         <is>
           <t>905667</t>
         </is>
       </c>
-      <c r="C215" s="1" t="inlineStr">
+      <c r="C218" s="1" t="inlineStr">
         <is>
           <t>TASMAN CRUSHER</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F215" s="1" t="inlineStr">
+      <c r="F218" s="1" t="inlineStr">
         <is>
           <t>Agro Accessories (N.Z.) Limited</t>
         </is>
       </c>
     </row>
-    <row r="216" customHeight="true" ht="140.0">
-      <c r="A216" s="1" t="inlineStr">
+    <row r="219" customHeight="1" ht="140.0">
+      <c r="A219" s="1" t="inlineStr">
         <is>
           <t>920255</t>
         </is>
       </c>
-      <c r="C216" s="1" t="inlineStr">
+      <c r="C219" s="1" t="inlineStr">
         <is>
           <t>RUBENS</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>6, 11</t>
         </is>
       </c>
-      <c r="F216" s="1" t="inlineStr">
+      <c r="F219" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="217" customHeight="true" ht="140.0">
-      <c r="A217" s="1" t="inlineStr">
+    <row r="220" customHeight="1" ht="140.0">
+      <c r="A220" s="1" t="inlineStr">
         <is>
           <t>926362</t>
         </is>
       </c>
-      <c r="C217" s="1" t="inlineStr">
+      <c r="C220" s="1" t="inlineStr">
         <is>
           <t>SUK-EM-UP</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F217" s="1" t="inlineStr">
+      <c r="F220" s="1" t="inlineStr">
         <is>
           <t>Tasman Oil Tools Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="218" customHeight="true" ht="140.0">
-      <c r="A218" s="1" t="inlineStr">
+    <row r="221" customHeight="1" ht="140.0">
+      <c r="A221" s="1" t="inlineStr">
         <is>
           <t>931106</t>
         </is>
       </c>
-      <c r="C218" s="1" t="inlineStr">
+      <c r="C221" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F218" s="1" t="inlineStr">
+      <c r="F221" s="1" t="inlineStr">
         <is>
           <t>Hugh Rokeby Robinson; David James McKenna</t>
         </is>
       </c>
     </row>
-    <row r="219" customHeight="true" ht="140.0">
-      <c r="A219" s="1" t="inlineStr">
+    <row r="222" customHeight="1" ht="140.0">
+      <c r="A222" s="1" t="inlineStr">
         <is>
           <t>931509</t>
         </is>
       </c>
-      <c r="C219" s="1" t="inlineStr">
+      <c r="C222" s="1" t="inlineStr">
         <is>
           <t>TT TRANS TASMAN MASTERS GAMES</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E222" s="1" t="inlineStr">
         <is>
           <t>16, 25, 28, 35, 41</t>
         </is>
       </c>
-      <c r="F219" s="1" t="inlineStr">
+      <c r="F222" s="1" t="inlineStr">
         <is>
           <t>The Council of the City of Newcastle</t>
         </is>
       </c>
     </row>
-    <row r="220" customHeight="true" ht="140.0">
-      <c r="A220" s="1" t="inlineStr">
+    <row r="223" customHeight="1" ht="140.0">
+      <c r="A223" s="1" t="inlineStr">
         <is>
           <t>945579</t>
         </is>
       </c>
-      <c r="C220" s="1" t="inlineStr">
+      <c r="C223" s="1" t="inlineStr">
         <is>
           <t>Tasman</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="F220" s="1" t="inlineStr">
+      <c r="F223" s="1" t="inlineStr">
         <is>
           <t>Bendigo Woollen Mills Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="221" customHeight="true" ht="140.0">
-      <c r="A221" s="1" t="inlineStr">
+    <row r="224" customHeight="1" ht="140.0">
+      <c r="A224" s="1" t="inlineStr">
         <is>
           <t>951655</t>
         </is>
       </c>
-      <c r="C221" s="1" t="inlineStr">
+      <c r="C224" s="1" t="inlineStr">
         <is>
           <t>TASMAN TASMAN CHEMICALS "TASMAN TRUSTED PRODUCTS"</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>1, 3, 5</t>
         </is>
       </c>
-      <c r="F221" s="1" t="inlineStr">
+      <c r="F224" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="222" customHeight="true" ht="140.0">
-      <c r="A222" s="1" t="inlineStr">
+    <row r="225" customHeight="1" ht="140.0">
+      <c r="A225" s="1" t="inlineStr">
         <is>
           <t>965898</t>
         </is>
       </c>
-      <c r="C222" s="1" t="inlineStr">
+      <c r="C225" s="1" t="inlineStr">
         <is>
           <t>TASMAN EXPRESS</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F222" s="1" t="inlineStr">
+      <c r="F225" s="1" t="inlineStr">
         <is>
           <t>Air New Zealand Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="223" customHeight="true" ht="140.0">
-      <c r="A223" s="1" t="inlineStr">
+    <row r="226" customHeight="1" ht="140.0">
+      <c r="A226" s="1" t="inlineStr">
         <is>
           <t>969839</t>
         </is>
       </c>
-      <c r="C223" s="1" t="inlineStr">
+      <c r="C226" s="1" t="inlineStr">
         <is>
           <t>FIREWHEEL</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F223" s="1" t="inlineStr">
+      <c r="F226" s="1" t="inlineStr">
         <is>
           <t>Tasman Engineering Services Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="224" customHeight="true" ht="140.0">
-      <c r="A224" s="1" t="inlineStr">
+    <row r="227" customHeight="1" ht="140.0">
+      <c r="A227" s="1" t="inlineStr">
         <is>
           <t>995802</t>
         </is>
       </c>
-      <c r="C224" s="1" t="inlineStr">
+      <c r="C227" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN MORTGAGES</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F224" s="1" t="inlineStr">
+      <c r="F227" s="1" t="inlineStr">
         <is>
           <t>Trans Tasman Mortgages (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="225" customHeight="true" ht="140.0">
-      <c r="A225" s="1" t="inlineStr">
+    <row r="228" customHeight="1" ht="140.0">
+      <c r="A228" s="1" t="inlineStr">
         <is>
           <t>1013628</t>
         </is>
       </c>
-      <c r="C225" s="1" t="inlineStr">
+      <c r="C228" s="1" t="inlineStr">
         <is>
           <t>TASMANAV EVERYTHING AUDIO VISUAL</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>9, 35</t>
         </is>
       </c>
-      <c r="F225" s="1" t="inlineStr">
+      <c r="F228" s="1" t="inlineStr">
         <is>
           <t>Tasman AV Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="226" customHeight="true" ht="140.0">
-      <c r="A226" s="1" t="inlineStr">
+    <row r="229" customHeight="1" ht="140.0">
+      <c r="A229" s="1" t="inlineStr">
         <is>
           <t>1033255</t>
         </is>
       </c>
-      <c r="C226" s="1" t="inlineStr">
+      <c r="C229" s="1" t="inlineStr">
         <is>
           <t>TASMAN BAY</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D229" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F226" s="1" t="inlineStr">
+      <c r="F229" s="1" t="inlineStr">
         <is>
           <t>Juslink (Aust) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="227" customHeight="true" ht="140.0">
-      <c r="A227" s="1" t="inlineStr">
+    <row r="230" customHeight="1" ht="140.0">
+      <c r="A230" s="1" t="inlineStr">
         <is>
           <t>1038976</t>
         </is>
       </c>
-      <c r="C227" s="1" t="inlineStr">
+      <c r="C230" s="1" t="inlineStr">
         <is>
           <t>NOBLE WORLD</t>
         </is>
       </c>
-      <c r="D227" s="1" t="inlineStr">
+      <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
+      <c r="E230" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F227" s="1" t="inlineStr">
+      <c r="F230" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="228" customHeight="true" ht="140.0">
-      <c r="A228" s="1" t="inlineStr">
+    <row r="231" customHeight="1" ht="140.0">
+      <c r="A231" s="1" t="inlineStr">
         <is>
           <t>1054987</t>
         </is>
       </c>
-      <c r="C228" s="1" t="inlineStr">
+      <c r="C231" s="1" t="inlineStr">
         <is>
           <t>Tasman Recruiting</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D231" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E231" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F228" s="1" t="inlineStr">
+      <c r="F231" s="1" t="inlineStr">
         <is>
           <t>Tasman Employment Solutions Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="229" customHeight="true" ht="140.0">
-      <c r="A229" s="1" t="inlineStr">
+    <row r="232" customHeight="1" ht="140.0">
+      <c r="A232" s="1" t="inlineStr">
         <is>
           <t>1067584</t>
         </is>
       </c>
-      <c r="C229" s="1" t="inlineStr">
+      <c r="C232" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
+      <c r="D232" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
+      <c r="E232" s="1" t="inlineStr">
         <is>
           <t>27, 37</t>
         </is>
       </c>
-      <c r="F229" s="1" t="inlineStr">
+      <c r="F232" s="1" t="inlineStr">
         <is>
           <t>Tasman Access Floors Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="230" customHeight="true" ht="140.0">
-      <c r="A230" s="1" t="inlineStr">
+    <row r="233" customHeight="1" ht="140.0">
+      <c r="A233" s="1" t="inlineStr">
         <is>
           <t>1071800</t>
         </is>
       </c>
-      <c r="C230" s="1" t="inlineStr">
+      <c r="C233" s="1" t="inlineStr">
         <is>
           <t>TASMAN CATAMARANS</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
+      <c r="D233" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E230" s="1" t="inlineStr">
+      <c r="E233" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F230" s="1" t="inlineStr">
+      <c r="F233" s="1" t="inlineStr">
         <is>
           <t>Nu-Log Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="231" customHeight="true" ht="140.0">
-      <c r="A231" s="1" t="inlineStr">
+    <row r="234" customHeight="1" ht="140.0">
+      <c r="A234" s="1" t="inlineStr">
         <is>
           <t>1071812</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C234" s="1" t="inlineStr">
         <is>
           <t>TASMAN C35</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D234" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E234" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F231" s="1" t="inlineStr">
+      <c r="F234" s="1" t="inlineStr">
         <is>
           <t>Nu-Log Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="232" customHeight="true" ht="140.0">
-      <c r="A232" s="1" t="inlineStr">
+    <row r="235" customHeight="1" ht="140.0">
+      <c r="A235" s="1" t="inlineStr">
         <is>
           <t>1071813</t>
         </is>
       </c>
-      <c r="C232" s="1" t="inlineStr">
+      <c r="C235" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E235" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F232" s="1" t="inlineStr">
+      <c r="F235" s="1" t="inlineStr">
         <is>
           <t>Nu-Log Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="233" customHeight="true" ht="140.0">
-      <c r="A233" s="1" t="inlineStr">
+    <row r="236" customHeight="1" ht="140.0">
+      <c r="A236" s="1" t="inlineStr">
         <is>
           <t>1114404</t>
         </is>
       </c>
-      <c r="C233" s="1" t="inlineStr">
+      <c r="C236" s="1" t="inlineStr">
         <is>
           <t>FUTUREFOODS</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
+      <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E233" s="1" t="inlineStr">
+      <c r="E236" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F233" s="1" t="inlineStr">
+      <c r="F236" s="1" t="inlineStr">
         <is>
           <t>Tasman Bay Food Group (Austalia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="234" customHeight="true" ht="140.0">
-      <c r="A234" s="1" t="inlineStr">
+    <row r="237" customHeight="1" ht="140.0">
+      <c r="A237" s="1" t="inlineStr">
         <is>
           <t>1120604</t>
         </is>
       </c>
-      <c r="C234" s="1" t="inlineStr">
+      <c r="C237" s="1" t="inlineStr">
         <is>
           <t>Oceans</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E237" s="1" t="inlineStr">
         <is>
           <t>12, 22</t>
         </is>
       </c>
-      <c r="F234" s="1" t="inlineStr">
+      <c r="F237" s="1" t="inlineStr">
         <is>
           <t>TASMAN SAILING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="235" customHeight="true" ht="140.0">
-      <c r="A235" s="1" t="inlineStr">
+    <row r="238" customHeight="1" ht="140.0">
+      <c r="A238" s="1" t="inlineStr">
         <is>
           <t>1120608</t>
         </is>
       </c>
-      <c r="C235" s="1" t="inlineStr">
+      <c r="C238" s="1" t="inlineStr">
         <is>
           <t>Oceans 35</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
+      <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E235" s="1" t="inlineStr">
+      <c r="E238" s="1" t="inlineStr">
         <is>
           <t>12, 22</t>
         </is>
       </c>
-      <c r="F235" s="1" t="inlineStr">
+      <c r="F238" s="1" t="inlineStr">
         <is>
           <t>TASMAN SAILING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="236" customHeight="true" ht="140.0">
-      <c r="A236" s="1" t="inlineStr">
+    <row r="239" customHeight="1" ht="140.0">
+      <c r="A239" s="1" t="inlineStr">
         <is>
           <t>1142805</t>
         </is>
       </c>
-      <c r="C236" s="1" t="inlineStr">
+      <c r="C239" s="1" t="inlineStr">
         <is>
           <t>T TASMAN</t>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
+      <c r="D239" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E236" s="1" t="inlineStr">
+      <c r="E239" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F236" s="1" t="inlineStr">
+      <c r="F239" s="1" t="inlineStr">
         <is>
           <t>John Young</t>
         </is>
       </c>
     </row>
-    <row r="237" customHeight="true" ht="140.0">
-      <c r="A237" s="1" t="inlineStr">
+    <row r="240" customHeight="1" ht="140.0">
+      <c r="A240" s="1" t="inlineStr">
         <is>
           <t>1143670</t>
         </is>
       </c>
-      <c r="C237" s="1" t="inlineStr">
+      <c r="C240" s="1" t="inlineStr">
         <is>
           <t>TAE</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
+      <c r="D240" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E237" s="1" t="inlineStr">
+      <c r="E240" s="1" t="inlineStr">
         <is>
           <t>7, 9, 12, 37, 40, 42</t>
         </is>
       </c>
-      <c r="F237" s="1" t="inlineStr">
+      <c r="F240" s="1" t="inlineStr">
         <is>
           <t>Tasman Aviation Enterprises Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="238" customHeight="true" ht="140.0">
-      <c r="A238" s="1" t="inlineStr">
+    <row r="241" customHeight="1" ht="140.0">
+      <c r="A241" s="1" t="inlineStr">
         <is>
           <t>1172833</t>
         </is>
       </c>
-      <c r="C238" s="1" t="inlineStr">
+      <c r="C241" s="1" t="inlineStr">
         <is>
           <t>OLIVERI QUALITY SHINES</t>
         </is>
       </c>
-      <c r="D238" s="1" t="inlineStr">
+      <c r="D241" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E238" s="1" t="inlineStr">
+      <c r="E241" s="1" t="inlineStr">
         <is>
           <t>6, 11</t>
         </is>
       </c>
-      <c r="F238" s="1" t="inlineStr">
+      <c r="F241" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="239" customHeight="true" ht="140.0">
-      <c r="A239" s="1" t="inlineStr">
+    <row r="242" customHeight="1" ht="140.0">
+      <c r="A242" s="1" t="inlineStr">
         <is>
           <t>1204490</t>
         </is>
       </c>
-      <c r="C239" s="1" t="inlineStr">
+      <c r="C242" s="1" t="inlineStr">
         <is>
           <t>TASMAN MEATS "NATURALLY THE BEST"</t>
         </is>
       </c>
-      <c r="D239" s="1" t="inlineStr">
+      <c r="D242" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E239" s="1" t="inlineStr">
+      <c r="E242" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F239" s="1" t="inlineStr">
+      <c r="F242" s="1" t="inlineStr">
         <is>
           <t>Tasman Market Fresh Meats Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="240" customHeight="true" ht="140.0">
-      <c r="A240" s="1" t="inlineStr">
+    <row r="243" customHeight="1" ht="140.0">
+      <c r="A243" s="1" t="inlineStr">
         <is>
           <t>1204492</t>
         </is>
       </c>
-      <c r="C240" s="1" t="inlineStr">
+      <c r="C243" s="1" t="inlineStr">
         <is>
           <t>TASMAN GRAIN FED LAMB</t>
         </is>
       </c>
-      <c r="D240" s="1" t="inlineStr">
+      <c r="D243" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E240" s="1" t="inlineStr">
+      <c r="E243" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F240" s="1" t="inlineStr">
+      <c r="F243" s="1" t="inlineStr">
         <is>
           <t>Tasman Market Fresh Meats Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="241" customHeight="true" ht="140.0">
-      <c r="A241" s="1" t="inlineStr">
+    <row r="244" customHeight="1" ht="140.0">
+      <c r="A244" s="1" t="inlineStr">
         <is>
           <t>1222217</t>
         </is>
       </c>
-      <c r="C241" s="1" t="inlineStr">
+      <c r="C244" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN BUSINESS CIRCLE</t>
         </is>
       </c>
-      <c r="D241" s="1" t="inlineStr">
+      <c r="D244" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E241" s="1" t="inlineStr">
+      <c r="E244" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41</t>
         </is>
       </c>
-      <c r="F241" s="1" t="inlineStr">
+      <c r="F244" s="1" t="inlineStr">
         <is>
           <t>Parrallel Trades Pty Limited (trading as Trans-Tasman Business Circle)</t>
         </is>
       </c>
     </row>
-    <row r="242" customHeight="true" ht="140.0">
-      <c r="A242" s="1" t="inlineStr">
+    <row r="245" customHeight="1" ht="140.0">
+      <c r="A245" s="1" t="inlineStr">
         <is>
           <t>1247596</t>
         </is>
       </c>
-      <c r="C242" s="1" t="inlineStr">
+      <c r="C245" s="1" t="inlineStr">
         <is>
           <t>Tasman Village</t>
         </is>
       </c>
-      <c r="D242" s="1" t="inlineStr">
+      <c r="D245" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
+      <c r="E245" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F242" s="1" t="inlineStr">
+      <c r="F245" s="1" t="inlineStr">
         <is>
           <t>Parsons Bay Lodge Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="243" customHeight="true" ht="140.0">
-      <c r="A243" s="1" t="inlineStr">
+    <row r="246" customHeight="1" ht="140.0">
+      <c r="A246" s="1" t="inlineStr">
         <is>
           <t>1275414</t>
         </is>
       </c>
-      <c r="C243" s="1" t="inlineStr">
+      <c r="C246" s="1" t="inlineStr">
         <is>
           <t>TASMAN STUDIO</t>
         </is>
       </c>
-      <c r="D243" s="1" t="inlineStr">
+      <c r="D246" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E243" s="1" t="inlineStr">
+      <c r="E246" s="1" t="inlineStr">
         <is>
           <t>42, 44</t>
         </is>
       </c>
-      <c r="F243" s="1" t="inlineStr">
+      <c r="F246" s="1" t="inlineStr">
         <is>
           <t>Moller Architects Limited</t>
         </is>
       </c>
     </row>
-    <row r="244" customHeight="true" ht="140.0">
-      <c r="A244" s="1" t="inlineStr">
+    <row r="247" customHeight="1" ht="140.0">
+      <c r="A247" s="1" t="inlineStr">
         <is>
           <t>1275417</t>
         </is>
       </c>
-      <c r="C244" s="1" t="inlineStr">
+      <c r="C247" s="1" t="inlineStr">
         <is>
           <t>TASMAN COLLABORATIVE</t>
         </is>
       </c>
-      <c r="D244" s="1" t="inlineStr">
+      <c r="D247" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E244" s="1" t="inlineStr">
+      <c r="E247" s="1" t="inlineStr">
         <is>
           <t>42, 44</t>
         </is>
       </c>
-      <c r="F244" s="1" t="inlineStr">
+      <c r="F247" s="1" t="inlineStr">
         <is>
           <t>Moller Architects Limited</t>
         </is>
       </c>
     </row>
-    <row r="245" customHeight="true" ht="140.0">
-      <c r="A245" s="1" t="inlineStr">
+    <row r="248" customHeight="1" ht="140.0">
+      <c r="A248" s="1" t="inlineStr">
         <is>
           <t>1281955</t>
         </is>
       </c>
-      <c r="C245" s="1" t="inlineStr">
+      <c r="C248" s="1" t="inlineStr">
         <is>
           <t>LAKELAND</t>
         </is>
       </c>
-      <c r="D245" s="1" t="inlineStr">
+      <c r="D248" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E245" s="1" t="inlineStr">
+      <c r="E248" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F245" s="1" t="inlineStr">
+      <c r="F248" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="246" customHeight="true" ht="140.0">
-      <c r="A246" s="1" t="inlineStr">
+    <row r="249" customHeight="1" ht="140.0">
+      <c r="A249" s="1" t="inlineStr">
         <is>
           <t>1281957</t>
         </is>
       </c>
-      <c r="C246" s="1" t="inlineStr">
+      <c r="C249" s="1" t="inlineStr">
         <is>
           <t>BUY AUSTRALIAN MADE</t>
         </is>
       </c>
-      <c r="D246" s="1" t="inlineStr">
+      <c r="D249" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E246" s="1" t="inlineStr">
+      <c r="E249" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F246" s="1" t="inlineStr">
+      <c r="F249" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="247" customHeight="true" ht="140.0">
-      <c r="A247" s="1" t="inlineStr">
+    <row r="250" customHeight="1" ht="140.0">
+      <c r="A250" s="1" t="inlineStr">
         <is>
           <t>1300043</t>
         </is>
       </c>
-      <c r="C247" s="1" t="inlineStr">
+      <c r="C250" s="1" t="inlineStr">
         <is>
           <t>Netballs Festival of the Stars</t>
         </is>
       </c>
-      <c r="D247" s="1" t="inlineStr">
+      <c r="D250" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E247" s="1" t="inlineStr">
+      <c r="E250" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F247" s="1" t="inlineStr">
+      <c r="F250" s="1" t="inlineStr">
         <is>
           <t>Trans Tasman Netball Limited</t>
         </is>
       </c>
     </row>
-    <row r="248" customHeight="true" ht="140.0">
-      <c r="A248" s="1" t="inlineStr">
+    <row r="251" customHeight="1" ht="140.0">
+      <c r="A251" s="1" t="inlineStr">
         <is>
           <t>1328788</t>
         </is>
       </c>
-      <c r="C248" s="1" t="inlineStr">
+      <c r="C251" s="1" t="inlineStr">
         <is>
           <t>zesti</t>
         </is>
       </c>
-      <c r="D248" s="1" t="inlineStr">
+      <c r="D251" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E248" s="1" t="inlineStr">
+      <c r="E251" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F248" s="1" t="inlineStr">
+      <c r="F251" s="1" t="inlineStr">
         <is>
           <t>Tasman Bay Food Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="249" customHeight="true" ht="140.0">
-      <c r="A249" s="1" t="inlineStr">
+    <row r="252" customHeight="1" ht="140.0">
+      <c r="A252" s="1" t="inlineStr">
         <is>
           <t>1335187</t>
         </is>
       </c>
-      <c r="C249" s="1" t="inlineStr">
+      <c r="C252" s="1" t="inlineStr">
         <is>
           <t>TASMAN GREENFLOOR</t>
         </is>
       </c>
-      <c r="D249" s="1" t="inlineStr">
+      <c r="D252" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E249" s="1" t="inlineStr">
+      <c r="E252" s="1" t="inlineStr">
         <is>
           <t>6, 19</t>
         </is>
       </c>
-      <c r="F249" s="1" t="inlineStr">
+      <c r="F252" s="1" t="inlineStr">
         <is>
           <t>Tasman Access Floors Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="250" customHeight="true" ht="140.0">
-      <c r="A250" s="1" t="inlineStr">
+    <row r="253" customHeight="1" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
         <is>
           <t>1358946</t>
         </is>
       </c>
-      <c r="C250" s="1" t="inlineStr">
+      <c r="C253" s="1" t="inlineStr">
         <is>
           <t>GOLDEN SUNSHINE</t>
         </is>
       </c>
-      <c r="D250" s="1" t="inlineStr">
+      <c r="D253" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E250" s="1" t="inlineStr">
+      <c r="E253" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F250" s="1" t="inlineStr">
+      <c r="F253" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="251" customHeight="true" ht="140.0">
-      <c r="A251" s="1" t="inlineStr">
+    <row r="254" customHeight="1" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
         <is>
           <t>1362082</t>
         </is>
       </c>
-      <c r="C251" s="1" t="inlineStr">
+      <c r="C254" s="1" t="inlineStr">
         <is>
           <t>AURIEL COLLECTION</t>
         </is>
       </c>
-      <c r="D251" s="1" t="inlineStr">
+      <c r="D254" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E251" s="1" t="inlineStr">
+      <c r="E254" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F251" s="1" t="inlineStr">
+      <c r="F254" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="252" customHeight="true" ht="140.0">
-      <c r="A252" s="1" t="inlineStr">
+    <row r="255" customHeight="1" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
         <is>
           <t>1389203</t>
         </is>
       </c>
-      <c r="C252" s="1" t="inlineStr">
+      <c r="C255" s="1" t="inlineStr">
         <is>
           <t>ALANNAH SPENCER</t>
         </is>
       </c>
-      <c r="D252" s="1" t="inlineStr">
+      <c r="D255" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E252" s="1" t="inlineStr">
+      <c r="E255" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F252" s="1" t="inlineStr">
+      <c r="F255" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Furniture Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="253" customHeight="true" ht="140.0">
-      <c r="A253" s="1" t="inlineStr">
+    <row r="256" customHeight="1" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
         <is>
           <t>1392529</t>
         </is>
       </c>
-      <c r="C253" s="1" t="inlineStr">
+      <c r="C256" s="1" t="inlineStr">
         <is>
           <t>Goldenport Pharmaceuticals</t>
         </is>
       </c>
-      <c r="D253" s="1" t="inlineStr">
+      <c r="D256" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E253" s="1" t="inlineStr">
+      <c r="E256" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F253" s="1" t="inlineStr">
+      <c r="F256" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="254" customHeight="true" ht="140.0">
-      <c r="A254" s="1" t="inlineStr">
+    <row r="257" customHeight="1" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
         <is>
           <t>1405735</t>
         </is>
       </c>
-      <c r="C254" s="1" t="inlineStr">
+      <c r="C257" s="1" t="inlineStr">
         <is>
           <t>Baby Q</t>
         </is>
       </c>
-      <c r="D254" s="1" t="inlineStr">
+      <c r="D257" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E254" s="1" t="inlineStr">
+      <c r="E257" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
-      <c r="F254" s="1" t="inlineStr">
+      <c r="F257" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="255" customHeight="true" ht="140.0">
-      <c r="A255" s="1" t="inlineStr">
+    <row r="258" customHeight="1" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
         <is>
           <t>1419308</t>
         </is>
       </c>
-      <c r="C255" s="1" t="inlineStr">
+      <c r="C258" s="1" t="inlineStr">
         <is>
           <t>COVERSEAL</t>
         </is>
       </c>
-      <c r="D255" s="1" t="inlineStr">
+      <c r="D258" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E255" s="1" t="inlineStr">
+      <c r="E258" s="1" t="inlineStr">
         <is>
           <t>16, 17, 27</t>
         </is>
       </c>
-      <c r="F255" s="1" t="inlineStr">
+      <c r="F258" s="1" t="inlineStr">
         <is>
           <t>TASMAN INDUSTRIES LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="256" customHeight="true" ht="140.0">
-      <c r="A256" s="1" t="inlineStr">
+    <row r="259" customHeight="1" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
         <is>
           <t>1430904</t>
         </is>
       </c>
-      <c r="C256" s="1" t="inlineStr">
+      <c r="C259" s="1" t="inlineStr">
         <is>
           <t>YOUR DRINK FOR LIFE</t>
         </is>
       </c>
-      <c r="D256" s="1" t="inlineStr">
+      <c r="D259" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E256" s="1" t="inlineStr">
+      <c r="E259" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F256" s="1" t="inlineStr">
+      <c r="F259" s="1" t="inlineStr">
         <is>
           <t>Tasman Henry Turner; Marijke Christina Jacomina Turner</t>
         </is>
       </c>
     </row>
-    <row r="257" customHeight="true" ht="140.0">
-      <c r="A257" s="1" t="inlineStr">
+    <row r="260" customHeight="1" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
         <is>
           <t>1462747</t>
         </is>
       </c>
-      <c r="C257" s="1" t="inlineStr">
+      <c r="C260" s="1" t="inlineStr">
         <is>
           <t>TASCOM GREENFLOOR</t>
         </is>
       </c>
-      <c r="D257" s="1" t="inlineStr">
+      <c r="D260" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E257" s="1" t="inlineStr">
+      <c r="E260" s="1" t="inlineStr">
         <is>
           <t>6, 19</t>
         </is>
       </c>
-      <c r="F257" s="1" t="inlineStr">
+      <c r="F260" s="1" t="inlineStr">
         <is>
           <t>Tasman Access Floors Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="258" customHeight="true" ht="140.0">
-      <c r="A258" s="1" t="inlineStr">
+    <row r="261" customHeight="1" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
         <is>
           <t>1474317</t>
         </is>
       </c>
-      <c r="C258" s="1" t="inlineStr">
+      <c r="C261" s="1" t="inlineStr">
         <is>
           <t>Paxie &amp; Mylie</t>
         </is>
       </c>
-      <c r="D258" s="1" t="inlineStr">
+      <c r="D261" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E258" s="1" t="inlineStr">
+      <c r="E261" s="1" t="inlineStr">
         <is>
           <t>3, 5, 35</t>
         </is>
       </c>
-      <c r="F258" s="1" t="inlineStr">
+      <c r="F261" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="259" customHeight="true" ht="140.0">
-      <c r="A259" s="1" t="inlineStr">
+    <row r="262" customHeight="1" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
         <is>
           <t>1541203</t>
         </is>
       </c>
-      <c r="C259" s="1" t="inlineStr">
+      <c r="C262" s="1" t="inlineStr">
         <is>
           <t>Goldenport</t>
         </is>
       </c>
-      <c r="D259" s="1" t="inlineStr">
+      <c r="D262" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E259" s="1" t="inlineStr">
+      <c r="E262" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F259" s="1" t="inlineStr">
+      <c r="F262" s="1" t="inlineStr">
         <is>
           <t>TASMAN PACIFIC HOLDING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="260" customHeight="true" ht="140.0">
-      <c r="A260" s="1" t="inlineStr">
+    <row r="263" customHeight="1" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
         <is>
           <t>1542455</t>
         </is>
       </c>
-      <c r="C260" s="1" t="inlineStr">
+      <c r="C263" s="1" t="inlineStr">
         <is>
           <t>Goldenport</t>
         </is>
       </c>
-      <c r="D260" s="1" t="inlineStr">
+      <c r="D263" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E260" s="1" t="inlineStr">
+      <c r="E263" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F260" s="1" t="inlineStr">
+      <c r="F263" s="1" t="inlineStr">
         <is>
           <t>TASMAN PACIFIC HOLDING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="261" customHeight="true" ht="140.0">
-      <c r="A261" s="1" t="inlineStr">
+    <row r="264" customHeight="1" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
         <is>
           <t>1542461</t>
         </is>
       </c>
-      <c r="C261" s="1" t="inlineStr">
+      <c r="C264" s="1" t="inlineStr">
         <is>
           <t>Goldenport Pharmaceuticals</t>
         </is>
       </c>
-      <c r="D261" s="1" t="inlineStr">
+      <c r="D264" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E261" s="1" t="inlineStr">
+      <c r="E264" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F261" s="1" t="inlineStr">
+      <c r="F264" s="1" t="inlineStr">
         <is>
           <t>TASMAN PACIFIC HOLDING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="262" customHeight="true" ht="140.0">
-      <c r="A262" s="1" t="inlineStr">
+    <row r="265" customHeight="1" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
         <is>
           <t>1547772</t>
         </is>
       </c>
-      <c r="C262" s="1" t="inlineStr">
+      <c r="C265" s="1" t="inlineStr">
         <is>
           <t>HARMONIZE</t>
         </is>
       </c>
-      <c r="D262" s="1" t="inlineStr">
+      <c r="D265" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E262" s="1" t="inlineStr">
+      <c r="E265" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
-      <c r="F262" s="1" t="inlineStr">
+      <c r="F265" s="1" t="inlineStr">
         <is>
           <t>Tasman Jade Raven</t>
         </is>
       </c>
     </row>
-    <row r="263" customHeight="true" ht="140.0">
-      <c r="A263" s="1" t="inlineStr">
+    <row r="266" customHeight="1" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
         <is>
           <t>1566295</t>
         </is>
       </c>
-      <c r="C263" s="1" t="inlineStr">
+      <c r="C266" s="1" t="inlineStr">
         <is>
           <t>TASMAN ELEGANCE</t>
         </is>
       </c>
-      <c r="D263" s="1" t="inlineStr">
+      <c r="D266" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E263" s="1" t="inlineStr">
+      <c r="E266" s="1" t="inlineStr">
         <is>
           <t>20, 35</t>
         </is>
       </c>
-      <c r="F263" s="1" t="inlineStr">
+      <c r="F266" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="264" customHeight="true" ht="140.0">
-      <c r="A264" s="1" t="inlineStr">
+    <row r="267" customHeight="1" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
         <is>
           <t>1604795</t>
         </is>
       </c>
-      <c r="C264" s="1" t="inlineStr">
+      <c r="C267" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN BUSINESS CIRCLE GROWING RELATIONSHIPS, INSIGHTS &amp; PROFILE</t>
         </is>
       </c>
-      <c r="D264" s="1" t="inlineStr">
+      <c r="D267" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E264" s="1" t="inlineStr">
+      <c r="E267" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41</t>
         </is>
       </c>
-      <c r="F264" s="1" t="inlineStr">
+      <c r="F267" s="1" t="inlineStr">
         <is>
           <t>Parrallel Trades Pty Limited Trading as Trans-Tasman Business Circle</t>
         </is>
       </c>
     </row>
-    <row r="265" customHeight="true" ht="140.0">
-      <c r="A265" s="1" t="inlineStr">
+    <row r="268" customHeight="1" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
         <is>
           <t>1604797</t>
         </is>
       </c>
-      <c r="C265" s="1" t="inlineStr">
+      <c r="C268" s="1" t="inlineStr">
         <is>
           <t>ASIA BUSINESS CIRCLE</t>
         </is>
       </c>
-      <c r="D265" s="1" t="inlineStr">
+      <c r="D268" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E265" s="1" t="inlineStr">
+      <c r="E268" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41</t>
         </is>
       </c>
-      <c r="F265" s="1" t="inlineStr">
+      <c r="F268" s="1" t="inlineStr">
         <is>
           <t>Parrallel Trades Pty Limited Trading as Trans-Tasman Business Circle</t>
         </is>
       </c>
     </row>
-    <row r="266" customHeight="true" ht="140.0">
-      <c r="A266" s="1" t="inlineStr">
+    <row r="269" customHeight="1" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
         <is>
           <t>1676862</t>
         </is>
       </c>
-      <c r="C266" s="1" t="inlineStr">
+      <c r="C269" s="1" t="inlineStr">
         <is>
           <t>STROM NORDIC DESIGN</t>
         </is>
       </c>
-      <c r="D266" s="1" t="inlineStr">
+      <c r="D269" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E266" s="1" t="inlineStr">
+      <c r="E269" s="1" t="inlineStr">
         <is>
           <t>20, 35</t>
         </is>
       </c>
-      <c r="F266" s="1" t="inlineStr">
+      <c r="F269" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="267" customHeight="true" ht="140.0">
-      <c r="A267" s="1" t="inlineStr">
+    <row r="270" customHeight="1" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>1694029</t>
+        </is>
+      </c>
+      <c r="C270" s="1" t="inlineStr">
+        <is>
+          <t>YOU'RE IN SAFE HANDS WITH NORTH STAR HOLIDAY RESORT SAFE SERVICE 10/10
+AMBIENCE 9/10 FACILITIES 10/10 ENVIRONMENT 10/10</t>
+        </is>
+      </c>
+      <c r="D270" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E270" s="1" t="inlineStr">
+        <is>
+          <t>41, 43</t>
+        </is>
+      </c>
+      <c r="F270" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Tourism Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="271" customHeight="1" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>1703988</t>
+        </is>
+      </c>
+      <c r="C271" s="1" t="inlineStr">
+        <is>
+          <t>AQUALITE</t>
+        </is>
+      </c>
+      <c r="D271" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E271" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F271" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Marine Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" customHeight="1" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
         <is>
           <t>67014</t>
         </is>
       </c>
-      <c r="C267" s="1" t="inlineStr">
+      <c r="C272" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D267" s="1" t="inlineStr">
+      <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E267" s="1" t="inlineStr">
+      <c r="E272" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F267" s="1" t="inlineStr">
+      <c r="F272" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="268" customHeight="true" ht="140.0">
-      <c r="A268" s="1" t="inlineStr">
+    <row r="273" customHeight="1" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
         <is>
           <t>168958</t>
         </is>
       </c>
-      <c r="C268" s="1" t="inlineStr">
+      <c r="C273" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D268" s="1" t="inlineStr">
+      <c r="D273" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E268" s="1" t="inlineStr">
+      <c r="E273" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="F268" s="1" t="inlineStr">
+      <c r="F273" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="269" customHeight="true" ht="140.0">
-      <c r="A269" s="1" t="inlineStr">
+    <row r="274" customHeight="1" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
         <is>
           <t>168961</t>
         </is>
       </c>
-      <c r="C269" s="1" t="inlineStr">
+      <c r="C274" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D269" s="1" t="inlineStr">
+      <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E269" s="1" t="inlineStr">
+      <c r="E274" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F269" s="1" t="inlineStr">
+      <c r="F274" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="270" customHeight="true" ht="140.0">
-      <c r="A270" s="1" t="inlineStr">
+    <row r="275" customHeight="1" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
         <is>
           <t>171062</t>
         </is>
       </c>
-      <c r="C270" s="1" t="inlineStr">
+      <c r="C275" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D270" s="1" t="inlineStr">
+      <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E270" s="1" t="inlineStr">
+      <c r="E275" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F270" s="1" t="inlineStr">
+      <c r="F275" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="271" customHeight="true" ht="140.0">
-      <c r="A271" s="1" t="inlineStr">
+    <row r="276" customHeight="1" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
         <is>
           <t>173980</t>
         </is>
       </c>
-      <c r="C271" s="1" t="inlineStr">
+      <c r="C276" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D271" s="1" t="inlineStr">
+      <c r="D276" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E271" s="1" t="inlineStr">
+      <c r="E276" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F271" s="1" t="inlineStr">
+      <c r="F276" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="272" customHeight="true" ht="140.0">
-      <c r="A272" s="1" t="inlineStr">
+    <row r="277" customHeight="1" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
         <is>
           <t>180220</t>
         </is>
       </c>
-      <c r="C272" s="1" t="inlineStr">
+      <c r="C277" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D272" s="1" t="inlineStr">
+      <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E272" s="1" t="inlineStr">
+      <c r="E277" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F272" s="1" t="inlineStr">
+      <c r="F277" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="273" customHeight="true" ht="140.0">
-      <c r="A273" s="1" t="inlineStr">
+    <row r="278" customHeight="1" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
         <is>
           <t>182471</t>
         </is>
       </c>
-      <c r="C273" s="1" t="inlineStr">
+      <c r="C278" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D273" s="1" t="inlineStr">
+      <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E273" s="1" t="inlineStr">
+      <c r="E278" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F273" s="1" t="inlineStr">
+      <c r="F278" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="274" customHeight="true" ht="140.0">
-      <c r="A274" s="1" t="inlineStr">
+    <row r="279" customHeight="1" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
         <is>
           <t>189294</t>
         </is>
       </c>
-      <c r="C274" s="1" t="inlineStr">
+      <c r="C279" s="1" t="inlineStr">
         <is>
           <t>ABEL TASMAN
 TASMAN</t>
         </is>
       </c>
-      <c r="D274" s="1" t="inlineStr">
+      <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E274" s="1" t="inlineStr">
+      <c r="E279" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F274" s="1" t="inlineStr">
+      <c r="F279" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="275" customHeight="true" ht="140.0">
-      <c r="A275" s="1" t="inlineStr">
+    <row r="280" customHeight="1" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
         <is>
           <t>208144</t>
         </is>
       </c>
-      <c r="C275" s="1" t="inlineStr">
+      <c r="C280" s="1" t="inlineStr">
         <is>
           <t>TASMAN PRODUCTS</t>
         </is>
       </c>
-      <c r="D275" s="1" t="inlineStr">
+      <c r="D280" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E275" s="1" t="inlineStr">
+      <c r="E280" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F275" s="1" t="inlineStr">
+      <c r="F280" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="276" customHeight="true" ht="140.0">
-      <c r="A276" s="1" t="inlineStr">
+    <row r="281" customHeight="1" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
         <is>
           <t>220419</t>
         </is>
       </c>
-      <c r="C276" s="1" t="inlineStr">
+      <c r="C281" s="1" t="inlineStr">
         <is>
           <t>TASMAN MAGS</t>
         </is>
       </c>
-      <c r="D276" s="1" t="inlineStr">
+      <c r="D281" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E276" s="1" t="inlineStr">
+      <c r="E281" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F276" s="1" t="inlineStr">
+      <c r="F281" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="277" customHeight="true" ht="140.0">
-      <c r="A277" s="1" t="inlineStr">
+    <row r="282" customHeight="1" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
         <is>
           <t>227696</t>
         </is>
       </c>
-      <c r="C277" s="1" t="inlineStr">
+      <c r="C282" s="1" t="inlineStr">
         <is>
           <t>TASMAN-22</t>
         </is>
       </c>
-      <c r="D277" s="1" t="inlineStr">
+      <c r="D282" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E277" s="1" t="inlineStr">
+      <c r="E282" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F277" s="1" t="inlineStr">
+      <c r="F282" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="278" customHeight="true" ht="140.0">
-      <c r="A278" s="1" t="inlineStr">
+    <row r="283" customHeight="1" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
         <is>
           <t>231839</t>
         </is>
       </c>
-      <c r="C278" s="1" t="inlineStr">
+      <c r="C283" s="1" t="inlineStr">
         <is>
           <t>AUSTIN TASMAN</t>
         </is>
       </c>
-      <c r="D278" s="1" t="inlineStr">
+      <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E278" s="1" t="inlineStr">
+      <c r="E283" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F278" s="1" t="inlineStr">
+      <c r="F283" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="279" customHeight="true" ht="140.0">
-      <c r="A279" s="1" t="inlineStr">
+    <row r="284" customHeight="1" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
         <is>
           <t>242777</t>
         </is>
       </c>
-      <c r="C279" s="1" t="inlineStr">
+      <c r="C284" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D279" s="1" t="inlineStr">
+      <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E279" s="1" t="inlineStr">
+      <c r="E284" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F279" s="1" t="inlineStr">
+      <c r="F284" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="280" customHeight="true" ht="140.0">
-      <c r="A280" s="1" t="inlineStr">
+    <row r="285" customHeight="1" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
         <is>
           <t>262655</t>
         </is>
       </c>
-      <c r="C280" s="1" t="inlineStr">
+      <c r="C285" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D280" s="1" t="inlineStr">
+      <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E280" s="1" t="inlineStr">
+      <c r="E285" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F280" s="1" t="inlineStr">
+      <c r="F285" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="281" customHeight="true" ht="140.0">
-      <c r="A281" s="1" t="inlineStr">
+    <row r="286" customHeight="1" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
         <is>
           <t>321648</t>
         </is>
       </c>
-      <c r="C281" s="1" t="inlineStr">
+      <c r="C286" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D281" s="1" t="inlineStr">
+      <c r="D286" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E281" s="1" t="inlineStr">
+      <c r="E286" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F281" s="1" t="inlineStr">
+      <c r="F286" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="282" customHeight="true" ht="140.0">
-      <c r="A282" s="1" t="inlineStr">
+    <row r="287" customHeight="1" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
         <is>
           <t>332235</t>
         </is>
       </c>
-      <c r="C282" s="1" t="inlineStr">
+      <c r="C287" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D282" s="1" t="inlineStr">
+      <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E282" s="1" t="inlineStr">
+      <c r="E287" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F282" s="1" t="inlineStr">
+      <c r="F287" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="283" customHeight="true" ht="140.0">
-      <c r="A283" s="1" t="inlineStr">
+    <row r="288" customHeight="1" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
         <is>
           <t>332236</t>
         </is>
       </c>
-      <c r="C283" s="1" t="inlineStr">
+      <c r="C288" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D283" s="1" t="inlineStr">
+      <c r="D288" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E283" s="1" t="inlineStr">
+      <c r="E288" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F283" s="1" t="inlineStr">
+      <c r="F288" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="284" customHeight="true" ht="140.0">
-      <c r="A284" s="1" t="inlineStr">
+    <row r="289" customHeight="1" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
         <is>
           <t>360300</t>
         </is>
       </c>
-      <c r="C284" s="1" t="inlineStr">
+      <c r="C289" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D284" s="1" t="inlineStr">
+      <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E284" s="1" t="inlineStr">
+      <c r="E289" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F284" s="1" t="inlineStr">
+      <c r="F289" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="285" customHeight="true" ht="140.0">
-      <c r="A285" s="1" t="inlineStr">
+    <row r="290" customHeight="1" ht="140.0">
+      <c r="A290" s="1" t="inlineStr">
         <is>
           <t>381466</t>
         </is>
       </c>
-      <c r="C285" s="1" t="inlineStr">
+      <c r="C290" s="1" t="inlineStr">
         <is>
           <t>THE HOLIDAY ISLE
 TASMAN BRIDGE
 TOURIST DOLLAR
 WREST POINT CASINO
 TASMANIA</t>
         </is>
       </c>
-      <c r="D285" s="1" t="inlineStr">
+      <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E285" s="1" t="inlineStr">
+      <c r="E290" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="F285" s="1" t="inlineStr">
+      <c r="F290" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="286" customHeight="true" ht="140.0">
-      <c r="A286" s="1" t="inlineStr">
+    <row r="291" customHeight="1" ht="140.0">
+      <c r="A291" s="1" t="inlineStr">
         <is>
           <t>387824</t>
         </is>
       </c>
-      <c r="C286" s="1" t="inlineStr">
+      <c r="C291" s="1" t="inlineStr">
         <is>
           <t>PORK CRACKLES</t>
         </is>
       </c>
-      <c r="D286" s="1" t="inlineStr">
+      <c r="D291" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E286" s="1" t="inlineStr">
+      <c r="E291" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F286" s="1" t="inlineStr">
+      <c r="F291" s="1" t="inlineStr">
         <is>
           <t>Tasman Foods Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="287" customHeight="true" ht="140.0">
-      <c r="A287" s="1" t="inlineStr">
+    <row r="292" customHeight="1" ht="140.0">
+      <c r="A292" s="1" t="inlineStr">
         <is>
           <t>388781</t>
         </is>
       </c>
-      <c r="C287" s="1" t="inlineStr">
+      <c r="C292" s="1" t="inlineStr">
         <is>
           <t>EMOLAN</t>
         </is>
       </c>
-      <c r="D287" s="1" t="inlineStr">
+      <c r="D292" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E287" s="1" t="inlineStr">
+      <c r="E292" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F287" s="1" t="inlineStr">
+      <c r="F292" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="288" customHeight="true" ht="140.0">
-      <c r="A288" s="1" t="inlineStr">
+    <row r="293" customHeight="1" ht="140.0">
+      <c r="A293" s="1" t="inlineStr">
         <is>
           <t>390775</t>
         </is>
       </c>
-      <c r="C288" s="1" t="inlineStr">
+      <c r="C293" s="1" t="inlineStr">
         <is>
           <t>VAXIGUN</t>
         </is>
       </c>
-      <c r="D288" s="1" t="inlineStr">
+      <c r="D293" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E288" s="1" t="inlineStr">
+      <c r="E293" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="F288" s="1" t="inlineStr">
+      <c r="F293" s="1" t="inlineStr">
         <is>
           <t>ICI Tasman Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="289" customHeight="true" ht="140.0">
-      <c r="A289" s="1" t="inlineStr">
+    <row r="294" customHeight="1" ht="140.0">
+      <c r="A294" s="1" t="inlineStr">
         <is>
           <t>391274</t>
         </is>
       </c>
-      <c r="C289" s="1" t="inlineStr">
+      <c r="C294" s="1" t="inlineStr">
         <is>
           <t>RFL</t>
         </is>
       </c>
-      <c r="D289" s="1" t="inlineStr">
+      <c r="D294" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E289" s="1" t="inlineStr">
+      <c r="E294" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F289" s="1" t="inlineStr">
+      <c r="F294" s="1" t="inlineStr">
         <is>
           <t>R.F.L. Trans-Tasman Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="290" customHeight="true" ht="140.0">
-      <c r="A290" s="1" t="inlineStr">
+    <row r="295" customHeight="1" ht="140.0">
+      <c r="A295" s="1" t="inlineStr">
         <is>
           <t>391275</t>
         </is>
       </c>
-      <c r="C290" s="1" t="inlineStr">
+      <c r="C295" s="1" t="inlineStr">
         <is>
           <t>REFRIGERATED FREIGHT LINES</t>
         </is>
       </c>
-      <c r="D290" s="1" t="inlineStr">
+      <c r="D295" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E290" s="1" t="inlineStr">
+      <c r="E295" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F290" s="1" t="inlineStr">
+      <c r="F295" s="1" t="inlineStr">
         <is>
           <t>R.F.L. Trans-Tasman Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="291" customHeight="true" ht="140.0">
-      <c r="A291" s="1" t="inlineStr">
+    <row r="296" customHeight="1" ht="140.0">
+      <c r="A296" s="1" t="inlineStr">
         <is>
           <t>391276</t>
         </is>
       </c>
-      <c r="C291" s="1" t="inlineStr">
+      <c r="C296" s="1" t="inlineStr">
         <is>
           <t>REFRIGERATED FREIGHT LINES</t>
         </is>
       </c>
-      <c r="D291" s="1" t="inlineStr">
+      <c r="D296" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E291" s="1" t="inlineStr">
+      <c r="E296" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F291" s="1" t="inlineStr">
+      <c r="F296" s="1" t="inlineStr">
         <is>
           <t>R.F.L. Trans-Tasman Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="292" customHeight="true" ht="140.0">
-      <c r="A292" s="1" t="inlineStr">
+    <row r="297" customHeight="1" ht="140.0">
+      <c r="A297" s="1" t="inlineStr">
         <is>
           <t>396359</t>
         </is>
       </c>
-      <c r="C292" s="1" t="inlineStr">
+      <c r="C297" s="1" t="inlineStr">
         <is>
           <t>REAP</t>
         </is>
       </c>
-      <c r="D292" s="1" t="inlineStr">
+      <c r="D297" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E292" s="1" t="inlineStr">
+      <c r="E297" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F292" s="1" t="inlineStr">
+      <c r="F297" s="1" t="inlineStr">
         <is>
           <t>Tasman Management Services Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="293" customHeight="true" ht="140.0">
-      <c r="A293" s="1" t="inlineStr">
+    <row r="298" customHeight="1" ht="140.0">
+      <c r="A298" s="1" t="inlineStr">
         <is>
           <t>402693</t>
         </is>
       </c>
-      <c r="C293" s="1" t="inlineStr">
+      <c r="C298" s="1" t="inlineStr">
         <is>
           <t>ANCHOR MATE</t>
         </is>
       </c>
-      <c r="D293" s="1" t="inlineStr">
+      <c r="D298" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E293" s="1" t="inlineStr">
+      <c r="E298" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F293" s="1" t="inlineStr">
+      <c r="F298" s="1" t="inlineStr">
         <is>
           <t>Tasman Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="294" customHeight="true" ht="140.0">
-      <c r="A294" s="1" t="inlineStr">
+    <row r="299" customHeight="1" ht="140.0">
+      <c r="A299" s="1" t="inlineStr">
         <is>
           <t>408271</t>
         </is>
       </c>
-      <c r="C294" s="1" t="inlineStr">
+      <c r="C299" s="1" t="inlineStr">
         <is>
           <t>TASMAN CREEPING FESCUE</t>
         </is>
       </c>
-      <c r="D294" s="1" t="inlineStr">
+      <c r="D299" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E294" s="1" t="inlineStr">
+      <c r="E299" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F294" s="1" t="inlineStr">
+      <c r="F299" s="1" t="inlineStr">
         <is>
           <t>Department of Scientific and Industrial Reasearch</t>
         </is>
       </c>
     </row>
-    <row r="295" customHeight="true" ht="140.0">
-      <c r="A295" s="1" t="inlineStr">
+    <row r="300" customHeight="1" ht="140.0">
+      <c r="A300" s="1" t="inlineStr">
         <is>
           <t>410949</t>
         </is>
       </c>
-      <c r="C295" s="1" t="inlineStr">
+      <c r="C300" s="1" t="inlineStr">
         <is>
           <t>DRIVE TIME</t>
         </is>
       </c>
-      <c r="D295" s="1" t="inlineStr">
+      <c r="D300" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E295" s="1" t="inlineStr">
+      <c r="E300" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F295" s="1" t="inlineStr">
+      <c r="F300" s="1" t="inlineStr">
         <is>
           <t>Ankim Pty Ltd.; Golden Editions Pty Ltd.; Trans Tasman Productions</t>
         </is>
       </c>
     </row>
-    <row r="296" customHeight="true" ht="140.0">
-      <c r="A296" s="1" t="inlineStr">
+    <row r="301" customHeight="1" ht="140.0">
+      <c r="A301" s="1" t="inlineStr">
         <is>
           <t>411814</t>
         </is>
       </c>
-      <c r="C296" s="1" t="inlineStr">
+      <c r="C301" s="1" t="inlineStr">
         <is>
           <t>WOOLDET</t>
         </is>
       </c>
-      <c r="D296" s="1" t="inlineStr">
+      <c r="D301" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E296" s="1" t="inlineStr">
+      <c r="E301" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F296" s="1" t="inlineStr">
+      <c r="F301" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="297" customHeight="true" ht="140.0">
-      <c r="A297" s="1" t="inlineStr">
+    <row r="302" customHeight="1" ht="140.0">
+      <c r="A302" s="1" t="inlineStr">
         <is>
           <t>411815</t>
         </is>
       </c>
-      <c r="C297" s="1" t="inlineStr">
+      <c r="C302" s="1" t="inlineStr">
         <is>
           <t>RIDSTONE</t>
         </is>
       </c>
-      <c r="D297" s="1" t="inlineStr">
+      <c r="D302" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E297" s="1" t="inlineStr">
+      <c r="E302" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F297" s="1" t="inlineStr">
+      <c r="F302" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="298" customHeight="true" ht="140.0">
-      <c r="A298" s="1" t="inlineStr">
+    <row r="303" customHeight="1" ht="140.0">
+      <c r="A303" s="1" t="inlineStr">
         <is>
           <t>411881</t>
         </is>
       </c>
-      <c r="C298" s="1" t="inlineStr">
+      <c r="C303" s="1" t="inlineStr">
         <is>
           <t>PRODYNE</t>
         </is>
       </c>
-      <c r="D298" s="1" t="inlineStr">
+      <c r="D303" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E298" s="1" t="inlineStr">
+      <c r="E303" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F298" s="1" t="inlineStr">
+      <c r="F303" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="299" customHeight="true" ht="140.0">
-      <c r="A299" s="1" t="inlineStr">
+    <row r="304" customHeight="1" ht="140.0">
+      <c r="A304" s="1" t="inlineStr">
         <is>
           <t>412252</t>
         </is>
       </c>
-      <c r="C299" s="1" t="inlineStr">
+      <c r="C304" s="1" t="inlineStr">
         <is>
           <t>HEAVY HANDS</t>
         </is>
       </c>
-      <c r="D299" s="1" t="inlineStr">
+      <c r="D304" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E299" s="1" t="inlineStr">
+      <c r="E304" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F299" s="1" t="inlineStr">
+      <c r="F304" s="1" t="inlineStr">
         <is>
           <t>Lawrence Tasman Darcy</t>
         </is>
       </c>
     </row>
-    <row r="300" customHeight="true" ht="140.0">
-      <c r="A300" s="1" t="inlineStr">
+    <row r="305" customHeight="1" ht="140.0">
+      <c r="A305" s="1" t="inlineStr">
         <is>
           <t>443304</t>
         </is>
       </c>
-      <c r="C300" s="1" t="inlineStr">
+      <c r="C305" s="1" t="inlineStr">
         <is>
           <t>CRAZY COVERS</t>
         </is>
       </c>
-      <c r="D300" s="1" t="inlineStr">
+      <c r="D305" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E300" s="1" t="inlineStr">
+      <c r="E305" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F300" s="1" t="inlineStr">
+      <c r="F305" s="1" t="inlineStr">
         <is>
           <t>Tasman Laminating Limited</t>
         </is>
       </c>
     </row>
-    <row r="301" customHeight="true" ht="140.0">
-      <c r="A301" s="1" t="inlineStr">
+    <row r="306" customHeight="1" ht="140.0">
+      <c r="A306" s="1" t="inlineStr">
         <is>
           <t>447970</t>
         </is>
       </c>
-      <c r="C301" s="1" t="inlineStr">
+      <c r="C306" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D301" s="1" t="inlineStr">
+      <c r="D306" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E301" s="1" t="inlineStr">
+      <c r="E306" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F301" s="1" t="inlineStr">
+      <c r="F306" s="1" t="inlineStr">
         <is>
           <t>Catering Aids Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="302" customHeight="true" ht="140.0">
-      <c r="A302" s="1" t="inlineStr">
+    <row r="307" customHeight="1" ht="140.0">
+      <c r="A307" s="1" t="inlineStr">
         <is>
           <t>457499</t>
         </is>
       </c>
-      <c r="C302" s="1" t="inlineStr">
+      <c r="C307" s="1" t="inlineStr">
         <is>
           <t>TASMAN COLLECTION</t>
         </is>
       </c>
-      <c r="D302" s="1" t="inlineStr">
+      <c r="D307" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E302" s="1" t="inlineStr">
+      <c r="E307" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F302" s="1" t="inlineStr">
+      <c r="F307" s="1" t="inlineStr">
         <is>
           <t>Phytotech Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="303" customHeight="true" ht="140.0">
-      <c r="A303" s="1" t="inlineStr">
+    <row r="308" customHeight="1" ht="140.0">
+      <c r="A308" s="1" t="inlineStr">
         <is>
           <t>459364</t>
         </is>
       </c>
-      <c r="C303" s="1" t="inlineStr">
+      <c r="C308" s="1" t="inlineStr">
         <is>
           <t>KIWIPINE</t>
         </is>
       </c>
-      <c r="D303" s="1" t="inlineStr">
+      <c r="D308" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E303" s="1" t="inlineStr">
+      <c r="E308" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F303" s="1" t="inlineStr">
+      <c r="F308" s="1" t="inlineStr">
         <is>
           <t>Tasman Forestry Ltd</t>
         </is>
       </c>
     </row>
-    <row r="304" customHeight="true" ht="140.0">
-      <c r="A304" s="1" t="inlineStr">
+    <row r="309" customHeight="1" ht="140.0">
+      <c r="A309" s="1" t="inlineStr">
         <is>
           <t>459365</t>
         </is>
       </c>
-      <c r="C304" s="1" t="inlineStr">
+      <c r="C309" s="1" t="inlineStr">
         <is>
           <t>KIWIPINE</t>
         </is>
       </c>
-      <c r="D304" s="1" t="inlineStr">
+      <c r="D309" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E304" s="1" t="inlineStr">
+      <c r="E309" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F304" s="1" t="inlineStr">
+      <c r="F309" s="1" t="inlineStr">
         <is>
           <t>Tasman Forestry Ltd</t>
         </is>
       </c>
     </row>
-    <row r="305" customHeight="true" ht="140.0">
-      <c r="A305" s="1" t="inlineStr">
+    <row r="310" customHeight="1" ht="140.0">
+      <c r="A310" s="1" t="inlineStr">
         <is>
           <t>468992</t>
         </is>
       </c>
-      <c r="C305" s="1" t="inlineStr">
+      <c r="C310" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D305" s="1" t="inlineStr">
+      <c r="D310" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E305" s="1" t="inlineStr">
+      <c r="E310" s="1" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="F305" s="1" t="inlineStr">
+      <c r="F310" s="1" t="inlineStr">
         <is>
           <t>Patons &amp; Baldwins Ltd</t>
         </is>
       </c>
     </row>
-    <row r="306" customHeight="true" ht="140.0">
-      <c r="A306" s="1" t="inlineStr">
+    <row r="311" customHeight="1" ht="140.0">
+      <c r="A311" s="1" t="inlineStr">
         <is>
           <t>469323</t>
         </is>
       </c>
-      <c r="C306" s="1" t="inlineStr">
+      <c r="C311" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D306" s="1" t="inlineStr">
+      <c r="D311" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E306" s="1" t="inlineStr">
+      <c r="E311" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F306" s="1" t="inlineStr">
+      <c r="F311" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="307" customHeight="true" ht="140.0">
-      <c r="A307" s="1" t="inlineStr">
+    <row r="312" customHeight="1" ht="140.0">
+      <c r="A312" s="1" t="inlineStr">
         <is>
           <t>472626</t>
         </is>
       </c>
-      <c r="C307" s="1" t="inlineStr">
+      <c r="C312" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN CONSTRUCTION REVIEW</t>
         </is>
       </c>
-      <c r="D307" s="1" t="inlineStr">
+      <c r="D312" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E307" s="1" t="inlineStr">
+      <c r="E312" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F307" s="1" t="inlineStr">
+      <c r="F312" s="1" t="inlineStr">
         <is>
           <t>Tasman Publishing</t>
         </is>
       </c>
     </row>
-    <row r="308" customHeight="true" ht="140.0">
-      <c r="A308" s="1" t="inlineStr">
+    <row r="313" customHeight="1" ht="140.0">
+      <c r="A313" s="1" t="inlineStr">
         <is>
           <t>472627</t>
         </is>
       </c>
-      <c r="C308" s="1" t="inlineStr">
+      <c r="C313" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN ENGINEERING REVIEW</t>
         </is>
       </c>
-      <c r="D308" s="1" t="inlineStr">
+      <c r="D313" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E308" s="1" t="inlineStr">
+      <c r="E313" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F308" s="1" t="inlineStr">
+      <c r="F313" s="1" t="inlineStr">
         <is>
           <t>Tasman Publishing</t>
         </is>
       </c>
     </row>
-    <row r="309" customHeight="true" ht="140.0">
-      <c r="A309" s="1" t="inlineStr">
+    <row r="314" customHeight="1" ht="140.0">
+      <c r="A314" s="1" t="inlineStr">
         <is>
           <t>485347</t>
         </is>
       </c>
-      <c r="C309" s="1" t="inlineStr">
+      <c r="C314" s="1" t="inlineStr">
         <is>
           <t>TASMAN AIRLINES</t>
         </is>
       </c>
-      <c r="D309" s="1" t="inlineStr">
+      <c r="D314" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E309" s="1" t="inlineStr">
+      <c r="E314" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F309" s="1" t="inlineStr">
+      <c r="F314" s="1" t="inlineStr">
         <is>
           <t>Tim S. Edwards</t>
         </is>
       </c>
     </row>
-    <row r="310" customHeight="true" ht="140.0">
-      <c r="A310" s="1" t="inlineStr">
+    <row r="315" customHeight="1" ht="140.0">
+      <c r="A315" s="1" t="inlineStr">
         <is>
           <t>517692</t>
         </is>
       </c>
-      <c r="C310" s="1" t="inlineStr">
+      <c r="C315" s="1" t="inlineStr">
         <is>
           <t>FOOT STEPS</t>
         </is>
       </c>
-      <c r="D310" s="1" t="inlineStr">
+      <c r="D315" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E310" s="1" t="inlineStr">
+      <c r="E315" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F310" s="1" t="inlineStr">
+      <c r="F315" s="1" t="inlineStr">
         <is>
           <t>Trans Tasman Footwear Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="311" customHeight="true" ht="140.0">
-      <c r="A311" s="1" t="inlineStr">
+    <row r="316" customHeight="1" ht="140.0">
+      <c r="A316" s="1" t="inlineStr">
         <is>
           <t>527446</t>
         </is>
       </c>
-      <c r="C311" s="1" t="inlineStr">
+      <c r="C316" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D311" s="1" t="inlineStr">
+      <c r="D316" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E311" s="1" t="inlineStr">
+      <c r="E316" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F311" s="1" t="inlineStr">
+      <c r="F316" s="1" t="inlineStr">
         <is>
           <t>Space Made Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="312" customHeight="true" ht="140.0">
-      <c r="A312" s="1" t="inlineStr">
+    <row r="317" customHeight="1" ht="140.0">
+      <c r="A317" s="1" t="inlineStr">
         <is>
           <t>532830</t>
         </is>
       </c>
-      <c r="C312" s="1" t="inlineStr">
+      <c r="C317" s="1" t="inlineStr">
         <is>
           <t>TASMAN WINES</t>
         </is>
       </c>
-      <c r="D312" s="1" t="inlineStr">
+      <c r="D317" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E312" s="1" t="inlineStr">
+      <c r="E317" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F312" s="1" t="inlineStr">
+      <c r="F317" s="1" t="inlineStr">
         <is>
           <t>Gregory John O'Keefe</t>
         </is>
       </c>
     </row>
-    <row r="313" customHeight="true" ht="140.0">
-      <c r="A313" s="1" t="inlineStr">
+    <row r="318" customHeight="1" ht="140.0">
+      <c r="A318" s="1" t="inlineStr">
         <is>
           <t>534778</t>
         </is>
       </c>
-      <c r="C313" s="1" t="inlineStr">
+      <c r="C318" s="1" t="inlineStr">
         <is>
           <t>POLEMIZ</t>
         </is>
       </c>
-      <c r="D313" s="1" t="inlineStr">
+      <c r="D318" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E313" s="1" t="inlineStr">
+      <c r="E318" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F313" s="1" t="inlineStr">
+      <c r="F318" s="1" t="inlineStr">
         <is>
           <t>Paul Tasman Vout; Krysanne Katsoolis; Chris Connolly</t>
         </is>
       </c>
     </row>
-    <row r="314" customHeight="true" ht="140.0">
-      <c r="A314" s="1" t="inlineStr">
+    <row r="319" customHeight="1" ht="140.0">
+      <c r="A319" s="1" t="inlineStr">
         <is>
           <t>539125</t>
         </is>
       </c>
-      <c r="C314" s="1" t="inlineStr">
+      <c r="C319" s="1" t="inlineStr">
         <is>
           <t>ECO BIN; ECO-BIN; ECOBIN</t>
         </is>
       </c>
-      <c r="D314" s="1" t="inlineStr">
+      <c r="D319" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E314" s="1" t="inlineStr">
+      <c r="E319" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F314" s="1" t="inlineStr">
+      <c r="F319" s="1" t="inlineStr">
         <is>
           <t>Donald Stuart Walker; Marcus Tasman Walker</t>
         </is>
       </c>
     </row>
-    <row r="315" customHeight="true" ht="140.0">
-      <c r="A315" s="1" t="inlineStr">
+    <row r="320" customHeight="1" ht="140.0">
+      <c r="A320" s="1" t="inlineStr">
         <is>
           <t>545087</t>
         </is>
       </c>
-      <c r="C315" s="1" t="inlineStr">
+      <c r="C320" s="1" t="inlineStr">
         <is>
           <t>COUNTRY FRESH</t>
         </is>
       </c>
-      <c r="D315" s="1" t="inlineStr">
+      <c r="D320" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E315" s="1" t="inlineStr">
+      <c r="E320" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F315" s="1" t="inlineStr">
+      <c r="F320" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="316" customHeight="true" ht="140.0">
-      <c r="A316" s="1" t="inlineStr">
+    <row r="321" customHeight="1" ht="140.0">
+      <c r="A321" s="1" t="inlineStr">
         <is>
           <t>559858</t>
         </is>
       </c>
-      <c r="C316" s="1" t="inlineStr">
+      <c r="C321" s="1" t="inlineStr">
         <is>
           <t>INSURECARD</t>
         </is>
       </c>
-      <c r="D316" s="1" t="inlineStr">
+      <c r="D321" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E316" s="1" t="inlineStr">
+      <c r="E321" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F316" s="1" t="inlineStr">
+      <c r="F321" s="1" t="inlineStr">
         <is>
           <t>Marcus Tasman Walker; Donald Stuart Walker</t>
         </is>
       </c>
     </row>
-    <row r="317" customHeight="true" ht="140.0">
-      <c r="A317" s="1" t="inlineStr">
+    <row r="322" customHeight="1" ht="140.0">
+      <c r="A322" s="1" t="inlineStr">
         <is>
           <t>559859</t>
         </is>
       </c>
-      <c r="C317" s="1" t="inlineStr">
+      <c r="C322" s="1" t="inlineStr">
         <is>
           <t>COVERCARD</t>
         </is>
       </c>
-      <c r="D317" s="1" t="inlineStr">
+      <c r="D322" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E317" s="1" t="inlineStr">
+      <c r="E322" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F317" s="1" t="inlineStr">
+      <c r="F322" s="1" t="inlineStr">
         <is>
           <t>Marcus Tasman Walker; Donald Stuart Walker</t>
         </is>
       </c>
     </row>
-    <row r="318" customHeight="true" ht="140.0">
-      <c r="A318" s="1" t="inlineStr">
+    <row r="323" customHeight="1" ht="140.0">
+      <c r="A323" s="1" t="inlineStr">
         <is>
           <t>559860</t>
         </is>
       </c>
-      <c r="C318" s="1" t="inlineStr">
+      <c r="C323" s="1" t="inlineStr">
         <is>
           <t>LIFECARD SUPERCARD PROTECTIONCARD</t>
         </is>
       </c>
-      <c r="D318" s="1" t="inlineStr">
+      <c r="D323" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E318" s="1" t="inlineStr">
+      <c r="E323" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F318" s="1" t="inlineStr">
+      <c r="F323" s="1" t="inlineStr">
         <is>
           <t>Marcus Tasman Walker; Donald Stuart Walker</t>
         </is>
       </c>
     </row>
-    <row r="319" customHeight="true" ht="140.0">
-      <c r="A319" s="1" t="inlineStr">
+    <row r="324" customHeight="1" ht="140.0">
+      <c r="A324" s="1" t="inlineStr">
         <is>
           <t>561095</t>
         </is>
       </c>
-      <c r="C319" s="1" t="inlineStr">
+      <c r="C324" s="1" t="inlineStr">
         <is>
           <t>TASMAN SPRINGS</t>
         </is>
       </c>
-      <c r="D319" s="1" t="inlineStr">
+      <c r="D324" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E319" s="1" t="inlineStr">
+      <c r="E324" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F319" s="1" t="inlineStr">
+      <c r="F324" s="1" t="inlineStr">
         <is>
           <t>R.R. and S.M Powell Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="320" customHeight="true" ht="140.0">
-      <c r="A320" s="1" t="inlineStr">
+    <row r="325" customHeight="1" ht="140.0">
+      <c r="A325" s="1" t="inlineStr">
         <is>
           <t>571491</t>
         </is>
       </c>
-      <c r="C320" s="1" t="inlineStr">
+      <c r="C325" s="1" t="inlineStr">
         <is>
           <t>CHAMPAGNE
 CHAMPAGNE LIMOUSINES</t>
         </is>
       </c>
-      <c r="D320" s="1" t="inlineStr">
+      <c r="D325" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E320" s="1" t="inlineStr">
+      <c r="E325" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F320" s="1" t="inlineStr">
+      <c r="F325" s="1" t="inlineStr">
         <is>
           <t>Marcus Tasman Walker; Donald Stuart Walker</t>
         </is>
       </c>
     </row>
-    <row r="321" customHeight="true" ht="140.0">
-      <c r="A321" s="1" t="inlineStr">
+    <row r="326" customHeight="1" ht="140.0">
+      <c r="A326" s="1" t="inlineStr">
         <is>
           <t>571492</t>
         </is>
       </c>
-      <c r="C321" s="1" t="inlineStr">
+      <c r="C326" s="1" t="inlineStr">
         <is>
           <t>STATE OF THE ART GENERAL STORE</t>
         </is>
       </c>
-      <c r="D321" s="1" t="inlineStr">
+      <c r="D326" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E321" s="1" t="inlineStr">
+      <c r="E326" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F321" s="1" t="inlineStr">
+      <c r="F326" s="1" t="inlineStr">
         <is>
           <t>Marcus Tasman Walker; Donald Stuart Walker</t>
         </is>
       </c>
     </row>
-    <row r="322" customHeight="true" ht="140.0">
-      <c r="A322" s="1" t="inlineStr">
+    <row r="327" customHeight="1" ht="140.0">
+      <c r="A327" s="1" t="inlineStr">
         <is>
           <t>572998</t>
         </is>
       </c>
-      <c r="C322" s="1" t="inlineStr">
+      <c r="C327" s="1" t="inlineStr">
         <is>
           <t>MULTI-FUNCTION POLIS
 MULTI-FUNCTION POLIS LIMOUSINES
 MULTI-FUNCTION POLIS CABS
 MULTI-FUNCTION POLIS TAXIS
 MULTI-FUNCTION POLIS LIMOUSINE SERVICE
 MULTI-FUNCTION POLIS TAXI SERVICE
 MFP
 MFP LIMOUSINES
 MFP CABS
 MFP TAXIS
 MFP LIMOUSINE SERVICE
 MFP CAB SERVICE
 MFP TAXI SERVICE
 MULTI-FUNCTION POLIS CAB SERVICE</t>
         </is>
       </c>
-      <c r="D322" s="1" t="inlineStr">
+      <c r="D327" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E322" s="1" t="inlineStr">
+      <c r="E327" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F322" s="1" t="inlineStr">
+      <c r="F327" s="1" t="inlineStr">
         <is>
           <t>Marcus Tasman Walker; Donald Stuart Walker</t>
         </is>
       </c>
     </row>
-    <row r="323" customHeight="true" ht="140.0">
-      <c r="A323" s="1" t="inlineStr">
+    <row r="328" customHeight="1" ht="140.0">
+      <c r="A328" s="1" t="inlineStr">
         <is>
           <t>572999</t>
         </is>
       </c>
-      <c r="C323" s="1" t="inlineStr">
+      <c r="C328" s="1" t="inlineStr">
         <is>
           <t>OPPORTUNITY KNOX</t>
         </is>
       </c>
-      <c r="D323" s="1" t="inlineStr">
+      <c r="D328" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E323" s="1" t="inlineStr">
+      <c r="E328" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F323" s="1" t="inlineStr">
+      <c r="F328" s="1" t="inlineStr">
         <is>
           <t>Marcus Tasman Walker; Donald Stuart Walker</t>
         </is>
       </c>
     </row>
-    <row r="324" customHeight="true" ht="140.0">
-      <c r="A324" s="1" t="inlineStr">
+    <row r="329" customHeight="1" ht="140.0">
+      <c r="A329" s="1" t="inlineStr">
         <is>
           <t>580954</t>
         </is>
       </c>
-      <c r="C324" s="1" t="inlineStr">
+      <c r="C329" s="1" t="inlineStr">
         <is>
           <t>BASS CAT</t>
         </is>
       </c>
-      <c r="D324" s="1" t="inlineStr">
+      <c r="D329" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E324" s="1" t="inlineStr">
+      <c r="E329" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F324" s="1" t="inlineStr">
+      <c r="F329" s="1" t="inlineStr">
         <is>
           <t>Tasman Steven Stanton</t>
         </is>
       </c>
     </row>
-    <row r="325" customHeight="true" ht="140.0">
-      <c r="A325" s="1" t="inlineStr">
+    <row r="330" customHeight="1" ht="140.0">
+      <c r="A330" s="1" t="inlineStr">
         <is>
           <t>595885</t>
         </is>
       </c>
-      <c r="C325" s="1" t="inlineStr">
+      <c r="C330" s="1" t="inlineStr">
         <is>
           <t>FIBRE CEMENT PULP</t>
         </is>
       </c>
-      <c r="D325" s="1" t="inlineStr">
+      <c r="D330" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E325" s="1" t="inlineStr">
+      <c r="E330" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F325" s="1" t="inlineStr">
+      <c r="F330" s="1" t="inlineStr">
         <is>
           <t>Tasman Pulp and Paper Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="326" customHeight="true" ht="140.0">
-      <c r="A326" s="1" t="inlineStr">
+    <row r="331" customHeight="1" ht="140.0">
+      <c r="A331" s="1" t="inlineStr">
         <is>
           <t>604365</t>
         </is>
       </c>
-      <c r="C326" s="1" t="inlineStr">
+      <c r="C331" s="1" t="inlineStr">
         <is>
           <t>TASMAN OPTICAL</t>
         </is>
       </c>
-      <c r="D326" s="1" t="inlineStr">
+      <c r="D331" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E326" s="1" t="inlineStr">
+      <c r="E331" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F326" s="1" t="inlineStr">
+      <c r="F331" s="1" t="inlineStr">
         <is>
           <t>OHL Corporation Limited</t>
         </is>
       </c>
     </row>
-    <row r="327" customHeight="true" ht="140.0">
-      <c r="A327" s="1" t="inlineStr">
+    <row r="332" customHeight="1" ht="140.0">
+      <c r="A332" s="1" t="inlineStr">
         <is>
           <t>630524</t>
         </is>
       </c>
-      <c r="C327" s="1" t="inlineStr">
+      <c r="C332" s="1" t="inlineStr">
         <is>
           <t>TAS ISLE SEAFOODS FRANKLIN PITTWATER OYSTERS TAS ISLE</t>
         </is>
       </c>
-      <c r="D327" s="1" t="inlineStr">
+      <c r="D332" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E327" s="1" t="inlineStr">
+      <c r="E332" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F327" s="1" t="inlineStr">
+      <c r="F332" s="1" t="inlineStr">
         <is>
           <t>Tasman Isle Seafoods P/L</t>
         </is>
       </c>
     </row>
-    <row r="328" customHeight="true" ht="140.0">
-      <c r="A328" s="1" t="inlineStr">
+    <row r="333" customHeight="1" ht="140.0">
+      <c r="A333" s="1" t="inlineStr">
         <is>
           <t>634491</t>
         </is>
       </c>
-      <c r="C328" s="1" t="inlineStr">
+      <c r="C333" s="1" t="inlineStr">
         <is>
           <t>PLANTATION PINE GOOD FOR THE GLOBE</t>
         </is>
       </c>
-      <c r="D328" s="1" t="inlineStr">
+      <c r="D333" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E328" s="1" t="inlineStr">
+      <c r="E333" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F328" s="1" t="inlineStr">
+      <c r="F333" s="1" t="inlineStr">
         <is>
           <t>Tasman Lumber Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="329" customHeight="true" ht="140.0">
-      <c r="A329" s="1" t="inlineStr">
+    <row r="334" customHeight="1" ht="140.0">
+      <c r="A334" s="1" t="inlineStr">
         <is>
           <t>634492</t>
         </is>
       </c>
-      <c r="C329" s="1" t="inlineStr">
+      <c r="C334" s="1" t="inlineStr">
         <is>
           <t>PLANTATION PINE GOOD FOR THE GLOBE</t>
         </is>
       </c>
-      <c r="D329" s="1" t="inlineStr">
+      <c r="D334" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E329" s="1" t="inlineStr">
+      <c r="E334" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F329" s="1" t="inlineStr">
+      <c r="F334" s="1" t="inlineStr">
         <is>
           <t>Tasman Lumber Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="330" customHeight="true" ht="140.0">
-      <c r="A330" s="1" t="inlineStr">
+    <row r="335" customHeight="1" ht="140.0">
+      <c r="A335" s="1" t="inlineStr">
         <is>
           <t>634493</t>
         </is>
       </c>
-      <c r="C330" s="1" t="inlineStr">
+      <c r="C335" s="1" t="inlineStr">
         <is>
           <t>PLANTATION PINE GOOD FOR THE GLOBE</t>
         </is>
       </c>
-      <c r="D330" s="1" t="inlineStr">
+      <c r="D335" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E330" s="1" t="inlineStr">
+      <c r="E335" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F330" s="1" t="inlineStr">
+      <c r="F335" s="1" t="inlineStr">
         <is>
           <t>Tasman Lumber Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="331" customHeight="true" ht="140.0">
-      <c r="A331" s="1" t="inlineStr">
+    <row r="336" customHeight="1" ht="140.0">
+      <c r="A336" s="1" t="inlineStr">
         <is>
           <t>634494</t>
         </is>
       </c>
-      <c r="C331" s="1" t="inlineStr">
+      <c r="C336" s="1" t="inlineStr">
         <is>
           <t>PLANTATION PINE GOOD FOR THE GLOBE</t>
         </is>
       </c>
-      <c r="D331" s="1" t="inlineStr">
+      <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E331" s="1" t="inlineStr">
+      <c r="E336" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F331" s="1" t="inlineStr">
+      <c r="F336" s="1" t="inlineStr">
         <is>
           <t>Tasman Lumber Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="332" customHeight="true" ht="140.0">
-      <c r="A332" s="1" t="inlineStr">
+    <row r="337" customHeight="1" ht="140.0">
+      <c r="A337" s="1" t="inlineStr">
         <is>
           <t>634495</t>
         </is>
       </c>
-      <c r="C332" s="1" t="inlineStr">
+      <c r="C337" s="1" t="inlineStr">
         <is>
           <t>PLANTATION PINE GOOD FOR THE GLOBE</t>
         </is>
       </c>
-      <c r="D332" s="1" t="inlineStr">
+      <c r="D337" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E332" s="1" t="inlineStr">
+      <c r="E337" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F332" s="1" t="inlineStr">
+      <c r="F337" s="1" t="inlineStr">
         <is>
           <t>Tasman Lumber Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="333" customHeight="true" ht="140.0">
-      <c r="A333" s="1" t="inlineStr">
+    <row r="338" customHeight="1" ht="140.0">
+      <c r="A338" s="1" t="inlineStr">
         <is>
           <t>634496</t>
         </is>
       </c>
-      <c r="C333" s="1" t="inlineStr">
+      <c r="C338" s="1" t="inlineStr">
         <is>
           <t>PLANTATION PINE GOOD FOR THE GLOBE</t>
         </is>
       </c>
-      <c r="D333" s="1" t="inlineStr">
+      <c r="D338" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E333" s="1" t="inlineStr">
+      <c r="E338" s="1" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="F333" s="1" t="inlineStr">
+      <c r="F338" s="1" t="inlineStr">
         <is>
           <t>Tasman Lumber Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="334" customHeight="true" ht="140.0">
-      <c r="A334" s="1" t="inlineStr">
+    <row r="339" customHeight="1" ht="140.0">
+      <c r="A339" s="1" t="inlineStr">
         <is>
           <t>636939</t>
         </is>
       </c>
-      <c r="C334" s="1" t="inlineStr">
+      <c r="C339" s="1" t="inlineStr">
         <is>
           <t>SPIN</t>
         </is>
       </c>
-      <c r="D334" s="1" t="inlineStr">
+      <c r="D339" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E334" s="1" t="inlineStr">
+      <c r="E339" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F334" s="1" t="inlineStr">
+      <c r="F339" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="335" customHeight="true" ht="140.0">
-      <c r="A335" s="1" t="inlineStr">
+    <row r="340" customHeight="1" ht="140.0">
+      <c r="A340" s="1" t="inlineStr">
         <is>
           <t>654389</t>
         </is>
       </c>
-      <c r="C335" s="1" t="inlineStr">
+      <c r="C340" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D335" s="1" t="inlineStr">
+      <c r="D340" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E335" s="1" t="inlineStr">
+      <c r="E340" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F335" s="1" t="inlineStr">
+      <c r="F340" s="1" t="inlineStr">
         <is>
           <t>Penneys Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="336" customHeight="true" ht="140.0">
-      <c r="A336" s="1" t="inlineStr">
+    <row r="341" customHeight="1" ht="140.0">
+      <c r="A341" s="1" t="inlineStr">
         <is>
           <t>654394</t>
         </is>
       </c>
-      <c r="C336" s="1" t="inlineStr">
+      <c r="C341" s="1" t="inlineStr">
         <is>
           <t>TASMAN DRY ICE</t>
         </is>
       </c>
-      <c r="D336" s="1" t="inlineStr">
+      <c r="D341" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E336" s="1" t="inlineStr">
+      <c r="E341" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F336" s="1" t="inlineStr">
+      <c r="F341" s="1" t="inlineStr">
         <is>
           <t>Penneys Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="337" customHeight="true" ht="140.0">
-      <c r="A337" s="1" t="inlineStr">
+    <row r="342" customHeight="1" ht="140.0">
+      <c r="A342" s="1" t="inlineStr">
         <is>
           <t>659094</t>
         </is>
       </c>
-      <c r="C337" s="1" t="inlineStr">
+      <c r="C342" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN CHALLENGE TROPHY SERIES</t>
         </is>
       </c>
-      <c r="D337" s="1" t="inlineStr">
+      <c r="D342" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E337" s="1" t="inlineStr">
+      <c r="E342" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F337" s="1" t="inlineStr">
+      <c r="F342" s="1" t="inlineStr">
         <is>
           <t>Fernlead Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="338" customHeight="true" ht="140.0">
-      <c r="A338" s="1" t="inlineStr">
+    <row r="343" customHeight="1" ht="140.0">
+      <c r="A343" s="1" t="inlineStr">
         <is>
           <t>659095</t>
         </is>
       </c>
-      <c r="C338" s="1" t="inlineStr">
+      <c r="C343" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN CHALLENGE TROPHY SERIES</t>
         </is>
       </c>
-      <c r="D338" s="1" t="inlineStr">
+      <c r="D343" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E338" s="1" t="inlineStr">
+      <c r="E343" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F338" s="1" t="inlineStr">
+      <c r="F343" s="1" t="inlineStr">
         <is>
           <t>Fernlead Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="339" customHeight="true" ht="140.0">
-      <c r="A339" s="1" t="inlineStr">
+    <row r="344" customHeight="1" ht="140.0">
+      <c r="A344" s="1" t="inlineStr">
         <is>
           <t>659096</t>
         </is>
       </c>
-      <c r="C339" s="1" t="inlineStr">
+      <c r="C344" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN CHALLENGE</t>
         </is>
       </c>
-      <c r="D339" s="1" t="inlineStr">
+      <c r="D344" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E339" s="1" t="inlineStr">
+      <c r="E344" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F339" s="1" t="inlineStr">
+      <c r="F344" s="1" t="inlineStr">
         <is>
           <t>Fernlead Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="340" customHeight="true" ht="140.0">
-      <c r="A340" s="1" t="inlineStr">
+    <row r="345" customHeight="1" ht="140.0">
+      <c r="A345" s="1" t="inlineStr">
         <is>
           <t>659098</t>
         </is>
       </c>
-      <c r="C340" s="1" t="inlineStr">
+      <c r="C345" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN CHALLENGE</t>
         </is>
       </c>
-      <c r="D340" s="1" t="inlineStr">
+      <c r="D345" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E340" s="1" t="inlineStr">
+      <c r="E345" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F340" s="1" t="inlineStr">
+      <c r="F345" s="1" t="inlineStr">
         <is>
           <t>Fernlead Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="341" customHeight="true" ht="140.0">
-      <c r="A341" s="1" t="inlineStr">
+    <row r="346" customHeight="1" ht="140.0">
+      <c r="A346" s="1" t="inlineStr">
         <is>
           <t>671929</t>
         </is>
       </c>
-      <c r="C341" s="1" t="inlineStr">
+      <c r="C346" s="1" t="inlineStr">
         <is>
           <t>NELSON</t>
         </is>
       </c>
-      <c r="D341" s="1" t="inlineStr">
+      <c r="D346" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E341" s="1" t="inlineStr">
+      <c r="E346" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F341" s="1" t="inlineStr">
+      <c r="F346" s="1" t="inlineStr">
         <is>
           <t>Tasman Environmental Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="342" customHeight="true" ht="140.0">
-      <c r="A342" s="1" t="inlineStr">
+    <row r="347" customHeight="1" ht="140.0">
+      <c r="A347" s="1" t="inlineStr">
         <is>
           <t>674293</t>
         </is>
       </c>
-      <c r="C342" s="1" t="inlineStr">
+      <c r="C347" s="1" t="inlineStr">
         <is>
           <t>TFPURIFINER</t>
         </is>
       </c>
-      <c r="D342" s="1" t="inlineStr">
+      <c r="D347" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E342" s="1" t="inlineStr">
+      <c r="E347" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F342" s="1" t="inlineStr">
+      <c r="F347" s="1" t="inlineStr">
         <is>
           <t>Tasman Environmental Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="343" customHeight="true" ht="140.0">
-      <c r="A343" s="1" t="inlineStr">
+    <row r="348" customHeight="1" ht="140.0">
+      <c r="A348" s="1" t="inlineStr">
         <is>
           <t>680687</t>
         </is>
       </c>
-      <c r="C343" s="1" t="inlineStr">
+      <c r="C348" s="1" t="inlineStr">
         <is>
           <t>NIGHT</t>
         </is>
       </c>
-      <c r="D343" s="1" t="inlineStr">
+      <c r="D348" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E343" s="1" t="inlineStr">
+      <c r="E348" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F343" s="1" t="inlineStr">
+      <c r="F348" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="344" customHeight="true" ht="140.0">
-      <c r="A344" s="1" t="inlineStr">
+    <row r="349" customHeight="1" ht="140.0">
+      <c r="A349" s="1" t="inlineStr">
         <is>
           <t>680688</t>
         </is>
       </c>
-      <c r="C344" s="1" t="inlineStr">
+      <c r="C349" s="1" t="inlineStr">
         <is>
           <t>MORNING</t>
         </is>
       </c>
-      <c r="D344" s="1" t="inlineStr">
+      <c r="D349" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E344" s="1" t="inlineStr">
+      <c r="E349" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F344" s="1" t="inlineStr">
+      <c r="F349" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="345" customHeight="true" ht="140.0">
-      <c r="A345" s="1" t="inlineStr">
+    <row r="350" customHeight="1" ht="140.0">
+      <c r="A350" s="1" t="inlineStr">
         <is>
           <t>680689</t>
         </is>
       </c>
-      <c r="C345" s="1" t="inlineStr">
+      <c r="C350" s="1" t="inlineStr">
         <is>
           <t>P.M.</t>
         </is>
       </c>
-      <c r="D345" s="1" t="inlineStr">
+      <c r="D350" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E345" s="1" t="inlineStr">
+      <c r="E350" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F345" s="1" t="inlineStr">
+      <c r="F350" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="346" customHeight="true" ht="140.0">
-      <c r="A346" s="1" t="inlineStr">
+    <row r="351" customHeight="1" ht="140.0">
+      <c r="A351" s="1" t="inlineStr">
         <is>
           <t>680690</t>
         </is>
       </c>
-      <c r="C346" s="1" t="inlineStr">
+      <c r="C351" s="1" t="inlineStr">
         <is>
           <t>A.M.</t>
         </is>
       </c>
-      <c r="D346" s="1" t="inlineStr">
+      <c r="D351" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E346" s="1" t="inlineStr">
+      <c r="E351" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F346" s="1" t="inlineStr">
+      <c r="F351" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="347" customHeight="true" ht="140.0">
-      <c r="A347" s="1" t="inlineStr">
+    <row r="352" customHeight="1" ht="140.0">
+      <c r="A352" s="1" t="inlineStr">
         <is>
           <t>680691</t>
         </is>
       </c>
-      <c r="C347" s="1" t="inlineStr">
+      <c r="C352" s="1" t="inlineStr">
         <is>
           <t>DUSK</t>
         </is>
       </c>
-      <c r="D347" s="1" t="inlineStr">
+      <c r="D352" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E347" s="1" t="inlineStr">
+      <c r="E352" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F347" s="1" t="inlineStr">
+      <c r="F352" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="348" customHeight="true" ht="140.0">
-      <c r="A348" s="1" t="inlineStr">
+    <row r="353" customHeight="1" ht="140.0">
+      <c r="A353" s="1" t="inlineStr">
         <is>
           <t>680692</t>
         </is>
       </c>
-      <c r="C348" s="1" t="inlineStr">
+      <c r="C353" s="1" t="inlineStr">
         <is>
           <t>DAWN</t>
         </is>
       </c>
-      <c r="D348" s="1" t="inlineStr">
+      <c r="D353" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E348" s="1" t="inlineStr">
+      <c r="E353" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F348" s="1" t="inlineStr">
+      <c r="F353" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="349" customHeight="true" ht="140.0">
-      <c r="A349" s="1" t="inlineStr">
+    <row r="354" customHeight="1" ht="140.0">
+      <c r="A354" s="1" t="inlineStr">
         <is>
           <t>680693</t>
         </is>
       </c>
-      <c r="C349" s="1" t="inlineStr">
+      <c r="C354" s="1" t="inlineStr">
         <is>
           <t>DIP - N - SPRAY</t>
         </is>
       </c>
-      <c r="D349" s="1" t="inlineStr">
+      <c r="D354" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E349" s="1" t="inlineStr">
+      <c r="E354" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F349" s="1" t="inlineStr">
+      <c r="F354" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="350" customHeight="true" ht="140.0">
-      <c r="A350" s="1" t="inlineStr">
+    <row r="355" customHeight="1" ht="140.0">
+      <c r="A355" s="1" t="inlineStr">
         <is>
           <t>701657</t>
         </is>
       </c>
-      <c r="C350" s="1" t="inlineStr">
+      <c r="C355" s="1" t="inlineStr">
         <is>
           <t>TRANS TASMAN DIRECT LINE</t>
         </is>
       </c>
-      <c r="D350" s="1" t="inlineStr">
+      <c r="D355" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E350" s="1" t="inlineStr">
+      <c r="E355" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F350" s="1" t="inlineStr">
+      <c r="F355" s="1" t="inlineStr">
         <is>
           <t>Delmas New Zealand Limited</t>
         </is>
       </c>
     </row>
-    <row r="351" customHeight="true" ht="140.0">
-      <c r="A351" s="1" t="inlineStr">
+    <row r="356" customHeight="1" ht="140.0">
+      <c r="A356" s="1" t="inlineStr">
         <is>
           <t>739101</t>
         </is>
       </c>
-      <c r="C351" s="1" t="inlineStr">
+      <c r="C356" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D351" s="1" t="inlineStr">
+      <c r="D356" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E351" s="1" t="inlineStr">
+      <c r="E356" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F351" s="1" t="inlineStr">
+      <c r="F356" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="352" customHeight="true" ht="140.0">
-      <c r="A352" s="1" t="inlineStr">
+    <row r="357" customHeight="1" ht="140.0">
+      <c r="A357" s="1" t="inlineStr">
         <is>
           <t>792586</t>
         </is>
       </c>
-      <c r="C352" s="1" t="inlineStr">
+      <c r="C357" s="1" t="inlineStr">
         <is>
           <t>E WEST CLASSIFIEDS</t>
         </is>
       </c>
-      <c r="D352" s="1" t="inlineStr">
+      <c r="D357" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E352" s="1" t="inlineStr">
+      <c r="E357" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F352" s="1" t="inlineStr">
+      <c r="F357" s="1" t="inlineStr">
         <is>
           <t>Tasman Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="353" customHeight="true" ht="140.0">
-      <c r="A353" s="1" t="inlineStr">
+    <row r="358" customHeight="1" ht="140.0">
+      <c r="A358" s="1" t="inlineStr">
         <is>
           <t>793588</t>
         </is>
       </c>
-      <c r="C353" s="1" t="inlineStr">
+      <c r="C358" s="1" t="inlineStr">
         <is>
           <t>E NET CLASSIFIEDS</t>
         </is>
       </c>
-      <c r="D353" s="1" t="inlineStr">
+      <c r="D358" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E353" s="1" t="inlineStr">
+      <c r="E358" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F353" s="1" t="inlineStr">
+      <c r="F358" s="1" t="inlineStr">
         <is>
           <t>Tasman Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="354" customHeight="true" ht="140.0">
-      <c r="A354" s="1" t="inlineStr">
+    <row r="359" customHeight="1" ht="140.0">
+      <c r="A359" s="1" t="inlineStr">
         <is>
           <t>795792</t>
         </is>
       </c>
-      <c r="C354" s="1" t="inlineStr">
+      <c r="C359" s="1" t="inlineStr">
         <is>
           <t>E WEST NEWS AND CLASSIFIEDS</t>
         </is>
       </c>
-      <c r="D354" s="1" t="inlineStr">
+      <c r="D359" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E354" s="1" t="inlineStr">
+      <c r="E359" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F354" s="1" t="inlineStr">
+      <c r="F359" s="1" t="inlineStr">
         <is>
           <t>Tasman Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="355" customHeight="true" ht="140.0">
-      <c r="A355" s="1" t="inlineStr">
+    <row r="360" customHeight="1" ht="140.0">
+      <c r="A360" s="1" t="inlineStr">
         <is>
           <t>800346</t>
         </is>
       </c>
-      <c r="C355" s="1" t="inlineStr">
+      <c r="C360" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN BUSINESS CIRCLE</t>
         </is>
       </c>
-      <c r="D355" s="1" t="inlineStr">
+      <c r="D360" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E355" s="1" t="inlineStr">
+      <c r="E360" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41, 42</t>
         </is>
       </c>
-      <c r="F355" s="1" t="inlineStr">
+      <c r="F360" s="1" t="inlineStr">
         <is>
           <t>Parallel Trades Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="356" customHeight="true" ht="140.0">
-      <c r="A356" s="1" t="inlineStr">
+    <row r="361" customHeight="1" ht="140.0">
+      <c r="A361" s="1" t="inlineStr">
         <is>
           <t>808173</t>
         </is>
       </c>
-      <c r="C356" s="1" t="inlineStr">
+      <c r="C361" s="1" t="inlineStr">
         <is>
           <t>TASMAN RANGEHOODS</t>
         </is>
       </c>
-      <c r="D356" s="1" t="inlineStr">
+      <c r="D361" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E356" s="1" t="inlineStr">
+      <c r="E361" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F356" s="1" t="inlineStr">
+      <c r="F361" s="1" t="inlineStr">
         <is>
           <t>Australian Equipment Suppliers Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="357" customHeight="true" ht="140.0">
-      <c r="A357" s="1" t="inlineStr">
+    <row r="362" customHeight="1" ht="140.0">
+      <c r="A362" s="1" t="inlineStr">
         <is>
           <t>814131</t>
         </is>
       </c>
-      <c r="C357" s="1" t="inlineStr">
+      <c r="C362" s="1" t="inlineStr">
         <is>
           <t>Tasman</t>
         </is>
       </c>
-      <c r="D357" s="1" t="inlineStr">
+      <c r="D362" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E357" s="1" t="inlineStr">
+      <c r="E362" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F357" s="1" t="inlineStr">
+      <c r="F362" s="1" t="inlineStr">
         <is>
           <t>Charterbridge Sydney Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="358" customHeight="true" ht="140.0">
-      <c r="A358" s="1" t="inlineStr">
+    <row r="363" customHeight="1" ht="140.0">
+      <c r="A363" s="1" t="inlineStr">
         <is>
           <t>814323</t>
         </is>
       </c>
-      <c r="C358" s="1" t="inlineStr">
+      <c r="C363" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D358" s="1" t="inlineStr">
+      <c r="D363" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E358" s="1" t="inlineStr">
+      <c r="E363" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F358" s="1" t="inlineStr">
+      <c r="F363" s="1" t="inlineStr">
         <is>
           <t>Charterbridge Sydney Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="359" customHeight="true" ht="140.0">
-      <c r="A359" s="1" t="inlineStr">
+    <row r="364" customHeight="1" ht="140.0">
+      <c r="A364" s="1" t="inlineStr">
         <is>
           <t>824212</t>
         </is>
       </c>
-      <c r="C359" s="1" t="inlineStr">
+      <c r="C364" s="1" t="inlineStr">
         <is>
           <t>"TUSCANY" SPRAY POLISH for MARBLE/GRANITE</t>
         </is>
       </c>
-      <c r="D359" s="1" t="inlineStr">
+      <c r="D364" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E359" s="1" t="inlineStr">
+      <c r="E364" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F359" s="1" t="inlineStr">
+      <c r="F364" s="1" t="inlineStr">
         <is>
           <t>Tasman Chemicals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="360" customHeight="true" ht="140.0">
-      <c r="A360" s="1" t="inlineStr">
+    <row r="365" customHeight="1" ht="140.0">
+      <c r="A365" s="1" t="inlineStr">
         <is>
           <t>831019</t>
         </is>
       </c>
-      <c r="C360" s="1" t="inlineStr">
+      <c r="C365" s="1" t="inlineStr">
         <is>
           <t>TRANS TASMAN TECHNOLOGY</t>
         </is>
       </c>
-      <c r="D360" s="1" t="inlineStr">
+      <c r="D365" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E360" s="1" t="inlineStr">
+      <c r="E365" s="1" t="inlineStr">
         <is>
           <t>9, 35</t>
         </is>
       </c>
-      <c r="F360" s="1" t="inlineStr">
+      <c r="F365" s="1" t="inlineStr">
         <is>
           <t>Cer Technology Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="361" customHeight="true" ht="140.0">
-      <c r="A361" s="1" t="inlineStr">
+    <row r="366" customHeight="1" ht="140.0">
+      <c r="A366" s="1" t="inlineStr">
         <is>
           <t>843267</t>
         </is>
       </c>
-      <c r="C361" s="1" t="inlineStr">
+      <c r="C366" s="1" t="inlineStr">
         <is>
           <t>ABEL TASMAN PREMIUM QUALITY TASMANIA SMOKED SALMON</t>
         </is>
       </c>
-      <c r="D361" s="1" t="inlineStr">
+      <c r="D366" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E361" s="1" t="inlineStr">
+      <c r="E366" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F361" s="1" t="inlineStr">
+      <c r="F366" s="1" t="inlineStr">
         <is>
           <t>Nortas</t>
         </is>
       </c>
     </row>
-    <row r="362" customHeight="true" ht="140.0">
-      <c r="A362" s="1" t="inlineStr">
+    <row r="367" customHeight="1" ht="140.0">
+      <c r="A367" s="1" t="inlineStr">
         <is>
           <t>844507</t>
         </is>
       </c>
-      <c r="C362" s="1" t="inlineStr">
+      <c r="C367" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D362" s="1" t="inlineStr">
+      <c r="D367" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E362" s="1" t="inlineStr">
+      <c r="E367" s="1" t="inlineStr">
         <is>
           <t>7, 8</t>
         </is>
       </c>
-      <c r="F362" s="1" t="inlineStr">
+      <c r="F367" s="1" t="inlineStr">
         <is>
           <t>Dynalink Hardware</t>
         </is>
       </c>
     </row>
-    <row r="363" customHeight="true" ht="140.0">
-      <c r="A363" s="1" t="inlineStr">
+    <row r="368" customHeight="1" ht="140.0">
+      <c r="A368" s="1" t="inlineStr">
         <is>
           <t>849049</t>
         </is>
       </c>
-      <c r="C363" s="1" t="inlineStr">
+      <c r="C368" s="1" t="inlineStr">
         <is>
           <t>TRANS TASMAN MOTOR SPORT CHAMPIONSHIP</t>
         </is>
       </c>
-      <c r="D363" s="1" t="inlineStr">
+      <c r="D368" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E363" s="1" t="inlineStr">
+      <c r="E368" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F363" s="1" t="inlineStr">
+      <c r="F368" s="1" t="inlineStr">
         <is>
           <t>Confederation of Australian Motor Sport Limited</t>
         </is>
       </c>
     </row>
-    <row r="364" customHeight="true" ht="140.0">
-      <c r="A364" s="1" t="inlineStr">
+    <row r="369" customHeight="1" ht="140.0">
+      <c r="A369" s="1" t="inlineStr">
         <is>
           <t>882049</t>
         </is>
       </c>
-      <c r="C364" s="1" t="inlineStr">
+      <c r="C369" s="1" t="inlineStr">
         <is>
           <t>E-COVERS</t>
         </is>
       </c>
-      <c r="D364" s="1" t="inlineStr">
+      <c r="D369" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E364" s="1" t="inlineStr">
+      <c r="E369" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F364" s="1" t="inlineStr">
+      <c r="F369" s="1" t="inlineStr">
         <is>
           <t>Tasman Industries Limited</t>
         </is>
       </c>
     </row>
-    <row r="365" customHeight="true" ht="140.0">
-      <c r="A365" s="1" t="inlineStr">
+    <row r="370" customHeight="1" ht="140.0">
+      <c r="A370" s="1" t="inlineStr">
         <is>
           <t>885801</t>
         </is>
       </c>
-      <c r="C365" s="1" t="inlineStr">
+      <c r="C370" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN BUSINESS BUDDY LIFE LINE</t>
         </is>
       </c>
-      <c r="D365" s="1" t="inlineStr">
+      <c r="D370" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E365" s="1" t="inlineStr">
+      <c r="E370" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F365" s="1" t="inlineStr">
+      <c r="F370" s="1" t="inlineStr">
         <is>
           <t>Philip Tasman Freeman</t>
         </is>
       </c>
     </row>
-    <row r="366" customHeight="true" ht="140.0">
-      <c r="A366" s="1" t="inlineStr">
+    <row r="371" customHeight="1" ht="140.0">
+      <c r="A371" s="1" t="inlineStr">
         <is>
           <t>909474</t>
         </is>
       </c>
-      <c r="C366" s="1" t="inlineStr">
+      <c r="C371" s="1" t="inlineStr">
         <is>
           <t>TASMAN INTERNATIONAL</t>
         </is>
       </c>
-      <c r="D366" s="1" t="inlineStr">
+      <c r="D371" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E366" s="1" t="inlineStr">
+      <c r="E371" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F366" s="1" t="inlineStr">
+      <c r="F371" s="1" t="inlineStr">
         <is>
           <t>Sarah Morrin</t>
         </is>
       </c>
     </row>
-    <row r="367" customHeight="true" ht="140.0">
-      <c r="A367" s="1" t="inlineStr">
+    <row r="372" customHeight="1" ht="140.0">
+      <c r="A372" s="1" t="inlineStr">
         <is>
           <t>924556</t>
         </is>
       </c>
-      <c r="C367" s="1" t="inlineStr">
+      <c r="C372" s="1" t="inlineStr">
         <is>
           <t>Tasman Block</t>
         </is>
       </c>
-      <c r="D367" s="1" t="inlineStr">
+      <c r="D372" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E367" s="1" t="inlineStr">
+      <c r="E372" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F367" s="1" t="inlineStr">
+      <c r="F372" s="1" t="inlineStr">
         <is>
           <t>Island Block &amp; Paving Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="368" customHeight="true" ht="140.0">
-      <c r="A368" s="1" t="inlineStr">
+    <row r="373" customHeight="1" ht="140.0">
+      <c r="A373" s="1" t="inlineStr">
         <is>
           <t>924557</t>
         </is>
       </c>
-      <c r="C368" s="1" t="inlineStr">
+      <c r="C373" s="1" t="inlineStr">
         <is>
           <t>Tasman Retaining Wall System</t>
         </is>
       </c>
-      <c r="D368" s="1" t="inlineStr">
+      <c r="D373" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E368" s="1" t="inlineStr">
+      <c r="E373" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F368" s="1" t="inlineStr">
+      <c r="F373" s="1" t="inlineStr">
         <is>
           <t>Island Block &amp; Paving Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="369" customHeight="true" ht="140.0">
-      <c r="A369" s="1" t="inlineStr">
+    <row r="374" customHeight="1" ht="140.0">
+      <c r="A374" s="1" t="inlineStr">
         <is>
           <t>928042</t>
         </is>
       </c>
-      <c r="C369" s="1" t="inlineStr">
+      <c r="C374" s="1" t="inlineStr">
         <is>
           <t>TASMAN AV AUDIO VISION</t>
         </is>
       </c>
-      <c r="D369" s="1" t="inlineStr">
+      <c r="D374" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E369" s="1" t="inlineStr">
+      <c r="E374" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F369" s="1" t="inlineStr">
+      <c r="F374" s="1" t="inlineStr">
         <is>
           <t>Tasman AV Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="370" customHeight="true" ht="140.0">
-      <c r="A370" s="1" t="inlineStr">
+    <row r="375" customHeight="1" ht="140.0">
+      <c r="A375" s="1" t="inlineStr">
         <is>
           <t>936693</t>
         </is>
       </c>
-      <c r="C370" s="1" t="inlineStr">
+      <c r="C375" s="1" t="inlineStr">
         <is>
           <t>Tasman Pebble</t>
         </is>
       </c>
-      <c r="D370" s="1" t="inlineStr">
+      <c r="D375" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E370" s="1" t="inlineStr">
+      <c r="E375" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F370" s="1" t="inlineStr">
+      <c r="F375" s="1" t="inlineStr">
         <is>
           <t>Skypebble Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="371" customHeight="true" ht="140.0">
-      <c r="A371" s="1" t="inlineStr">
+    <row r="376" customHeight="1" ht="140.0">
+      <c r="A376" s="1" t="inlineStr">
         <is>
           <t>961453</t>
         </is>
       </c>
-      <c r="C371" s="1" t="inlineStr">
+      <c r="C376" s="1" t="inlineStr">
         <is>
           <t>Insulco Insulboard</t>
         </is>
       </c>
-      <c r="D371" s="1" t="inlineStr">
+      <c r="D376" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E371" s="1" t="inlineStr">
+      <c r="E376" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F371" s="1" t="inlineStr">
+      <c r="F376" s="1" t="inlineStr">
         <is>
           <t>Tasman Insulation Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="372" customHeight="true" ht="140.0">
-      <c r="A372" s="1" t="inlineStr">
+    <row r="377" customHeight="1" ht="140.0">
+      <c r="A377" s="1" t="inlineStr">
         <is>
           <t>974060</t>
         </is>
       </c>
-      <c r="C372" s="1" t="inlineStr">
+      <c r="C377" s="1" t="inlineStr">
         <is>
           <t>TT TRANS-TASMAN MORTGAGES</t>
         </is>
       </c>
-      <c r="D372" s="1" t="inlineStr">
+      <c r="D377" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E372" s="1" t="inlineStr">
+      <c r="E377" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F372" s="1" t="inlineStr">
+      <c r="F377" s="1" t="inlineStr">
         <is>
           <t>Trans Tasman Mortgages (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="373" customHeight="true" ht="140.0">
-      <c r="A373" s="1" t="inlineStr">
+    <row r="378" customHeight="1" ht="140.0">
+      <c r="A378" s="1" t="inlineStr">
         <is>
           <t>1011238</t>
         </is>
       </c>
-      <c r="C373" s="1" t="inlineStr">
+      <c r="C378" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN BUSINESS AWARDS</t>
         </is>
       </c>
-      <c r="D373" s="1" t="inlineStr">
+      <c r="D378" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E373" s="1" t="inlineStr">
+      <c r="E378" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41</t>
         </is>
       </c>
-      <c r="F373" s="1" t="inlineStr">
+      <c r="F378" s="1" t="inlineStr">
         <is>
           <t>Telstra Corporation Limited</t>
         </is>
       </c>
     </row>
-    <row r="374" customHeight="true" ht="140.0">
-      <c r="A374" s="1" t="inlineStr">
+    <row r="379" customHeight="1" ht="140.0">
+      <c r="A379" s="1" t="inlineStr">
         <is>
           <t>1057501</t>
         </is>
       </c>
-      <c r="C374" s="1" t="inlineStr">
+      <c r="C379" s="1" t="inlineStr">
         <is>
           <t>TASMAN SHEEPSKIN</t>
         </is>
       </c>
-      <c r="D374" s="1" t="inlineStr">
+      <c r="D379" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E374" s="1" t="inlineStr">
+      <c r="E379" s="1" t="inlineStr">
         <is>
           <t>10, 12</t>
         </is>
       </c>
-      <c r="F374" s="1" t="inlineStr">
+      <c r="F379" s="1" t="inlineStr">
         <is>
           <t>Tasman Sheepskin Tannery Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="375" customHeight="true" ht="140.0">
-      <c r="A375" s="1" t="inlineStr">
+    <row r="380" customHeight="1" ht="140.0">
+      <c r="A380" s="1" t="inlineStr">
         <is>
           <t>1081965</t>
         </is>
       </c>
-      <c r="C375" s="1" t="inlineStr">
+      <c r="C380" s="1" t="inlineStr">
         <is>
           <t>Tasman</t>
         </is>
       </c>
-      <c r="D375" s="1" t="inlineStr">
+      <c r="D380" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E375" s="1" t="inlineStr">
+      <c r="E380" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F375" s="1" t="inlineStr">
+      <c r="F380" s="1" t="inlineStr">
         <is>
           <t>Unitech Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="376" customHeight="true" ht="140.0">
-      <c r="A376" s="1" t="inlineStr">
+    <row r="381" customHeight="1" ht="140.0">
+      <c r="A381" s="1" t="inlineStr">
         <is>
           <t>1111689</t>
         </is>
       </c>
-      <c r="C376" s="1" t="inlineStr">
+      <c r="C381" s="1" t="inlineStr">
         <is>
           <t>TASMAN C35</t>
         </is>
       </c>
-      <c r="D376" s="1" t="inlineStr">
+      <c r="D381" s="1" t="inlineStr">
         <is>
           <t>Refused:
 Opposition successful</t>
         </is>
       </c>
-      <c r="E376" s="1" t="inlineStr">
+      <c r="E381" s="1" t="inlineStr">
         <is>
           <t>12, 22</t>
         </is>
       </c>
-      <c r="F376" s="1" t="inlineStr">
+      <c r="F381" s="1" t="inlineStr">
         <is>
           <t>Tasman Catamarans Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="377" customHeight="true" ht="140.0">
-      <c r="A377" s="1" t="inlineStr">
+    <row r="382" customHeight="1" ht="140.0">
+      <c r="A382" s="1" t="inlineStr">
         <is>
           <t>1164763</t>
         </is>
       </c>
-      <c r="C377" s="1" t="inlineStr">
+      <c r="C382" s="1" t="inlineStr">
         <is>
           <t>TASMAN TROPHY</t>
         </is>
       </c>
-      <c r="D377" s="1" t="inlineStr">
+      <c r="D382" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E377" s="1" t="inlineStr">
+      <c r="E382" s="1" t="inlineStr">
         <is>
           <t>16, 18, 25, 28, 39, 41</t>
         </is>
       </c>
-      <c r="F377" s="1" t="inlineStr">
+      <c r="F382" s="1" t="inlineStr">
         <is>
           <t>Netball New Zealand, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="378" customHeight="true" ht="140.0">
-      <c r="A378" s="1" t="inlineStr">
+    <row r="383" customHeight="1" ht="140.0">
+      <c r="A383" s="1" t="inlineStr">
         <is>
           <t>1197982</t>
         </is>
       </c>
-      <c r="C378" s="1" t="inlineStr">
+      <c r="C383" s="1" t="inlineStr">
         <is>
           <t>SONETTO</t>
         </is>
       </c>
-      <c r="D378" s="1" t="inlineStr">
+      <c r="D383" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E378" s="1" t="inlineStr">
+      <c r="E383" s="1" t="inlineStr">
         <is>
           <t>6, 11</t>
         </is>
       </c>
-      <c r="F378" s="1" t="inlineStr">
+      <c r="F383" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="379" customHeight="true" ht="140.0">
-      <c r="A379" s="1" t="inlineStr">
+    <row r="384" customHeight="1" ht="140.0">
+      <c r="A384" s="1" t="inlineStr">
         <is>
           <t>1198151</t>
         </is>
       </c>
-      <c r="C379" s="1" t="inlineStr">
+      <c r="C384" s="1" t="inlineStr">
         <is>
           <t>GOURMET</t>
         </is>
       </c>
-      <c r="D379" s="1" t="inlineStr">
+      <c r="D384" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E379" s="1" t="inlineStr">
+      <c r="E384" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F379" s="1" t="inlineStr">
+      <c r="F384" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="380" customHeight="true" ht="140.0">
-      <c r="A380" s="1" t="inlineStr">
+    <row r="385" customHeight="1" ht="140.0">
+      <c r="A385" s="1" t="inlineStr">
         <is>
           <t>1204482</t>
         </is>
       </c>
-      <c r="C380" s="1" t="inlineStr">
+      <c r="C385" s="1" t="inlineStr">
         <is>
           <t>YAMBINYA WAGYU</t>
         </is>
       </c>
-      <c r="D380" s="1" t="inlineStr">
+      <c r="D385" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E380" s="1" t="inlineStr">
+      <c r="E385" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F380" s="1" t="inlineStr">
+      <c r="F385" s="1" t="inlineStr">
         <is>
           <t>Tasman Group Services Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="381" customHeight="true" ht="140.0">
-      <c r="A381" s="1" t="inlineStr">
+    <row r="386" customHeight="1" ht="140.0">
+      <c r="A386" s="1" t="inlineStr">
         <is>
           <t>1222164</t>
         </is>
       </c>
-      <c r="C381" s="1" t="inlineStr">
+      <c r="C386" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN BUSINESS CIRCLE</t>
         </is>
       </c>
-      <c r="D381" s="1" t="inlineStr">
+      <c r="D386" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E381" s="1" t="inlineStr">
+      <c r="E386" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41</t>
         </is>
       </c>
-      <c r="F381" s="1" t="inlineStr">
+      <c r="F386" s="1" t="inlineStr">
         <is>
           <t>Parallel Trades Pty Limited (trading as Trans-Tasman Business Circle)</t>
         </is>
       </c>
     </row>
-    <row r="382" customHeight="true" ht="140.0">
-      <c r="A382" s="1" t="inlineStr">
+    <row r="387" customHeight="1" ht="140.0">
+      <c r="A387" s="1" t="inlineStr">
         <is>
           <t>1287006</t>
         </is>
       </c>
-      <c r="C382" s="1" t="inlineStr">
+      <c r="C387" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D382" s="1" t="inlineStr">
+      <c r="D387" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E382" s="1" t="inlineStr">
+      <c r="E387" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F382" s="1" t="inlineStr">
+      <c r="F387" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="383" customHeight="true" ht="140.0">
-      <c r="A383" s="1" t="inlineStr">
+    <row r="388" customHeight="1" ht="140.0">
+      <c r="A388" s="1" t="inlineStr">
         <is>
           <t>1335189</t>
         </is>
       </c>
-      <c r="C383" s="1" t="inlineStr">
+      <c r="C388" s="1" t="inlineStr">
         <is>
           <t>GREENFLOOR</t>
         </is>
       </c>
-      <c r="D383" s="1" t="inlineStr">
+      <c r="D388" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E383" s="1" t="inlineStr">
+      <c r="E388" s="1" t="inlineStr">
         <is>
           <t>6, 19</t>
         </is>
       </c>
-      <c r="F383" s="1" t="inlineStr">
+      <c r="F388" s="1" t="inlineStr">
         <is>
           <t>Tasman Access Floors Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="384" customHeight="true" ht="140.0">
-      <c r="A384" s="1" t="inlineStr">
+    <row r="389" customHeight="1" ht="140.0">
+      <c r="A389" s="1" t="inlineStr">
         <is>
           <t>1358934</t>
         </is>
       </c>
-      <c r="C384" s="1" t="inlineStr">
+      <c r="C389" s="1" t="inlineStr">
         <is>
           <t>GOLDEN SUNSHINE</t>
         </is>
       </c>
-      <c r="D384" s="1" t="inlineStr">
+      <c r="D389" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E384" s="1" t="inlineStr">
+      <c r="E389" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F384" s="1" t="inlineStr">
+      <c r="F389" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="385" customHeight="true" ht="140.0">
-      <c r="A385" s="1" t="inlineStr">
+    <row r="390" customHeight="1" ht="140.0">
+      <c r="A390" s="1" t="inlineStr">
         <is>
           <t>1358942</t>
         </is>
       </c>
-      <c r="C385" s="1" t="inlineStr">
+      <c r="C390" s="1" t="inlineStr">
         <is>
           <t>GOLDEN SUNSHINE</t>
         </is>
       </c>
-      <c r="D385" s="1" t="inlineStr">
+      <c r="D390" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E385" s="1" t="inlineStr">
+      <c r="E390" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F385" s="1" t="inlineStr">
+      <c r="F390" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="386" customHeight="true" ht="140.0">
-      <c r="A386" s="1" t="inlineStr">
+    <row r="391" customHeight="1" ht="140.0">
+      <c r="A391" s="1" t="inlineStr">
         <is>
           <t>1358948</t>
         </is>
       </c>
-      <c r="C386" s="1" t="inlineStr">
+      <c r="C391" s="1" t="inlineStr">
         <is>
           <t>GOLDEN SUNSHINE</t>
         </is>
       </c>
-      <c r="D386" s="1" t="inlineStr">
+      <c r="D391" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E386" s="1" t="inlineStr">
+      <c r="E391" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F386" s="1" t="inlineStr">
+      <c r="F391" s="1" t="inlineStr">
         <is>
           <t>Tasman Pacific Holding Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="387" customHeight="true" ht="140.0">
-      <c r="A387" s="1" t="inlineStr">
+    <row r="392" customHeight="1" ht="140.0">
+      <c r="A392" s="1" t="inlineStr">
         <is>
           <t>1360840</t>
         </is>
       </c>
-      <c r="C387" s="1" t="inlineStr">
+      <c r="C392" s="1" t="inlineStr">
         <is>
           <t>B BABY ELEGANCE</t>
         </is>
       </c>
-      <c r="D387" s="1" t="inlineStr">
+      <c r="D392" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E387" s="1" t="inlineStr">
+      <c r="E392" s="1" t="inlineStr">
         <is>
           <t>20, 24, 25</t>
         </is>
       </c>
-      <c r="F387" s="1" t="inlineStr">
+      <c r="F392" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Furniture Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="388" customHeight="true" ht="140.0">
-      <c r="A388" s="1" t="inlineStr">
+    <row r="393" customHeight="1" ht="140.0">
+      <c r="A393" s="1" t="inlineStr">
         <is>
           <t>1367936</t>
         </is>
       </c>
-      <c r="C388" s="1" t="inlineStr">
+      <c r="C393" s="1" t="inlineStr">
         <is>
           <t>TASMAN MARKET FRESH MEATS</t>
         </is>
       </c>
-      <c r="D388" s="1" t="inlineStr">
+      <c r="D393" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E388" s="1" t="inlineStr">
+      <c r="E393" s="1" t="inlineStr">
         <is>
           <t>29, 35</t>
         </is>
       </c>
-      <c r="F388" s="1" t="inlineStr">
+      <c r="F393" s="1" t="inlineStr">
         <is>
           <t>Josdale Investments Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="389" customHeight="true" ht="140.0">
-      <c r="A389" s="1" t="inlineStr">
+    <row r="394" customHeight="1" ht="140.0">
+      <c r="A394" s="1" t="inlineStr">
         <is>
           <t>1367937</t>
         </is>
       </c>
-      <c r="C389" s="1" t="inlineStr">
+      <c r="C394" s="1" t="inlineStr">
         <is>
           <t>TASMAN PREMIER BEEF EXCLUSIVELY FROM KING ISLAND</t>
         </is>
       </c>
-      <c r="D389" s="1" t="inlineStr">
+      <c r="D394" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E389" s="1" t="inlineStr">
+      <c r="E394" s="1" t="inlineStr">
         <is>
           <t>29, 35</t>
         </is>
       </c>
-      <c r="F389" s="1" t="inlineStr">
+      <c r="F394" s="1" t="inlineStr">
         <is>
           <t>Josdale Investments Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="390" customHeight="true" ht="140.0">
-      <c r="A390" s="1" t="inlineStr">
+    <row r="395" customHeight="1" ht="140.0">
+      <c r="A395" s="1" t="inlineStr">
         <is>
           <t>1402711</t>
         </is>
       </c>
-      <c r="C390" s="1" t="inlineStr">
+      <c r="C395" s="1" t="inlineStr">
         <is>
           <t>TASMAN ELEGANCE FURNITURE FOR LIFE</t>
         </is>
       </c>
-      <c r="D390" s="1" t="inlineStr">
+      <c r="D395" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E390" s="1" t="inlineStr">
+      <c r="E395" s="1" t="inlineStr">
         <is>
           <t>20, 24</t>
         </is>
       </c>
-      <c r="F390" s="1" t="inlineStr">
+      <c r="F395" s="1" t="inlineStr">
         <is>
           <t>SJC Brands Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="391" customHeight="true" ht="140.0">
-      <c r="A391" s="1" t="inlineStr">
+    <row r="396" customHeight="1" ht="140.0">
+      <c r="A396" s="1" t="inlineStr">
         <is>
           <t>1417011</t>
         </is>
       </c>
-      <c r="C391" s="1" t="inlineStr">
+      <c r="C396" s="1" t="inlineStr">
         <is>
           <t>TASMAN BAY'S FINEST ALLANS NEW ZEALAND</t>
         </is>
       </c>
-      <c r="D391" s="1" t="inlineStr">
+      <c r="D396" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E391" s="1" t="inlineStr">
+      <c r="E396" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F391" s="1" t="inlineStr">
+      <c r="F396" s="1" t="inlineStr">
         <is>
           <t>Aqua Star Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="392" customHeight="true" ht="140.0">
-      <c r="A392" s="1" t="inlineStr">
+    <row r="397" customHeight="1" ht="140.0">
+      <c r="A397" s="1" t="inlineStr">
         <is>
           <t>1417542</t>
         </is>
       </c>
-      <c r="C392" s="1" t="inlineStr">
+      <c r="C397" s="1" t="inlineStr">
         <is>
           <t>TASMAN MARKET FRESH MEATS</t>
         </is>
       </c>
-      <c r="D392" s="1" t="inlineStr">
+      <c r="D397" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E392" s="1" t="inlineStr">
+      <c r="E397" s="1" t="inlineStr">
         <is>
           <t>29, 35</t>
         </is>
       </c>
-      <c r="F392" s="1" t="inlineStr">
+      <c r="F397" s="1" t="inlineStr">
         <is>
           <t>Josdale Investments Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="393" customHeight="true" ht="140.0">
-      <c r="A393" s="1" t="inlineStr">
+    <row r="398" customHeight="1" ht="140.0">
+      <c r="A398" s="1" t="inlineStr">
         <is>
           <t>1425711</t>
         </is>
       </c>
-      <c r="C393" s="1" t="inlineStr">
+      <c r="C398" s="1" t="inlineStr">
         <is>
           <t>Abel Tasman Walk</t>
         </is>
       </c>
-      <c r="D393" s="1" t="inlineStr">
+      <c r="D398" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E393" s="1" t="inlineStr">
+      <c r="E398" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F393" s="1" t="inlineStr">
+      <c r="F398" s="1" t="inlineStr">
         <is>
           <t>Matthew Dunbabin</t>
         </is>
       </c>
     </row>
-    <row r="394" customHeight="true" ht="140.0">
-      <c r="A394" s="1" t="inlineStr">
+    <row r="399" customHeight="1" ht="140.0">
+      <c r="A399" s="1" t="inlineStr">
         <is>
           <t>1494888</t>
         </is>
       </c>
-      <c r="C394" s="1" t="inlineStr">
+      <c r="C399" s="1" t="inlineStr">
         <is>
           <t>Energy Surveillance Program</t>
         </is>
       </c>
-      <c r="D394" s="1" t="inlineStr">
+      <c r="D399" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E394" s="1" t="inlineStr">
+      <c r="E399" s="1" t="inlineStr">
         <is>
           <t>4, 42</t>
         </is>
       </c>
-      <c r="F394" s="1" t="inlineStr">
+      <c r="F399" s="1" t="inlineStr">
         <is>
           <t>Trans Tasman Energy Group Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="395" customHeight="true" ht="140.0">
-      <c r="A395" s="1" t="inlineStr">
+    <row r="400" customHeight="1" ht="140.0">
+      <c r="A400" s="1" t="inlineStr">
         <is>
           <t>1494897</t>
         </is>
       </c>
-      <c r="C395" s="1" t="inlineStr">
+      <c r="C400" s="1" t="inlineStr">
         <is>
           <t>Energy Procurement Program</t>
         </is>
       </c>
-      <c r="D395" s="1" t="inlineStr">
+      <c r="D400" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E395" s="1" t="inlineStr">
+      <c r="E400" s="1" t="inlineStr">
         <is>
           <t>4, 42</t>
         </is>
       </c>
-      <c r="F395" s="1" t="inlineStr">
+      <c r="F400" s="1" t="inlineStr">
         <is>
           <t>Trans Tasman Energy Group Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="396" customHeight="true" ht="140.0">
-      <c r="A396" s="1" t="inlineStr">
+    <row r="401" customHeight="1" ht="140.0">
+      <c r="A401" s="1" t="inlineStr">
         <is>
           <t>1528896</t>
         </is>
       </c>
-      <c r="C396" s="1" t="inlineStr">
+      <c r="C401" s="1" t="inlineStr">
         <is>
           <t>ACIL Tasman</t>
         </is>
       </c>
-      <c r="D396" s="1" t="inlineStr">
+      <c r="D401" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E396" s="1" t="inlineStr">
+      <c r="E401" s="1" t="inlineStr">
         <is>
           <t>35, 36</t>
         </is>
       </c>
-      <c r="F396" s="1" t="inlineStr">
+      <c r="F401" s="1" t="inlineStr">
         <is>
           <t>ACIL Tasman Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="397" customHeight="true" ht="140.0">
-      <c r="A397" s="1" t="inlineStr">
+    <row r="402" customHeight="1" ht="140.0">
+      <c r="A402" s="1" t="inlineStr">
         <is>
           <t>1551570</t>
         </is>
       </c>
-      <c r="C397" s="1" t="inlineStr">
+      <c r="C402" s="1" t="inlineStr">
         <is>
           <t>SUDZEE</t>
         </is>
       </c>
-      <c r="D397" s="1" t="inlineStr">
+      <c r="D402" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E397" s="1" t="inlineStr">
+      <c r="E402" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F397" s="1" t="inlineStr">
+      <c r="F402" s="1" t="inlineStr">
         <is>
           <t>TASMAN CHEMICALS UNIT TRUST</t>
         </is>
       </c>
     </row>
-    <row r="398" customHeight="true" ht="140.0">
-      <c r="A398" s="1" t="inlineStr">
+    <row r="403" customHeight="1" ht="140.0">
+      <c r="A403" s="1" t="inlineStr">
         <is>
           <t>1551571</t>
         </is>
       </c>
-      <c r="C398" s="1" t="inlineStr">
+      <c r="C403" s="1" t="inlineStr">
         <is>
           <t>Hi-Genic</t>
         </is>
       </c>
-      <c r="D398" s="1" t="inlineStr">
+      <c r="D403" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E398" s="1" t="inlineStr">
+      <c r="E403" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F398" s="1" t="inlineStr">
+      <c r="F403" s="1" t="inlineStr">
         <is>
           <t>TASMAN CHEMICALS UNIT TRUST</t>
         </is>
       </c>
     </row>
-    <row r="399" customHeight="true" ht="140.0">
-      <c r="A399" s="1" t="inlineStr">
+    <row r="404" customHeight="1" ht="140.0">
+      <c r="A404" s="1" t="inlineStr">
         <is>
           <t>1551572</t>
         </is>
       </c>
-      <c r="C399" s="1" t="inlineStr">
+      <c r="C404" s="1" t="inlineStr">
         <is>
           <t>TROJAN</t>
         </is>
       </c>
-      <c r="D399" s="1" t="inlineStr">
+      <c r="D404" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E399" s="1" t="inlineStr">
+      <c r="E404" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F399" s="1" t="inlineStr">
+      <c r="F404" s="1" t="inlineStr">
         <is>
           <t>TASMAN CHEMICALS UNIT TRUST</t>
         </is>
       </c>
     </row>
-    <row r="400" customHeight="true" ht="140.0">
-      <c r="A400" s="1" t="inlineStr">
+    <row r="405" customHeight="1" ht="140.0">
+      <c r="A405" s="1" t="inlineStr">
         <is>
           <t>1551573</t>
         </is>
       </c>
-      <c r="C400" s="1" t="inlineStr">
+      <c r="C405" s="1" t="inlineStr">
         <is>
           <t>Ecoclean</t>
         </is>
       </c>
-      <c r="D400" s="1" t="inlineStr">
+      <c r="D405" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E400" s="1" t="inlineStr">
+      <c r="E405" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F400" s="1" t="inlineStr">
+      <c r="F405" s="1" t="inlineStr">
         <is>
           <t>TASMAN CHEMICALS UNIT TRUST</t>
         </is>
       </c>
     </row>
-    <row r="401" customHeight="true" ht="140.0">
-      <c r="A401" s="1" t="inlineStr">
+    <row r="406" customHeight="1" ht="140.0">
+      <c r="A406" s="1" t="inlineStr">
         <is>
           <t>1551574</t>
         </is>
       </c>
-      <c r="C401" s="1" t="inlineStr">
+      <c r="C406" s="1" t="inlineStr">
         <is>
           <t>Gentle</t>
         </is>
       </c>
-      <c r="D401" s="1" t="inlineStr">
+      <c r="D406" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E401" s="1" t="inlineStr">
+      <c r="E406" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F401" s="1" t="inlineStr">
+      <c r="F406" s="1" t="inlineStr">
         <is>
           <t>TASMAN CHEMICALS UNIT TRUST</t>
         </is>
       </c>
     </row>
-    <row r="402" customHeight="true" ht="140.0">
-      <c r="A402" s="1" t="inlineStr">
+    <row r="407" customHeight="1" ht="140.0">
+      <c r="A407" s="1" t="inlineStr">
         <is>
           <t>1553275</t>
         </is>
       </c>
-      <c r="C402" s="1" t="inlineStr">
+      <c r="C407" s="1" t="inlineStr">
         <is>
           <t>MOBEL</t>
         </is>
       </c>
-      <c r="D402" s="1" t="inlineStr">
+      <c r="D407" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E402" s="1" t="inlineStr">
+      <c r="E407" s="1" t="inlineStr">
         <is>
           <t>6, 11, 19, 20, 34</t>
         </is>
       </c>
-      <c r="F402" s="1" t="inlineStr">
+      <c r="F407" s="1" t="inlineStr">
         <is>
           <t>Tasman James Wallworth</t>
         </is>
       </c>
     </row>
-    <row r="403" customHeight="true" ht="140.0">
-      <c r="A403" s="1" t="inlineStr">
+    <row r="408" customHeight="1" ht="140.0">
+      <c r="A408" s="1" t="inlineStr">
         <is>
           <t>1587794</t>
         </is>
       </c>
-      <c r="C403" s="1" t="inlineStr">
+      <c r="C408" s="1" t="inlineStr">
         <is>
           <t>VETRO</t>
         </is>
       </c>
-      <c r="D403" s="1" t="inlineStr">
+      <c r="D408" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E403" s="1" t="inlineStr">
+      <c r="E408" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F403" s="1" t="inlineStr">
+      <c r="F408" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="404" customHeight="true" ht="140.0">
-      <c r="A404" s="1" t="inlineStr">
+    <row r="409" customHeight="1" ht="140.0">
+      <c r="A409" s="1" t="inlineStr">
         <is>
           <t>1587796</t>
         </is>
       </c>
-      <c r="C404" s="1" t="inlineStr">
+      <c r="C409" s="1" t="inlineStr">
         <is>
           <t>NOVUS</t>
         </is>
       </c>
-      <c r="D404" s="1" t="inlineStr">
+      <c r="D409" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E404" s="1" t="inlineStr">
+      <c r="E409" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F404" s="1" t="inlineStr">
+      <c r="F409" s="1" t="inlineStr">
         <is>
           <t>Tasman Sinkware Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="405" customHeight="true" ht="140.0">
-      <c r="A405" s="1" t="inlineStr">
+    <row r="410" customHeight="1" ht="140.0">
+      <c r="A410" s="1" t="inlineStr">
         <is>
           <t>1597007</t>
         </is>
       </c>
-      <c r="C405" s="1" t="inlineStr">
+      <c r="C410" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D405" s="1" t="inlineStr">
+      <c r="D410" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E405" s="1" t="inlineStr">
+      <c r="E410" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F405" s="1" t="inlineStr">
+      <c r="F410" s="1" t="inlineStr">
         <is>
           <t>Endeva Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="406" customHeight="true" ht="140.0">
-      <c r="A406" s="1" t="inlineStr">
+    <row r="411" customHeight="1" ht="140.0">
+      <c r="A411" s="1" t="inlineStr">
         <is>
           <t>1624837</t>
         </is>
       </c>
-      <c r="C406" s="1" t="inlineStr">
+      <c r="C411" s="1" t="inlineStr">
         <is>
           <t>TASMAN HEALTH CANNABINOIDS TASMANIAN MEDICAL GRADE CANNABIS</t>
         </is>
       </c>
-      <c r="D406" s="1" t="inlineStr">
+      <c r="D411" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E406" s="1" t="inlineStr">
+      <c r="E411" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F406" s="1" t="inlineStr">
+      <c r="F411" s="1" t="inlineStr">
         <is>
           <t>TASMAN HEALTH CANNABINOIDS PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="407" customHeight="true" ht="140.0">
-      <c r="A407" s="1" t="inlineStr">
+    <row r="412" customHeight="1" ht="140.0">
+      <c r="A412" s="1" t="inlineStr">
         <is>
           <t>1632596</t>
         </is>
       </c>
-      <c r="C407" s="1" t="inlineStr">
+      <c r="C412" s="1" t="inlineStr">
         <is>
           <t>Tasman Exchange</t>
         </is>
       </c>
-      <c r="D407" s="1" t="inlineStr">
+      <c r="D412" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E407" s="1" t="inlineStr">
+      <c r="E412" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F407" s="1" t="inlineStr">
+      <c r="F412" s="1" t="inlineStr">
         <is>
           <t>James Patrick Shepherd</t>
         </is>
       </c>
     </row>
-    <row r="408" customHeight="true" ht="140.0">
-      <c r="A408" s="1" t="inlineStr">
+    <row r="413" customHeight="1" ht="140.0">
+      <c r="A413" s="1" t="inlineStr">
         <is>
           <t>1665778</t>
         </is>
       </c>
-      <c r="C408" s="1" t="inlineStr">
+      <c r="C413" s="1" t="inlineStr">
         <is>
           <t>AUSCANN AUSTRALASIAN MEDICINAL CANNABIS</t>
         </is>
       </c>
-      <c r="D408" s="1" t="inlineStr">
+      <c r="D413" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E408" s="1" t="inlineStr">
+      <c r="E413" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F408" s="1" t="inlineStr">
+      <c r="F413" s="1" t="inlineStr">
         <is>
           <t>TASMAN HEALTH CANNABINOIDS PTY LTD; AusCann Group Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="409" customHeight="true" ht="140.0">
-      <c r="A409" s="1" t="inlineStr">
+    <row r="414" customHeight="1" ht="140.0">
+      <c r="A414" s="1" t="inlineStr">
         <is>
           <t>1686793</t>
         </is>
       </c>
-      <c r="C409" s="1" t="inlineStr">
+      <c r="C414" s="1" t="inlineStr">
         <is>
           <t>Tasman Access Floors</t>
         </is>
       </c>
-      <c r="D409" s="1" t="inlineStr">
+      <c r="D414" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E409" s="1" t="inlineStr">
+      <c r="E414" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F409" s="1" t="inlineStr">
+      <c r="F414" s="1" t="inlineStr">
         <is>
           <t>Tag Software Systems Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="410" customHeight="true" ht="140.0">
-      <c r="A410" s="1" t="inlineStr">
+    <row r="415" customHeight="1" ht="140.0">
+      <c r="A415" s="1" t="inlineStr">
         <is>
           <t>1686794</t>
         </is>
       </c>
-      <c r="C410" s="1" t="inlineStr">
+      <c r="C415" s="1" t="inlineStr">
         <is>
           <t>TASMAN. ACCESS FLOORS</t>
         </is>
       </c>
-      <c r="D410" s="1" t="inlineStr">
+      <c r="D415" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E410" s="1" t="inlineStr">
+      <c r="E415" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F410" s="1" t="inlineStr">
+      <c r="F415" s="1" t="inlineStr">
         <is>
           <t>Tag Software Systems Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="411" customHeight="true" ht="140.0">
-      <c r="A411" s="1" t="inlineStr">
+    <row r="416" customHeight="1" ht="140.0">
+      <c r="A416" s="1" t="inlineStr">
         <is>
           <t>1719401</t>
         </is>
       </c>
-      <c r="C411" s="1" t="inlineStr">
+      <c r="C416" s="1" t="inlineStr">
         <is>
           <t>Superhero Walk</t>
         </is>
       </c>
-      <c r="D411" s="1" t="inlineStr">
+      <c r="D416" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E411" s="1" t="inlineStr">
+      <c r="E416" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F411" s="1" t="inlineStr">
+      <c r="F416" s="1" t="inlineStr">
         <is>
           <t>Tasman Cassim</t>
         </is>
       </c>
     </row>
-    <row r="412" customHeight="true" ht="140.0">
-      <c r="A412" s="1" t="inlineStr">
+    <row r="417" customHeight="1" ht="140.0">
+      <c r="A417" s="1" t="inlineStr">
         <is>
           <t>1740696</t>
         </is>
       </c>
-      <c r="C412" s="1" t="inlineStr">
+      <c r="C417" s="1" t="inlineStr">
         <is>
           <t>TASMAN ACCESS FLOORS</t>
         </is>
       </c>
-      <c r="D412" s="1" t="inlineStr">
+      <c r="D417" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E412" s="1" t="inlineStr">
+      <c r="E417" s="1" t="inlineStr">
         <is>
           <t>6, 19, 27, 37</t>
         </is>
       </c>
-      <c r="F412" s="1" t="inlineStr">
+      <c r="F417" s="1" t="inlineStr">
         <is>
           <t>Tasman Access Floors Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="413" customHeight="true" ht="140.0">
-      <c r="A413" s="1" t="inlineStr">
+    <row r="418" customHeight="1" ht="140.0">
+      <c r="A418" s="1" t="inlineStr">
         <is>
           <t>1741495</t>
         </is>
       </c>
-      <c r="C413" s="1" t="inlineStr">
+      <c r="C418" s="1" t="inlineStr">
         <is>
           <t>ABEL TASMAN</t>
         </is>
       </c>
-      <c r="D413" s="1" t="inlineStr">
+      <c r="D418" s="1" t="inlineStr">
         <is>
           <t>Refused:
 Opposition successful</t>
         </is>
       </c>
-      <c r="E413" s="1" t="inlineStr">
+      <c r="E418" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F413" s="1" t="inlineStr">
+      <c r="F418" s="1" t="inlineStr">
         <is>
           <t>Casella Wines Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="414" customHeight="true" ht="140.0">
-      <c r="A414" s="1" t="inlineStr">
+    <row r="419" customHeight="1" ht="140.0">
+      <c r="A419" s="1" t="inlineStr">
         <is>
           <t>1754921</t>
         </is>
       </c>
-      <c r="C414" s="1" t="inlineStr">
+      <c r="C419" s="1" t="inlineStr">
         <is>
           <t>Tasman Grass</t>
         </is>
       </c>
-      <c r="D414" s="1" t="inlineStr">
+      <c r="D419" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E414" s="1" t="inlineStr">
+      <c r="E419" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F414" s="1" t="inlineStr">
+      <c r="F419" s="1" t="inlineStr">
         <is>
           <t>NUFLORA INTERNATIONAL PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="415" customHeight="true" ht="140.0">
-      <c r="A415" s="1" t="inlineStr">
+    <row r="420" customHeight="1" ht="140.0">
+      <c r="A420" s="1" t="inlineStr">
         <is>
           <t>1806138</t>
         </is>
       </c>
-      <c r="C415" s="1" t="inlineStr">
+      <c r="C420" s="1" t="inlineStr">
         <is>
           <t>BANGOR ABEL TASMAN</t>
         </is>
       </c>
-      <c r="D415" s="1" t="inlineStr">
+      <c r="D420" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E415" s="1" t="inlineStr">
+      <c r="E420" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F415" s="1" t="inlineStr">
+      <c r="F420" s="1" t="inlineStr">
         <is>
           <t>Matt Dunbabin; Vanessa Dunbabin</t>
         </is>
       </c>
     </row>
-    <row r="416" customHeight="true" ht="140.0">
-      <c r="A416" s="1" t="inlineStr">
+    <row r="421" customHeight="1" ht="140.0">
+      <c r="A421" s="1" t="inlineStr">
         <is>
           <t>1821830</t>
         </is>
       </c>
-      <c r="C416" s="1" t="inlineStr">
+      <c r="C421" s="1" t="inlineStr">
         <is>
           <t>PURE FRESH</t>
         </is>
       </c>
-      <c r="D416" s="1" t="inlineStr">
+      <c r="D421" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E416" s="1" t="inlineStr">
+      <c r="E421" s="1" t="inlineStr">
         <is>
           <t>11, 35</t>
         </is>
       </c>
-      <c r="F416" s="1" t="inlineStr">
+      <c r="F421" s="1" t="inlineStr">
         <is>
           <t>Tasman Turner; Marijke Turner</t>
         </is>
       </c>
     </row>
-    <row r="417" customHeight="true" ht="140.0">
-      <c r="A417" s="1" t="inlineStr">
+    <row r="422" customHeight="1" ht="140.0">
+      <c r="A422" s="1" t="inlineStr">
         <is>
           <t>1824116</t>
         </is>
       </c>
-      <c r="C417" s="1" t="inlineStr">
+      <c r="C422" s="1" t="inlineStr">
         <is>
           <t>TRANS TASMAN RESOURCES &amp; EXPLORATION COMPANY</t>
         </is>
       </c>
-      <c r="D417" s="1" t="inlineStr">
+      <c r="D422" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E417" s="1" t="inlineStr">
+      <c r="E422" s="1" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="F417" s="1" t="inlineStr">
+      <c r="F422" s="1" t="inlineStr">
         <is>
           <t>Angari Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="418" customHeight="true" ht="140.0">
-      <c r="A418" s="1" t="inlineStr">
+    <row r="423" customHeight="1" ht="140.0">
+      <c r="A423" s="1" t="inlineStr">
         <is>
           <t>1870611</t>
         </is>
       </c>
-      <c r="C418" s="1" t="inlineStr">
+      <c r="C423" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D418" s="1" t="inlineStr">
+      <c r="D423" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E418" s="1" t="inlineStr">
+      <c r="E423" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="F418" s="1" t="inlineStr">
+      <c r="F423" s="1" t="inlineStr">
         <is>
           <t>K2M, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="419" customHeight="true" ht="140.0">
-      <c r="A419" s="1" t="inlineStr">
+    <row r="424" customHeight="1" ht="140.0">
+      <c r="A424" s="1" t="inlineStr">
         <is>
           <t>1875519</t>
         </is>
       </c>
-      <c r="C419" s="1" t="inlineStr">
+      <c r="C424" s="1" t="inlineStr">
         <is>
           <t>The Art of Dim Sum</t>
         </is>
       </c>
-      <c r="D419" s="1" t="inlineStr">
+      <c r="D424" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E419" s="1" t="inlineStr">
+      <c r="E424" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F419" s="1" t="inlineStr">
+      <c r="F424" s="1" t="inlineStr">
         <is>
           <t>The Trustee for Tasman Foods International Unit Trust; Chenry Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="420" customHeight="true" ht="140.0">
-      <c r="A420" s="1" t="inlineStr">
+    <row r="425" customHeight="1" ht="140.0">
+      <c r="A425" s="1" t="inlineStr">
         <is>
           <t>1920091</t>
         </is>
       </c>
-      <c r="C420" s="1" t="inlineStr">
+      <c r="C425" s="1" t="inlineStr">
         <is>
           <t>TRANS-TASMAN TARMAC RALLY CHAMPIONSHIP</t>
         </is>
       </c>
-      <c r="D420" s="1" t="inlineStr">
+      <c r="D425" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E420" s="1" t="inlineStr">
+      <c r="E425" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F420" s="1" t="inlineStr">
+      <c r="F425" s="1" t="inlineStr">
         <is>
           <t>Mountain Motor Sports PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="421" customHeight="true" ht="140.0">
-      <c r="A421" s="1" t="inlineStr">
+    <row r="426" customHeight="1" ht="140.0">
+      <c r="A426" s="1" t="inlineStr">
         <is>
           <t>1955535</t>
         </is>
       </c>
-      <c r="C421" s="1" t="inlineStr">
+      <c r="C426" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D421" s="1" t="inlineStr">
+      <c r="D426" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E421" s="1" t="inlineStr">
+      <c r="E426" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F421" s="1" t="inlineStr">
+      <c r="F426" s="1" t="inlineStr">
         <is>
           <t>TASMAN EQUIPMENT PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="422" customHeight="true" ht="140.0">
-      <c r="A422" s="1" t="inlineStr">
+    <row r="427" customHeight="1" ht="140.0">
+      <c r="A427" s="1" t="inlineStr">
         <is>
           <t>1971597</t>
         </is>
       </c>
-      <c r="C422" s="1" t="inlineStr">
+      <c r="C427" s="1" t="inlineStr">
         <is>
           <t>Juicies</t>
         </is>
       </c>
-      <c r="D422" s="1" t="inlineStr">
+      <c r="D427" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E422" s="1" t="inlineStr">
+      <c r="E427" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F422" s="1" t="inlineStr">
+      <c r="F427" s="1" t="inlineStr">
         <is>
           <t>TASMAN BAY FOOD GROUP LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="423" customHeight="true" ht="140.0">
-      <c r="A423" s="1" t="inlineStr">
+    <row r="428" customHeight="1" ht="140.0">
+      <c r="A428" s="1" t="inlineStr">
         <is>
           <t>1988848</t>
         </is>
       </c>
-      <c r="C423" s="1" t="inlineStr">
+      <c r="C428" s="1" t="inlineStr">
         <is>
           <t>TASMAN BREWING COMPANY</t>
         </is>
       </c>
-      <c r="D423" s="1" t="inlineStr">
+      <c r="D428" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E423" s="1" t="inlineStr">
+      <c r="E428" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F423" s="1" t="inlineStr">
+      <c r="F428" s="1" t="inlineStr">
         <is>
           <t>NEUROADS PROPRIETARY LIMITED; Paul Sutton &amp; Associates Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="424" customHeight="true" ht="140.0">
-      <c r="A424" s="1" t="inlineStr">
+    <row r="429" customHeight="1" ht="140.0">
+      <c r="A429" s="1" t="inlineStr">
         <is>
           <t>2000169</t>
         </is>
       </c>
-      <c r="C424" s="1" t="inlineStr">
+      <c r="C429" s="1" t="inlineStr">
         <is>
           <t>Royal Elephant</t>
         </is>
       </c>
-      <c r="D424" s="1" t="inlineStr">
+      <c r="D429" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E424" s="1" t="inlineStr">
+      <c r="E429" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F424" s="1" t="inlineStr">
+      <c r="F429" s="1" t="inlineStr">
         <is>
           <t>Tasman Foods International Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="425" customHeight="true" ht="140.0">
-      <c r="A425" s="1" t="inlineStr">
+    <row r="430" customHeight="1" ht="140.0">
+      <c r="A430" s="1" t="inlineStr">
         <is>
           <t>2003000</t>
         </is>
       </c>
-      <c r="C425" s="1" t="inlineStr">
+      <c r="C430" s="1" t="inlineStr">
         <is>
           <t>PURE FRESH</t>
         </is>
       </c>
-      <c r="D425" s="1" t="inlineStr">
+      <c r="D430" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E425" s="1" t="inlineStr">
+      <c r="E430" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F425" s="1" t="inlineStr">
+      <c r="F430" s="1" t="inlineStr">
         <is>
           <t>Tasman Henry Turner; Marijke Christina Jacomina Turner</t>
         </is>
       </c>
     </row>
-    <row r="426" customHeight="true" ht="140.0">
-      <c r="A426" s="1" t="inlineStr">
+    <row r="431" customHeight="1" ht="140.0">
+      <c r="A431" s="1" t="inlineStr">
         <is>
           <t>2042170</t>
         </is>
       </c>
-      <c r="C426" s="1" t="inlineStr">
+      <c r="C431" s="1" t="inlineStr">
         <is>
           <t>T TASMANUGG TASMAN AUS</t>
         </is>
       </c>
-      <c r="D426" s="1" t="inlineStr">
+      <c r="D431" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E426" s="1" t="inlineStr">
+      <c r="E431" s="1" t="inlineStr">
         <is>
           <t>18, 25, 35</t>
         </is>
       </c>
-      <c r="F426" s="1" t="inlineStr">
+      <c r="F431" s="1" t="inlineStr">
         <is>
           <t>WINTERWORTH PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="427" customHeight="true" ht="140.0">
-      <c r="A427" s="1" t="inlineStr">
+    <row r="432" customHeight="1" ht="140.0">
+      <c r="A432" s="1" t="inlineStr">
         <is>
           <t>2068991</t>
         </is>
       </c>
-      <c r="C427" s="1" t="inlineStr">
+      <c r="C432" s="1" t="inlineStr">
         <is>
           <t>Horticultural Spraying Specialists</t>
         </is>
       </c>
-      <c r="D427" s="1" t="inlineStr">
+      <c r="D432" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E427" s="1" t="inlineStr">
+      <c r="E432" s="1" t="inlineStr">
         <is>
           <t>7, 37, 42</t>
         </is>
       </c>
-      <c r="F427" s="1" t="inlineStr">
+      <c r="F432" s="1" t="inlineStr">
         <is>
           <t>TRANS TASMAN MARKETING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="428" customHeight="true" ht="140.0">
-      <c r="A428" s="1" t="inlineStr">
+    <row r="433" customHeight="1" ht="140.0">
+      <c r="A433" s="1" t="inlineStr">
         <is>
           <t>2142596</t>
         </is>
       </c>
-      <c r="C428" s="1" t="inlineStr">
+      <c r="C433" s="1" t="inlineStr">
         <is>
           <t>CHEEKY BUB</t>
         </is>
       </c>
-      <c r="D428" s="1" t="inlineStr">
+      <c r="D433" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E428" s="1" t="inlineStr">
+      <c r="E433" s="1" t="inlineStr">
         <is>
           <t>25, 28</t>
         </is>
       </c>
-      <c r="F428" s="1" t="inlineStr">
+      <c r="F433" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="429" customHeight="true" ht="140.0">
-      <c r="A429" s="1" t="inlineStr">
+    <row r="434" customHeight="1" ht="140.0">
+      <c r="A434" s="1" t="inlineStr">
         <is>
           <t>2142729</t>
         </is>
       </c>
-      <c r="C429" s="1" t="inlineStr">
+      <c r="C434" s="1" t="inlineStr">
         <is>
           <t>CHEEKY BUB</t>
         </is>
       </c>
-      <c r="D429" s="1" t="inlineStr">
+      <c r="D434" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E429" s="1" t="inlineStr">
+      <c r="E434" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F429" s="1" t="inlineStr">
+      <c r="F434" s="1" t="inlineStr">
         <is>
           <t>Tasman Eco Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="430" customHeight="true" ht="140.0">
-      <c r="A430" s="1" t="inlineStr">
+    <row r="435" customHeight="1" ht="140.0">
+      <c r="A435" s="1" t="inlineStr">
         <is>
           <t>2250808</t>
         </is>
       </c>
-      <c r="C430" s="1" t="inlineStr">
+      <c r="C435" s="1" t="inlineStr">
         <is>
           <t>TasmanFX</t>
         </is>
       </c>
-      <c r="D430" s="1" t="inlineStr">
+      <c r="D435" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E430" s="1" t="inlineStr">
+      <c r="E435" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F430" s="1" t="inlineStr">
+      <c r="F435" s="1" t="inlineStr">
         <is>
           <t>Tasman Foreign Exchange Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="431" customHeight="true" ht="140.0">
-      <c r="A431" s="1" t="inlineStr">
+    <row r="436" customHeight="1" ht="140.0">
+      <c r="A436" s="1" t="inlineStr">
         <is>
           <t>2281473</t>
         </is>
       </c>
-      <c r="C431" s="1" t="inlineStr">
+      <c r="C436" s="1" t="inlineStr">
         <is>
           <t>T.A.M.S TASMAN ASSET MANAGEMENT SERVICES</t>
         </is>
       </c>
-      <c r="D431" s="1" t="inlineStr">
+      <c r="D436" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E431" s="1" t="inlineStr">
+      <c r="E436" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F431" s="1" t="inlineStr">
+      <c r="F436" s="1" t="inlineStr">
         <is>
           <t>E &amp; A Limited</t>
         </is>
       </c>
     </row>
-    <row r="432" customHeight="true" ht="140.0">
-      <c r="A432" s="1" t="inlineStr">
+    <row r="437" customHeight="1" ht="140.0">
+      <c r="A437" s="1" t="inlineStr">
         <is>
           <t>2293228</t>
         </is>
       </c>
-      <c r="C432" s="1" t="inlineStr">
+      <c r="C437" s="1" t="inlineStr">
         <is>
           <t>TASMAN</t>
         </is>
       </c>
-      <c r="D432" s="1" t="inlineStr">
+      <c r="D437" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E432" s="1" t="inlineStr">
+      <c r="E437" s="1" t="inlineStr">
         <is>
           <t>6, 9, 11</t>
         </is>
       </c>
-      <c r="F432" s="1" t="inlineStr">
+      <c r="F437" s="1" t="inlineStr">
         <is>
           <t>THP INC LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="433" customHeight="true" ht="140.0">
-      <c r="A433" s="1" t="inlineStr">
+    <row r="438" customHeight="1" ht="140.0">
+      <c r="A438" s="1" t="inlineStr">
         <is>
           <t>2324130</t>
         </is>
       </c>
-      <c r="C433" s="1" t="inlineStr">
+      <c r="C438" s="1" t="inlineStr">
         <is>
           <t>Mohs Surgeon</t>
         </is>
       </c>
-      <c r="D433" s="1" t="inlineStr">
+      <c r="D438" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E433" s="1" t="inlineStr">
+      <c r="E438" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
-      <c r="F433" s="1" t="inlineStr">
+      <c r="F438" s="1" t="inlineStr">
         <is>
           <t>Tasman Lipscombe</t>
         </is>
       </c>
     </row>
-    <row r="434" customHeight="true" ht="140.0">
-      <c r="A434" s="1" t="inlineStr">
+    <row r="439" customHeight="1" ht="140.0">
+      <c r="A439" s="1" t="inlineStr">
         <is>
           <t>2350221</t>
         </is>
       </c>
-      <c r="C434" s="1" t="inlineStr">
+      <c r="C439" s="1" t="inlineStr">
         <is>
           <t>Tasman Concierge</t>
         </is>
       </c>
-      <c r="D434" s="1" t="inlineStr">
+      <c r="D439" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E434" s="1" t="inlineStr">
+      <c r="E439" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F434" s="1" t="inlineStr">
+      <c r="F439" s="1" t="inlineStr">
         <is>
           <t>Tours around Tasmania Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="435" customHeight="true" ht="140.0">
-      <c r="A435" s="1" t="inlineStr">
+    <row r="440" customHeight="1" ht="140.0">
+      <c r="A440" s="1" t="inlineStr">
         <is>
           <t>2359865</t>
         </is>
       </c>
-      <c r="C435" s="1" t="inlineStr">
+      <c r="C440" s="1" t="inlineStr">
         <is>
           <t>THE TROPICAL FRUIT CO.</t>
         </is>
       </c>
-      <c r="D435" s="1" t="inlineStr">
+      <c r="D440" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E435" s="1" t="inlineStr">
+      <c r="E440" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F435" s="1" t="inlineStr">
+      <c r="F440" s="1" t="inlineStr">
         <is>
           <t>Tasman Foods International Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="436" customHeight="true" ht="140.0">
-      <c r="A436" s="1" t="inlineStr">
+    <row r="441" customHeight="1" ht="140.0">
+      <c r="A441" s="1" t="inlineStr">
         <is>
           <t>2369985</t>
         </is>
       </c>
-      <c r="C436" s="1" t="inlineStr">
+      <c r="C441" s="1" t="inlineStr">
         <is>
           <t>RYANS</t>
         </is>
       </c>
-      <c r="D436" s="1" t="inlineStr">
+      <c r="D441" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E436" s="1" t="inlineStr">
+      <c r="E441" s="1" t="inlineStr">
         <is>
           <t>35, 39</t>
         </is>
       </c>
-      <c r="F436" s="1" t="inlineStr">
+      <c r="F441" s="1" t="inlineStr">
         <is>
           <t>Tasman Logistics Services Pty. Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="437" customHeight="true" ht="140.0">
-      <c r="A437" s="1" t="inlineStr">
+    <row r="442" customHeight="1" ht="140.0">
+      <c r="A442" s="1" t="inlineStr">
         <is>
           <t>2370195</t>
         </is>
       </c>
-      <c r="C437" s="1" t="inlineStr">
+      <c r="C442" s="1" t="inlineStr">
         <is>
           <t>kiwami 極
 KIWAMI</t>
         </is>
       </c>
-      <c r="D437" s="1" t="inlineStr">
+      <c r="D442" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E437" s="1" t="inlineStr">
+      <c r="E442" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F437" s="1" t="inlineStr">
+      <c r="F442" s="1" t="inlineStr">
         <is>
           <t>Tasman foods international Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="443" customHeight="1" ht="140.0">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>2486772</t>
+        </is>
+      </c>
+      <c r="C443" s="1" t="inlineStr">
+        <is>
+          <t>TASMAN COFFEE</t>
+        </is>
+      </c>
+      <c r="D443" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E443" s="1" t="inlineStr">
+        <is>
+          <t>11, 30</t>
+        </is>
+      </c>
+      <c r="F443" s="1" t="inlineStr">
+        <is>
+          <t>Tasman Supply Chain Solutions Ltd.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>