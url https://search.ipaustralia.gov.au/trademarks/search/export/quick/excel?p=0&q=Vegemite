--- v0 (2026-01-28)
+++ v1 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>1066666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -706,1443 +706,1443 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F52"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>37184</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>136368</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>265385</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>5, 30, 31, 32</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>359113</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>364475</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>371268</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>18, 20, 21, 24, 28</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>376727</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>394412</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>590714</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>590715</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>718577</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>HAPPY LITTLE VEGEMITES</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>893494</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>938276</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>3, 5, 6, 8, 9, 11, 12, 14, 15, 16, 18, 20, 21, 22, 24, 25, 27, 28, 31, 32, 35, 41, 43</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>938278</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>941360</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>HAPPY LITTLE VEGEMITE FOUNDATION</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>14, 16, 21, 25, 29, 30, 36, 41</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>976494</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1034150</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1323715</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE CHEESYBITE</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1334003</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE CHEESYBITE</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>1356996</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>MY FIRST VEGEMITE</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>5, 16, 18, 21, 24, 25, 28, 29, 30</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>1407180</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>MADE FROM VEGEMITE</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>1556405</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE B VITAMINS FOR VITALITY</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>1561097</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>5, 9, 11, 14, 16, 18, 20, 21, 24, 25, 28, 29, 30, 31, 32</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>1849912</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2581870</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>29, 30, 41</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2585920</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE MAKES 'EM MITEY WITH B VITAMINS</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>938279</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE KRAFT</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Kraft Foods Limited</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>941358</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>80 YEARS OF VEGEMITE KRAFT</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>14, 16, 21, 25, 29, 30</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>970856</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>THE WORLD OF VEGEMITE</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>1117455</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE CONCENTRATED YEAST EXTRACT KRAFT ONE OF THE WORLD'S BIGGEST
 KNOWN SOURCES OF VITAMIN B</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>1298008</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE KRAFT</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>11, 16, 18, 21, 24, 25, 28</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>1323717</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE SMOOTH</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>1334005</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE CHEESYBITE KRAFT</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>1409205</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>MY FIRST VEGEMITE CONCENTRATED YEAST EXTRACT KRAFT</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>5, 29, 30</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>1416699</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE CONCENTRATED YEAST EXTRACT KRAFT TOAST OF A NATION!</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>1433522</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE KRAFT</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>Mondelez Australia (Foods) Ltd</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>1543152</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>START WITH VEGEMITE</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>265386</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Kraft Foods Limited</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>265387</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Kraft Foods Limited</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>265388</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>Kraft Foods Limited</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
+    <row r="45" customHeight="1" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>371269</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
+    <row r="46" customHeight="1" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>371270</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
+    <row r="47" customHeight="1" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>371271</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
+    <row r="48" customHeight="1" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>371272</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
+    <row r="49" customHeight="1" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>388844</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>VEGOMITE
 VEG O'MITE
 VEGEMITE</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>F.J.D. ENTERPRISES Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
+    <row r="50" customHeight="1" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>388957</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>VEG 'O MITE
 VEGOMITE
 VEGEMITE</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>F.J.D. Enterprises Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>1887913</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>VegemiteNoodle</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>30, 43</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Mark Garkaklis</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
+    <row r="52" customHeight="1" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>2469348</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>CRIKEY BOTTOMS CRIKEY! THAT WAS A RIPPER OF A POOP! HOLD ON TO YOUR BOOMERANGS, WE'VE GO A CODE BROWN SITUATION
 HOLD MY VEGEMITE SANDWICH - IT'S A NAPPY EMERGENCY! STRAP ON THE FOOTY BOOTS, WE'RE KICKING THIS NAPPY OUT OF PLAY!
 CRIKEY BOTTOMS HOLD ONTO YOUR KANGAROO TAILS, IT'S A NAPPY ADVENTURE DOWN UNDER! TIME FOR A DUNNY DETOUR, THIS NAPPY'S CLOCKED IN SOME SERIOUS HOURS!
 OI, BABY MATE! TIME TO WRESTLE THE NAPPY CROC-MAY THE WIPES BE WITH YOU! STRUTH, THIS NAPPY'S HAVING A BARBIE, TIME TO FLIP IT AND CHANGE IT!"</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">