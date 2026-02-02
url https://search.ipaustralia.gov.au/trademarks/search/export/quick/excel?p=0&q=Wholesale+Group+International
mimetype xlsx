--- v0 (2025-10-15)
+++ v1 (2026-02-02)
@@ -315,51 +315,51 @@
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Wholesale Group International Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1819584</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>NurturCare</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>WHOLESALE GROUP INTERNATIONAL PTY. LTD.; SHINING STAR CAPITAL PTY. LTD.</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>1850189</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>EthaFresh</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">