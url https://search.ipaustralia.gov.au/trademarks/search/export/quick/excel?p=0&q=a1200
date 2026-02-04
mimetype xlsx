--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -90,51 +90,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -144,116 +144,154 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>876190</xdr:rowOff>
+      <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="323809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>876190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F6"/>
+  <dimension ref="A2:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="2" customHeight="true" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
     </row>
     <row r="4" customHeight="true" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
@@ -276,70 +314,98 @@
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>A1200</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>AMIGAKIT LTD</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
+          <t>2602867</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>A1200</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F6" s="1" t="inlineStr">
+        <is>
+          <t>AMIGAKIT LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" customHeight="true" ht="140.0">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
           <t>1264074</t>
         </is>
       </c>
-      <c r="C6" s="1" t="inlineStr">
+      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>BOCIN'GOL</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>9, 15, 28</t>
         </is>
       </c>
-      <c r="F6" s="1" t="inlineStr">
+      <c r="F7" s="1" t="inlineStr">
         <is>
           <t>BOCINGO,S.L. Carretera de Campo Real Km. 1,200, Local 10-A exterior bajo, Zoco de la Poveda E-28500 Arganda del Rey (Madrid) SPAIN</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>