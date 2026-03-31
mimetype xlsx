--- v1 (2026-02-04)
+++ v2 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -212,178 +212,178 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1972674</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>A1200</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>AMIGAKIT LTD</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2602867</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>A1200</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>Registered:
+Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>AMIGAKIT LTD</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1264074</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>BOCIN'GOL</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>9, 15, 28</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>BOCINGO,S.L. Carretera de Campo Real Km. 1,200, Local 10-A exterior bajo, Zoco de la Poveda E-28500 Arganda del Rey (Madrid) SPAIN</t>
         </is>