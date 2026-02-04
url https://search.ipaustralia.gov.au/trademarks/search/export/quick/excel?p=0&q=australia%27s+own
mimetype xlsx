--- v0 (2025-10-26)
+++ v1 (2026-02-04)
@@ -90,51 +90,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>657142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -714,1636 +714,1674 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>30</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>933333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId17"/>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="933333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId18"/>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>1314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId19"/>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId20"/>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>761904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId21"/>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="761904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId22"/>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId23"/>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>40</xdr:row>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>1076190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId24"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1076190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId25"/>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId26"/>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>43</xdr:row>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId27"/>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>1200000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId28"/>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1200000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>49</xdr:row>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>1180952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId29"/>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>50</xdr:row>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>1123809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId30"/>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1123809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>51</xdr:row>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId31"/>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>52</xdr:row>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>1142857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId32"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1142857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>53</xdr:row>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId33"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>56</xdr:row>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId34"/>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>1180952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId35"/>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>638095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId36"/>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId37"/>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>60</xdr:row>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId38"/>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>638095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId39"/>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>62</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>1224000</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
+          <a:ext cx="1332000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>64</xdr:row>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId42"/>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>65</xdr:row>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>619047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId43"/>
+        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="619047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>66</xdr:row>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>152380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId44"/>
+        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>67</xdr:row>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId45"/>
+        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>69</xdr:row>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId46"/>
+        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>73</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>76</xdr:row>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId49"/>
+        <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>77</xdr:row>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId50"/>
+        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>78</xdr:row>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>1247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId51"/>
+        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>80</xdr:row>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId52"/>
+        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>81</xdr:row>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId53"/>
+        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>82</xdr:row>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId54"/>
+        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>84</xdr:row>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>914285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId55"/>
+        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>85</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>85</xdr:row>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId56"/>
+        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>87</xdr:row>
-[...5 lines deleted...]
-      <xdr:row>87</xdr:row>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId57"/>
+        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F89"/>
+  <dimension ref="A2:F90"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="2" customHeight="true" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>86</t>
         </is>
       </c>
     </row>
     <row r="4" customHeight="true" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
@@ -2769,107 +2807,107 @@
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Ausmiel Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="20" customHeight="true" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1731003</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>COFFEE GURU AUSTRALIA'S OWN GOURMET COFFEE CO</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Expired renewal possible</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>21, 30, 40, 43</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>JED IP Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="21" customHeight="true" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1781139</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN DIAMOND</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>NOUMI IP PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="22" customHeight="true" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1818667</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>TONIZONE AUSTRALIA'S OWN</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>PASCOES PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="23" customHeight="true" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1850010</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
@@ -3048,1712 +3086,1740 @@
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Industry Beans Intellectual Property Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="30" customHeight="true" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2569462</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN EST. 1995</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>NOUMI IP PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="true" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>2603857</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>AO AUSTRALIA'S OWN</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F30" s="1" t="inlineStr">
+      <c r="F31" s="1" t="inlineStr">
         <is>
           <t>NOUMI IP PTY LTD</t>
-        </is>
-[...25 lines deleted...]
-          <t/>
         </is>
       </c>
     </row>
     <row r="32" customHeight="true" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>303254</t>
+          <t>303250</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN MATILDA</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>21</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="33" customHeight="true" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
+          <t>303254</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>AUSTRALIA'S OWN MATILDA</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
           <t>567949</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>NORTHERN AUSTRALIA'S VERY OWN CROCODILE CHOWDER</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F33" s="1" t="inlineStr">
+      <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Smimac Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
-      <c r="A34" s="1" t="inlineStr">
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
         <is>
           <t>637990</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>REBOUND AUSTRALIA'S OWN SPORTS DRINK</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F34" s="1" t="inlineStr">
+      <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Pharma Pacific Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
-      <c r="A35" s="1" t="inlineStr">
+    <row r="36" customHeight="true" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
         <is>
           <t>643425</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN BUSH FOODS</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F35" s="1" t="inlineStr">
+      <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Bush Tucker Supply Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
-      <c r="A36" s="1" t="inlineStr">
+    <row r="37" customHeight="true" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
         <is>
           <t>677352</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>THE REAL MC.COY HOME-STYLE SLOW COOKED C &amp; M SNACK FOODS AUSTRALIA'S
 OWN THE GREAT AUSTRALIAN</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F36" s="1" t="inlineStr">
+      <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Snack Foods Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
-      <c r="A37" s="1" t="inlineStr">
+    <row r="38" customHeight="true" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
         <is>
           <t>708948</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>GOD'S OWN</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>29, 32</t>
         </is>
       </c>
-      <c r="F37" s="1" t="inlineStr">
+      <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Australias Own Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
-      <c r="A38" s="1" t="inlineStr">
+    <row r="39" customHeight="true" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
         <is>
           <t>847506</t>
         </is>
       </c>
-      <c r="C38" s="1" t="inlineStr">
+      <c r="C39" s="1" t="inlineStr">
         <is>
           <t>BI-LO AUSTRALIA'S OWN DISCOUNT SUPERMARKETS</t>
         </is>
       </c>
-      <c r="D38" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F38" s="1" t="inlineStr">
+      <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Bi-Lo Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
-      <c r="A39" s="1" t="inlineStr">
+    <row r="40" customHeight="true" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
         <is>
           <t>898117</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>NEURAZEST</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F39" s="1" t="inlineStr">
+      <c r="F40" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
-      <c r="A40" s="1" t="inlineStr">
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
         <is>
           <t>915846</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>ENERZEST</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F40" s="1" t="inlineStr">
+      <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Australia's Own Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
-      <c r="A41" s="1" t="inlineStr">
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
         <is>
           <t>1065354</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>LAMBMASTER AUSTRALIA'S OWN EASY CARE HAIR SHEEP BREED</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F41" s="1" t="inlineStr">
+      <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Geoff Grewar</t>
-        </is>
-[...25 lines deleted...]
-          <t/>
         </is>
       </c>
     </row>
     <row r="43" customHeight="true" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>303252</t>
+          <t>303251</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN MATILDA</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>24</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="44" customHeight="true" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>303253</t>
+          <t>303252</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN MATILDA</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>25</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="45" customHeight="true" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>350398</t>
+          <t>303253</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>WHO OWNS AUSTRALIA</t>
+          <t>AUSTRALIA'S OWN MATILDA</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>28</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="46" customHeight="true" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
+          <t>350398</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>WHO OWNS AUSTRALIA</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
           <t>436996</t>
         </is>
       </c>
-      <c r="C46" s="1" t="inlineStr">
+      <c r="C47" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN COUNTRY FRESH</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F46" s="1" t="inlineStr">
+      <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Denis Francis Podbury</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
-      <c r="A47" s="1" t="inlineStr">
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
         <is>
           <t>436997</t>
         </is>
       </c>
-      <c r="C47" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D47" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F47" s="1" t="inlineStr">
+      <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Denis Francis Podbury</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
-      <c r="A48" s="1" t="inlineStr">
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>472535</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA`S OWN</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F48" s="1" t="inlineStr">
+      <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Victor Cherikoff</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
-      <c r="A49" s="1" t="inlineStr">
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>532386</t>
         </is>
       </c>
-      <c r="C49" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN
 AUSTRALIA'S OWN GOURMET PRODUCTS</t>
         </is>
       </c>
-      <c r="D49" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F49" s="1" t="inlineStr">
+      <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Christine Smith</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
-      <c r="A50" s="1" t="inlineStr">
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
         <is>
           <t>532387</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
+      <c r="C51" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN
 AUSTRALIA'S OWN GOURMET PRODUCTS</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F50" s="1" t="inlineStr">
+      <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Christine Smith</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
-      <c r="A51" s="1" t="inlineStr">
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
         <is>
           <t>532388</t>
         </is>
       </c>
-      <c r="C51" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN
 AUSTRALIA'S OWN GOURMET PRODUCTS</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F51" s="1" t="inlineStr">
+      <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Christine Smith</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
-      <c r="A52" s="1" t="inlineStr">
+    <row r="53" customHeight="true" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
         <is>
           <t>532389</t>
         </is>
       </c>
-      <c r="C52" s="1" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN
 AUSTRALIA'S OWN GOURMET PRODUCTS</t>
         </is>
       </c>
-      <c r="D52" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F52" s="1" t="inlineStr">
+      <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Christine Smith</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
-      <c r="A53" s="1" t="inlineStr">
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
         <is>
           <t>532390</t>
         </is>
       </c>
-      <c r="C53" s="1" t="inlineStr">
+      <c r="C54" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN
 AUSTRALIA'S OWN GOURMET PRODUCTS</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F53" s="1" t="inlineStr">
+      <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Christine Smith</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
-      <c r="A54" s="1" t="inlineStr">
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>576166</t>
         </is>
       </c>
-      <c r="C54" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>YO YO DESIGN HOBART AUSTRALIA TASMANIA'S OWN DESIGNER LABEL</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F54" s="1" t="inlineStr">
+      <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Charles Lewis Ellis</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
-      <c r="A55" s="1" t="inlineStr">
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
         <is>
           <t>599938</t>
         </is>
       </c>
-      <c r="C55" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAS OWN LEMON FRESH AUSTRALIAS OWN WOOL FRESH AUSTRALIAS OWN SUN FRESH AUSTRALIAS OWN PINE FRESH AUSTRALIAS OWN CAR FRESH AUSTRALIAS OWN APPLE FRESH AUSTRALIAS OWN CITRUS FRESH</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F55" s="1" t="inlineStr">
+      <c r="F56" s="1" t="inlineStr">
         <is>
           <t>Fresh Products Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
-      <c r="A56" s="1" t="inlineStr">
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
         <is>
           <t>607593</t>
         </is>
       </c>
-      <c r="C56" s="1" t="inlineStr">
+      <c r="C57" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN BUSH FOOD AUSTRALIA'S OWN BUSH FOODS AUSTRALIA'S OWN BUSHFOOD AUSTRALIA'S OWN BUSHFOODS</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F56" s="1" t="inlineStr">
+      <c r="F57" s="1" t="inlineStr">
         <is>
           <t>BUSH TUCKER SUPPLY AUSTRALIA PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
-      <c r="A57" s="1" t="inlineStr">
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
         <is>
           <t>609460</t>
         </is>
       </c>
-      <c r="C57" s="1" t="inlineStr">
+      <c r="C58" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN COUNTRY FRESH BREAD C</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F57" s="1" t="inlineStr">
+      <c r="F58" s="1" t="inlineStr">
         <is>
           <t>Seventyeighth Tostaree Pty. Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
-      <c r="A58" s="1" t="inlineStr">
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
         <is>
           <t>616243</t>
         </is>
       </c>
-      <c r="C58" s="1" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>MURRAY GREYS AUSTRALIA'S OWN BEEF BREED</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F58" s="1" t="inlineStr">
+      <c r="F59" s="1" t="inlineStr">
         <is>
           <t>The Murray Grey Beef Cattle Society Inc.</t>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
-      <c r="A59" s="1" t="inlineStr">
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
         <is>
           <t>616244</t>
         </is>
       </c>
-      <c r="C59" s="1" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>MURRAY GREYS AUSTRALIA'S OWN BEEF BREED</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F59" s="1" t="inlineStr">
+      <c r="F60" s="1" t="inlineStr">
         <is>
           <t>The Murray Grey Beef Cattle Society Inc.</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
-      <c r="A60" s="1" t="inlineStr">
+    <row r="61" customHeight="true" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
         <is>
           <t>621490</t>
         </is>
       </c>
-      <c r="C60" s="1" t="inlineStr">
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>YOUR VERY OWN SLICE OF BIG V ACTION THE ACTION STATE OF AUSTRALIA</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F60" s="1" t="inlineStr">
+      <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Justin Lance Christie</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
-      <c r="A61" s="1" t="inlineStr">
+    <row r="62" customHeight="true" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
         <is>
           <t>621491</t>
         </is>
       </c>
-      <c r="C61" s="1" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>YOUR VERY OWN SLICE OF BIG V ACTION THE ACTION STATE OF AUSTRALIA</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F61" s="1" t="inlineStr">
+      <c r="F62" s="1" t="inlineStr">
         <is>
           <t>Justin Lance Christie</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
-      <c r="A62" s="1" t="inlineStr">
+    <row r="63" customHeight="true" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
         <is>
           <t>624107</t>
         </is>
       </c>
-      <c r="C62" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>MY OWN PRODUCT OF AUSTRALIA</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F62" s="1" t="inlineStr">
+      <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Ramasa Fine Foods</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
-      <c r="A63" s="1" t="inlineStr">
+    <row r="64" customHeight="true" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
         <is>
           <t>630807</t>
         </is>
       </c>
-      <c r="C63" s="1" t="inlineStr">
+      <c r="C64" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN TRASH &amp; TREASURE MARKETS</t>
         </is>
       </c>
-      <c r="D63" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F63" s="1" t="inlineStr">
+      <c r="F64" s="1" t="inlineStr">
         <is>
           <t>Trash &amp; Treasure Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
-      <c r="A64" s="1" t="inlineStr">
+    <row r="65" customHeight="true" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
         <is>
           <t>630808</t>
         </is>
       </c>
-      <c r="C64" s="1" t="inlineStr">
+      <c r="C65" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN TRASH &amp; TREASURE MARKETS</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F64" s="1" t="inlineStr">
+      <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Trash &amp; Treasure Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
-      <c r="A65" s="1" t="inlineStr">
+    <row r="66" customHeight="true" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
         <is>
           <t>647982</t>
         </is>
       </c>
-      <c r="C65" s="1" t="inlineStr">
+      <c r="C66" s="1" t="inlineStr">
         <is>
           <t>TUCKERBAGS</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F65" s="1" t="inlineStr">
+      <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Australia's Own Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
-      <c r="A66" s="1" t="inlineStr">
+    <row r="67" customHeight="true" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
         <is>
           <t>647983</t>
         </is>
       </c>
-      <c r="C66" s="1" t="inlineStr">
+      <c r="C67" s="1" t="inlineStr">
         <is>
           <t>TUCKERBAGS</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F66" s="1" t="inlineStr">
+      <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Australia's Own Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
-      <c r="A67" s="1" t="inlineStr">
+    <row r="68" customHeight="true" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
         <is>
           <t>680832</t>
         </is>
       </c>
-      <c r="C67" s="1" t="inlineStr">
+      <c r="C68" s="1" t="inlineStr">
         <is>
           <t>MARILYN MONROO AUSTRALIA'S VERY OWN</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F67" s="1" t="inlineStr">
+      <c r="F68" s="1" t="inlineStr">
         <is>
           <t>Amanda Jane Covey</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
-      <c r="A68" s="1" t="inlineStr">
+    <row r="69" customHeight="true" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
         <is>
           <t>713147</t>
         </is>
       </c>
-      <c r="C68" s="1" t="inlineStr">
+      <c r="C69" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN HAT</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F68" s="1" t="inlineStr">
+      <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Helmut Anton Karl Sirninger</t>
         </is>
       </c>
     </row>
-    <row r="69" customHeight="true" ht="140.0">
-      <c r="A69" s="1" t="inlineStr">
+    <row r="70" customHeight="true" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
         <is>
           <t>775494</t>
         </is>
       </c>
-      <c r="C69" s="1" t="inlineStr">
+      <c r="C70" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F69" s="1" t="inlineStr">
+      <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Carlton And United Breweries Limited</t>
         </is>
       </c>
     </row>
-    <row r="70" customHeight="true" ht="140.0">
-      <c r="A70" s="1" t="inlineStr">
+    <row r="71" customHeight="true" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
         <is>
           <t>823245</t>
         </is>
       </c>
-      <c r="C70" s="1" t="inlineStr">
+      <c r="C71" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN KOBE BEEF</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F70" s="1" t="inlineStr">
+      <c r="F71" s="1" t="inlineStr">
         <is>
           <t>Kabashi Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="71" customHeight="true" ht="140.0">
-      <c r="A71" s="1" t="inlineStr">
+    <row r="72" customHeight="true" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
         <is>
           <t>841152</t>
         </is>
       </c>
-      <c r="C71" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F71" s="1" t="inlineStr">
+      <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Sugar Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="72" customHeight="true" ht="140.0">
-      <c r="A72" s="1" t="inlineStr">
+    <row r="73" customHeight="true" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
         <is>
           <t>851112</t>
         </is>
       </c>
-      <c r="C72" s="1" t="inlineStr">
+      <c r="C73" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F72" s="1" t="inlineStr">
+      <c r="F73" s="1" t="inlineStr">
         <is>
           <t>Carlton and United Breweries Limited</t>
         </is>
       </c>
     </row>
-    <row r="73" customHeight="true" ht="140.0">
-      <c r="A73" s="1" t="inlineStr">
+    <row r="74" customHeight="true" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
         <is>
           <t>851695</t>
         </is>
       </c>
-      <c r="C73" s="1" t="inlineStr">
+      <c r="C74" s="1" t="inlineStr">
         <is>
           <t>Own your Share of Australia</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F73" s="1" t="inlineStr">
+      <c r="F74" s="1" t="inlineStr">
         <is>
           <t>Stock Market Investors Group</t>
         </is>
       </c>
     </row>
-    <row r="74" customHeight="true" ht="140.0">
-      <c r="A74" s="1" t="inlineStr">
+    <row r="75" customHeight="true" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
         <is>
           <t>915868</t>
         </is>
       </c>
-      <c r="C74" s="1" t="inlineStr">
+      <c r="C75" s="1" t="inlineStr">
         <is>
           <t>COUNTESS MOUNTBATTENS OWN FRONTIERSMAN GOD GUARD THEE</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F74" s="1" t="inlineStr">
+      <c r="F75" s="1" t="inlineStr">
         <is>
           <t>Legion of Frontiersmen of the Commonwealth (Countess Mountbatten's Own) - Australia Command</t>
         </is>
       </c>
     </row>
-    <row r="75" customHeight="true" ht="140.0">
-      <c r="A75" s="1" t="inlineStr">
+    <row r="76" customHeight="true" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
         <is>
           <t>918406</t>
         </is>
       </c>
-      <c r="C75" s="1" t="inlineStr">
+      <c r="C76" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F75" s="1" t="inlineStr">
+      <c r="F76" s="1" t="inlineStr">
         <is>
           <t>So Natural Foods Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="76" customHeight="true" ht="140.0">
-      <c r="A76" s="1" t="inlineStr">
+    <row r="77" customHeight="true" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
         <is>
           <t>938463</t>
         </is>
       </c>
-      <c r="C76" s="1" t="inlineStr">
+      <c r="C77" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
-      <c r="F76" s="1" t="inlineStr">
+      <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Carlton And United Breweries Limited</t>
         </is>
       </c>
     </row>
-    <row r="77" customHeight="true" ht="140.0">
-      <c r="A77" s="1" t="inlineStr">
+    <row r="78" customHeight="true" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
         <is>
           <t>1051517</t>
         </is>
       </c>
-      <c r="C77" s="1" t="inlineStr">
+      <c r="C78" s="1" t="inlineStr">
         <is>
           <t>THE GREAT WHITE SWIMMING AT YOUR OWN RISK! ROADSIGN AUSTRALIA</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>16, 25</t>
         </is>
       </c>
-      <c r="F77" s="1" t="inlineStr">
+      <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Carthew Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="78" customHeight="true" ht="140.0">
-      <c r="A78" s="1" t="inlineStr">
+    <row r="79" customHeight="true" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
         <is>
           <t>1187716</t>
         </is>
       </c>
-      <c r="C78" s="1" t="inlineStr">
+      <c r="C79" s="1" t="inlineStr">
         <is>
           <t>MY WEDDING MAGAZINE SOUTH AUSTRALIA'S OWN CREATIVE WEDDING MAGAZINE</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>41, 42</t>
         </is>
       </c>
-      <c r="F78" s="1" t="inlineStr">
+      <c r="F79" s="1" t="inlineStr">
         <is>
           <t>Belinda Wuensch; Cheryl Hughes</t>
         </is>
       </c>
     </row>
-    <row r="79" customHeight="true" ht="140.0">
-      <c r="A79" s="1" t="inlineStr">
+    <row r="80" customHeight="true" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
         <is>
           <t>1207994</t>
         </is>
       </c>
-      <c r="C79" s="1" t="inlineStr">
+      <c r="C80" s="1" t="inlineStr">
         <is>
           <t>DROUGHTMASTER AUSTRALIA'S OWN BEEF BREED</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F79" s="1" t="inlineStr">
+      <c r="F80" s="1" t="inlineStr">
         <is>
           <t>Droughtmaster Australia's Own Beef Breed</t>
         </is>
       </c>
     </row>
-    <row r="80" customHeight="true" ht="140.0">
-      <c r="A80" s="1" t="inlineStr">
+    <row r="81" customHeight="true" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
         <is>
           <t>1319161</t>
         </is>
       </c>
-      <c r="C80" s="1" t="inlineStr">
+      <c r="C81" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN BRAND OF BEAUTY</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F80" s="1" t="inlineStr">
+      <c r="F81" s="1" t="inlineStr">
         <is>
           <t>Wesley Pawlowski; Joy Catherine Pawlowski</t>
         </is>
       </c>
     </row>
-    <row r="81" customHeight="true" ht="140.0">
-      <c r="A81" s="1" t="inlineStr">
+    <row r="82" customHeight="true" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
         <is>
           <t>1337234</t>
         </is>
       </c>
-      <c r="C81" s="1" t="inlineStr">
+      <c r="C82" s="1" t="inlineStr">
         <is>
           <t>NANNY GOAT SOAP</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F81" s="1" t="inlineStr">
+      <c r="F82" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="82" customHeight="true" ht="140.0">
-      <c r="A82" s="1" t="inlineStr">
+    <row r="83" customHeight="true" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
         <is>
           <t>1497269</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>COFFEE GURU AUSTRALIA'S OWN GOURMET COFFEE CO.</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>21, 30, 40, 43</t>
         </is>
       </c>
-      <c r="F82" s="1" t="inlineStr">
+      <c r="F83" s="1" t="inlineStr">
         <is>
           <t>Coffee Guru Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="83" customHeight="true" ht="140.0">
-      <c r="A83" s="1" t="inlineStr">
+    <row r="84" customHeight="true" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
         <is>
           <t>1562218</t>
         </is>
       </c>
-      <c r="C83" s="1" t="inlineStr">
+      <c r="C84" s="1" t="inlineStr">
         <is>
           <t>NULON AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>1, 4</t>
         </is>
       </c>
-      <c r="F83" s="1" t="inlineStr">
+      <c r="F84" s="1" t="inlineStr">
         <is>
           <t>Nulon Products Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="84" customHeight="true" ht="140.0">
-      <c r="A84" s="1" t="inlineStr">
+    <row r="85" customHeight="true" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
         <is>
           <t>1714509</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C85" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F84" s="1" t="inlineStr">
+      <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Australian Natural Foods Holdings Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="85" customHeight="true" ht="140.0">
-      <c r="A85" s="1" t="inlineStr">
+    <row r="86" customHeight="true" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
         <is>
           <t>1808812</t>
         </is>
       </c>
-      <c r="C85" s="1" t="inlineStr">
+      <c r="C86" s="1" t="inlineStr">
         <is>
           <t>UGG EX AUSTRALIA OWN</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F85" s="1" t="inlineStr">
+      <c r="F86" s="1" t="inlineStr">
         <is>
           <t>ezex pty ltd</t>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
-      <c r="A86" s="1" t="inlineStr">
+    <row r="87" customHeight="true" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
         <is>
           <t>1854923</t>
         </is>
       </c>
-      <c r="C86" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>HANDLE YOUR OWN PR AUSTRALIA</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>9, 35</t>
         </is>
       </c>
-      <c r="F86" s="1" t="inlineStr">
+      <c r="F87" s="1" t="inlineStr">
         <is>
           <t>Handle Your Own PR Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="87" customHeight="true" ht="140.0">
-      <c r="A87" s="1" t="inlineStr">
+    <row r="88" customHeight="true" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
         <is>
           <t>2031669</t>
         </is>
       </c>
-      <c r="C87" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN DAIRIES</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>29, 39, 44</t>
         </is>
       </c>
-      <c r="F87" s="1" t="inlineStr">
+      <c r="F88" s="1" t="inlineStr">
         <is>
           <t>Freedom Foods Group IP Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="88" customHeight="true" ht="140.0">
-      <c r="A88" s="1" t="inlineStr">
+    <row r="89" customHeight="true" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
         <is>
           <t>2429058</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>MURRAY GREY BEEF AUSTRALIA'S OWN BREED PREMIUM GRAIN FED BEEF</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F88" s="1" t="inlineStr">
+      <c r="F89" s="1" t="inlineStr">
         <is>
           <t>Rhys O'Donohue; Amy Nankivell</t>
         </is>
       </c>
     </row>
-    <row r="89" customHeight="true" ht="140.0">
-      <c r="A89" s="1" t="inlineStr">
+    <row r="90" customHeight="true" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
         <is>
           <t>2443067</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
+      <c r="C90" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S OWN SCIENTIFIC PET FOOD</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F89" s="1" t="inlineStr">
+      <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Advanced Pet Care of Australia Pty Ltd</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>