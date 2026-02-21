--- v0 (2025-10-31)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>523809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -631,3230 +631,3230 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1266666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1266666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>30</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="1224000" cy="1428571"/>
+      <xdr:rowOff>580952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="580952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>32</xdr:row>
-      <xdr:rowOff>580952</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="580952"/>
+      <xdr:rowOff>1333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>33</xdr:row>
-      <xdr:rowOff>1333333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1333333"/>
+      <xdr:rowOff>876190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="1008000" cy="1428571"/>
+      <xdr:rowOff>1085714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>36</xdr:row>
-      <xdr:rowOff>1085714</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1085714"/>
+      <xdr:rowOff>1380952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>37</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>38</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="1368000" cy="1428571"/>
+      <xdr:rowOff>1257142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1257142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>1257142</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1257142"/>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>40</xdr:row>
-      <xdr:rowOff>752380</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1044000</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1044000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>41</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="1044000" cy="1428571"/>
+      <xdr:rowOff>1142857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1142857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>43</xdr:row>
-      <xdr:rowOff>1142857</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1142857"/>
+      <xdr:rowOff>885714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1332000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>44</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>45</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="1332000" cy="1428571"/>
+      <xdr:rowOff>790476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>46</xdr:row>
-      <xdr:rowOff>790476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="790476"/>
+      <xdr:rowOff>1276190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>47</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>48</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="1080000" cy="1428571"/>
+      <xdr:rowOff>1057142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>49</xdr:row>
-      <xdr:rowOff>1057142</xdr:rowOff>
-[...30 lines deleted...]
-      <xdr:row>50</xdr:row>
+      <xdr:rowOff>828571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="828571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>50</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>52</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...4 lines deleted...]
-      <xdr:row>52</xdr:row>
+      <xdr:rowOff>1295238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1295238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
-[...26 lines deleted...]
-      <xdr:row>53</xdr:row>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>53</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>54</xdr:row>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>819047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="819047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
-[...64 lines deleted...]
-      <xdr:row>61</xdr:row>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1260000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>61</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>1260000</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1260000" cy="1428571"/>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId42"/>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:colOff>1224000</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1188000" cy="1428571"/>
+        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
       <xdr:row>67</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId44"/>
+        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:colOff>1260000</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1224000" cy="1428571"/>
+        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:colOff>1188000</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId46"/>
+        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1296000</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>1314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1296000" cy="1314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...74 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:colOff>1116000</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1260000" cy="1428571"/>
+        <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>73</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1116000" cy="1428571"/>
+      <xdr:rowOff>523809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="523809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:colOff>864000</xdr:colOff>
       <xdr:row>74</xdr:row>
-      <xdr:rowOff>523809</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1368000" cy="523809"/>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="864000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>792000</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>971428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="792000" cy="971428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>75</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>76</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="792000" cy="971428"/>
+      <xdr:rowOff>1057142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="864000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>864000</xdr:colOff>
+      <xdr:colOff>900000</xdr:colOff>
       <xdr:row>77</xdr:row>
-      <xdr:rowOff>1057142</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="864000" cy="1057142"/>
+      <xdr:rowOff>990476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="900000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
       <xdr:row>78</xdr:row>
-      <xdr:rowOff>990476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="900000" cy="990476"/>
+      <xdr:rowOff>1019047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="900000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>900000</xdr:colOff>
+      <xdr:colOff>1116000</xdr:colOff>
       <xdr:row>79</xdr:row>
-      <xdr:rowOff>1019047</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="900000" cy="1019047"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:colOff>1044000</xdr:colOff>
       <xdr:row>80</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
-[...36 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>1409523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>83</xdr:row>
-      <xdr:rowOff>1409523</xdr:rowOff>
-[...30 lines deleted...]
-      <xdr:row>84</xdr:row>
+      <xdr:rowOff>1228571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1228571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>87</xdr:row>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>1400000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1400000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>87</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>89</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>1266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>90</xdr:row>
-      <xdr:rowOff>1047619</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1047619"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>91</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>91</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1260000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>92</xdr:row>
-      <xdr:rowOff>1038095</xdr:rowOff>
+      <xdr:rowOff>238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1038095"/>
-[...19 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+          <a:ext cx="1404000" cy="238095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1188000" cy="1428571"/>
-[...37 lines deleted...]
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="857142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>96</xdr:row>
-      <xdr:rowOff>1390476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1390476"/>
+      <xdr:rowOff>1104761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>97</xdr:row>
-      <xdr:rowOff>238095</xdr:rowOff>
+      <xdr:rowOff>1228571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1228571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>1190476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="238095"/>
+          <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>99</xdr:row>
-      <xdr:rowOff>857142</xdr:rowOff>
+      <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="857142"/>
+          <a:ext cx="1404000" cy="1209523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>952380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>936000</xdr:colOff>
       <xdr:row>101</xdr:row>
-      <xdr:rowOff>1104761</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1104761"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>828000</xdr:colOff>
       <xdr:row>102</xdr:row>
-      <xdr:rowOff>1228571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1228571"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="828000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>103</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>103</xdr:row>
-      <xdr:rowOff>1190476</xdr:rowOff>
-[...37 lines deleted...]
-      <xdr:rowOff>1209523</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1209523"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>105</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>864000</xdr:colOff>
       <xdr:row>105</xdr:row>
-      <xdr:rowOff>952380</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="952380"/>
+          <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>106</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>936000</xdr:colOff>
+      <xdr:colOff>828000</xdr:colOff>
       <xdr:row>106</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="936000" cy="1428571"/>
+          <a:ext cx="828000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>107</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>828000</xdr:colOff>
+      <xdr:colOff>1152000</xdr:colOff>
       <xdr:row>107</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="828000" cy="1428571"/>
-[...12 lines deleted...]
-      <xdr:row>108</xdr:row>
+          <a:ext cx="1152000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>864000</xdr:colOff>
+      <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>110</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="864000" cy="1428571"/>
+          <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>828000</xdr:colOff>
+      <xdr:colOff>1152000</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="828000" cy="1428571"/>
+          <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1152000</xdr:colOff>
+      <xdr:colOff>972000</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1152000" cy="1428571"/>
-[...12 lines deleted...]
-      <xdr:row>114</xdr:row>
+          <a:ext cx="972000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>114</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
-[...19 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+          <a:ext cx="1404000" cy="1085714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1428571"/>
-[...37 lines deleted...]
-          <a:ext cx="1152000" cy="1428571"/>
+          <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>972000</xdr:colOff>
+      <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>900000</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="972000" cy="1428571"/>
-[...19 lines deleted...]
-      <xdr:rowOff>1085714</xdr:rowOff>
+          <a:ext cx="900000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1085714"/>
+          <a:ext cx="1116000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>121</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>121</xdr:row>
-      <xdr:rowOff>819047</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="819047"/>
+      <xdr:rowOff>1209523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>122</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId88"/>
+        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>900000</xdr:colOff>
+      <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="900000" cy="1428571"/>
+        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>124</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>124</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1116000" cy="1428571"/>
+        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:colOff>1332000</xdr:colOff>
       <xdr:row>125</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1188000" cy="1428571"/>
+        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>126</xdr:row>
-      <xdr:rowOff>1209523</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1209523"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>127</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1368000" cy="1428571"/>
+        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1080000" cy="1428571"/>
+        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:colOff>1044000</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
-[...26 lines deleted...]
-      <xdr:row>130</xdr:row>
+        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1044000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>1123809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1123809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>130</xdr:row>
-[...74 lines deleted...]
-      <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1428571"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>133</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -3866,6641 +3866,6773 @@
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1044000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>134</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1044000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>771428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="771428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>136</xdr:row>
-      <xdr:rowOff>1123809</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1123809"/>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:colOff>1152000</xdr:colOff>
       <xdr:row>137</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1332000" cy="1428571"/>
+        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1188000</xdr:colOff>
       <xdr:row>138</xdr:row>
-      <xdr:rowOff>1371428</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1371428"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>139</xdr:row>
-      <xdr:rowOff>771428</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="771428"/>
+      <xdr:rowOff>1342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1152000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>140</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...37 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>1238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1188000" cy="1428571"/>
-[...37 lines deleted...]
-          <a:ext cx="1404000" cy="1342857"/>
+          <a:ext cx="1404000" cy="1238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>143</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>143</xdr:row>
-      <xdr:rowOff>1238095</xdr:rowOff>
+      <xdr:rowOff>1085714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1085714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1238095"/>
-[...18 lines deleted...]
-      <xdr:row>144</xdr:row>
+          <a:ext cx="1404000" cy="857142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1368000" cy="1428571"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1296000</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1296000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1296000</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1296000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>149</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>150</xdr:row>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>1200000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1200000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>150</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>153</xdr:row>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>980952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="980952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>153</xdr:row>
-[...132 lines deleted...]
-          <a:ext cx="1296000" cy="1428571"/>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="333333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>714285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="714285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>162</xdr:row>
-      <xdr:rowOff>1200000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1200000"/>
+      <xdr:rowOff>523809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="523809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>163</xdr:row>
-      <xdr:rowOff>980952</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="980952"/>
+      <xdr:rowOff>533333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>164</xdr:row>
-      <xdr:rowOff>333333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="333333"/>
+      <xdr:rowOff>561904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="561904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>756000</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>971428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="756000" cy="971428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>900000</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="900000" cy="1028571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1116000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>165</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>166</xdr:row>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>1047619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1260000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>166</xdr:row>
-[...182 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>171</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="1116000" cy="1428571"/>
+      <xdr:rowOff>1038095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>172</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:colOff>1188000</xdr:colOff>
       <xdr:row>172</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="1080000" cy="1428571"/>
+        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>175</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>175</xdr:row>
       <xdr:rowOff>1000000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId127"/>
+        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1000000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>176</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
       <xdr:row>176</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId128"/>
+        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>177</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
       <xdr:row>177</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId129"/>
+        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>1266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId130"/>
+        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>1171428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId131"/>
+        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1171428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>182</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>182</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId132"/>
+        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>183</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>183</xdr:row>
       <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId133"/>
+        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>184</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId134"/>
+        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>185</xdr:row>
       <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId135"/>
+        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>186</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>186</xdr:row>
       <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId136"/>
+        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F187"/>
+  <dimension ref="A2:F189"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>183</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>185</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>358586</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>RUGBY LEAGUE WEEK</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>626019</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>633341</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN RUGBY LEAGUE</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>25, 28</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>633351</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS KOLLECTION</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>644658</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIAN RL</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>25, 28</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>644665</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>25, 28</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>650476</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>FANTASY FOOTY</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>669116</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>JUNIOR ROOS</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>669117</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>JUNIOR KANGAROOS</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>722190</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>FANTASY FOOTY</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>16, 41</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>722191</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>FANTASY LEAGUE</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>16, 41</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>722209</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>RUGBY LEAGUE WEEK</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>16, 41</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>754218</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>NRL</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>16, 18, 21, 24, 25, 28, 41</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>754219</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>NRL</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>16, 18, 21, 24, 25, 28, 41</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>754220</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>NRL</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>16, 18, 21, 24, 25, 28, 41</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>786652</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>BIG LEAGUE</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>855118</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1020060</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>CANBERRA RAIDERS</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1020062</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>BULLDOGS</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>1020064</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>BRONCOS BRISBANE</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>1020070</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>ST.GEORGE ILLAWARRA</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>1020105</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>MANLY WARRINGAH SEA EAGLES</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>1020158</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>PARRAMATTA EELS</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>1061690</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>MAROONS WORKWEAR</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>1061691</t>
+          <t>1076730</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>BLUES WORKWEAR</t>
+          <t>GOLD COAST TITANS</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Expired renewal possible</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="1" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>1076770</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>GOLD COAST TITANS</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="1" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>1076771</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="1" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>1104273</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="1" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>1104281</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="1" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>1104288</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="1" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>1104289</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="1" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>1104290</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="1" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>1104292</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>1104294</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>1104295</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>1104297</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>PENRITH PANTHERS</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>1104300</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>BULLDOGS</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="1" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>1104301</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>ST.GEORGE ILLAWARRA</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>1104302</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>MANLY WARRINGAH SEA EAGLES</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>1104304</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>PARRAMATTA EELS</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>1104305</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>CANBERRA RAIDERS</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>1104309</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>BRONCOS BRISBANE</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>1111090</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>STATE OF ORIGIN</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>25, 41</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>1143475</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>1182991</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>A CENTENARY OF RUGBY LEAGUE 1908 2008</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>16, 18, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>1185917</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>KANGAROOS SINCE 1908</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>16, 18, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="1" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>1186060</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>RUGBY LEAGUE FILMS</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>16, 28, 41</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>1234537</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>TITANS 4 TOMORROW</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>1314423</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>GOLD COAST TITANS</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>1314425</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>BULLDOGS CB 1935</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>1349602</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>RUGBY LEAGUE CENTRAL</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>1362956</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>19 47 PARRAMATTA EELS</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>1429565</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>STATE AGAINST STATE MATE AGAINST MATE</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>1436452</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>RUGBY LEAGUE WEEK IMMORTALS</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>16, 41</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>1485854</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>NRL TAG</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>1499980</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>STATE AGAINST STATE MATE AGAINST MATE</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>1502082</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>NRL</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>1508185</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>NRL NINES</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>1518650</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>THE IMMORTALS</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>16, 41</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>1522648</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>NRL ONE COMMUNITY</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>16, 41</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>1522649</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>NRL PREMIERSHIP</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>1522650</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>NRL</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>1522651</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>NRL U20S CUP</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>1522654</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>STATE OF ORIGIN</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>1522655</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>STATE OF ORIGIN NSW BLUES</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>1522657</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>Q STATE OF ORIGIN QLD MAROONS</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>1522658</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>NSW RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>1522659</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>Q QLD RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>1522661</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>CRL</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>1522664</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>NRL.COM</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>1522667</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>WA RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>1522668</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>VIC RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>1522670</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>NT RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>1522671</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>SA RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>1522672</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>TAS RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>1557257</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>WOMEN IN LEAGUE</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>1557660</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>KANGAROOS</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>1573687</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>NRL TOUCH</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>1578715</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>PARRAMATTA EELS 19 47</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>1578716</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>PANTHERS</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>1585165</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>GOLD COAST TITANS</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="1" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>1585168</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>STATE OF ORIGIN</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>24, 28</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>1597779</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>NRL TOUCH FOOTBALL</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>1679752</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>THE MOLE</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 41</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>1688723</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>PANTHERS</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>1698527</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>STATE OF ORIGIN</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>1741369</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
-[...95 lines deleted...]
-      <c r="C33" s="1" t="inlineStr">
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>1741370</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>1756653</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>NRL BUNKER</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>9, 41, 42</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>1756662</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>NRL BUNKER</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>9, 41, 42</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>1915528</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="1" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>1929916</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>NRL FANTASY</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="1" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>1951512</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>NRL PREMIERSHIP</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="1" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>1951514</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>A NRL ALL-STARS</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="1" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>1951515</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>A NRL WOMEN'S ALL-STARS</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="1" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>1952735</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>PANTHERS</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="1" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>1959811</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>NRLTV</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="1" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>1992192</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>L LEAGUE STARS</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 18, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="1" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>1998475</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>PACIFIC TEST INVITATIONAL</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="1" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>2010132</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="1" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>2010134</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>MAGIC ROUND</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>2011376</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>T RUGBY LEAGUE TEST</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>2013578</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>9 NRL NINES</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>2032296</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>NRL</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 38, 41, 45</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>2046349</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>MYSIDELINE</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 38, 41, 42</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" customHeight="1" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>2046370</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>MYSIDELINE</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 38, 41, 42</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>2058969</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>STATE OF ORIGIN</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>2058970</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="C34" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>2059095</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>CLUB RUGBY LEAGUE</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>2064683</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>BATTLEFIELDS TO FOOTYFIELDS</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>2064684</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>WILOP</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>2067961</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>TACKLEREADY</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>2067963</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>TACKLE READY</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="1" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>2071518</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>ML MUNCHKIN LEAGUE</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 41</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>2087720</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>W WOMEN'S STATE OF ORIGIN</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>2087721</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>2097245</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>ADELAIDE RAMS</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>2097930</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>PANTHERS</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>2098893</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>ML MUNCHKIN LEAGUE</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>2131862</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>MAROONS Q</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 28, 41</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>2131863</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>MAROONS Q W</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 28, 41</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>2159918</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>NE NORTHERN EAGLES</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>2290813</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>MAROONS Q W</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>2290814</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>MAROONS Q</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" customHeight="1" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>2335860</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>GOLD COAST</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F129" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" customHeight="1" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>2335865</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>GOLD COAST SEAGULLS</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" customHeight="1" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>2346324</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>NRLW</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" customHeight="1" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>2346331</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>W NRL WOMEN'S PREMIERSHIP</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
+        </is>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" customHeight="1" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>2351922</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>GOLD COAST CHARGERS</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F133" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" customHeight="1" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>2410061</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>NE NORTH SYDNEY CENTRAL COAST MANLY WARRINGAH</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" customHeight="1" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>2425538</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>MANLY WARRINGAH SEA EAGLES</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+        </is>
+      </c>
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" customHeight="1" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>2529501</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
-[...649 lines deleted...]
-      <c r="E57" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 24, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" customHeight="1" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>2547606</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>RUGBY LEAGUE LAS VEGAS</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
-      <c r="F57" s="1" t="inlineStr">
-[...2238 lines deleted...]
-      </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="138" customHeight="true" ht="140.0">
+    <row r="138" customHeight="1" ht="140.0">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>2351922</t>
+          <t>2335859</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>GOLD COAST CHARGERS</t>
+          <t>GOLD COAST TWEED GIANTS</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
-        <is>
-[...82 lines deleted...]
-      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F141" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A142" s="1" t="inlineStr">
+      <c r="F138" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" customHeight="1" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
         <is>
           <t>2410058</t>
         </is>
       </c>
-      <c r="C142" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>ADELAIDE RAMS</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F142" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A143" s="1" t="inlineStr">
+      <c r="F139" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" customHeight="1" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
         <is>
           <t>2410059</t>
         </is>
       </c>
-      <c r="C143" s="1" t="inlineStr">
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>SOUTH QUEENSLAND CRUSHERS</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F143" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A144" s="1" t="inlineStr">
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" customHeight="1" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
         <is>
           <t>2410060</t>
         </is>
       </c>
-      <c r="C144" s="1" t="inlineStr">
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t>HUNTER MARINERS</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" customHeight="1" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>2545691</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>PERTH BEARS RUGBY LEAGUE FOOTBALL CLUB</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposed</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="1" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>2545712</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>PERTH BEARS</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposed</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" customHeight="1" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>2550119</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>ORIGIN ROOKIES</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="145" customHeight="true" ht="140.0">
+    <row r="145" customHeight="1" ht="140.0">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>2410061</t>
+          <t>2590163</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>NE NORTH SYDNEY CENTRAL COAST MANLY WARRINGAH</t>
+          <t>SPEED LEAGUE</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
+Awaiting publication</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>9, 28, 41</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="146" customHeight="true" ht="140.0">
+    <row r="146" customHeight="1" ht="140.0">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>2464064</t>
+          <t>2594621</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>PERTH BEARS RUGBY LEAGUE FOOTBALL CLUB</t>
+          <t>PNG CHIEFS</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="147" customHeight="true" ht="140.0">
+    <row r="147" customHeight="1" ht="140.0">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>2473402</t>
+          <t>2594754</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>WESTERN BEARS RUGBY LEAGUE FOOTBALL CLUB</t>
+          <t>AUS 26 IRL RUGBY LEAGUE WORLD CUP</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="148" customHeight="true" ht="140.0">
+    <row r="148" customHeight="1" ht="140.0">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>2545691</t>
+          <t>2594756</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>PERTH BEARS RUGBY LEAGUE FOOTBALL CLUB</t>
+          <t>AUS 26 IRL</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination - Deferred</t>
+          <t>Accepted:
+Awaiting publication</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
-          <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
+          <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="149" customHeight="true" ht="140.0">
+    <row r="149" customHeight="1" ht="140.0">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>2545712</t>
+          <t>2601848</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
+          <t>CB</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>24, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" customHeight="1" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>2618446</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
           <t>PERTH BEARS</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="D150" s="1" t="inlineStr">
-        <is>
-[...54 lines deleted...]
-      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Published:
 Awaiting examination</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 21, 24, 25, 27, 28, 41</t>
         </is>
       </c>
-      <c r="F153" s="1" t="inlineStr">
-[...62 lines deleted...]
-      <c r="A156" s="1" t="inlineStr">
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" customHeight="1" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
         <is>
           <t>602764</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C151" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA KANGAROOS</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F156" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A157" s="1" t="inlineStr">
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" customHeight="1" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
         <is>
           <t>602766</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA KANGAROOS</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F157" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A158" s="1" t="inlineStr">
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" customHeight="1" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
         <is>
           <t>626015</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F158" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A159" s="1" t="inlineStr">
+      <c r="F153" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" customHeight="1" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
         <is>
           <t>626016</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F159" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A160" s="1" t="inlineStr">
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" customHeight="1" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
         <is>
           <t>626017</t>
         </is>
       </c>
-      <c r="C160" s="1" t="inlineStr">
+      <c r="C155" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F160" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A161" s="1" t="inlineStr">
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" customHeight="1" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
         <is>
           <t>626018</t>
         </is>
       </c>
-      <c r="C161" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F161" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A162" s="1" t="inlineStr">
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" customHeight="1" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
         <is>
           <t>626021</t>
         </is>
       </c>
-      <c r="C162" s="1" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F162" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A163" s="1" t="inlineStr">
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" customHeight="1" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
         <is>
           <t>1002554</t>
         </is>
       </c>
-      <c r="C163" s="1" t="inlineStr">
+      <c r="C158" s="1" t="inlineStr">
         <is>
           <t>KIDS TO KANGAROOS</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>25, 28, 41</t>
         </is>
       </c>
-      <c r="F163" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D164" s="1" t="inlineStr">
+      <c r="F158" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" customHeight="1" ht="140.0">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>1061691</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>BLUES WORKWEAR</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F159" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" customHeight="1" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>1143477</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>16, 25, 28, 41</t>
         </is>
       </c>
-      <c r="F164" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A165" s="1" t="inlineStr">
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" customHeight="1" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
         <is>
           <t>1282174</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C161" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA ARL AUSTRALIAN RUGBY LEAGUE MASTERS RUGBY LEAGUE FOR OVER
 35'S</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>16, 25, 28, 41</t>
         </is>
       </c>
-      <c r="F165" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A166" s="1" t="inlineStr">
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" customHeight="1" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
         <is>
           <t>1337375</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>INDIGENOUS ALL STARS</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>25, 41</t>
         </is>
       </c>
-      <c r="F166" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A167" s="1" t="inlineStr">
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" customHeight="1" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
         <is>
           <t>1337376</t>
         </is>
       </c>
-      <c r="C167" s="1" t="inlineStr">
+      <c r="C163" s="1" t="inlineStr">
         <is>
           <t>NRL ALL STARS</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>25, 41</t>
         </is>
       </c>
-      <c r="F167" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A168" s="1" t="inlineStr">
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="1" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
         <is>
           <t>1337377</t>
         </is>
       </c>
-      <c r="C168" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>RUGBY LEAGUE ALL STARS</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>25, 41</t>
         </is>
       </c>
-      <c r="F168" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A169" s="1" t="inlineStr">
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" customHeight="1" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
         <is>
           <t>1428399</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C165" s="1" t="inlineStr">
         <is>
           <t>RL13</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>16, 25</t>
         </is>
       </c>
-      <c r="F169" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A170" s="1" t="inlineStr">
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" customHeight="1" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
         <is>
           <t>1556266</t>
         </is>
       </c>
-      <c r="C170" s="1" t="inlineStr">
+      <c r="C166" s="1" t="inlineStr">
         <is>
           <t>TAS RUGBY LEAGUE</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>16, 25, 41</t>
         </is>
       </c>
-      <c r="F170" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A171" s="1" t="inlineStr">
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" customHeight="1" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
         <is>
           <t>1556268</t>
         </is>
       </c>
-      <c r="C171" s="1" t="inlineStr">
+      <c r="C167" s="1" t="inlineStr">
         <is>
           <t>NRL FILMS</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>9, 16, 41</t>
         </is>
       </c>
-      <c r="F171" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A172" s="1" t="inlineStr">
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" customHeight="1" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
         <is>
           <t>1557655</t>
         </is>
       </c>
-      <c r="C172" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>NRL ALL STARS</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
-      <c r="F172" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A173" s="1" t="inlineStr">
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" customHeight="1" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
         <is>
           <t>1580084</t>
         </is>
       </c>
-      <c r="C173" s="1" t="inlineStr">
+      <c r="C169" s="1" t="inlineStr">
         <is>
           <t>NRL AUCKLAND NINES 9</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" customHeight="1" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>1696825</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" customHeight="1" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>1696827</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F171" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" customHeight="1" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>1696829</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28, 41</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" customHeight="1" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>1696832</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="174" customHeight="true" ht="140.0">
+    <row r="174" customHeight="1" ht="140.0">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>1488417</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
           <t>NRL FANTASY</t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
           <t>9, 16, 28, 38, 41</t>
         </is>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="175" customHeight="true" ht="140.0">
+    <row r="175" customHeight="1" ht="140.0">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>1488420</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
           <t>NRL TIPPING</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
           <t>9, 16, 28, 38, 41</t>
         </is>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="176" customHeight="true" ht="140.0">
+    <row r="176" customHeight="1" ht="140.0">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>1499981</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
           <t>ROO CREW</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
           <t>16, 24, 25, 28, 39, 41</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="177" customHeight="true" ht="140.0">
+    <row r="177" customHeight="1" ht="140.0">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>1522652</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
           <t>KANGAROOS SINCE 1908</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
           <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="178" customHeight="true" ht="140.0">
+    <row r="178" customHeight="1" ht="140.0">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>1522662</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
           <t>NRL ALL STARS</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="179" customHeight="true" ht="140.0">
+    <row r="179" customHeight="1" ht="140.0">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>1522665</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
           <t>THE GREATEST GAME OF ALL</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
           <t>9, 16, 41</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="180" customHeight="true" ht="140.0">
+    <row r="180" customHeight="1" ht="140.0">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>1801926</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
           <t>PANTHERS</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="181" customHeight="true" ht="140.0">
+    <row r="181" customHeight="1" ht="140.0">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>1951513</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
           <t>T NRL TELSTRA PREMIERSHIP</t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
           <t>9, 12, 14, 16, 18, 21, 24, 25, 27, 28, 38, 41</t>
         </is>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="182" customHeight="true" ht="140.0">
+    <row r="182" customHeight="1" ht="140.0">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>1992483</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
           <t>TACKLESAFE</t>
         </is>
       </c>
       <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
           <t>16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="183" customHeight="true" ht="140.0">
+    <row r="183" customHeight="1" ht="140.0">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>1992485</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
           <t>TACKLE SAFE</t>
         </is>
       </c>
       <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
           <t>16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="184" customHeight="true" ht="140.0">
+    <row r="184" customHeight="1" ht="140.0">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>2257126</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
           <t>PANTHERS</t>
         </is>
       </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="185" customHeight="true" ht="140.0">
+    <row r="185" customHeight="1" ht="140.0">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>2257127</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
           <t>ML MUNCHKIN LEAGUE</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
           <t>25, 28</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="186" customHeight="true" ht="140.0">
+    <row r="186" customHeight="1" ht="140.0">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>2410050</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
           <t>PANTHERS</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
           <t>16, 25, 28</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
-    <row r="187" customHeight="true" ht="140.0">
+    <row r="187" customHeight="1" ht="140.0">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>2425533</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
           <t>RUGBY LEAGUE LAS VEGAS</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 28, 41</t>
         </is>
       </c>
       <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" customHeight="1" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>2464064</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>PERTH BEARS RUGBY LEAGUE FOOTBALL CLUB</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t>Australian Rugby League Commission Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" customHeight="1" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>2473402</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>WESTERN BEARS RUGBY LEAGUE FOOTBALL CLUB</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
         <is>
           <t>Australian Rugby League Commission Limited</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>