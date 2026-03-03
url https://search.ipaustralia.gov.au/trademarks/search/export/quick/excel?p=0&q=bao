--- v0 (2026-01-02)
+++ v1 (2026-03-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>1171428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -631,1216 +631,1216 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
-[...6 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>260659</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1548000" cy="260659"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>25</xdr:row>
-      <xdr:rowOff>260659</xdr:rowOff>
+      <xdr:rowOff>223994</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="260659"/>
+          <a:ext cx="1548000" cy="223994"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>26</xdr:row>
-      <xdr:rowOff>223994</xdr:rowOff>
+      <xdr:rowOff>180600</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="223994"/>
-[...19 lines deleted...]
-      <xdr:rowOff>180600</xdr:rowOff>
+          <a:ext cx="1548000" cy="180600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="180600"/>
-[...12 lines deleted...]
-      <xdr:row>29</xdr:row>
+          <a:ext cx="1404000" cy="780952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>29</xdr:row>
-      <xdr:rowOff>780952</xdr:rowOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="780952"/>
+          <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>31</xdr:row>
-      <xdr:rowOff>1038095</xdr:rowOff>
+      <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1038095"/>
-[...12 lines deleted...]
-      <xdr:row>32</xdr:row>
+          <a:ext cx="1404000" cy="1390476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>32</xdr:row>
-      <xdr:rowOff>1390476</xdr:rowOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1390476"/>
+          <a:ext cx="1404000" cy="1333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>1333333</xdr:rowOff>
+      <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1333333"/>
-[...12 lines deleted...]
-      <xdr:row>35</xdr:row>
+          <a:ext cx="1404000" cy="323809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>35</xdr:row>
-      <xdr:rowOff>323809</xdr:rowOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>1066666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="323809"/>
+          <a:ext cx="1404000" cy="1066666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>580952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="580952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>71</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...5 lines deleted...]
-      <xdr:rowOff>580952</xdr:rowOff>
+      <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="580952"/>
+          <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>72</xdr:row>
-      <xdr:rowOff>790476</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="790476"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>382447</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="382447"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>73</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>74</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...5 lines deleted...]
-      <xdr:rowOff>382447</xdr:rowOff>
+      <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="382447"/>
+          <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>76</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>81</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...5 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1368000" cy="1428571"/>
+          <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>82</xdr:row>
-      <xdr:rowOff>809523</xdr:rowOff>
+      <xdr:rowOff>733333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="809523"/>
+          <a:ext cx="1404000" cy="733333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>83</xdr:row>
-      <xdr:rowOff>733333</xdr:rowOff>
+      <xdr:rowOff>1142857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="733333"/>
-[...12 lines deleted...]
-      <xdr:row>84</xdr:row>
+          <a:ext cx="1404000" cy="1142857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>433680</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="433680"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>87</xdr:row>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>266666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="266666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>433680</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId35"/>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="433680"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>89</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>100</xdr:row>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>628571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1116000" cy="628571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>819047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="819047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>100</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>102</xdr:row>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>541800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="541800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>102</xdr:row>
-[...69 lines deleted...]
-      <xdr:row>107</xdr:row>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>1104761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1104761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1296000</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1296000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>311473</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="311473"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>107</xdr:row>
-[...69 lines deleted...]
-      <xdr:row>113</xdr:row>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>352380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="352380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>113</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>115</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
-[...74 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="352380"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1892,14341 +1892,14519 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>122</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>1161904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1161904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>123</xdr:row>
-      <xdr:rowOff>1161904</xdr:rowOff>
+      <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1161904"/>
+          <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>124</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>124</xdr:row>
-      <xdr:rowOff>666666</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="666666"/>
-[...12 lines deleted...]
-      <xdr:row>125</xdr:row>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>125</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>914285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>128</xdr:row>
-      <xdr:rowOff>914285</xdr:rowOff>
+      <xdr:rowOff>1171428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="914285"/>
+          <a:ext cx="1404000" cy="1171428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1260000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>129</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>130</xdr:row>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
-[...26 lines deleted...]
-      <xdr:row>132</xdr:row>
+        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>132</xdr:row>
-[...38 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1008000" cy="1428571"/>
+          <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>135</xdr:row>
-      <xdr:rowOff>723809</xdr:rowOff>
+      <xdr:rowOff>1104761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="723809"/>
+          <a:ext cx="1404000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>136</xdr:row>
-      <xdr:rowOff>1104761</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1104761"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>137</xdr:row>
+      <xdr:rowOff>457142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="457142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId59"/>
+        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>1095238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1095238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1296000</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1296000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>323809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="323809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
-[...188 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>148</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>936000</xdr:colOff>
       <xdr:row>148</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
+          <a:ext cx="936000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>151</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>151</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>152</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>152</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>771428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="771428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>154</xdr:row>
-      <xdr:rowOff>771428</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="771428"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>155</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>155</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
-[...12 lines deleted...]
-      <xdr:row>156</xdr:row>
+          <a:ext cx="1404000" cy="961904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>308315</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="308315"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>156</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>161</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...5 lines deleted...]
-      <xdr:rowOff>308315</xdr:rowOff>
+      <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="308315"/>
+          <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>162</xdr:row>
-      <xdr:rowOff>400000</xdr:rowOff>
+      <xdr:rowOff>238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="400000"/>
+          <a:ext cx="1404000" cy="238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>358484</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="358484"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>163</xdr:row>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>164</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...5 lines deleted...]
-      <xdr:rowOff>358484</xdr:rowOff>
+      <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="358484"/>
+          <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>165</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
+      <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1009523"/>
+          <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>166</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>166</xdr:row>
-      <xdr:rowOff>1085714</xdr:rowOff>
+      <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1085714"/>
+          <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>167</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>167</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
+      <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1009523"/>
-[...12 lines deleted...]
-      <xdr:row>168</xdr:row>
+          <a:ext cx="1404000" cy="1085714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>170</xdr:row>
-      <xdr:rowOff>1085714</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1085714"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>171</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>171</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>172</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>172</xdr:row>
-      <xdr:rowOff>1095238</xdr:rowOff>
+      <xdr:rowOff>676190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1095238"/>
+          <a:ext cx="1404000" cy="676190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>173</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>173</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>1008000</xdr:colOff>
       <xdr:row>174</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1008000" cy="1428571"/>
-[...12 lines deleted...]
-      <xdr:row>175</xdr:row>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>175</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
-[...12 lines deleted...]
-      <xdr:row>181</xdr:row>
+          <a:ext cx="1404000" cy="971428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>181</xdr:row>
-      <xdr:rowOff>971428</xdr:rowOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="971428"/>
+          <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>183</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>183</xdr:row>
-      <xdr:rowOff>628571</xdr:rowOff>
+      <xdr:rowOff>876190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="628571"/>
+          <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>184</xdr:row>
-      <xdr:rowOff>876190</xdr:rowOff>
+      <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="876190"/>
-[...12 lines deleted...]
-      <xdr:row>185</xdr:row>
+          <a:ext cx="1404000" cy="447619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>186</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>185</xdr:row>
-      <xdr:rowOff>447619</xdr:rowOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>895238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="447619"/>
+          <a:ext cx="1404000" cy="895238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>187</xdr:row>
-      <xdr:rowOff>895238</xdr:rowOff>
+      <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="895238"/>
-[...12 lines deleted...]
-      <xdr:row>188</xdr:row>
+          <a:ext cx="1404000" cy="790476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>188</xdr:row>
-      <xdr:rowOff>790476</xdr:rowOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="790476"/>
-[...12 lines deleted...]
-      <xdr:row>194</xdr:row>
+          <a:ext cx="1404000" cy="552380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>194</xdr:row>
-      <xdr:rowOff>552380</xdr:rowOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="552380"/>
-[...12 lines deleted...]
-      <xdr:row>196</xdr:row>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>214638</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="214638"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>196</xdr:row>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>980952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="980952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId93"/>
+        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>198</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>198</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>199</xdr:row>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>160790</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="160790"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>208</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>199</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>203</xdr:row>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>466666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="466666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>306058</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="306058"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId96"/>
+        <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>208</xdr:row>
-[...31 lines deleted...]
-      <xdr:row>209</xdr:row>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>276189</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="276189"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>209</xdr:row>
-[...106 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>216</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...5 lines deleted...]
-      <xdr:rowOff>276189</xdr:rowOff>
+      <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="276189"/>
+          <a:ext cx="1404000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>217</xdr:row>
-      <xdr:rowOff>990476</xdr:rowOff>
+      <xdr:rowOff>504761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="990476"/>
-[...12 lines deleted...]
-      <xdr:row>218</xdr:row>
+          <a:ext cx="1404000" cy="504761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>220</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>218</xdr:row>
-      <xdr:rowOff>504761</xdr:rowOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="504761"/>
-[...12 lines deleted...]
-      <xdr:row>221</xdr:row>
+          <a:ext cx="1404000" cy="552380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1260000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>221</xdr:row>
-[...38 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId105"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>230</xdr:row>
-      <xdr:rowOff>1371428</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1371428"/>
-[...37 lines deleted...]
-          <a:ext cx="1548000" cy="1064250"/>
+          <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>232</xdr:row>
-      <xdr:rowOff>704761</xdr:rowOff>
+      <xdr:rowOff>1371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>1247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="704761"/>
+          <a:ext cx="1404000" cy="1247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>235</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>1064250</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1548000" cy="1064250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>236</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>236</xdr:row>
-      <xdr:rowOff>1019047</xdr:rowOff>
+      <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1019047"/>
-[...75 lines deleted...]
-          <a:ext cx="1404000" cy="1152380"/>
+          <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>249</xdr:row>
-      <xdr:rowOff>495238</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1404000" cy="695238"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>252</xdr:row>
-      <xdr:rowOff>990476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="990476"/>
+      <xdr:rowOff>1152380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>253</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1224000" cy="1428571"/>
+      <xdr:rowOff>495238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>254</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1008000" cy="1428571"/>
+      <xdr:rowOff>695238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="695238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>256</xdr:row>
-      <xdr:rowOff>1190476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1190476"/>
+      <xdr:rowOff>990476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1224000</xdr:colOff>
       <xdr:row>257</xdr:row>
-      <xdr:rowOff>1076190</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1076190"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1152000</xdr:colOff>
+      <xdr:colOff>1008000</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
-[...51 lines deleted...]
-          <a:ext cx="1404000" cy="590476"/>
+        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>260</xdr:row>
-      <xdr:rowOff>590476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="590476"/>
+      <xdr:rowOff>1190476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>261</xdr:row>
+      <xdr:rowOff>1076190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1076190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1152000</xdr:colOff>
+      <xdr:row>262</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
-[...51 lines deleted...]
-          <a:ext cx="1404000" cy="666666"/>
+        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>263</xdr:row>
-      <xdr:rowOff>1371428</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1371428"/>
+      <xdr:rowOff>590476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>264</xdr:row>
-      <xdr:rowOff>790476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="790476"/>
+      <xdr:rowOff>590476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="590476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>266</xdr:row>
-      <xdr:rowOff>1028571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1028571"/>
+      <xdr:rowOff>666666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="666666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>1371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>268</xdr:row>
-      <xdr:rowOff>904761</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1404000" cy="457142"/>
+      <xdr:rowOff>790476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>270</xdr:row>
-      <xdr:rowOff>1209523</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1209523"/>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1028571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>904761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="904761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>273</xdr:row>
-      <xdr:rowOff>495238</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="495238"/>
+      <xdr:rowOff>457142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>274</xdr:row>
-      <xdr:rowOff>838095</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1548000" cy="193921"/>
+      <xdr:rowOff>1209523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1209523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>495238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>278</xdr:row>
+      <xdr:rowOff>838095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="838095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>193921</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="193921"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>279</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>279</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>281</xdr:row>
+      <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>281</xdr:row>
-[...150 lines deleted...]
-      <xdr:colOff>648000</xdr:colOff>
       <xdr:row>285</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
-[...13 lines deleted...]
-          <a:ext cx="648000" cy="1428571"/>
+        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>286</xdr:row>
-      <xdr:rowOff>847619</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="847619"/>
+      <xdr:rowOff>1104761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1104761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>160790</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="160790"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>288</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>288</xdr:row>
-      <xdr:rowOff>1133333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1133333"/>
+      <xdr:rowOff>876190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>289</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>936000</xdr:colOff>
       <xdr:row>289</xdr:row>
-      <xdr:rowOff>1171428</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1171428"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="936000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>290</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>648000</xdr:colOff>
+      <xdr:row>290</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>291</xdr:row>
-      <xdr:rowOff>1047619</xdr:rowOff>
-[...30 lines deleted...]
-      <xdr:row>292</xdr:row>
+      <xdr:rowOff>847619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="847619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>292</xdr:row>
-[...18 lines deleted...]
-          <a:ext cx="1404000" cy="304761"/>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>1133333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1133333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>294</xdr:row>
-      <xdr:rowOff>476190</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="476190"/>
+      <xdr:rowOff>1171428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1171428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>296</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>296</xdr:row>
-      <xdr:rowOff>876190</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="876190"/>
+      <xdr:rowOff>1047619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>297</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>297</xdr:row>
-      <xdr:rowOff>323809</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1404000" cy="1019047"/>
+      <xdr:rowOff>304761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>299</xdr:row>
-      <xdr:rowOff>542857</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="542857"/>
+      <xdr:rowOff>476190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="476190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>301</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1428571"/>
+      <xdr:rowOff>876190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="876190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>323809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>303</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1428571"/>
+      <xdr:rowOff>1019047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1019047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>542857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>306</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>306</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>311</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>311</xdr:row>
       <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId154"/>
+        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>307</xdr:row>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>307</xdr:row>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>234397</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId155"/>
+        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="234397"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>308</xdr:row>
+      <xdr:row>313</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>308</xdr:row>
+      <xdr:row>313</xdr:row>
       <xdr:rowOff>988085</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId156"/>
+        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="988085"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>312</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>312</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId157"/>
+        <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>318</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>318</xdr:row>
+      <xdr:rowOff>666666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="666666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>1333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId159"/>
+        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId160"/>
+        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>321</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>792000</xdr:colOff>
-      <xdr:row>321</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId161"/>
+        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="792000" cy="1428571"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="1123809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>327</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>327</xdr:row>
-      <xdr:rowOff>1104761</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1104761"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>330</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>330</xdr:row>
-      <xdr:rowOff>441025</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="441025"/>
+      <xdr:rowOff>1380952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>331</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>331</xdr:row>
+      <xdr:rowOff>1123809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1123809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>332</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>332</xdr:row>
+      <xdr:rowOff>1104761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1104761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>335</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>335</xdr:row>
+      <xdr:rowOff>441025</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="441025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>336</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>1409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId167"/>
+        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>338</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>338</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId168"/>
+        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>337</xdr:row>
+      <xdr:row>342</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>337</xdr:row>
+      <xdr:row>342</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId169"/>
+        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>338</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>338</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId170"/>
+        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId171"/>
+        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F344"/>
+  <dimension ref="A2:F349"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>340</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>345</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>563954</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>BAO HIEN RONG VANG BH</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Mrs Thanh Thi Minh Luong</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1093808</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>THB</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Hui Bao Enterprise Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1112790</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>XI DE BAO</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Zhejiang Taizhou Xidebao Shoes Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>1184374</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>DB DONG BAO</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>HUALONG (RUSHAN) FOODSTUFFS ENTERPRISE CO., LTD</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>1256594</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Royal Leaf</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Bao Xie</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>1262048</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>ROYAL LEAF</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Bao Xie</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>1364149</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>BAOBAG</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>BaoBag Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>1389296</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>HUNG BAO</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>ARISTOCRAT TECHNOLOGIES AUSTRALIA PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>1404566</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>BAO BAO HAO</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>5, 12, 28</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>ZHONGSHAN BAOBAOHAO CHILDREN PRODUCTS COMPANY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1421977</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>NON ROMAN CHARACTERS</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>35, 41</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>RONG BAO ZHAI</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1486992</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>SMART DOLLAR</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Bao Kun Lin</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>1520364</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>NAN XIANG XIAO LONG BAO</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>DAVID LOH</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1525310</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>BAOFENG</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Fujian Nanan Bao Feng Electronics Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>1585837</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>PARADISE DYNASTY LEGEND OF XIAO LONG BAO</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Paradise Group Holdings Pte. Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>1597578</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>HONG BAO LI</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>HONGBAOLI GROUP CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1599324</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>HYB</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Zhuhai HaoYinBao Printing Consumables Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1635074</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>JU BAO PEN</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>I G T (AUSTRALIA) PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>1654944</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>BAO WU ZI TING</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Di Zhang</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>1662116</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>CHANGBAO</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>JIANGSU CHANG BAO STEEL TUBE LIMITED CO.</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>1706316</t>
+          <t>1733821</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>BAO + BUNS</t>
+          <t>Miss Bao</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>Mian Wang; Mian WANG</t>
-[...3 lines deleted...]
-    <row r="25" customHeight="true" ht="140.0">
+          <t>TASTE OF SHANGHAI TRADEMARK PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>1733821</t>
+          <t>1734104</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Miss Bao</t>
+          <t>EBAOTECH</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
-      <c r="F26" s="1" t="inlineStr">
+      <c r="F25" s="1" t="inlineStr">
         <is>
           <t>eBaoTech Corporation</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
-      <c r="A27" s="1" t="inlineStr">
+    <row r="26" customHeight="1" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
         <is>
           <t>1753145</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>PLAYBULB</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F27" s="1" t="inlineStr">
+      <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Shenzhen BaoJia Battery Technology Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
-      <c r="A28" s="1" t="inlineStr">
+    <row r="27" customHeight="1" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
         <is>
           <t>1753146</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C27" s="1" t="inlineStr">
         <is>
           <t>MIPOW</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Expired renewal possible</t>
         </is>
       </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen BaoJia Battery Technology Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="1" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>1767215</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Mr. Piano</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>15, 35, 37, 41</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>Shenzhen BaoJia Battery Technology Co., Ltd.</t>
-[...3 lines deleted...]
-    <row r="29" customHeight="true" ht="140.0">
+          <t>Bao Lan Cai</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>1767215</t>
+          <t>1776614</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>Mr. Piano</t>
+          <t>XTREM HIGH PERFORMANCE</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>15, 35, 37, 41</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>Bao Lan Cai</t>
-[...3 lines deleted...]
-    <row r="30" customHeight="true" ht="140.0">
+          <t>Bao Gang Gong</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>1776614</t>
+          <t>1786777</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>XTREM HIGH PERFORMANCE</t>
+          <t>Mr. Bao</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>30, 43</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
-          <t>Bao Gang Gong</t>
-[...3 lines deleted...]
-    <row r="31" customHeight="true" ht="140.0">
+          <t>Mr. Bao Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>1786777</t>
+          <t>1807134</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>Mr. Bao</t>
+          <t>MBOX</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>30, 43</t>
+          <t>14</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
-          <t>Mr. Bao Pty Ltd</t>
-[...3 lines deleted...]
-    <row r="32" customHeight="true" ht="140.0">
+          <t>Shanghai Bao Ke Si Industrial Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>1807134</t>
+          <t>1809822</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>MBOX</t>
+          <t>NON-ROMAN CHARACTERS</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Beijing Jia Bao Xing Ye Trading Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="1" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>1815229</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>AO JIA BAO</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>3, 5, 29, 30, 32, 44</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
-          <t>Beijing Jia Bao Xing Ye Trading Co., Ltd</t>
-[...3 lines deleted...]
-    <row r="34" customHeight="true" ht="140.0">
+          <t>Blackmores Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>1815229</t>
+          <t>1818143</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>AO JIA BAO</t>
+          <t>HAPPY SWAN SINCE 1972</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Zhejiang XingBao Umbrella Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="1" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>1828664</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>BANBAO</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>BanBao Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="1" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>1837722</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>eBao</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 36, 42</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>eBaoTech Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="1" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>1837728</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>eBao Cloud</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 36, 42</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>eBaoTech Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>1837730</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>eBaoCloud</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 36, 42</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>eBaoTech Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>1843091</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bao Bao</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 39, 43</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>JKLP IP Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>1843502</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuuty</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>1843503</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuuty</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="1" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>1843504</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuuty</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>1843505</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuuty</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>1849441</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Plttuutyis</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>1849442</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Plttuutyis</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>1849444</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Plttuutyis</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>1849445</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>Plttuutyis</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>1849446</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>Plttuutyis</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>1849447</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Clotuutyis</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>1849448</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>Clotuutyis</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="1" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>1849449</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>Clotuutyis</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>1849450</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>Clotuutyis</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>1849451</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuutyis</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>1849453</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuutyis</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>1849455</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuutyis</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>1849456</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>Rlotuutyis</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>1849457</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>Ablotuutyis</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>1849484</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>Ablotuutyis</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>1849485</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>Ablotuutyis</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>1849486</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Ablotuutyis</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>1849487</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>Uglotuutyis</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>1849488</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>Uglotuutyis</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>1849489</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>Uglotuutyis</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>1849490</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>Uglotuutyis</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>1849491</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>Pklotuutyis</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>1849492</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>Pklotuutyis</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>1849499</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>Pklotuutyis</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>1849500</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>Pklotuutyis</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>1849501</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>Pklotuutyis</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>1860793</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>B BENEFOREX</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>shanghai bao reng corporation management consulatation limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>1879928</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>GER</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Alun Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>1887226</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>DARE IN BLOOM</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>YIJING BAO</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>1888495</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>BAOGER BURP!! BAO</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>TAIWAN DYNASTY CATERING CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>1889407</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>JIN JI BAO XI</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Light &amp; Wonder, Inc</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>1890203</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>ROSECOSE</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>AnHui YiBao Home Textile Co.,Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>1890204</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>ROSECOSE</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>AnHui YiBao Home Textile Co.,Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>1893106</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>Ansteker</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen BaoBei Yuan Technology Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>1893110</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>Besteker</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen BaoBei Yuan Technology Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>1893120</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>Eocusun</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen BaoBei Yuan Technology Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>1895891</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>Cloud Thief</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 31, 43</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Bao Division Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>1895914</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>CLOUD THIEF BAO</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 31, 43</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Bao Division Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>1897046</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>KOU CAI BAO</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Suzhou Koucaibao Educational Culture Management Consulting Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>1900343</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>LUO BAO BEI</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>3, 16, 18, 20, 21, 24, 25, 26, 27, 28, 29, 30, 32, 35, 38, 41</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Hangzhou MagicMall Animation Production Co. , Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>1900347</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>LUO BAO BEI</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>3, 16, 18, 20, 21, 24, 25, 26, 27, 28, 29, 30, 32, 35, 38, 41</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Hangzhou MagicMall Animation Production Co. , Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>1904107</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>Tiger Bao</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>SURE, FOOD PTY LTD; Matthew Shaw</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="1" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>1905134</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>R-Bao</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Quanzhou Rongbao Shoes Clothing CO.,Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>1926397</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>CHOP SUEY LI HUANG CHANG</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>ZhiBao Zhao</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>1936020</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>GIGWHEEL</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Bao Gang Gong</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>1936201</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>BILLION FORT</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>29, 31</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>Yi Bao International Trade (HongKong) Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>1937546</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>1937547</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>1937548</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>1937550</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>1937551</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>1937552</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="1" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>1937554</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="1" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>1937555</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="1" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>1937557</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="1" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>1937558</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>WEIDERBOKI</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>Tianjin Wei De Bao Technology Development Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="1" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>1940104</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>CHOP SUEY LI HUANG CHANG</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>ZhiBao Zhao</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="1" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>1946358</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>BA BAO HUANG LONG</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>9, 28, 41</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES AUSTRALIA PTY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="1" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>1949784</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>TONG KEE BAO DIM</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>Chun Yin WONG</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="1" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>1952542</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>ELMS</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>Bao-Van Du</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="1" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>1952543</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>Essential Living Made Simple</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>Bao-Van Du</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="1" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>1954273</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>GIGEWHEELS</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Bao Gang Gong</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>1956398</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>GIGE</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>Bao Gang Gong</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>1959494</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>BAO FU LING</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Yan Tai Bao Fu ling Biological Technology Co.,LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>1962357</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>BA BAO HUANG LONG INGOT</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>9, 28, 41</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Aristocrat Technologies Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>1962358</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>BA BAO HUANG LONG EMPRESS</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>9, 28, 41</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>Aristocrat Technologies Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" customHeight="1" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>1969047</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>ROYAL LEAF TRUEBRED</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>bao xie</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>1969917</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>FRANTIKON</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>junbin bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>1974835</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>BA BAO HUANG LONG EMPEROR</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>9, 28, 41</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES AUSTRALIA PTY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>1975301</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>QIANGSHENG E AUSTRALIA</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>9, 17, 19</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>DUO BAO LI PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>1976739</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>KNTG</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>Darren Chan; Alex Hua; Duc Huy Stephen Nguyen; Nghi Bao Pham Nguyen; Steve Isian Chang</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>1976741</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>Darren Chan; Alex Hua; Duc Huy Stephen Nguyen; Nghi Bao Pham Nguyen; Steve Isian Chang</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>1977208</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>SKYSEA</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>Beijing Bao Cheng International import &amp; export co., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>1992017</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>Chairman BAO</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>WEI LU</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="1" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>1995620</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>W.J.BABY</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>Quanzhou Wan Jia Bao Children's Supplies Corp. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>1997149</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>PET CODE</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>5, 16, 28, 35, 44</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>lubing bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>2000301</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>SYRAZTIME</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>Shan Dong Bao Zhen International Trading Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>2000305</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>SELECTIME</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>Shan Dong Bao Zhen International Trading Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>2000313</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>SYLECTIME</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>Shan Dong Bao Zhen International Trading Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>2002393</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>BAO FU LING</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>YAN TAI BAO FU LING BIOLOGICAL TECHNOLOGY CO.,LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>2003478</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>HOME IN MONGOLIA</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>Meihua Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>2027674</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>LUMINOUS ME</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>BAO &amp; ZHANG PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>2029670</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>VAKKER</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>hong chen; Kun Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>2037303</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>MAMA BAO</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
+        <is>
+          <t>JY &amp; U PTY LTD; JY &amp; U Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>2053066</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>DGIGE</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>Bao Gong</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" customHeight="1" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>2076512</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>DUCHUN</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F129" s="1" t="inlineStr">
+        <is>
+          <t>Bao Haiguo</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" customHeight="1" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>2077014</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>KANG BAO</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>C A G WHOLESALER PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" customHeight="1" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>2081110</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>ELMS.EARTH</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t>Bao- Van Du</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" customHeight="1" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>2081381</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>AODEBAO FINE BONE CHINA</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t>ao de bao pty ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" customHeight="1" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>2084356</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>BAO DAO TAIWANESE KITCHEN WWW.BAODAO.COM.AU</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F133" s="1" t="inlineStr">
+        <is>
+          <t>HO CHAK PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" customHeight="1" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>2087771</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>YOU ARE LOVED</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>9, 25, 36, 41</t>
+        </is>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>Chau Bao Khanh Ong</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" customHeight="1" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>2102102</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>BAO'S PASTRY</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>30, 35, 43</t>
+        </is>
+      </c>
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>BEIJING BAOCAISHENG CATERING MANAGEMENT CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" customHeight="1" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>2106341</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>BAOS POP</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>yunxing chang; glam star pty ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" customHeight="1" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>2131286</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>DUNHUANG</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>16, 41</t>
+        </is>
+      </c>
+      <c r="F137" s="1" t="inlineStr">
+        <is>
+          <t>ALL BAO BOUYA PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" customHeight="1" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>2154943</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>PARADISE DYNASTY LEGEND OF XIAO LONG BAO</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F138" s="1" t="inlineStr">
+        <is>
+          <t>Paradise Group Holdings Pte. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" customHeight="1" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>2161628</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>BAO ZHU ZHAO FU</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F139" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES, INC.</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" customHeight="1" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>2163519</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>BAO</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>8, 21</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>Hope Tree International GmbH</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" customHeight="1" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>2167322</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>JUICY BAO</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>29, 43</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>H &amp; Q Financial Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" customHeight="1" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>2167326</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>JUICY BAO</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>29, 43</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>H &amp; Q Financial Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="1" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>2167384</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>JUICY BAO</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>29, 43</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>H &amp; Q Financial Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" customHeight="1" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>2174087</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>FANG XIAO BAO</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F144" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen Fangxiaobao Novel Materials Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" customHeight="1" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>2174723</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>BAO BAO</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F35" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E36" s="1" t="inlineStr">
+      <c r="F145" s="1" t="inlineStr">
+        <is>
+          <t>Kabushiki Kaisha Miyake Design Jimusho (also trading as Miyake Design Studio)</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" customHeight="1" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>2176489</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>PERFETTA</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>PHU BAO GROUP COMPANY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" customHeight="1" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>2188173</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>BARKSAFE</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F147" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen BaoSi Technology Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" customHeight="1" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>2200380</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>NISHIKI WAGYU YAKINIKU</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F148" s="1" t="inlineStr">
+        <is>
+          <t>MR Jie Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" customHeight="1" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>2203434</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>AUSSIE BAO</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>Aussie Bao Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" customHeight="1" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>2203539</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>Superstairmaster</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>6, 19</t>
+        </is>
+      </c>
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>Bao Engineering Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" customHeight="1" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>2203551</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>FASHION MASK PROTECTING OUR COMMUNITY</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>9, 10, 28</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>Bao Zhang</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" customHeight="1" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>2216487</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>BS BAOS SANDOS</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>SMOKE WATER PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" customHeight="1" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>2223172</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>BAO BROTHERS</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F153" s="1" t="inlineStr">
+        <is>
+          <t>Bao Brothers Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" customHeight="1" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>2223185</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>BAO BROTHERS</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>Bao Brothers Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" customHeight="1" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>2223195</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>BB</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>Bao Brothers Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" customHeight="1" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>2237310</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>GOLDEN HOUSE BRAND GIA VI NAU PHO VIETNAMESE PHO SPECIAL SPICE PHO MAMA PASTEUR EPICE PUR SOUP TONKINOISE BAO DAM NAU 5 TIENG TUI KHONG BE POUCH BAG WILL NOT BREAK AFTER 5 HOURS OF COOKING</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>The Quang Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" customHeight="1" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>2241926</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>GdCosBao</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>Foshan WeiErMeng E-commerce Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" customHeight="1" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>2241927</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>GdCosBao</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F158" s="1" t="inlineStr">
+        <is>
+          <t>Foshan WeiErMeng E-commerce Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" customHeight="1" ht="140.0">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>2241928</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>GdCosBao</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F159" s="1" t="inlineStr">
+        <is>
+          <t>Foshan WeiErMeng E-commerce Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" customHeight="1" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>2254239</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>Bao&amp;Co</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>BaoBag Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" customHeight="1" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>2261736</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>HEYFREE</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>ShenZhen BaoLi Technology Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" customHeight="1" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>2275431</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>KIND REGARDS GOODS DOING GOOD</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 39</t>
+        </is>
+      </c>
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>BaoBag Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" customHeight="1" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>2275434</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>KIND REGARDS</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 39</t>
+        </is>
+      </c>
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>BaoBag Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="1" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>2277813</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>JU CAI BAO DING</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES AUSTRALIA PTY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" customHeight="1" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>2284942</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>BAO &amp; CO</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>BaoBag Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" customHeight="1" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>2284943</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>BAO &amp; CO</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>BaoBag Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" customHeight="1" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>2284950</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>BAO &amp; CO</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>BaoBag Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" customHeight="1" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>2284951</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>BAO &amp; CO</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>BaoBag Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" customHeight="1" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>2287016</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>ZzgeBdy</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F36" s="1" t="inlineStr">
-[...162 lines deleted...]
-      <c r="E42" s="1" t="inlineStr">
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>DongGuanShiDaJunBaoShangMaoYouXianGongSi</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" customHeight="1" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>2294670</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>DER BAO</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
+        <is>
+          <t>E-DER FOODS PTY LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" customHeight="1" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>2303043</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>MILAN BEAUTY BAR BEAUTY - WAXING - FAICIAL NAILS - LASHES</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="F171" s="1" t="inlineStr">
+        <is>
+          <t>Ngoc Bao Van Tran</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" customHeight="1" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>2305568</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>SMILEFIL</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>7, 11</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>Nanjing Tong Chang Huan Bao Ke Ji Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" customHeight="1" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>2309518</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>II IMURAYA BAO PLANT-BASED</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>IMURAYA GROUP CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" customHeight="1" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>2309723</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>GB 1 FIRST WORLD BRAND GIA BAO</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t>CÔNG TY TNHH SX XNK GIA BAO</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" customHeight="1" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>2323824</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>BAO FACE GOURMET GUA BAO</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>JIMMY SUTARDI</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" customHeight="1" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>2324159</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>JIN LONG JIN BAO</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>9, 28, 41</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
+        <is>
+          <t>Light &amp; Wonder, Inc</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" customHeight="1" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>2326287</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>Yes Bao</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 30, 32, 43</t>
+        </is>
+      </c>
+      <c r="F177" s="1" t="inlineStr">
+        <is>
+          <t>Foodgate Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" customHeight="1" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>2328105</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>HuaBao</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>Jinghai Pan</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" customHeight="1" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>2328268</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>WOW BAO</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 30, 32, 43</t>
+        </is>
+      </c>
+      <c r="F179" s="1" t="inlineStr">
+        <is>
+          <t>Foodgate Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" customHeight="1" ht="140.0">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>2335853</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>GRUYWC</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F180" s="1" t="inlineStr">
+        <is>
+          <t>BaoRong Xue</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" customHeight="1" ht="140.0">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>2343762</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>BAO HAUS</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>30, 43</t>
+        </is>
+      </c>
+      <c r="F181" s="1" t="inlineStr">
+        <is>
+          <t>ZIQI LIU</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" customHeight="1" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>2346488</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>Bao King</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t>Japan Australia Hospitality Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" customHeight="1" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>2349783</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>CHI BAO</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
+        <is>
+          <t>CX LIANG F&amp;B PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" customHeight="1" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>2353269</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>BAO BATHS</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>6, 11</t>
+        </is>
+      </c>
+      <c r="F184" s="1" t="inlineStr">
+        <is>
+          <t>The Blue Space Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" customHeight="1" ht="140.0">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>2353271</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>BAO BATHS</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>6, 11</t>
+        </is>
+      </c>
+      <c r="F185" s="1" t="inlineStr">
+        <is>
+          <t>The Blue Space Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" customHeight="1" ht="140.0">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>2363722</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>QianBao</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F186" s="1" t="inlineStr">
+        <is>
+          <t>Mingkai Zhang</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" customHeight="1" ht="140.0">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>2365224</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>SHEN BAO ZI BAO</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t>XUAN GUAN</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" customHeight="1" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>2365225</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>BAO FOR KIDS</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t>XUAN GUAN</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" customHeight="1" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>2367086</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>yomixue</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>Mei Le Bao Information and Technology Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" customHeight="1" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>2374420</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>bao time</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F190" s="1" t="inlineStr">
+        <is>
+          <t>Japan Australia Hospitality Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" customHeight="1" ht="140.0">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>2381827</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>Ertah</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F191" s="1" t="inlineStr">
+        <is>
+          <t>Jiahui Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" customHeight="1" ht="140.0">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>2389844</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>SORFURBOW</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F192" s="1" t="inlineStr">
+        <is>
+          <t>Shantou Chenghai Songfeng Bao electronic commerce Co., LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" customHeight="1" ht="140.0">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>2390668</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>GOLDMATE</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F193" s="1" t="inlineStr">
+        <is>
+          <t>KIM BAO AN PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" customHeight="1" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>2395791</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>UTAX</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F42" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="E44" s="1" t="inlineStr">
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t>Zhuhai HaoYinBao Printing Consumables Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" customHeight="1" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>2402936</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>YUDOTE</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F195" s="1" t="inlineStr">
+        <is>
+          <t>WEI BAO</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" customHeight="1" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>2407248</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>Guang Dong BaoHua Agricultural Science &amp; Technology Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" customHeight="1" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>2407560</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>KamvOoO</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F197" s="1" t="inlineStr">
+        <is>
+          <t>Guang Zhou Rui Bao Dian Zi Shang Wu Co. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" customHeight="1" ht="140.0">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>2411509</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>FORMULA BAO</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F198" s="1" t="inlineStr">
+        <is>
+          <t>BYD COMPANY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" customHeight="1" ht="140.0">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>2414431</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>BAO ZHI TANG ACUPUNCTURE &amp; CHINESE MEDICINE</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="F199" s="1" t="inlineStr">
+        <is>
+          <t>BAOZHITANG PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" customHeight="1" ht="140.0">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>2414684</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>baoboy</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 30, 43</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
+        <is>
+          <t>Bao King Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" customHeight="1" ht="140.0">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>2414685</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>in bao we trust</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
+        <is>
+          <t>Bao King Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" customHeight="1" ht="140.0">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>2420193</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>HILIMSE</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F44" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="E46" s="1" t="inlineStr">
+      <c r="F202" s="1" t="inlineStr">
+        <is>
+          <t>BaoXing Wen</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" customHeight="1" ht="140.0">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>2421375</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>F426</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F203" s="1" t="inlineStr">
+        <is>
+          <t>Chenliang Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" customHeight="1" ht="140.0">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>2426222</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>BAO BAO ISSEY MIYAKE</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F204" s="1" t="inlineStr">
+        <is>
+          <t>Kabushiki Kaisha Miyake Design Jimusho (also trading as Miyake Design Studio)</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" customHeight="1" ht="140.0">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>2426900</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>BAO</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>BYD Company Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" customHeight="1" ht="140.0">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>2432468</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>SAN BAO</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
+        <is>
+          <t>AINSWORTH GAME TECHNOLOGY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" customHeight="1" ht="140.0">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>2433413</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>SAN BAO</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F207" s="1" t="inlineStr">
+        <is>
+          <t>AINSWORTH GAME TECHNOLOGY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" customHeight="1" ht="140.0">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>2434260</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>FANG CHENG BAO</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F208" s="1" t="inlineStr">
+        <is>
+          <t>BYD COMPANY LIMITED</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" customHeight="1" ht="140.0">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>2438773</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>BAO'S PASTRY</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>30, 43</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>BEIJING BAOCAISHENG CATERING MANAGEMENT CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" customHeight="1" ht="140.0">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>2447283</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>BAO'S PASTRY</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F210" s="1" t="inlineStr">
+        <is>
+          <t>BEIJING BAOCAISHENG CATERING MANAGEMENT CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" customHeight="1" ht="140.0">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>2463825</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t>chickibun</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>25, 29, 43</t>
+        </is>
+      </c>
+      <c r="F211" s="1" t="inlineStr">
+        <is>
+          <t>Bao King Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" customHeight="1" ht="140.0">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>2464204</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>Bao Bao Go</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
+        <is>
+          <t>FOOD REVOLUTION PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" customHeight="1" ht="140.0">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>2488695</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>LiXiongBao</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F213" s="1" t="inlineStr">
+        <is>
+          <t>ShenZhenShi XiongLiYeKeJi YouXianGongSi</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" customHeight="1" ht="140.0">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>2492735</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>BAO BAO GO</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F214" s="1" t="inlineStr">
+        <is>
+          <t>FOOD REVOLUTION PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" customHeight="1" ht="140.0">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>2493994</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t>BAO BAO RICHES</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F215" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES, INC.</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" customHeight="1" ht="140.0">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>2498750</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>ZIKOM</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F46" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="E48" s="1" t="inlineStr">
+      <c r="F216" s="1" t="inlineStr">
+        <is>
+          <t>Zhuhai HaoYinBao Printing Consumables Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" customHeight="1" ht="140.0">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>2499437</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>LUMINARA</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F217" s="1" t="inlineStr">
+        <is>
+          <t>LIXIA BAO</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" customHeight="1" ht="140.0">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>2509814</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F218" s="1" t="inlineStr">
+        <is>
+          <t>Shen Zhen Shi Xian Zhi Bao Food CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" customHeight="1" ht="140.0">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>2511598</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>Master Bao</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>30, 35, 43</t>
+        </is>
+      </c>
+      <c r="F219" s="1" t="inlineStr">
+        <is>
+          <t>songlin bai</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" customHeight="1" ht="140.0">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>2513615</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>YUWENLI</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F220" s="1" t="inlineStr">
+        <is>
+          <t>linai bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" customHeight="1" ht="140.0">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>2515948</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>BARRA BANHMI VIETNAMESE CUISINE</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>30, 43</t>
+        </is>
+      </c>
+      <c r="F221" s="1" t="inlineStr">
+        <is>
+          <t>THI NHA CHAU PHAM; BAO CHAU FOOD PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" customHeight="1" ht="140.0">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>2516459</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>GaoBao</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F222" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen Xiaohui Technology Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" customHeight="1" ht="140.0">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>2519636</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>HYB</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F223" s="1" t="inlineStr">
+        <is>
+          <t>Zhuhai HaoYinBao Printing Consumables Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" customHeight="1" ht="140.0">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>2530387</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>hibiker</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F48" s="1" t="inlineStr">
-[...722 lines deleted...]
-      <c r="E74" s="1" t="inlineStr">
+      <c r="F224" s="1" t="inlineStr">
+        <is>
+          <t>BaoXing Wen</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" customHeight="1" ht="140.0">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>2536138</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>BAO ZHU ZHAO FU GOLDEN 5</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>9, 41</t>
+        </is>
+      </c>
+      <c r="F225" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES, INC.</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" customHeight="1" ht="140.0">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>2540417</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>AHETE</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F226" s="1" t="inlineStr">
+        <is>
+          <t>HK HaoChengBao Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" customHeight="1" ht="140.0">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>2543111</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>MARY'S BAO &amp; DUMPLINGS</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>30, 43</t>
+        </is>
+      </c>
+      <c r="F227" s="1" t="inlineStr">
+        <is>
+          <t>Z and M Foods Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" customHeight="1" ht="140.0">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>2543695</t>
+        </is>
+      </c>
+      <c r="C228" s="1" t="inlineStr">
+        <is>
+          <t>HAIRVIVI</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="F228" s="1" t="inlineStr">
+        <is>
+          <t>Wei BAO</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" customHeight="1" ht="140.0">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>2544864</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>CHEEKY BAO</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F74" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="E76" s="1" t="inlineStr">
+      <c r="F229" s="1" t="inlineStr">
+        <is>
+          <t>Kensington Investment Holdings Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" customHeight="1" ht="140.0">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>2553212</t>
+        </is>
+      </c>
+      <c r="C230" s="1" t="inlineStr">
+        <is>
+          <t>ENHUA GOLF</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F230" s="1" t="inlineStr">
+        <is>
+          <t>BaoXin Wen</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" customHeight="1" ht="140.0">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>2555118</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>ZHAO CAI JIN BAO</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F231" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen Xinzhongyun Century Technology Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" customHeight="1" ht="140.0">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>2558341</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>THB</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="F232" s="1" t="inlineStr">
+        <is>
+          <t>HUI BAO ENTERPRISE CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" customHeight="1" ht="140.0">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>2567642</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>SINGAPORE HERITAGE BAO BǍO BĀO</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>21, 30, 43</t>
+        </is>
+      </c>
+      <c r="F233" s="1" t="inlineStr">
+        <is>
+          <t>Koppee Singapore Pte. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" customHeight="1" ht="140.0">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>2568896</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>RUSEPIN</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F76" s="1" t="inlineStr">
-[...884 lines deleted...]
-      <c r="D108" s="1" t="inlineStr">
+      <c r="F234" s="1" t="inlineStr">
+        <is>
+          <t>Jianchao Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" customHeight="1" ht="140.0">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>2574590</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>BAI BAO LIAN</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
-[...212 lines deleted...]
-      <c r="C116" s="1" t="inlineStr">
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F235" s="1" t="inlineStr">
+        <is>
+          <t>Zhang Zhou Bai Yu Lan Sugar Limited Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" customHeight="1" ht="140.0">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>2499196</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
-[...3247 lines deleted...]
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E236" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F232" s="1" t="inlineStr">
+      <c r="F236" s="1" t="inlineStr">
         <is>
           <t>Yuanji Bao</t>
         </is>
       </c>
     </row>
-    <row r="233" customHeight="true" ht="140.0">
-      <c r="A233" s="1" t="inlineStr">
+    <row r="237" customHeight="1" ht="140.0">
+      <c r="A237" s="1" t="inlineStr">
         <is>
           <t>2521746</t>
         </is>
       </c>
-      <c r="C233" s="1" t="inlineStr">
+      <c r="C237" s="1" t="inlineStr">
         <is>
           <t>BAO FENG</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
+      <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E233" s="1" t="inlineStr">
+      <c r="E237" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F233" s="1" t="inlineStr">
+      <c r="F237" s="1" t="inlineStr">
         <is>
           <t>XIAMEN BAOFENG GROUP CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="234" customHeight="true" ht="140.0">
-      <c r="A234" s="1" t="inlineStr">
+    <row r="238" customHeight="1" ht="140.0">
+      <c r="A238" s="1" t="inlineStr">
         <is>
           <t>2543696</t>
         </is>
       </c>
-      <c r="C234" s="1" t="inlineStr">
+      <c r="C238" s="1" t="inlineStr">
         <is>
           <t>Rapunzel HAIR</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E238" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="F234" s="1" t="inlineStr">
+      <c r="F238" s="1" t="inlineStr">
         <is>
           <t>Wei BAO</t>
         </is>
       </c>
     </row>
-    <row r="235" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D235" s="1" t="inlineStr">
+    <row r="239" customHeight="1" ht="140.0">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>2569579</t>
+        </is>
+      </c>
+      <c r="C239" s="1" t="inlineStr">
+        <is>
+          <t>Zafena</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F239" s="1" t="inlineStr">
+        <is>
+          <t>BaoXin Wen</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" customHeight="1" ht="140.0">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>2570172</t>
+        </is>
+      </c>
+      <c r="C240" s="1" t="inlineStr">
+        <is>
+          <t>WAYSKA</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F240" s="1" t="inlineStr">
+        <is>
+          <t>BaoXin Wen</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" customHeight="1" ht="140.0">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>2589290</t>
+        </is>
+      </c>
+      <c r="C241" s="1" t="inlineStr">
+        <is>
+          <t>KUDO</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E235" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D236" s="1" t="inlineStr">
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F241" s="1" t="inlineStr">
+        <is>
+          <t>lubing bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" customHeight="1" ht="140.0">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>2590465</t>
+        </is>
+      </c>
+      <c r="C242" s="1" t="inlineStr">
+        <is>
+          <t>kai bao city</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E236" s="1" t="inlineStr">
-[...139 lines deleted...]
-      <c r="E241" s="1" t="inlineStr">
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F242" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen Kai Bao City Electronic Technology Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" customHeight="1" ht="140.0">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>2595969</t>
+        </is>
+      </c>
+      <c r="C243" s="1" t="inlineStr">
+        <is>
+          <t>Bao 2 Go</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F241" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D242" s="1" t="inlineStr">
+      <c r="F243" s="1" t="inlineStr">
+        <is>
+          <t>Ming Wai Li</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" customHeight="1" ht="140.0">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>2596299</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>KAFANAM</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D243" s="1" t="inlineStr">
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>30, 43</t>
+        </is>
+      </c>
+      <c r="F244" s="1" t="inlineStr">
+        <is>
+          <t>LUU THI BAO GIANG; TRAN XUAN DIEM</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" customHeight="1" ht="140.0">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>2599881</t>
+        </is>
+      </c>
+      <c r="C245" s="1" t="inlineStr">
+        <is>
+          <t>KAFANAM</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E243" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D245" s="1" t="inlineStr">
+      <c r="E245" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F245" s="1" t="inlineStr">
+        <is>
+          <t>LUU THI BAO GIANG; TRAN XUAN DIEM</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" customHeight="1" ht="140.0">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>2608263</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
+        <is>
+          <t>GIEXSMART</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E245" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D246" s="1" t="inlineStr">
+      <c r="E246" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F246" s="1" t="inlineStr">
+        <is>
+          <t>Pengcheng Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" customHeight="1" ht="140.0">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>2621928</t>
+        </is>
+      </c>
+      <c r="C247" s="1" t="inlineStr">
+        <is>
+          <t>YOTON</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F247" s="1" t="inlineStr">
+        <is>
+          <t>Shenzhen BaoYouFa Trading Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" customHeight="1" ht="140.0">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>2625246</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t>Jawihito</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F248" s="1" t="inlineStr">
+        <is>
+          <t>DuoBaoHengTai (HongKong) Technology Co., Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="249" customHeight="1" ht="140.0">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>2627389</t>
+        </is>
+      </c>
+      <c r="C249" s="1" t="inlineStr">
+        <is>
+          <t>Ironforge Fitness</t>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>25, 35, 41</t>
+        </is>
+      </c>
+      <c r="F249" s="1" t="inlineStr">
+        <is>
+          <t>Mike Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" customHeight="1" ht="140.0">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>2627406</t>
+        </is>
+      </c>
+      <c r="C250" s="1" t="inlineStr">
+        <is>
+          <t>IRON FORGE FITNESS</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="inlineStr">
+        <is>
+          <t>25, 35, 41</t>
+        </is>
+      </c>
+      <c r="F250" s="1" t="inlineStr">
+        <is>
+          <t>Mike Bao</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" customHeight="1" ht="140.0">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>2627455</t>
+        </is>
+      </c>
+      <c r="C251" s="1" t="inlineStr">
+        <is>
+          <t>BAO ZHU FENG WU</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E246" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A248" s="1" t="inlineStr">
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F251" s="1" t="inlineStr">
+        <is>
+          <t>ARISTOCRAT TECHNOLOGIES, INC.</t>
+        </is>
+      </c>
+    </row>
+    <row r="252" customHeight="1" ht="140.0">
+      <c r="A252" s="1" t="inlineStr">
         <is>
           <t>717202</t>
         </is>
       </c>
-      <c r="C248" s="1" t="inlineStr">
+      <c r="C252" s="1" t="inlineStr">
         <is>
           <t>Bao Teng Kang</t>
         </is>
       </c>
-      <c r="D248" s="1" t="inlineStr">
+      <c r="D252" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E248" s="1" t="inlineStr">
+      <c r="E252" s="1" t="inlineStr">
         <is>
           <t>5, 32</t>
         </is>
       </c>
-      <c r="F248" s="1" t="inlineStr">
+      <c r="F252" s="1" t="inlineStr">
         <is>
           <t>Jinan Sanzhu Pharmaceutical Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="249" customHeight="true" ht="140.0">
-      <c r="A249" s="1" t="inlineStr">
+    <row r="253" customHeight="1" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
         <is>
           <t>761329</t>
         </is>
       </c>
-      <c r="C249" s="1" t="inlineStr">
+      <c r="C253" s="1" t="inlineStr">
         <is>
           <t>MASTER BAO</t>
         </is>
       </c>
-      <c r="D249" s="1" t="inlineStr">
+      <c r="D253" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E249" s="1" t="inlineStr">
+      <c r="E253" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F249" s="1" t="inlineStr">
+      <c r="F253" s="1" t="inlineStr">
         <is>
           <t>John L K Chua</t>
         </is>
       </c>
     </row>
-    <row r="250" customHeight="true" ht="140.0">
-      <c r="A250" s="1" t="inlineStr">
+    <row r="254" customHeight="1" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
         <is>
           <t>781247</t>
         </is>
       </c>
-      <c r="C250" s="1" t="inlineStr">
+      <c r="C254" s="1" t="inlineStr">
         <is>
           <t>CHIEU DUONG NHAT BAO THE SUNRISE VIETNAMESE DAILY NEWSPAPER</t>
         </is>
       </c>
-      <c r="D250" s="1" t="inlineStr">
+      <c r="D254" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E250" s="1" t="inlineStr">
+      <c r="E254" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F250" s="1" t="inlineStr">
+      <c r="F254" s="1" t="inlineStr">
         <is>
           <t>The Sunrise Ethnic Newspaper Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="251" customHeight="true" ht="140.0">
-      <c r="A251" s="1" t="inlineStr">
+    <row r="255" customHeight="1" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
         <is>
           <t>904495</t>
         </is>
       </c>
-      <c r="C251" s="1" t="inlineStr">
+      <c r="C255" s="1" t="inlineStr">
         <is>
           <t>CAI BAO</t>
         </is>
       </c>
-      <c r="D251" s="1" t="inlineStr">
+      <c r="D255" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E251" s="1" t="inlineStr">
+      <c r="E255" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F251" s="1" t="inlineStr">
+      <c r="F255" s="1" t="inlineStr">
         <is>
           <t>Genting International Management Pte. Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="252" customHeight="true" ht="140.0">
-      <c r="A252" s="1" t="inlineStr">
+    <row r="256" customHeight="1" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
         <is>
           <t>940499</t>
         </is>
       </c>
-      <c r="C252" s="1" t="inlineStr">
+      <c r="C256" s="1" t="inlineStr">
         <is>
           <t>XHP ALLOY WHEELS &amp; TYRES</t>
         </is>
       </c>
-      <c r="D252" s="1" t="inlineStr">
+      <c r="D256" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E252" s="1" t="inlineStr">
+      <c r="E256" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F252" s="1" t="inlineStr">
+      <c r="F256" s="1" t="inlineStr">
         <is>
           <t>Bao Gang Gong</t>
         </is>
       </c>
     </row>
-    <row r="253" customHeight="true" ht="140.0">
-      <c r="A253" s="1" t="inlineStr">
+    <row r="257" customHeight="1" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
         <is>
           <t>966618</t>
         </is>
       </c>
-      <c r="C253" s="1" t="inlineStr">
+      <c r="C257" s="1" t="inlineStr">
         <is>
           <t>XHP</t>
         </is>
       </c>
-      <c r="D253" s="1" t="inlineStr">
+      <c r="D257" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E253" s="1" t="inlineStr">
+      <c r="E257" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F253" s="1" t="inlineStr">
+      <c r="F257" s="1" t="inlineStr">
         <is>
           <t>Bao Gang Gong</t>
         </is>
       </c>
     </row>
-    <row r="254" customHeight="true" ht="140.0">
-      <c r="A254" s="1" t="inlineStr">
+    <row r="258" customHeight="1" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
         <is>
           <t>985359</t>
         </is>
       </c>
-      <c r="C254" s="1" t="inlineStr">
+      <c r="C258" s="1" t="inlineStr">
         <is>
           <t>LAI BI BAO</t>
         </is>
       </c>
-      <c r="D254" s="1" t="inlineStr">
+      <c r="D258" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E254" s="1" t="inlineStr">
+      <c r="E258" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F254" s="1" t="inlineStr">
+      <c r="F258" s="1" t="inlineStr">
         <is>
           <t>Ning Bo L.B. Peoples Restaurant Management Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="255" customHeight="true" ht="140.0">
-      <c r="A255" s="1" t="inlineStr">
+    <row r="259" customHeight="1" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
         <is>
           <t>1041111</t>
         </is>
       </c>
-      <c r="C255" s="1" t="inlineStr">
+      <c r="C259" s="1" t="inlineStr">
         <is>
           <t>BAO</t>
         </is>
       </c>
-      <c r="D255" s="1" t="inlineStr">
+      <c r="D259" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E255" s="1" t="inlineStr">
+      <c r="E259" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F255" s="1" t="inlineStr">
+      <c r="F259" s="1" t="inlineStr">
         <is>
           <t>Building Affairs Organisation Ltd</t>
         </is>
       </c>
     </row>
-    <row r="256" customHeight="true" ht="140.0">
-      <c r="A256" s="1" t="inlineStr">
+    <row r="260" customHeight="1" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
         <is>
           <t>1124957</t>
         </is>
       </c>
-      <c r="C256" s="1" t="inlineStr">
+      <c r="C260" s="1" t="inlineStr">
         <is>
           <t>BAO SHI NING</t>
         </is>
       </c>
-      <c r="D256" s="1" t="inlineStr">
+      <c r="D260" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E256" s="1" t="inlineStr">
+      <c r="E260" s="1" t="inlineStr">
         <is>
           <t>5, 9</t>
         </is>
       </c>
-      <c r="F256" s="1" t="inlineStr">
+      <c r="F260" s="1" t="inlineStr">
         <is>
           <t>GUANGZHOU BIOLUC OPTICS PRODUCT CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="257" customHeight="true" ht="140.0">
-      <c r="A257" s="1" t="inlineStr">
+    <row r="261" customHeight="1" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
         <is>
           <t>1128193</t>
         </is>
       </c>
-      <c r="C257" s="1" t="inlineStr">
+      <c r="C261" s="1" t="inlineStr">
         <is>
           <t>LU BAO OK</t>
         </is>
       </c>
-      <c r="D257" s="1" t="inlineStr">
+      <c r="D261" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E257" s="1" t="inlineStr">
+      <c r="E261" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F257" s="1" t="inlineStr">
+      <c r="F261" s="1" t="inlineStr">
         <is>
           <t>O.K. PHARMACEUTICALS FACTORY</t>
         </is>
       </c>
     </row>
-    <row r="258" customHeight="true" ht="140.0">
-      <c r="A258" s="1" t="inlineStr">
+    <row r="262" customHeight="1" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
         <is>
           <t>1218301</t>
         </is>
       </c>
-      <c r="C258" s="1" t="inlineStr">
+      <c r="C262" s="1" t="inlineStr">
         <is>
           <t>RMB</t>
         </is>
       </c>
-      <c r="D258" s="1" t="inlineStr">
+      <c r="D262" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E258" s="1" t="inlineStr">
+      <c r="E262" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F258" s="1" t="inlineStr">
+      <c r="F262" s="1" t="inlineStr">
         <is>
           <t>Bao Gang Gong</t>
         </is>
       </c>
     </row>
-    <row r="259" customHeight="true" ht="140.0">
-      <c r="A259" s="1" t="inlineStr">
+    <row r="263" customHeight="1" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
         <is>
           <t>1250303</t>
         </is>
       </c>
-      <c r="C259" s="1" t="inlineStr">
+      <c r="C263" s="1" t="inlineStr">
         <is>
           <t>B BAO QI</t>
         </is>
       </c>
-      <c r="D259" s="1" t="inlineStr">
+      <c r="D263" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E259" s="1" t="inlineStr">
+      <c r="E263" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F259" s="1" t="inlineStr">
+      <c r="F263" s="1" t="inlineStr">
         <is>
           <t>Henan Huadong Crane Group</t>
         </is>
       </c>
     </row>
-    <row r="260" customHeight="true" ht="140.0">
-      <c r="A260" s="1" t="inlineStr">
+    <row r="264" customHeight="1" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
         <is>
           <t>1297560</t>
         </is>
       </c>
-      <c r="C260" s="1" t="inlineStr">
+      <c r="C264" s="1" t="inlineStr">
         <is>
           <t>VIVANTE</t>
         </is>
       </c>
-      <c r="D260" s="1" t="inlineStr">
+      <c r="D264" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E260" s="1" t="inlineStr">
+      <c r="E264" s="1" t="inlineStr">
         <is>
           <t>25, 35</t>
         </is>
       </c>
-      <c r="F260" s="1" t="inlineStr">
+      <c r="F264" s="1" t="inlineStr">
         <is>
           <t>Bao Tran</t>
         </is>
       </c>
     </row>
-    <row r="261" customHeight="true" ht="140.0">
-      <c r="A261" s="1" t="inlineStr">
+    <row r="265" customHeight="1" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
         <is>
           <t>1298846</t>
         </is>
       </c>
-      <c r="C261" s="1" t="inlineStr">
+      <c r="C265" s="1" t="inlineStr">
         <is>
           <t>FENG BAO</t>
         </is>
       </c>
-      <c r="D261" s="1" t="inlineStr">
+      <c r="D265" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E261" s="1" t="inlineStr">
+      <c r="E265" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F261" s="1" t="inlineStr">
+      <c r="F265" s="1" t="inlineStr">
         <is>
           <t>ZHEJIANG SHENGYUAN COMPRESSOR MANUFACTURING CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="262" customHeight="true" ht="140.0">
-      <c r="A262" s="1" t="inlineStr">
+    <row r="266" customHeight="1" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
         <is>
           <t>1306480</t>
         </is>
       </c>
-      <c r="C262" s="1" t="inlineStr">
+      <c r="C266" s="1" t="inlineStr">
         <is>
           <t>BAO CHUN</t>
         </is>
       </c>
-      <c r="D262" s="1" t="inlineStr">
+      <c r="D266" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E262" s="1" t="inlineStr">
+      <c r="E266" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F262" s="1" t="inlineStr">
+      <c r="F266" s="1" t="inlineStr">
         <is>
           <t>BAOCHUN PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="263" customHeight="true" ht="140.0">
-      <c r="A263" s="1" t="inlineStr">
+    <row r="267" customHeight="1" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
         <is>
           <t>1325882</t>
         </is>
       </c>
-      <c r="C263" s="1" t="inlineStr">
+      <c r="C267" s="1" t="inlineStr">
         <is>
           <t>BKAV BAO VE MAY TINH THEO CACH CHUYEN NGHIEP</t>
         </is>
       </c>
-      <c r="D263" s="1" t="inlineStr">
+      <c r="D267" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E263" s="1" t="inlineStr">
+      <c r="E267" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
-      <c r="F263" s="1" t="inlineStr">
+      <c r="F267" s="1" t="inlineStr">
         <is>
           <t>BKAV CORPORATION</t>
         </is>
       </c>
     </row>
-    <row r="264" customHeight="true" ht="140.0">
-      <c r="A264" s="1" t="inlineStr">
+    <row r="268" customHeight="1" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
         <is>
           <t>1365516</t>
         </is>
       </c>
-      <c r="C264" s="1" t="inlineStr">
+      <c r="C268" s="1" t="inlineStr">
         <is>
           <t>BAO TREE</t>
         </is>
       </c>
-      <c r="D264" s="1" t="inlineStr">
+      <c r="D268" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E264" s="1" t="inlineStr">
+      <c r="E268" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F264" s="1" t="inlineStr">
+      <c r="F268" s="1" t="inlineStr">
         <is>
           <t>Gold Fortune International Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="265" customHeight="true" ht="140.0">
-      <c r="A265" s="1" t="inlineStr">
+    <row r="269" customHeight="1" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
         <is>
           <t>1390973</t>
         </is>
       </c>
-      <c r="C265" s="1" t="inlineStr">
+      <c r="C269" s="1" t="inlineStr">
         <is>
           <t>NON ROMAN CHARACTERS</t>
         </is>
       </c>
-      <c r="D265" s="1" t="inlineStr">
+      <c r="D269" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E265" s="1" t="inlineStr">
+      <c r="E269" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F265" s="1" t="inlineStr">
+      <c r="F269" s="1" t="inlineStr">
         <is>
           <t>RONG BAO ZHAI</t>
         </is>
       </c>
     </row>
-    <row r="266" customHeight="true" ht="140.0">
-      <c r="A266" s="1" t="inlineStr">
+    <row r="270" customHeight="1" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
         <is>
           <t>1430647</t>
         </is>
       </c>
-      <c r="C266" s="1" t="inlineStr">
+      <c r="C270" s="1" t="inlineStr">
         <is>
           <t>Vietnamese Buddhist Society of NSW (Phap Bao Pagoda)</t>
         </is>
       </c>
-      <c r="D266" s="1" t="inlineStr">
+      <c r="D270" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E266" s="1" t="inlineStr">
+      <c r="E270" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F266" s="1" t="inlineStr">
+      <c r="F270" s="1" t="inlineStr">
         <is>
           <t>Bao Lac Le</t>
         </is>
       </c>
     </row>
-    <row r="267" customHeight="true" ht="140.0">
-      <c r="A267" s="1" t="inlineStr">
+    <row r="271" customHeight="1" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
         <is>
           <t>1467358</t>
         </is>
       </c>
-      <c r="C267" s="1" t="inlineStr">
+      <c r="C271" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D267" s="1" t="inlineStr">
+      <c r="D271" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E267" s="1" t="inlineStr">
+      <c r="E271" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F267" s="1" t="inlineStr">
+      <c r="F271" s="1" t="inlineStr">
         <is>
           <t>Bao Haigang</t>
         </is>
       </c>
     </row>
-    <row r="268" customHeight="true" ht="140.0">
-      <c r="A268" s="1" t="inlineStr">
+    <row r="272" customHeight="1" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
         <is>
           <t>1493131</t>
         </is>
       </c>
-      <c r="C268" s="1" t="inlineStr">
+      <c r="C272" s="1" t="inlineStr">
         <is>
           <t>COMFORT ESSENTIALS</t>
         </is>
       </c>
-      <c r="D268" s="1" t="inlineStr">
+      <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E268" s="1" t="inlineStr">
+      <c r="E272" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F268" s="1" t="inlineStr">
+      <c r="F272" s="1" t="inlineStr">
         <is>
           <t>Bao Quan YU; Xiao Qin YANY</t>
         </is>
       </c>
     </row>
-    <row r="269" customHeight="true" ht="140.0">
-      <c r="A269" s="1" t="inlineStr">
+    <row r="273" customHeight="1" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
         <is>
           <t>1503804</t>
         </is>
       </c>
-      <c r="C269" s="1" t="inlineStr">
+      <c r="C273" s="1" t="inlineStr">
         <is>
           <t>SCARTO &amp; ARGENTO</t>
         </is>
       </c>
-      <c r="D269" s="1" t="inlineStr">
+      <c r="D273" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E269" s="1" t="inlineStr">
+      <c r="E273" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F269" s="1" t="inlineStr">
+      <c r="F273" s="1" t="inlineStr">
         <is>
           <t>Bao Tran</t>
         </is>
       </c>
     </row>
-    <row r="270" customHeight="true" ht="140.0">
-      <c r="A270" s="1" t="inlineStr">
+    <row r="274" customHeight="1" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
         <is>
           <t>1504840</t>
         </is>
       </c>
-      <c r="C270" s="1" t="inlineStr">
+      <c r="C274" s="1" t="inlineStr">
         <is>
           <t>TOBEES</t>
         </is>
       </c>
-      <c r="D270" s="1" t="inlineStr">
+      <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E270" s="1" t="inlineStr">
+      <c r="E274" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F270" s="1" t="inlineStr">
+      <c r="F274" s="1" t="inlineStr">
         <is>
           <t>BanBao Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="271" customHeight="true" ht="140.0">
-      <c r="A271" s="1" t="inlineStr">
+    <row r="275" customHeight="1" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
         <is>
           <t>1533247</t>
         </is>
       </c>
-      <c r="C271" s="1" t="inlineStr">
+      <c r="C275" s="1" t="inlineStr">
         <is>
           <t>PHOTTIX</t>
         </is>
       </c>
-      <c r="D271" s="1" t="inlineStr">
+      <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E271" s="1" t="inlineStr">
+      <c r="E275" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F271" s="1" t="inlineStr">
+      <c r="F275" s="1" t="inlineStr">
         <is>
           <t>Shenzhen Tu Bao Technology Limited</t>
         </is>
       </c>
     </row>
-    <row r="272" customHeight="true" ht="140.0">
-      <c r="A272" s="1" t="inlineStr">
+    <row r="276" customHeight="1" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
         <is>
           <t>1545735</t>
         </is>
       </c>
-      <c r="C272" s="1" t="inlineStr">
+      <c r="C276" s="1" t="inlineStr">
         <is>
           <t>COMFORT ESSENTIALS</t>
         </is>
       </c>
-      <c r="D272" s="1" t="inlineStr">
+      <c r="D276" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E272" s="1" t="inlineStr">
+      <c r="E276" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="F272" s="1" t="inlineStr">
+      <c r="F276" s="1" t="inlineStr">
         <is>
           <t>Xiao Qin Yang; Bao Quan Yu</t>
         </is>
       </c>
     </row>
-    <row r="273" customHeight="true" ht="140.0">
-      <c r="A273" s="1" t="inlineStr">
+    <row r="277" customHeight="1" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
         <is>
           <t>1582537</t>
         </is>
       </c>
-      <c r="C273" s="1" t="inlineStr">
+      <c r="C277" s="1" t="inlineStr">
         <is>
           <t>BAO POWER</t>
         </is>
       </c>
-      <c r="D273" s="1" t="inlineStr">
+      <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E273" s="1" t="inlineStr">
+      <c r="E277" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F273" s="1" t="inlineStr">
+      <c r="F277" s="1" t="inlineStr">
         <is>
           <t>Zhejiang Powerbelt Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="274" customHeight="true" ht="140.0">
-      <c r="A274" s="1" t="inlineStr">
+    <row r="278" customHeight="1" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
         <is>
           <t>1587530</t>
         </is>
       </c>
-      <c r="C274" s="1" t="inlineStr">
+      <c r="C278" s="1" t="inlineStr">
         <is>
           <t>GUO ZHOU LU BAO</t>
         </is>
       </c>
-      <c r="D274" s="1" t="inlineStr">
+      <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E274" s="1" t="inlineStr">
+      <c r="E278" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F274" s="1" t="inlineStr">
+      <c r="F278" s="1" t="inlineStr">
         <is>
           <t>SICHUAN NANCHONG LVBAO MUSHROOM TECHNOLOGY CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="275" customHeight="true" ht="140.0">
-      <c r="A275" s="1" t="inlineStr">
+    <row r="279" customHeight="1" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
         <is>
           <t>1593515</t>
         </is>
       </c>
-      <c r="C275" s="1" t="inlineStr">
+      <c r="C279" s="1" t="inlineStr">
         <is>
           <t>ME EMMA MEIR</t>
         </is>
       </c>
-      <c r="D275" s="1" t="inlineStr">
+      <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E275" s="1" t="inlineStr">
+      <c r="E279" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F275" s="1" t="inlineStr">
+      <c r="F279" s="1" t="inlineStr">
         <is>
           <t>YUAN BAO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="276" customHeight="true" ht="140.0">
-      <c r="A276" s="1" t="inlineStr">
+    <row r="280" customHeight="1" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
         <is>
           <t>1623035</t>
         </is>
       </c>
-      <c r="C276" s="1" t="inlineStr">
+      <c r="C280" s="1" t="inlineStr">
         <is>
           <t>EVERGROW</t>
         </is>
       </c>
-      <c r="D276" s="1" t="inlineStr">
+      <c r="D280" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E276" s="1" t="inlineStr">
+      <c r="E280" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F276" s="1" t="inlineStr">
+      <c r="F280" s="1" t="inlineStr">
         <is>
           <t>Shenzhen SanXinBao Semiconductor Lighting Co., Limited</t>
         </is>
       </c>
     </row>
-    <row r="277" customHeight="true" ht="140.0">
-      <c r="A277" s="1" t="inlineStr">
+    <row r="281" customHeight="1" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
         <is>
           <t>1647941</t>
         </is>
       </c>
-      <c r="C277" s="1" t="inlineStr">
+      <c r="C281" s="1" t="inlineStr">
         <is>
           <t>OWNTERO</t>
         </is>
       </c>
-      <c r="D277" s="1" t="inlineStr">
+      <c r="D281" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E277" s="1" t="inlineStr">
+      <c r="E281" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F277" s="1" t="inlineStr">
+      <c r="F281" s="1" t="inlineStr">
         <is>
           <t>Xiabin Bao</t>
         </is>
       </c>
     </row>
-    <row r="278" customHeight="true" ht="140.0">
-      <c r="A278" s="1" t="inlineStr">
+    <row r="282" customHeight="1" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
         <is>
           <t>1648526</t>
         </is>
       </c>
-      <c r="C278" s="1" t="inlineStr">
+      <c r="C282" s="1" t="inlineStr">
         <is>
           <t>XHP</t>
         </is>
       </c>
-      <c r="D278" s="1" t="inlineStr">
+      <c r="D282" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E278" s="1" t="inlineStr">
+      <c r="E282" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F278" s="1" t="inlineStr">
+      <c r="F282" s="1" t="inlineStr">
         <is>
           <t>Bao Gang Gong</t>
         </is>
       </c>
     </row>
-    <row r="279" customHeight="true" ht="140.0">
-      <c r="A279" s="1" t="inlineStr">
+    <row r="283" customHeight="1" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
         <is>
           <t>1653949</t>
         </is>
       </c>
-      <c r="C279" s="1" t="inlineStr">
+      <c r="C283" s="1" t="inlineStr">
         <is>
           <t>ZHUOYUNDOUBAO</t>
         </is>
       </c>
-      <c r="D279" s="1" t="inlineStr">
+      <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E279" s="1" t="inlineStr">
+      <c r="E283" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F279" s="1" t="inlineStr">
+      <c r="F283" s="1" t="inlineStr">
         <is>
           <t>JiangSu ZhuoYun DouBao Food Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="280" customHeight="true" ht="140.0">
-      <c r="A280" s="1" t="inlineStr">
+    <row r="284" customHeight="1" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
         <is>
           <t>1655632</t>
         </is>
       </c>
-      <c r="C280" s="1" t="inlineStr">
+      <c r="C284" s="1" t="inlineStr">
         <is>
           <t>CHONG QING JI GONG BAO</t>
         </is>
       </c>
-      <c r="D280" s="1" t="inlineStr">
+      <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E280" s="1" t="inlineStr">
+      <c r="E284" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F280" s="1" t="inlineStr">
+      <c r="F284" s="1" t="inlineStr">
         <is>
           <t>Jianjun Guo</t>
         </is>
       </c>
     </row>
-    <row r="281" customHeight="true" ht="140.0">
-      <c r="A281" s="1" t="inlineStr">
+    <row r="285" customHeight="1" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
         <is>
           <t>1669330</t>
         </is>
       </c>
-      <c r="C281" s="1" t="inlineStr">
+      <c r="C285" s="1" t="inlineStr">
         <is>
           <t>SAN XING BAO XI</t>
         </is>
       </c>
-      <c r="D281" s="1" t="inlineStr">
+      <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E281" s="1" t="inlineStr">
+      <c r="E285" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F281" s="1" t="inlineStr">
+      <c r="F285" s="1" t="inlineStr">
         <is>
           <t>I G T (AUSTRALIA) PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="282" customHeight="true" ht="140.0">
-      <c r="A282" s="1" t="inlineStr">
+    <row r="286" customHeight="1" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>1706316</t>
+        </is>
+      </c>
+      <c r="C286" s="1" t="inlineStr">
+        <is>
+          <t>BAO + BUNS</t>
+        </is>
+      </c>
+      <c r="D286" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E286" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F286" s="1" t="inlineStr">
+        <is>
+          <t>Mian Wang; Mian WANG</t>
+        </is>
+      </c>
+    </row>
+    <row r="287" customHeight="1" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
         <is>
           <t>1961269</t>
         </is>
       </c>
-      <c r="C282" s="1" t="inlineStr">
+      <c r="C287" s="1" t="inlineStr">
         <is>
           <t>B BEAULAVIE</t>
         </is>
       </c>
-      <c r="D282" s="1" t="inlineStr">
+      <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Ceased:
 Non-use</t>
         </is>
       </c>
-      <c r="E282" s="1" t="inlineStr">
+      <c r="E287" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F282" s="1" t="inlineStr">
+      <c r="F287" s="1" t="inlineStr">
         <is>
           <t>Jiajun Bao</t>
         </is>
       </c>
     </row>
-    <row r="283" customHeight="true" ht="140.0">
-      <c r="A283" s="1" t="inlineStr">
+    <row r="288" customHeight="1" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
         <is>
           <t>2397383</t>
         </is>
       </c>
-      <c r="C283" s="1" t="inlineStr">
+      <c r="C288" s="1" t="inlineStr">
         <is>
           <t>FENG CHENG BAO</t>
         </is>
       </c>
-      <c r="D283" s="1" t="inlineStr">
+      <c r="D288" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E283" s="1" t="inlineStr">
+      <c r="E288" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F283" s="1" t="inlineStr">
+      <c r="F288" s="1" t="inlineStr">
         <is>
           <t>BYD COMPANY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="284" customHeight="true" ht="140.0">
-      <c r="A284" s="1" t="inlineStr">
+    <row r="289" customHeight="1" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
         <is>
           <t>469709</t>
         </is>
       </c>
-      <c r="C284" s="1" t="inlineStr">
+      <c r="C289" s="1" t="inlineStr">
         <is>
           <t>CHING CHUN BAO</t>
         </is>
       </c>
-      <c r="D284" s="1" t="inlineStr">
+      <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E284" s="1" t="inlineStr">
+      <c r="E289" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F284" s="1" t="inlineStr">
+      <c r="F289" s="1" t="inlineStr">
         <is>
           <t>Mimi So</t>
         </is>
       </c>
     </row>
-    <row r="285" customHeight="true" ht="140.0">
-      <c r="A285" s="1" t="inlineStr">
+    <row r="290" customHeight="1" ht="140.0">
+      <c r="A290" s="1" t="inlineStr">
         <is>
           <t>469710</t>
         </is>
       </c>
-      <c r="C285" s="1" t="inlineStr">
+      <c r="C290" s="1" t="inlineStr">
         <is>
           <t>QING CHUN BAO</t>
         </is>
       </c>
-      <c r="D285" s="1" t="inlineStr">
+      <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E285" s="1" t="inlineStr">
+      <c r="E290" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F285" s="1" t="inlineStr">
+      <c r="F290" s="1" t="inlineStr">
         <is>
           <t>Mimi So</t>
         </is>
       </c>
     </row>
-    <row r="286" customHeight="true" ht="140.0">
-      <c r="A286" s="1" t="inlineStr">
+    <row r="291" customHeight="1" ht="140.0">
+      <c r="A291" s="1" t="inlineStr">
         <is>
           <t>499239</t>
         </is>
       </c>
-      <c r="C286" s="1" t="inlineStr">
+      <c r="C291" s="1" t="inlineStr">
         <is>
           <t>BT
 BAO TERNG</t>
         </is>
       </c>
-      <c r="D286" s="1" t="inlineStr">
+      <c r="D291" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E286" s="1" t="inlineStr">
+      <c r="E291" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F286" s="1" t="inlineStr">
+      <c r="F291" s="1" t="inlineStr">
         <is>
           <t>Bao Terng Trading Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="287" customHeight="true" ht="140.0">
-      <c r="A287" s="1" t="inlineStr">
+    <row r="292" customHeight="1" ht="140.0">
+      <c r="A292" s="1" t="inlineStr">
         <is>
           <t>565039</t>
         </is>
       </c>
-      <c r="C287" s="1" t="inlineStr">
+      <c r="C292" s="1" t="inlineStr">
         <is>
           <t>JIN BAO BRAND</t>
         </is>
       </c>
-      <c r="D287" s="1" t="inlineStr">
+      <c r="D292" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E287" s="1" t="inlineStr">
+      <c r="E292" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F287" s="1" t="inlineStr">
+      <c r="F292" s="1" t="inlineStr">
         <is>
           <t>Taress Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="288" customHeight="true" ht="140.0">
-      <c r="A288" s="1" t="inlineStr">
+    <row r="293" customHeight="1" ht="140.0">
+      <c r="A293" s="1" t="inlineStr">
         <is>
           <t>669554</t>
         </is>
       </c>
-      <c r="C288" s="1" t="inlineStr">
+      <c r="C293" s="1" t="inlineStr">
         <is>
           <t>BAO JI ORAL SOLUTION</t>
         </is>
       </c>
-      <c r="D288" s="1" t="inlineStr">
+      <c r="D293" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E288" s="1" t="inlineStr">
+      <c r="E293" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F288" s="1" t="inlineStr">
+      <c r="F293" s="1" t="inlineStr">
         <is>
           <t>Shen Neng Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="289" customHeight="true" ht="140.0">
-      <c r="A289" s="1" t="inlineStr">
+    <row r="294" customHeight="1" ht="140.0">
+      <c r="A294" s="1" t="inlineStr">
         <is>
           <t>753632</t>
         </is>
       </c>
-      <c r="C289" s="1" t="inlineStr">
+      <c r="C294" s="1" t="inlineStr">
         <is>
           <t>J.J. CHEF AUSTRALIAN</t>
         </is>
       </c>
-      <c r="D289" s="1" t="inlineStr">
+      <c r="D294" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E289" s="1" t="inlineStr">
+      <c r="E294" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F289" s="1" t="inlineStr">
+      <c r="F294" s="1" t="inlineStr">
         <is>
           <t>Mandy Bao Min Xiao</t>
         </is>
       </c>
     </row>
-    <row r="290" customHeight="true" ht="140.0">
-      <c r="A290" s="1" t="inlineStr">
+    <row r="295" customHeight="1" ht="140.0">
+      <c r="A295" s="1" t="inlineStr">
         <is>
           <t>791237</t>
         </is>
       </c>
-      <c r="C290" s="1" t="inlineStr">
+      <c r="C295" s="1" t="inlineStr">
         <is>
           <t>SAN BAO</t>
         </is>
       </c>
-      <c r="D290" s="1" t="inlineStr">
+      <c r="D295" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E290" s="1" t="inlineStr">
+      <c r="E295" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F290" s="1" t="inlineStr">
+      <c r="F295" s="1" t="inlineStr">
         <is>
           <t>Zheng Shi</t>
         </is>
       </c>
     </row>
-    <row r="291" customHeight="true" ht="140.0">
-      <c r="A291" s="1" t="inlineStr">
+    <row r="296" customHeight="1" ht="140.0">
+      <c r="A296" s="1" t="inlineStr">
         <is>
           <t>921693</t>
         </is>
       </c>
-      <c r="C291" s="1" t="inlineStr">
+      <c r="C296" s="1" t="inlineStr">
         <is>
           <t>RAVE GIRL</t>
         </is>
       </c>
-      <c r="D291" s="1" t="inlineStr">
+      <c r="D296" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E291" s="1" t="inlineStr">
+      <c r="E296" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F291" s="1" t="inlineStr">
+      <c r="F296" s="1" t="inlineStr">
         <is>
           <t>Cuong Bao</t>
         </is>
       </c>
     </row>
-    <row r="292" customHeight="true" ht="140.0">
-      <c r="A292" s="1" t="inlineStr">
+    <row r="297" customHeight="1" ht="140.0">
+      <c r="A297" s="1" t="inlineStr">
         <is>
           <t>940421</t>
         </is>
       </c>
-      <c r="C292" s="1" t="inlineStr">
+      <c r="C297" s="1" t="inlineStr">
         <is>
           <t>XHP</t>
         </is>
       </c>
-      <c r="D292" s="1" t="inlineStr">
+      <c r="D297" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E292" s="1" t="inlineStr">
+      <c r="E297" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F292" s="1" t="inlineStr">
+      <c r="F297" s="1" t="inlineStr">
         <is>
           <t>Bao Gang Gong</t>
         </is>
       </c>
     </row>
-    <row r="293" customHeight="true" ht="140.0">
-      <c r="A293" s="1" t="inlineStr">
+    <row r="298" customHeight="1" ht="140.0">
+      <c r="A298" s="1" t="inlineStr">
         <is>
           <t>998856</t>
         </is>
       </c>
-      <c r="C293" s="1" t="inlineStr">
+      <c r="C298" s="1" t="inlineStr">
         <is>
           <t>BOLONI</t>
         </is>
       </c>
-      <c r="D293" s="1" t="inlineStr">
+      <c r="D298" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E293" s="1" t="inlineStr">
+      <c r="E298" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F293" s="1" t="inlineStr">
+      <c r="F298" s="1" t="inlineStr">
         <is>
           <t>Beijing Bao Zang Science and Technology Development Center</t>
         </is>
       </c>
     </row>
-    <row r="294" customHeight="true" ht="140.0">
-      <c r="A294" s="1" t="inlineStr">
+    <row r="299" customHeight="1" ht="140.0">
+      <c r="A299" s="1" t="inlineStr">
         <is>
           <t>1067529</t>
         </is>
       </c>
-      <c r="C294" s="1" t="inlineStr">
+      <c r="C299" s="1" t="inlineStr">
         <is>
           <t>THOI BAO</t>
         </is>
       </c>
-      <c r="D294" s="1" t="inlineStr">
+      <c r="D299" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E294" s="1" t="inlineStr">
+      <c r="E299" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F294" s="1" t="inlineStr">
+      <c r="F299" s="1" t="inlineStr">
         <is>
           <t>PRITICORP PTY. LTD</t>
         </is>
       </c>
     </row>
-    <row r="295" customHeight="true" ht="140.0">
-      <c r="A295" s="1" t="inlineStr">
+    <row r="300" customHeight="1" ht="140.0">
+      <c r="A300" s="1" t="inlineStr">
         <is>
           <t>1149091</t>
         </is>
       </c>
-      <c r="C295" s="1" t="inlineStr">
+      <c r="C300" s="1" t="inlineStr">
         <is>
           <t>BABY.AAN</t>
         </is>
       </c>
-      <c r="D295" s="1" t="inlineStr">
+      <c r="D300" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E295" s="1" t="inlineStr">
+      <c r="E300" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F295" s="1" t="inlineStr">
+      <c r="F300" s="1" t="inlineStr">
         <is>
           <t>Qing Bao; Zhun Li</t>
         </is>
       </c>
     </row>
-    <row r="296" customHeight="true" ht="140.0">
-      <c r="A296" s="1" t="inlineStr">
+    <row r="301" customHeight="1" ht="140.0">
+      <c r="A301" s="1" t="inlineStr">
         <is>
           <t>1169146</t>
         </is>
       </c>
-      <c r="C296" s="1" t="inlineStr">
+      <c r="C301" s="1" t="inlineStr">
         <is>
           <t>EYES ON ME</t>
         </is>
       </c>
-      <c r="D296" s="1" t="inlineStr">
+      <c r="D301" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E296" s="1" t="inlineStr">
+      <c r="E301" s="1" t="inlineStr">
         <is>
           <t>14, 18</t>
         </is>
       </c>
-      <c r="F296" s="1" t="inlineStr">
+      <c r="F301" s="1" t="inlineStr">
         <is>
           <t>Yu Zhang; Lili Bao</t>
         </is>
       </c>
     </row>
-    <row r="297" customHeight="true" ht="140.0">
-      <c r="A297" s="1" t="inlineStr">
+    <row r="302" customHeight="1" ht="140.0">
+      <c r="A302" s="1" t="inlineStr">
         <is>
           <t>1335392</t>
         </is>
       </c>
-      <c r="C297" s="1" t="inlineStr">
+      <c r="C302" s="1" t="inlineStr">
         <is>
           <t>HONG BAO PHONECARD</t>
         </is>
       </c>
-      <c r="D297" s="1" t="inlineStr">
+      <c r="D302" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E297" s="1" t="inlineStr">
+      <c r="E302" s="1" t="inlineStr">
         <is>
           <t>16, 38</t>
         </is>
       </c>
-      <c r="F297" s="1" t="inlineStr">
+      <c r="F302" s="1" t="inlineStr">
         <is>
           <t>Global Card Services Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="298" customHeight="true" ht="140.0">
-      <c r="A298" s="1" t="inlineStr">
+    <row r="303" customHeight="1" ht="140.0">
+      <c r="A303" s="1" t="inlineStr">
         <is>
           <t>1372867</t>
         </is>
       </c>
-      <c r="C298" s="1" t="inlineStr">
+      <c r="C303" s="1" t="inlineStr">
         <is>
           <t>CAKES BY JUDY</t>
         </is>
       </c>
-      <c r="D298" s="1" t="inlineStr">
+      <c r="D303" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E298" s="1" t="inlineStr">
+      <c r="E303" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F298" s="1" t="inlineStr">
+      <c r="F303" s="1" t="inlineStr">
         <is>
           <t>Tran Bao Huynh</t>
         </is>
       </c>
     </row>
-    <row r="299" customHeight="true" ht="140.0">
-      <c r="A299" s="1" t="inlineStr">
+    <row r="304" customHeight="1" ht="140.0">
+      <c r="A304" s="1" t="inlineStr">
         <is>
           <t>1403329</t>
         </is>
       </c>
-      <c r="C299" s="1" t="inlineStr">
+      <c r="C304" s="1" t="inlineStr">
         <is>
           <t>PURE WHEELS.COM.AU</t>
         </is>
       </c>
-      <c r="D299" s="1" t="inlineStr">
+      <c r="D304" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E299" s="1" t="inlineStr">
+      <c r="E304" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F299" s="1" t="inlineStr">
+      <c r="F304" s="1" t="inlineStr">
         <is>
           <t>Bao Gang Gong; Brett R Lack</t>
         </is>
       </c>
     </row>
-    <row r="300" customHeight="true" ht="140.0">
-      <c r="A300" s="1" t="inlineStr">
+    <row r="305" customHeight="1" ht="140.0">
+      <c r="A305" s="1" t="inlineStr">
         <is>
           <t>1413449</t>
         </is>
       </c>
-      <c r="C300" s="1" t="inlineStr">
+      <c r="C305" s="1" t="inlineStr">
         <is>
           <t>BACH HO WHITE TIGER BALM TIGRE BLANC CAO XOA BOP HOAT LAC CAO</t>
         </is>
       </c>
-      <c r="D300" s="1" t="inlineStr">
+      <c r="D305" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E300" s="1" t="inlineStr">
+      <c r="E305" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F300" s="1" t="inlineStr">
+      <c r="F305" s="1" t="inlineStr">
         <is>
           <t>CONG TY TRACH NHIEM HUU HAN DONG NAM DUOC BAO LINH</t>
         </is>
       </c>
     </row>
-    <row r="301" customHeight="true" ht="140.0">
-      <c r="A301" s="1" t="inlineStr">
+    <row r="306" customHeight="1" ht="140.0">
+      <c r="A306" s="1" t="inlineStr">
         <is>
           <t>1427701</t>
         </is>
       </c>
-      <c r="C301" s="1" t="inlineStr">
+      <c r="C306" s="1" t="inlineStr">
         <is>
           <t>BANH BAO</t>
         </is>
       </c>
-      <c r="D301" s="1" t="inlineStr">
+      <c r="D306" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E301" s="1" t="inlineStr">
+      <c r="E306" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F301" s="1" t="inlineStr">
+      <c r="F306" s="1" t="inlineStr">
         <is>
           <t>Hua Kien Fat Trading Co Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="302" customHeight="true" ht="140.0">
-      <c r="A302" s="1" t="inlineStr">
+    <row r="307" customHeight="1" ht="140.0">
+      <c r="A307" s="1" t="inlineStr">
         <is>
           <t>1451465</t>
         </is>
       </c>
-      <c r="C302" s="1" t="inlineStr">
+      <c r="C307" s="1" t="inlineStr">
         <is>
           <t>SCARTO &amp; ARGENTO</t>
         </is>
       </c>
-      <c r="D302" s="1" t="inlineStr">
+      <c r="D307" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E302" s="1" t="inlineStr">
+      <c r="E307" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F302" s="1" t="inlineStr">
+      <c r="F307" s="1" t="inlineStr">
         <is>
           <t>Bao Tran</t>
         </is>
       </c>
     </row>
-    <row r="303" customHeight="true" ht="140.0">
-      <c r="A303" s="1" t="inlineStr">
+    <row r="308" customHeight="1" ht="140.0">
+      <c r="A308" s="1" t="inlineStr">
         <is>
           <t>1493820</t>
         </is>
       </c>
-      <c r="C303" s="1" t="inlineStr">
+      <c r="C308" s="1" t="inlineStr">
         <is>
           <t>TAKE A BAO</t>
         </is>
       </c>
-      <c r="D303" s="1" t="inlineStr">
+      <c r="D308" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E303" s="1" t="inlineStr">
+      <c r="E308" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F303" s="1" t="inlineStr">
+      <c r="F308" s="1" t="inlineStr">
         <is>
           <t>Bumblebee Ventures Pty Ltd as trustee for Bumblebee Ventures Unit Trust</t>
         </is>
       </c>
     </row>
-    <row r="304" customHeight="true" ht="140.0">
-      <c r="A304" s="1" t="inlineStr">
+    <row r="309" customHeight="1" ht="140.0">
+      <c r="A309" s="1" t="inlineStr">
         <is>
           <t>1493840</t>
         </is>
       </c>
-      <c r="C304" s="1" t="inlineStr">
+      <c r="C309" s="1" t="inlineStr">
         <is>
           <t>BAO NOW! THE WORLD IN A BUN</t>
         </is>
       </c>
-      <c r="D304" s="1" t="inlineStr">
+      <c r="D309" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E304" s="1" t="inlineStr">
+      <c r="E309" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F304" s="1" t="inlineStr">
+      <c r="F309" s="1" t="inlineStr">
         <is>
           <t>Bumblebee Ventures Pty Ltd as trustee for Bumblebee Ventures Unit Trust</t>
         </is>
       </c>
     </row>
-    <row r="305" customHeight="true" ht="140.0">
-      <c r="A305" s="1" t="inlineStr">
+    <row r="310" customHeight="1" ht="140.0">
+      <c r="A310" s="1" t="inlineStr">
         <is>
           <t>1504647</t>
         </is>
       </c>
-      <c r="C305" s="1" t="inlineStr">
+      <c r="C310" s="1" t="inlineStr">
         <is>
           <t>PTDeck</t>
         </is>
       </c>
-      <c r="D305" s="1" t="inlineStr">
+      <c r="D310" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E305" s="1" t="inlineStr">
+      <c r="E310" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F305" s="1" t="inlineStr">
+      <c r="F310" s="1" t="inlineStr">
         <is>
           <t>BAO Engineering Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="306" customHeight="true" ht="140.0">
-      <c r="A306" s="1" t="inlineStr">
+    <row r="311" customHeight="1" ht="140.0">
+      <c r="A311" s="1" t="inlineStr">
         <is>
           <t>1504778</t>
         </is>
       </c>
-      <c r="C306" s="1" t="inlineStr">
+      <c r="C311" s="1" t="inlineStr">
         <is>
           <t>SAFERISER</t>
         </is>
       </c>
-      <c r="D306" s="1" t="inlineStr">
+      <c r="D311" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E306" s="1" t="inlineStr">
+      <c r="E311" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F306" s="1" t="inlineStr">
+      <c r="F311" s="1" t="inlineStr">
         <is>
           <t>BAO Engineering Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="307" customHeight="true" ht="140.0">
-      <c r="A307" s="1" t="inlineStr">
+    <row r="312" customHeight="1" ht="140.0">
+      <c r="A312" s="1" t="inlineStr">
         <is>
           <t>1511007</t>
         </is>
       </c>
-      <c r="C307" s="1" t="inlineStr">
+      <c r="C312" s="1" t="inlineStr">
         <is>
           <t>CAG</t>
         </is>
       </c>
-      <c r="D307" s="1" t="inlineStr">
+      <c r="D312" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E307" s="1" t="inlineStr">
+      <c r="E312" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F307" s="1" t="inlineStr">
+      <c r="F312" s="1" t="inlineStr">
         <is>
           <t>Bao Chun Chi</t>
         </is>
       </c>
     </row>
-    <row r="308" customHeight="true" ht="140.0">
-      <c r="A308" s="1" t="inlineStr">
+    <row r="313" customHeight="1" ht="140.0">
+      <c r="A313" s="1" t="inlineStr">
         <is>
           <t>1519765</t>
         </is>
       </c>
-      <c r="C308" s="1" t="inlineStr">
+      <c r="C313" s="1" t="inlineStr">
         <is>
           <t>PLANETE LAPINS</t>
         </is>
       </c>
-      <c r="D308" s="1" t="inlineStr">
+      <c r="D313" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E308" s="1" t="inlineStr">
+      <c r="E313" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F308" s="1" t="inlineStr">
+      <c r="F313" s="1" t="inlineStr">
         <is>
           <t>Rong Bao</t>
         </is>
       </c>
     </row>
-    <row r="309" customHeight="true" ht="140.0">
-      <c r="A309" s="1" t="inlineStr">
+    <row r="314" customHeight="1" ht="140.0">
+      <c r="A314" s="1" t="inlineStr">
         <is>
           <t>1519806</t>
         </is>
       </c>
-      <c r="C309" s="1" t="inlineStr">
+      <c r="C314" s="1" t="inlineStr">
         <is>
           <t>PLANETE LAPINS</t>
         </is>
       </c>
-      <c r="D309" s="1" t="inlineStr">
+      <c r="D314" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E309" s="1" t="inlineStr">
+      <c r="E314" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F309" s="1" t="inlineStr">
+      <c r="F314" s="1" t="inlineStr">
         <is>
           <t>Rong Bao</t>
         </is>
       </c>
     </row>
-    <row r="310" customHeight="true" ht="140.0">
-      <c r="A310" s="1" t="inlineStr">
+    <row r="315" customHeight="1" ht="140.0">
+      <c r="A315" s="1" t="inlineStr">
         <is>
           <t>1533581</t>
         </is>
       </c>
-      <c r="C310" s="1" t="inlineStr">
+      <c r="C315" s="1" t="inlineStr">
         <is>
           <t>IFitneses</t>
         </is>
       </c>
-      <c r="D310" s="1" t="inlineStr">
+      <c r="D315" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E310" s="1" t="inlineStr">
+      <c r="E315" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F310" s="1" t="inlineStr">
+      <c r="F315" s="1" t="inlineStr">
         <is>
           <t>Bao Quoc Trinh</t>
         </is>
       </c>
     </row>
-    <row r="311" customHeight="true" ht="140.0">
-      <c r="A311" s="1" t="inlineStr">
+    <row r="316" customHeight="1" ht="140.0">
+      <c r="A316" s="1" t="inlineStr">
         <is>
           <t>1564980</t>
         </is>
       </c>
-      <c r="C311" s="1" t="inlineStr">
+      <c r="C316" s="1" t="inlineStr">
         <is>
           <t>Football Coach</t>
         </is>
       </c>
-      <c r="D311" s="1" t="inlineStr">
+      <c r="D316" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E311" s="1" t="inlineStr">
+      <c r="E316" s="1" t="inlineStr">
         <is>
           <t>9, 41</t>
         </is>
       </c>
-      <c r="F311" s="1" t="inlineStr">
+      <c r="F316" s="1" t="inlineStr">
         <is>
           <t>C8APPS PTY LTD; Bao-Minh Tran-Vo; Charles Noble</t>
         </is>
       </c>
     </row>
-    <row r="312" customHeight="true" ht="140.0">
-      <c r="A312" s="1" t="inlineStr">
+    <row r="317" customHeight="1" ht="140.0">
+      <c r="A317" s="1" t="inlineStr">
         <is>
           <t>1569986</t>
         </is>
       </c>
-      <c r="C312" s="1" t="inlineStr">
+      <c r="C317" s="1" t="inlineStr">
         <is>
           <t>Hopetoun</t>
         </is>
       </c>
-      <c r="D312" s="1" t="inlineStr">
+      <c r="D317" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E312" s="1" t="inlineStr">
+      <c r="E317" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="F312" s="1" t="inlineStr">
+      <c r="F317" s="1" t="inlineStr">
         <is>
           <t>Bao Ming Liang</t>
         </is>
       </c>
     </row>
-    <row r="313" customHeight="true" ht="140.0">
-      <c r="A313" s="1" t="inlineStr">
+    <row r="318" customHeight="1" ht="140.0">
+      <c r="A318" s="1" t="inlineStr">
         <is>
           <t>1574147</t>
         </is>
       </c>
-      <c r="C313" s="1" t="inlineStr">
+      <c r="C318" s="1" t="inlineStr">
         <is>
           <t>FOXOMETRY</t>
         </is>
       </c>
-      <c r="D313" s="1" t="inlineStr">
+      <c r="D318" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E313" s="1" t="inlineStr">
+      <c r="E318" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F313" s="1" t="inlineStr">
+      <c r="F318" s="1" t="inlineStr">
         <is>
           <t>Bao-Anh Lily Nguyen</t>
         </is>
       </c>
     </row>
-    <row r="314" customHeight="true" ht="140.0">
-      <c r="A314" s="1" t="inlineStr">
+    <row r="319" customHeight="1" ht="140.0">
+      <c r="A319" s="1" t="inlineStr">
         <is>
           <t>1667160</t>
         </is>
       </c>
-      <c r="C314" s="1" t="inlineStr">
+      <c r="C319" s="1" t="inlineStr">
         <is>
           <t>ZEUS POWERFUL TONER</t>
         </is>
       </c>
-      <c r="D314" s="1" t="inlineStr">
+      <c r="D319" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E314" s="1" t="inlineStr">
+      <c r="E319" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F314" s="1" t="inlineStr">
+      <c r="F319" s="1" t="inlineStr">
         <is>
           <t>Zhuhai HaoYinBao Printing Consumables Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="315" customHeight="true" ht="140.0">
-      <c r="A315" s="1" t="inlineStr">
+    <row r="320" customHeight="1" ht="140.0">
+      <c r="A320" s="1" t="inlineStr">
         <is>
           <t>1689567</t>
         </is>
       </c>
-      <c r="C315" s="1" t="inlineStr">
+      <c r="C320" s="1" t="inlineStr">
         <is>
           <t>Nimble Wings</t>
         </is>
       </c>
-      <c r="D315" s="1" t="inlineStr">
+      <c r="D320" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E315" s="1" t="inlineStr">
+      <c r="E320" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F315" s="1" t="inlineStr">
+      <c r="F320" s="1" t="inlineStr">
         <is>
           <t>Hoang-Bao Davey Tran</t>
         </is>
       </c>
     </row>
-    <row r="316" customHeight="true" ht="140.0">
-      <c r="A316" s="1" t="inlineStr">
+    <row r="321" customHeight="1" ht="140.0">
+      <c r="A321" s="1" t="inlineStr">
         <is>
           <t>1720310</t>
         </is>
       </c>
-      <c r="C316" s="1" t="inlineStr">
+      <c r="C321" s="1" t="inlineStr">
         <is>
           <t>BAO BURGER</t>
         </is>
       </c>
-      <c r="D316" s="1" t="inlineStr">
+      <c r="D321" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E316" s="1" t="inlineStr">
+      <c r="E321" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F316" s="1" t="inlineStr">
+      <c r="F321" s="1" t="inlineStr">
         <is>
           <t>East China Trading Company Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="317" customHeight="true" ht="140.0">
-      <c r="A317" s="1" t="inlineStr">
+    <row r="322" customHeight="1" ht="140.0">
+      <c r="A322" s="1" t="inlineStr">
         <is>
           <t>1733819</t>
         </is>
       </c>
-      <c r="C317" s="1" t="inlineStr">
+      <c r="C322" s="1" t="inlineStr">
         <is>
           <t>Mr Bao</t>
         </is>
       </c>
-      <c r="D317" s="1" t="inlineStr">
+      <c r="D322" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E317" s="1" t="inlineStr">
+      <c r="E322" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F317" s="1" t="inlineStr">
+      <c r="F322" s="1" t="inlineStr">
         <is>
           <t>Red Blush Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="318" customHeight="true" ht="140.0">
-      <c r="A318" s="1" t="inlineStr">
+    <row r="323" customHeight="1" ht="140.0">
+      <c r="A323" s="1" t="inlineStr">
         <is>
           <t>1733820</t>
         </is>
       </c>
-      <c r="C318" s="1" t="inlineStr">
+      <c r="C323" s="1" t="inlineStr">
         <is>
           <t>Mrs Bao</t>
         </is>
       </c>
-      <c r="D318" s="1" t="inlineStr">
+      <c r="D323" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E318" s="1" t="inlineStr">
+      <c r="E323" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F318" s="1" t="inlineStr">
+      <c r="F323" s="1" t="inlineStr">
         <is>
           <t>Red Blush Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="319" customHeight="true" ht="140.0">
-      <c r="A319" s="1" t="inlineStr">
+    <row r="324" customHeight="1" ht="140.0">
+      <c r="A324" s="1" t="inlineStr">
         <is>
           <t>1779495</t>
         </is>
       </c>
-      <c r="C319" s="1" t="inlineStr">
+      <c r="C324" s="1" t="inlineStr">
         <is>
           <t>UH U HOME</t>
         </is>
       </c>
-      <c r="D319" s="1" t="inlineStr">
+      <c r="D324" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E319" s="1" t="inlineStr">
+      <c r="E324" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F319" s="1" t="inlineStr">
+      <c r="F324" s="1" t="inlineStr">
         <is>
           <t>Wan Bao Feng International Trading Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="320" customHeight="true" ht="140.0">
-      <c r="A320" s="1" t="inlineStr">
+    <row r="325" customHeight="1" ht="140.0">
+      <c r="A325" s="1" t="inlineStr">
         <is>
           <t>1885400</t>
         </is>
       </c>
-      <c r="C320" s="1" t="inlineStr">
+      <c r="C325" s="1" t="inlineStr">
         <is>
           <t>PETOPIA GO</t>
         </is>
       </c>
-      <c r="D320" s="1" t="inlineStr">
+      <c r="D325" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E320" s="1" t="inlineStr">
+      <c r="E325" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F320" s="1" t="inlineStr">
+      <c r="F325" s="1" t="inlineStr">
         <is>
           <t>Lubing Bao</t>
         </is>
       </c>
     </row>
-    <row r="321" customHeight="true" ht="140.0">
-      <c r="A321" s="1" t="inlineStr">
+    <row r="326" customHeight="1" ht="140.0">
+      <c r="A326" s="1" t="inlineStr">
         <is>
           <t>1900155</t>
         </is>
       </c>
-      <c r="C321" s="1" t="inlineStr">
+      <c r="C326" s="1" t="inlineStr">
         <is>
           <t>fornursling</t>
         </is>
       </c>
-      <c r="D321" s="1" t="inlineStr">
+      <c r="D326" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E321" s="1" t="inlineStr">
+      <c r="E326" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F321" s="1" t="inlineStr">
+      <c r="F326" s="1" t="inlineStr">
         <is>
           <t>Shandong Bao Yinmei Biotechnology Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="322" customHeight="true" ht="140.0">
-      <c r="A322" s="1" t="inlineStr">
+    <row r="327" customHeight="1" ht="140.0">
+      <c r="A327" s="1" t="inlineStr">
         <is>
           <t>1912120</t>
         </is>
       </c>
-      <c r="C322" s="1" t="inlineStr">
+      <c r="C327" s="1" t="inlineStr">
         <is>
           <t>NOUS CAFE</t>
         </is>
       </c>
-      <c r="D322" s="1" t="inlineStr">
+      <c r="D327" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E322" s="1" t="inlineStr">
+      <c r="E327" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F322" s="1" t="inlineStr">
+      <c r="F327" s="1" t="inlineStr">
         <is>
           <t>SHANGHAI BAO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="323" customHeight="true" ht="140.0">
-      <c r="A323" s="1" t="inlineStr">
+    <row r="328" customHeight="1" ht="140.0">
+      <c r="A328" s="1" t="inlineStr">
         <is>
           <t>1936354</t>
         </is>
       </c>
-      <c r="C323" s="1" t="inlineStr">
+      <c r="C328" s="1" t="inlineStr">
         <is>
           <t>BAO</t>
         </is>
       </c>
-      <c r="D323" s="1" t="inlineStr">
+      <c r="D328" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E323" s="1" t="inlineStr">
+      <c r="E328" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F323" s="1" t="inlineStr">
+      <c r="F328" s="1" t="inlineStr">
         <is>
           <t>N MARASIGAN &amp; P TRAN &amp; C YEUNG</t>
         </is>
       </c>
     </row>
-    <row r="324" customHeight="true" ht="140.0">
-      <c r="A324" s="1" t="inlineStr">
+    <row r="329" customHeight="1" ht="140.0">
+      <c r="A329" s="1" t="inlineStr">
         <is>
           <t>1942794</t>
         </is>
       </c>
-      <c r="C324" s="1" t="inlineStr">
+      <c r="C329" s="1" t="inlineStr">
         <is>
           <t>PiiP BaoBaB</t>
         </is>
       </c>
-      <c r="D324" s="1" t="inlineStr">
+      <c r="D329" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E324" s="1" t="inlineStr">
+      <c r="E329" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F324" s="1" t="inlineStr">
+      <c r="F329" s="1" t="inlineStr">
         <is>
           <t>PIIP BAOBAB PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="325" customHeight="true" ht="140.0">
-      <c r="A325" s="1" t="inlineStr">
+    <row r="330" customHeight="1" ht="140.0">
+      <c r="A330" s="1" t="inlineStr">
         <is>
           <t>1955643</t>
         </is>
       </c>
-      <c r="C325" s="1" t="inlineStr">
+      <c r="C330" s="1" t="inlineStr">
         <is>
           <t>BAO BOX</t>
         </is>
       </c>
-      <c r="D325" s="1" t="inlineStr">
+      <c r="D330" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E325" s="1" t="inlineStr">
+      <c r="E330" s="1" t="inlineStr">
         <is>
           <t>29, 30, 43</t>
         </is>
       </c>
-      <c r="F325" s="1" t="inlineStr">
+      <c r="F330" s="1" t="inlineStr">
         <is>
           <t>Norwest Food Group Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="326" customHeight="true" ht="140.0">
-      <c r="A326" s="1" t="inlineStr">
+    <row r="331" customHeight="1" ht="140.0">
+      <c r="A331" s="1" t="inlineStr">
         <is>
           <t>1955679</t>
         </is>
       </c>
-      <c r="C326" s="1" t="inlineStr">
+      <c r="C331" s="1" t="inlineStr">
         <is>
           <t>BAO BOX MODERN ASIAN + TEA HOUSE</t>
         </is>
       </c>
-      <c r="D326" s="1" t="inlineStr">
+      <c r="D331" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E326" s="1" t="inlineStr">
+      <c r="E331" s="1" t="inlineStr">
         <is>
           <t>29, 30, 43</t>
         </is>
       </c>
-      <c r="F326" s="1" t="inlineStr">
+      <c r="F331" s="1" t="inlineStr">
         <is>
           <t>Norwest Food Group Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="327" customHeight="true" ht="140.0">
-      <c r="A327" s="1" t="inlineStr">
+    <row r="332" customHeight="1" ht="140.0">
+      <c r="A332" s="1" t="inlineStr">
         <is>
           <t>1974319</t>
         </is>
       </c>
-      <c r="C327" s="1" t="inlineStr">
+      <c r="C332" s="1" t="inlineStr">
         <is>
           <t>DGIGE</t>
         </is>
       </c>
-      <c r="D327" s="1" t="inlineStr">
+      <c r="D332" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E327" s="1" t="inlineStr">
+      <c r="E332" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F327" s="1" t="inlineStr">
+      <c r="F332" s="1" t="inlineStr">
         <is>
           <t>Bao Gong</t>
         </is>
       </c>
     </row>
-    <row r="328" customHeight="true" ht="140.0">
-      <c r="A328" s="1" t="inlineStr">
+    <row r="333" customHeight="1" ht="140.0">
+      <c r="A333" s="1" t="inlineStr">
         <is>
           <t>1975311</t>
         </is>
       </c>
-      <c r="C328" s="1" t="inlineStr">
+      <c r="C333" s="1" t="inlineStr">
         <is>
           <t>XPEL AUSTRALIA</t>
         </is>
       </c>
-      <c r="D328" s="1" t="inlineStr">
+      <c r="D333" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E328" s="1" t="inlineStr">
+      <c r="E333" s="1" t="inlineStr">
         <is>
           <t>9, 17, 19</t>
         </is>
       </c>
-      <c r="F328" s="1" t="inlineStr">
+      <c r="F333" s="1" t="inlineStr">
         <is>
           <t>DUO BAO LI PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="329" customHeight="true" ht="140.0">
-      <c r="A329" s="1" t="inlineStr">
+    <row r="334" customHeight="1" ht="140.0">
+      <c r="A334" s="1" t="inlineStr">
         <is>
           <t>2051939</t>
         </is>
       </c>
-      <c r="C329" s="1" t="inlineStr">
+      <c r="C334" s="1" t="inlineStr">
         <is>
           <t>Taco Bao</t>
         </is>
       </c>
-      <c r="D329" s="1" t="inlineStr">
+      <c r="D334" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E329" s="1" t="inlineStr">
+      <c r="E334" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
-      <c r="F329" s="1" t="inlineStr">
+      <c r="F334" s="1" t="inlineStr">
         <is>
           <t>The Trustee for Chen and Co Brands Unit Trust; Chen and Co Brands Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="330" customHeight="true" ht="140.0">
-      <c r="A330" s="1" t="inlineStr">
+    <row r="335" customHeight="1" ht="140.0">
+      <c r="A335" s="1" t="inlineStr">
         <is>
           <t>2103011</t>
         </is>
       </c>
-      <c r="C330" s="1" t="inlineStr">
+      <c r="C335" s="1" t="inlineStr">
         <is>
           <t>LYBAO</t>
         </is>
       </c>
-      <c r="D330" s="1" t="inlineStr">
+      <c r="D335" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E330" s="1" t="inlineStr">
+      <c r="E335" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F330" s="1" t="inlineStr">
+      <c r="F335" s="1" t="inlineStr">
         <is>
           <t>The Trustee for LyBao Partners Family Trust</t>
         </is>
       </c>
     </row>
-    <row r="331" customHeight="true" ht="140.0">
-      <c r="A331" s="1" t="inlineStr">
+    <row r="336" customHeight="1" ht="140.0">
+      <c r="A336" s="1" t="inlineStr">
         <is>
           <t>2112437</t>
         </is>
       </c>
-      <c r="C331" s="1" t="inlineStr">
+      <c r="C336" s="1" t="inlineStr">
         <is>
           <t>MAXCARE NATURAL . WONDER</t>
         </is>
       </c>
-      <c r="D331" s="1" t="inlineStr">
+      <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E331" s="1" t="inlineStr">
+      <c r="E336" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F331" s="1" t="inlineStr">
+      <c r="F336" s="1" t="inlineStr">
         <is>
           <t>Bao Zhang</t>
         </is>
       </c>
     </row>
-    <row r="332" customHeight="true" ht="140.0">
-      <c r="A332" s="1" t="inlineStr">
+    <row r="337" customHeight="1" ht="140.0">
+      <c r="A337" s="1" t="inlineStr">
         <is>
           <t>2145710</t>
         </is>
       </c>
-      <c r="C332" s="1" t="inlineStr">
+      <c r="C337" s="1" t="inlineStr">
         <is>
           <t>POWERWORKS</t>
         </is>
       </c>
-      <c r="D332" s="1" t="inlineStr">
+      <c r="D337" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E332" s="1" t="inlineStr">
+      <c r="E337" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F332" s="1" t="inlineStr">
+      <c r="F337" s="1" t="inlineStr">
         <is>
           <t>Shenzhen BaoDeLiAn Automotive Products Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="333" customHeight="true" ht="140.0">
-      <c r="A333" s="1" t="inlineStr">
+    <row r="338" customHeight="1" ht="140.0">
+      <c r="A338" s="1" t="inlineStr">
         <is>
           <t>2168945</t>
         </is>
       </c>
-      <c r="C333" s="1" t="inlineStr">
+      <c r="C338" s="1" t="inlineStr">
         <is>
           <t>Az Smile</t>
         </is>
       </c>
-      <c r="D333" s="1" t="inlineStr">
+      <c r="D338" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E333" s="1" t="inlineStr">
+      <c r="E338" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F333" s="1" t="inlineStr">
+      <c r="F338" s="1" t="inlineStr">
         <is>
           <t>Yuanmei Bao</t>
         </is>
       </c>
     </row>
-    <row r="334" customHeight="true" ht="140.0">
-      <c r="A334" s="1" t="inlineStr">
+    <row r="339" customHeight="1" ht="140.0">
+      <c r="A339" s="1" t="inlineStr">
         <is>
           <t>2195775</t>
         </is>
       </c>
-      <c r="C334" s="1" t="inlineStr">
+      <c r="C339" s="1" t="inlineStr">
         <is>
           <t>SHANGHAI XIAO LONG BAO</t>
         </is>
       </c>
-      <c r="D334" s="1" t="inlineStr">
+      <c r="D339" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E334" s="1" t="inlineStr">
+      <c r="E339" s="1" t="inlineStr">
         <is>
           <t>30, 43</t>
         </is>
       </c>
-      <c r="F334" s="1" t="inlineStr">
+      <c r="F339" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA ZHONGAO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="335" customHeight="true" ht="140.0">
-      <c r="A335" s="1" t="inlineStr">
+    <row r="340" customHeight="1" ht="140.0">
+      <c r="A340" s="1" t="inlineStr">
         <is>
           <t>2210082</t>
         </is>
       </c>
-      <c r="C335" s="1" t="inlineStr">
+      <c r="C340" s="1" t="inlineStr">
         <is>
           <t>BAO</t>
         </is>
       </c>
-      <c r="D335" s="1" t="inlineStr">
+      <c r="D340" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E335" s="1" t="inlineStr">
+      <c r="E340" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F335" s="1" t="inlineStr">
+      <c r="F340" s="1" t="inlineStr">
         <is>
           <t>Yuejia Zhou</t>
         </is>
       </c>
     </row>
-    <row r="336" customHeight="true" ht="140.0">
-      <c r="A336" s="1" t="inlineStr">
+    <row r="341" customHeight="1" ht="140.0">
+      <c r="A341" s="1" t="inlineStr">
         <is>
           <t>2259544</t>
         </is>
       </c>
-      <c r="C336" s="1" t="inlineStr">
+      <c r="C341" s="1" t="inlineStr">
         <is>
           <t>Idoly Pride</t>
         </is>
       </c>
-      <c r="D336" s="1" t="inlineStr">
+      <c r="D341" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E336" s="1" t="inlineStr">
+      <c r="E341" s="1" t="inlineStr">
         <is>
           <t>9, 41</t>
         </is>
       </c>
-      <c r="F336" s="1" t="inlineStr">
+      <c r="F341" s="1" t="inlineStr">
         <is>
           <t>HONG KONG BAO CHUAN SOFTWARE TECHNOLOGY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="337" customHeight="true" ht="140.0">
-      <c r="A337" s="1" t="inlineStr">
+    <row r="342" customHeight="1" ht="140.0">
+      <c r="A342" s="1" t="inlineStr">
         <is>
           <t>2262108</t>
         </is>
       </c>
-      <c r="C337" s="1" t="inlineStr">
+      <c r="C342" s="1" t="inlineStr">
         <is>
           <t>BELLY BAO BUN</t>
         </is>
       </c>
-      <c r="D337" s="1" t="inlineStr">
+      <c r="D342" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E337" s="1" t="inlineStr">
+      <c r="E342" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F337" s="1" t="inlineStr">
+      <c r="F342" s="1" t="inlineStr">
         <is>
           <t>JK Lora Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="338" customHeight="true" ht="140.0">
-      <c r="A338" s="1" t="inlineStr">
+    <row r="343" customHeight="1" ht="140.0">
+      <c r="A343" s="1" t="inlineStr">
         <is>
           <t>2287235</t>
         </is>
       </c>
-      <c r="C338" s="1" t="inlineStr">
+      <c r="C343" s="1" t="inlineStr">
         <is>
           <t>1 GB FIRST WORLD BRAND GIA BAO</t>
         </is>
       </c>
-      <c r="D338" s="1" t="inlineStr">
+      <c r="D343" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E338" s="1" t="inlineStr">
+      <c r="E343" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F338" s="1" t="inlineStr">
+      <c r="F343" s="1" t="inlineStr">
         <is>
           <t>CÔNG TY TNHH SX XNK GIA BAO</t>
         </is>
       </c>
     </row>
-    <row r="339" customHeight="true" ht="140.0">
-      <c r="A339" s="1" t="inlineStr">
+    <row r="344" customHeight="1" ht="140.0">
+      <c r="A344" s="1" t="inlineStr">
         <is>
           <t>2312365</t>
         </is>
       </c>
-      <c r="C339" s="1" t="inlineStr">
+      <c r="C344" s="1" t="inlineStr">
         <is>
           <t>MISO HUNGRY BURGERS BAOS BOWLS</t>
         </is>
       </c>
-      <c r="D339" s="1" t="inlineStr">
+      <c r="D344" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E339" s="1" t="inlineStr">
+      <c r="E344" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F339" s="1" t="inlineStr">
+      <c r="F344" s="1" t="inlineStr">
         <is>
           <t>MH RESTAURANTS PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="340" customHeight="true" ht="140.0">
-      <c r="A340" s="1" t="inlineStr">
+    <row r="345" customHeight="1" ht="140.0">
+      <c r="A345" s="1" t="inlineStr">
         <is>
           <t>2342339</t>
         </is>
       </c>
-      <c r="C340" s="1" t="inlineStr">
+      <c r="C345" s="1" t="inlineStr">
         <is>
           <t>BAO BAO</t>
         </is>
       </c>
-      <c r="D340" s="1" t="inlineStr">
+      <c r="D345" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E340" s="1" t="inlineStr">
+      <c r="E345" s="1" t="inlineStr">
         <is>
           <t>30, 43</t>
         </is>
       </c>
-      <c r="F340" s="1" t="inlineStr">
+      <c r="F345" s="1" t="inlineStr">
         <is>
           <t>Raphael Korman</t>
         </is>
       </c>
     </row>
-    <row r="341" customHeight="true" ht="140.0">
-      <c r="A341" s="1" t="inlineStr">
+    <row r="346" customHeight="1" ht="140.0">
+      <c r="A346" s="1" t="inlineStr">
         <is>
           <t>2376301</t>
         </is>
       </c>
-      <c r="C341" s="1" t="inlineStr">
+      <c r="C346" s="1" t="inlineStr">
         <is>
           <t>Chow Bao</t>
         </is>
       </c>
-      <c r="D341" s="1" t="inlineStr">
+      <c r="D346" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E341" s="1" t="inlineStr">
+      <c r="E346" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F341" s="1" t="inlineStr">
+      <c r="F346" s="1" t="inlineStr">
         <is>
           <t>Jolly Miller Operations Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="342" customHeight="true" ht="140.0">
-      <c r="A342" s="1" t="inlineStr">
+    <row r="347" customHeight="1" ht="140.0">
+      <c r="A347" s="1" t="inlineStr">
         <is>
           <t>2378733</t>
         </is>
       </c>
-      <c r="C342" s="1" t="inlineStr">
+      <c r="C347" s="1" t="inlineStr">
         <is>
           <t>Oscar's Good Bao</t>
         </is>
       </c>
-      <c r="D342" s="1" t="inlineStr">
+      <c r="D347" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E342" s="1" t="inlineStr">
+      <c r="E347" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="F342" s="1" t="inlineStr">
+      <c r="F347" s="1" t="inlineStr">
         <is>
           <t>Bao King</t>
         </is>
       </c>
     </row>
-    <row r="343" customHeight="true" ht="140.0">
-      <c r="A343" s="1" t="inlineStr">
+    <row r="348" customHeight="1" ht="140.0">
+      <c r="A348" s="1" t="inlineStr">
         <is>
           <t>2397308</t>
         </is>
       </c>
-      <c r="C343" s="1" t="inlineStr">
+      <c r="C348" s="1" t="inlineStr">
         <is>
           <t>GaoBao</t>
         </is>
       </c>
-      <c r="D343" s="1" t="inlineStr">
+      <c r="D348" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E343" s="1" t="inlineStr">
+      <c r="E348" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F343" s="1" t="inlineStr">
+      <c r="F348" s="1" t="inlineStr">
         <is>
           <t>Shenzhen Xiaohui Technology Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="344" customHeight="true" ht="140.0">
-      <c r="A344" s="1" t="inlineStr">
+    <row r="349" customHeight="1" ht="140.0">
+      <c r="A349" s="1" t="inlineStr">
         <is>
           <t>2450115</t>
         </is>
       </c>
-      <c r="C344" s="1" t="inlineStr">
+      <c r="C349" s="1" t="inlineStr">
         <is>
           <t>SUPER BAO</t>
         </is>
       </c>
-      <c r="D344" s="1" t="inlineStr">
+      <c r="D349" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E344" s="1" t="inlineStr">
+      <c r="E349" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F344" s="1" t="inlineStr">
+      <c r="F349" s="1" t="inlineStr">
         <is>
           <t>ARK CAPITAL GROUP PTY LTD</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>