--- v0 (2025-12-12)
+++ v1 (2026-02-04)
@@ -327,14079 +327,14079 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>504761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="504761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>466666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="466666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>781166</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="781166"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>511132</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="511132"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>1238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>71</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId24"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>838095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId26"/>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="838095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>619047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId27"/>
+        <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="619047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId28"/>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId29"/>
+        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1116000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1116000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId33"/>
+        <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId34"/>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>1238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId35"/>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId36"/>
+        <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId37"/>
+        <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId38"/>
+        <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId39"/>
+        <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>1000000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId40"/>
+        <a:blip r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1000000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>684000</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId41"/>
+        <a:blip r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="684000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>657142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId42"/>
+        <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="657142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="900000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1044000</xdr:colOff>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="900000" cy="1428571"/>
+          <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:colOff>648000</xdr:colOff>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1044000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>1123809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId47"/>
+        <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1123809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>720000</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="720000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>504000</xdr:colOff>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="720000" cy="1428571"/>
+          <a:ext cx="504000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>504000</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="504000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>504000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>1285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId50"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>148</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>540000</xdr:colOff>
-      <xdr:row>148</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId52"/>
+        <a:blip r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="540000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>149</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>149</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId53"/>
+        <a:blip r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>657142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId54"/>
+        <a:blip r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="657142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>1142857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId55"/>
+        <a:blip r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1142857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>156</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>792000</xdr:colOff>
-      <xdr:row>156</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId56"/>
+        <a:blip r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="792000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>157</xdr:row>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>157</xdr:row>
-      <xdr:rowOff>409523</xdr:rowOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId57"/>
-[...37 lines deleted...]
-        <a:blip r:embed="rId58"/>
+        <a:blip r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>163</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>163</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId59"/>
+        <a:blip r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>164</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>164</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId60"/>
+        <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>580952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId61"/>
+        <a:blip r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="580952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId62"/>
+        <a:blip r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>612000</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId63"/>
+        <a:blip r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="612000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>172</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>172</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>1409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId64"/>
+        <a:blip r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>179</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>179</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId65"/>
+        <a:blip r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>180</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>180</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>600000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId66"/>
+        <a:blip r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>182</xdr:row>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>182</xdr:row>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId67"/>
+        <a:blip r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId68"/>
+        <a:blip r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId69"/>
+        <a:blip r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId70"/>
+        <a:blip r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>1238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId71"/>
+        <a:blip r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>196</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>196</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId72"/>
+        <a:blip r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId73"/>
+        <a:blip r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>580952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId74"/>
+        <a:blip r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="580952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId75"/>
+        <a:blip r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>923809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId76"/>
+        <a:blip r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="923809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>205</xdr:row>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>205</xdr:row>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId77"/>
+        <a:blip r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>206</xdr:row>
+      <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>206</xdr:row>
+      <xdr:row>203</xdr:row>
       <xdr:rowOff>495238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId78"/>
+        <a:blip r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>210</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>210</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId79"/>
+        <a:blip r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>212</xdr:row>
+      <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>212</xdr:row>
+      <xdr:row>209</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId80"/>
+        <a:blip r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>213</xdr:row>
+      <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>213</xdr:row>
+      <xdr:row>210</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId81"/>
+        <a:blip r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>216</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>216</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId82"/>
+        <a:blip r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>217</xdr:row>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>217</xdr:row>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>228571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId83"/>
+        <a:blip r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="228571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId84"/>
+        <a:blip r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>220</xdr:row>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>220</xdr:row>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId85"/>
+        <a:blip r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>222</xdr:row>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>222</xdr:row>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId86"/>
+        <a:blip r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>257142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId87"/>
+        <a:blip r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="257142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>225</xdr:row>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>225</xdr:row>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId88"/>
+        <a:blip r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>227</xdr:row>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>227</xdr:row>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId89"/>
+        <a:blip r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>227</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>227</xdr:row>
       <xdr:rowOff>619047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId90"/>
+        <a:blip r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="619047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>235</xdr:row>
+      <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>235</xdr:row>
+      <xdr:row>232</xdr:row>
       <xdr:rowOff>676190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId91"/>
+        <a:blip r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="676190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>236</xdr:row>
+      <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>236</xdr:row>
+      <xdr:row>233</xdr:row>
       <xdr:rowOff>128156</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId92"/>
+        <a:blip r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="128156"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>237</xdr:row>
+      <xdr:row>234</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>237</xdr:row>
+      <xdr:row>234</xdr:row>
       <xdr:rowOff>638095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId93"/>
+        <a:blip r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId94"/>
+        <a:blip r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId95"/>
+        <a:blip r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>244</xdr:row>
+      <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>244</xdr:row>
+      <xdr:row>241</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId96"/>
+        <a:blip r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>246</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>246</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>590476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId97"/>
+        <a:blip r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>247</xdr:row>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>247</xdr:row>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>1200000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId98"/>
+        <a:blip r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1200000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>250</xdr:row>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>250</xdr:row>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId99"/>
+        <a:blip r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>251</xdr:row>
+      <xdr:row>248</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>251</xdr:row>
+      <xdr:row>248</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId100"/>
+        <a:blip r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>254</xdr:row>
+      <xdr:row>251</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>254</xdr:row>
+      <xdr:row>251</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId101"/>
+        <a:blip r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>258</xdr:row>
+      <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>258</xdr:row>
+      <xdr:row>255</xdr:row>
       <xdr:rowOff>575434</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId102"/>
+        <a:blip r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="575434"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>260</xdr:row>
+      <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>260</xdr:row>
+      <xdr:row>257</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId103"/>
+        <a:blip r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>261</xdr:row>
+      <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>261</xdr:row>
+      <xdr:row>258</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId104"/>
+        <a:blip r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>262</xdr:row>
+      <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>262</xdr:row>
+      <xdr:row>259</xdr:row>
       <xdr:rowOff>1361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId105"/>
+        <a:blip r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>266</xdr:row>
+      <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>266</xdr:row>
+      <xdr:row>263</xdr:row>
       <xdr:rowOff>285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId106"/>
+        <a:blip r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>268</xdr:row>
+      <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>268</xdr:row>
+      <xdr:row>265</xdr:row>
       <xdr:rowOff>1190476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId107"/>
+        <a:blip r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>269</xdr:row>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>269</xdr:row>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>1266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId108"/>
+        <a:blip r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>271</xdr:row>
+      <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>271</xdr:row>
+      <xdr:row>268</xdr:row>
       <xdr:rowOff>1161904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId109"/>
+        <a:blip r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1161904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>272</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>272</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>1057142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId110"/>
+        <a:blip r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>273</xdr:row>
+      <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>273</xdr:row>
+      <xdr:row>270</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId111"/>
+        <a:blip r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>485714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId112"/>
+        <a:blip r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>276</xdr:row>
+      <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>276</xdr:row>
+      <xdr:row>273</xdr:row>
       <xdr:rowOff>1114285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId113"/>
+        <a:blip r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1114285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>277</xdr:row>
+      <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>277</xdr:row>
+      <xdr:row>274</xdr:row>
       <xdr:rowOff>1228571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId114"/>
+        <a:blip r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1228571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>287</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>287</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>1161904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId115"/>
+        <a:blip r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1161904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>290</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>290</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>530617</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId116"/>
+        <a:blip r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="530617"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>296</xdr:row>
+      <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>296</xdr:row>
+      <xdr:row>291</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId117"/>
+        <a:blip r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>297</xdr:row>
+      <xdr:row>292</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>297</xdr:row>
+      <xdr:row>292</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId118"/>
+        <a:blip r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>298</xdr:row>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>298</xdr:row>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId119"/>
+        <a:blip r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId120"/>
+        <a:blip r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="857142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>305</xdr:row>
+      <xdr:row>300</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>305</xdr:row>
+      <xdr:row>300</xdr:row>
       <xdr:rowOff>1180952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId121"/>
+        <a:blip r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>306</xdr:row>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>306</xdr:row>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>1152380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId122"/>
+        <a:blip r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>312</xdr:row>
+      <xdr:row>307</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>312</xdr:row>
+      <xdr:row>307</xdr:row>
       <xdr:rowOff>506076</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId123"/>
+        <a:blip r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="506076"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>314</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>314</xdr:row>
       <xdr:rowOff>1133333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId124"/>
+        <a:blip r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1133333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>322</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>322</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId125"/>
+        <a:blip r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>323</xdr:row>
+      <xdr:row>318</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>323</xdr:row>
+      <xdr:row>318</xdr:row>
       <xdr:rowOff>506076</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId126"/>
+        <a:blip r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="506076"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>329</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>329</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>590476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId127"/>
+        <a:blip r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId128"/>
+        <a:blip r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>329</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>329</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId129"/>
+        <a:blip r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId130"/>
+        <a:blip r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>1285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId131"/>
+        <a:blip r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>1419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId132"/>
+        <a:blip r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId133"/>
+        <a:blip r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>339</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>339</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId134"/>
+        <a:blip r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>348</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>348</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId135"/>
+        <a:blip r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId136"/>
+        <a:blip r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>360000</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>345</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="360000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>353</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>353</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="360000" cy="1428571"/>
+          <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>354</xdr:row>
+      <xdr:row>359</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>354</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>359</xdr:row>
+      <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="809523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>364</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>364</xdr:row>
+      <xdr:rowOff>904761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="904761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>373</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>373</xdr:row>
+      <xdr:rowOff>838095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="838095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>377</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>377</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>358</xdr:row>
-[...112 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>378</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>378</xdr:row>
-      <xdr:rowOff>838095</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="838095"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>382</xdr:row>
+      <xdr:row>379</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>382</xdr:row>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>379</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>383</xdr:row>
+      <xdr:row>380</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>383</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>380</xdr:row>
+      <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>381</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>381</xdr:row>
+      <xdr:rowOff>1361904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>382</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>382</xdr:row>
+      <xdr:rowOff>1095238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1095238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>383</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>383</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>384</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>384</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId145"/>
+        <a:blip r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>385</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>385</xdr:row>
-      <xdr:rowOff>419047</xdr:rowOff>
-[...112 lines deleted...]
-      <xdr:row>388</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>389</xdr:row>
+      <xdr:row>386</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>386</xdr:row>
+      <xdr:rowOff>1076190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId150"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1076190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>393</xdr:row>
+      <xdr:row>388</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>393</xdr:row>
+      <xdr:row>388</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId153"/>
+        <a:blip r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>394</xdr:row>
+      <xdr:row>389</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>394</xdr:row>
+      <xdr:row>389</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId154"/>
+        <a:blip r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>398</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>398</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId155"/>
+        <a:blip r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>404</xdr:row>
+      <xdr:row>399</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>404</xdr:row>
+      <xdr:row>399</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId156"/>
+        <a:blip r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>407</xdr:row>
+      <xdr:row>402</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>407</xdr:row>
+      <xdr:row>402</xdr:row>
       <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId157"/>
+        <a:blip r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>410</xdr:row>
+      <xdr:row>405</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>410</xdr:row>
+      <xdr:row>405</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>406</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>406</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>407</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>407</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>411</xdr:row>
+      <xdr:row>409</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>411</xdr:row>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>409</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1008000" cy="1428571"/>
-[...74 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>416</xdr:row>
+      <xdr:row>411</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>416</xdr:row>
+      <xdr:row>411</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId162"/>
+        <a:blip r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>418</xdr:row>
+      <xdr:row>413</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>418</xdr:row>
+      <xdr:row>413</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId163"/>
+        <a:blip r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>416</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>416</xdr:row>
       <xdr:rowOff>1190476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId164"/>
+        <a:blip r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>437</xdr:row>
+      <xdr:row>432</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>437</xdr:row>
+      <xdr:row>432</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId165"/>
+        <a:blip r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>461</xdr:row>
+      <xdr:row>457</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>461</xdr:row>
+      <xdr:row>457</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId166"/>
+        <a:blip r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>472</xdr:row>
+      <xdr:row>468</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>472</xdr:row>
+      <xdr:row>468</xdr:row>
       <xdr:rowOff>1247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId167"/>
+        <a:blip r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>476</xdr:row>
+      <xdr:row>472</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>476</xdr:row>
+      <xdr:row>472</xdr:row>
       <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId168"/>
+        <a:blip r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>480</xdr:row>
+      <xdr:row>476</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>480</xdr:row>
+      <xdr:row>476</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId169"/>
+        <a:blip r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>489</xdr:row>
+      <xdr:row>485</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>489</xdr:row>
+      <xdr:row>485</xdr:row>
       <xdr:rowOff>1104761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId170"/>
+        <a:blip r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>496</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>496</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId171"/>
+        <a:blip r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="857142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>496</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>496</xdr:row>
       <xdr:rowOff>1057142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId172"/>
+        <a:blip r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>501</xdr:row>
+      <xdr:row>497</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>501</xdr:row>
+      <xdr:row>497</xdr:row>
       <xdr:rowOff>733333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId173"/>
+        <a:blip r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="733333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>502</xdr:row>
+      <xdr:row>498</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>502</xdr:row>
+      <xdr:row>498</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId174"/>
+        <a:blip r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>503</xdr:row>
+      <xdr:row>499</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>503</xdr:row>
+      <xdr:row>499</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="173" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId175"/>
+        <a:blip r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>504</xdr:row>
+      <xdr:row>500</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>504</xdr:row>
+      <xdr:row>500</xdr:row>
       <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="174" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId176"/>
+        <a:blip r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>505</xdr:row>
+      <xdr:row>501</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>505</xdr:row>
+      <xdr:row>501</xdr:row>
+      <xdr:rowOff>733333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="733333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>502</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>502</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>503</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>503</xdr:row>
       <xdr:rowOff>733333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="733333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>506</xdr:row>
+      <xdr:row>504</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>506</xdr:row>
-      <xdr:rowOff>752380</xdr:rowOff>
+      <xdr:row>504</xdr:row>
+      <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId178"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>509</xdr:row>
+      <xdr:row>505</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>509</xdr:row>
+      <xdr:row>505</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="181" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="179" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId181"/>
+        <a:blip r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>506</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>506</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="182" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="180" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId182"/>
+        <a:blip r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>524</xdr:row>
+      <xdr:row>520</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>524</xdr:row>
+      <xdr:row>520</xdr:row>
       <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="181" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId183"/>
+        <a:blip r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>525</xdr:row>
+      <xdr:row>521</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>525</xdr:row>
+      <xdr:row>521</xdr:row>
       <xdr:rowOff>476190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="182" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId184"/>
+        <a:blip r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="476190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>526</xdr:row>
+      <xdr:row>522</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>526</xdr:row>
+      <xdr:row>522</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>523</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>684000</xdr:colOff>
+      <xdr:row>523</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="684000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>524</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>524</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="185" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>527</xdr:row>
+      <xdr:row>525</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>684000</xdr:colOff>
-      <xdr:row>527</xdr:row>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>525</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="684000" cy="1428571"/>
+          <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>528</xdr:row>
+      <xdr:row>526</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>528</xdr:row>
+      <xdr:colOff>1296000</xdr:colOff>
+      <xdr:row>526</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="187" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1368000" cy="1428571"/>
+          <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>529</xdr:row>
+      <xdr:row>527</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>529</xdr:row>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>527</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1368000" cy="1428571"/>
+          <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>530</xdr:row>
+      <xdr:row>528</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1296000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>528</xdr:row>
+      <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1296000" cy="1428571"/>
+          <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>531</xdr:row>
+      <xdr:row>529</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>531</xdr:row>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>529</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1260000" cy="1428571"/>
+          <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>532</xdr:row>
+      <xdr:row>530</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>532</xdr:row>
-      <xdr:rowOff>952380</xdr:rowOff>
+      <xdr:row>530</xdr:row>
+      <xdr:rowOff>1419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="191" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>531</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>531</xdr:row>
+      <xdr:rowOff>1342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1342857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>532</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>532</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>533</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>533</xdr:row>
+      <xdr:rowOff>952380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>533</xdr:row>
+      <xdr:row>534</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>533</xdr:row>
+      <xdr:row>534</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="195" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId192"/>
+        <a:blip r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>534</xdr:row>
-[...36 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>535</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>535</xdr:row>
-      <xdr:rowOff>1342857</xdr:rowOff>
-[...36 lines deleted...]
-      <xdr:row>536</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
-    </xdr:to>
-[...36 lines deleted...]
-      <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="196" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId196"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>539</xdr:row>
+      <xdr:row>536</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>536</xdr:row>
+      <xdr:rowOff>1219047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1219047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>537</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>539</xdr:row>
+      <xdr:row>537</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>540</xdr:row>
+      <xdr:row>538</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1219047</xdr:rowOff>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>538</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1219047"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>541</xdr:row>
+      <xdr:row>539</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1368000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>539</xdr:row>
+      <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1368000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>542</xdr:row>
+      <xdr:row>540</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>542</xdr:row>
+      <xdr:row>540</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>543</xdr:row>
+      <xdr:row>541</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1209523</xdr:rowOff>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>541</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="202" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1209523"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>544</xdr:row>
+      <xdr:row>542</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>544</xdr:row>
+      <xdr:colOff>1044000</xdr:colOff>
+      <xdr:row>542</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="203" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1332000" cy="1428571"/>
+          <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>545</xdr:row>
+      <xdr:row>543</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>545</xdr:row>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>543</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="204" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1332000" cy="1428571"/>
+          <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>546</xdr:row>
+      <xdr:row>544</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>546</xdr:row>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>544</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="205" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1044000" cy="1428571"/>
+          <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>547</xdr:row>
+      <xdr:row>545</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>547</xdr:row>
+      <xdr:row>545</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="206" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>548</xdr:row>
+      <xdr:row>546</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>548</xdr:row>
+      <xdr:row>546</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="207" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>549</xdr:row>
+      <xdr:row>547</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>547</xdr:row>
+      <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="208" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1008000" cy="1428571"/>
+          <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>550</xdr:row>
+      <xdr:row>548</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>550</xdr:row>
+      <xdr:row>548</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="209" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>551</xdr:row>
+      <xdr:row>549</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>961904</xdr:rowOff>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>549</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="210" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId210"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>553</xdr:row>
+      <xdr:row>550</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>550</xdr:row>
+      <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="212" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="211" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId212"/>
-[...37 lines deleted...]
-        <a:blip r:embed="rId213"/>
+        <a:blip r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>563</xdr:row>
+      <xdr:row>559</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>563</xdr:row>
+      <xdr:row>559</xdr:row>
       <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="214" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="212" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId214"/>
+        <a:blip r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>564</xdr:row>
+      <xdr:row>560</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>564</xdr:row>
+      <xdr:row>560</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="215" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="213" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId215"/>
+        <a:blip r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>565</xdr:row>
+      <xdr:row>561</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>565</xdr:row>
+      <xdr:row>561</xdr:row>
       <xdr:rowOff>295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="216" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="214" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId216"/>
+        <a:blip r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>566</xdr:row>
+      <xdr:row>562</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>566</xdr:row>
+      <xdr:row>562</xdr:row>
       <xdr:rowOff>1000000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="217" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="215" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId217"/>
+        <a:blip r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1000000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>571</xdr:row>
+      <xdr:row>567</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>571</xdr:row>
+      <xdr:row>567</xdr:row>
       <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="218" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="216" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId218"/>
+        <a:blip r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>572</xdr:row>
+      <xdr:row>568</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>572</xdr:row>
+      <xdr:row>568</xdr:row>
       <xdr:rowOff>1361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="219" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="217" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId219"/>
+        <a:blip r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>573</xdr:row>
+      <xdr:row>569</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>573</xdr:row>
+      <xdr:row>569</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="220" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="218" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId220"/>
+        <a:blip r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>574</xdr:row>
+      <xdr:row>570</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>574</xdr:row>
+      <xdr:row>570</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="221" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="219" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId221"/>
+        <a:blip r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>575</xdr:row>
+      <xdr:row>571</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>575</xdr:row>
+      <xdr:row>571</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1116000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>572</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>572</xdr:row>
+      <xdr:rowOff>904761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="904761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>573</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>573</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="222" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1116000" cy="1428571"/>
+          <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>576</xdr:row>
+      <xdr:row>577</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>576</xdr:row>
-      <xdr:rowOff>904761</xdr:rowOff>
+      <xdr:row>577</xdr:row>
+      <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="223" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId223"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>585</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>720000</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>585</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="225" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="224" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId225"/>
+        <a:blip r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="720000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>591</xdr:row>
+      <xdr:row>588</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>591</xdr:row>
+      <xdr:row>588</xdr:row>
       <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="226" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="225" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId226"/>
+        <a:blip r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>594</xdr:row>
+      <xdr:row>591</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>594</xdr:row>
+      <xdr:row>591</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="227" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="226" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId227"/>
+        <a:blip r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>595</xdr:row>
+      <xdr:row>592</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>595</xdr:row>
+      <xdr:row>592</xdr:row>
       <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="228" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="227" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId228"/>
+        <a:blip r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>596</xdr:row>
+      <xdr:row>593</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>596</xdr:row>
+      <xdr:row>593</xdr:row>
       <xdr:rowOff>1200000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="229" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="228" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId229"/>
+        <a:blip r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1200000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>598</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>598</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="230" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="229" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId230"/>
+        <a:blip r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>618</xdr:row>
+      <xdr:row>615</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>618</xdr:row>
+      <xdr:row>615</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>616</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1260000</xdr:colOff>
+      <xdr:row>616</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="231" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="1428571"/>
+          <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>619</xdr:row>
+      <xdr:row>617</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>619</xdr:row>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>617</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1260000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>621</xdr:row>
+      <xdr:row>618</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>621</xdr:row>
+      <xdr:row>618</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="234" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="233" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId234"/>
+        <a:blip r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>622</xdr:row>
+      <xdr:row>619</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>622</xdr:row>
+      <xdr:row>619</xdr:row>
+      <xdr:rowOff>1409523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1409523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>620</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>620</xdr:row>
       <xdr:rowOff>1409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="235" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>623</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>792000</xdr:colOff>
       <xdr:row>623</xdr:row>
-      <xdr:rowOff>1409523</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="236" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1409523"/>
+          <a:ext cx="792000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>626</xdr:row>
+      <xdr:row>624</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>792000</xdr:colOff>
-      <xdr:row>626</xdr:row>
+      <xdr:colOff>1224000</xdr:colOff>
+      <xdr:row>624</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="237" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="792000" cy="1428571"/>
+          <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>627</xdr:row>
+      <xdr:row>626</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>627</xdr:row>
+      <xdr:colOff>540000</xdr:colOff>
+      <xdr:row>626</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="238" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="1428571"/>
+          <a:ext cx="540000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>629</xdr:row>
+      <xdr:row>633</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>540000</xdr:colOff>
-      <xdr:row>629</xdr:row>
+      <xdr:colOff>684000</xdr:colOff>
+      <xdr:row>633</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="239" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="540000" cy="1428571"/>
+          <a:ext cx="684000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>636</xdr:row>
+      <xdr:row>634</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>684000</xdr:colOff>
-      <xdr:row>636</xdr:row>
+      <xdr:row>634</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="240" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId240"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="684000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>637</xdr:row>
+      <xdr:row>635</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>684000</xdr:colOff>
-      <xdr:row>637</xdr:row>
+      <xdr:colOff>648000</xdr:colOff>
+      <xdr:row>635</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="684000" cy="1428571"/>
+          <a:ext cx="648000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>638</xdr:row>
+      <xdr:row>636</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>648000</xdr:colOff>
-      <xdr:row>638</xdr:row>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>636</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="242" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="648000" cy="1428571"/>
+          <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>639</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>639</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="243" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="990476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>648</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>648</xdr:row>
+      <xdr:rowOff>809523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="809523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>650</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>650</xdr:row>
+      <xdr:rowOff>838095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="838095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>651</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>540000</xdr:colOff>
+      <xdr:row>651</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="540000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>653</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1152000</xdr:colOff>
+      <xdr:row>653</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1152000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>659</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>659</xdr:row>
+      <xdr:rowOff>1171428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1171428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>660</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>660</xdr:row>
+      <xdr:rowOff>990476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="990476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>663</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>663</xdr:row>
+      <xdr:rowOff>857142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="857142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>665</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>665</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>642</xdr:row>
-[...302 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>668</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:colOff>864000</xdr:colOff>
       <xdr:row>668</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="252" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1080000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>672</xdr:row>
+      <xdr:row>669</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>672</xdr:row>
+      <xdr:row>669</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="253" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId254"/>
+        <a:blip r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>675</xdr:row>
+      <xdr:row>672</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>675</xdr:row>
+      <xdr:row>672</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>674</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>674</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="255" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1224000" cy="1428571"/>
+          <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>677</xdr:row>
+      <xdr:row>676</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>677</xdr:row>
+      <xdr:colOff>684000</xdr:colOff>
+      <xdr:row>676</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="256" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1008000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="684000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>680</xdr:row>
+      <xdr:row>677</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>680</xdr:row>
+      <xdr:row>677</xdr:row>
       <xdr:rowOff>1104761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="257" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId258"/>
+        <a:blip r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>682</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>756000</xdr:colOff>
+      <xdr:row>682</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="756000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>685</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>756000</xdr:colOff>
+      <xdr:colOff>1116000</xdr:colOff>
       <xdr:row>685</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="259" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="756000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>689</xdr:row>
+      <xdr:row>686</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>689</xdr:row>
+      <xdr:row>686</xdr:row>
       <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="261" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="260" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId261"/>
+        <a:blip r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>693</xdr:row>
+      <xdr:row>690</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>693</xdr:row>
+      <xdr:row>690</xdr:row>
       <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="262" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="261" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId262"/>
+        <a:blip r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>694</xdr:row>
+      <xdr:row>691</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>694</xdr:row>
+      <xdr:row>691</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="263" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="262" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId263"/>
+        <a:blip r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>695</xdr:row>
+      <xdr:row>692</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>695</xdr:row>
+      <xdr:row>692</xdr:row>
       <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="264" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="263" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId264"/>
+        <a:blip r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>696</xdr:row>
+      <xdr:row>693</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>696</xdr:row>
+      <xdr:row>693</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="265" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="264" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId265"/>
+        <a:blip r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>697</xdr:row>
+      <xdr:row>694</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>697</xdr:row>
+      <xdr:row>694</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="266" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="265" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId266"/>
+        <a:blip r:embed="rId265"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>699</xdr:row>
+      <xdr:row>696</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>699</xdr:row>
+      <xdr:row>696</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="267" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="266" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId267"/>
+        <a:blip r:embed="rId266"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>697</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>900000</xdr:colOff>
+      <xdr:row>697</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="900000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>700</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>900000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>700</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="268" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId268"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="900000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>703</xdr:row>
+      <xdr:row>704</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>703</xdr:row>
+      <xdr:colOff>720000</xdr:colOff>
+      <xdr:row>704</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="269" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="720000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>707</xdr:row>
+      <xdr:row>705</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>720000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>705</xdr:row>
+      <xdr:rowOff>657142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="270" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId270"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="657142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>706</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>864000</xdr:colOff>
+      <xdr:row>706</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="271" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId271"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="864000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>713</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>713</xdr:row>
+      <xdr:rowOff>1133333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="272" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId272"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1133333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>714</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1152000</xdr:colOff>
+      <xdr:row>714</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="273" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId273"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1152000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>715</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>720000</xdr:colOff>
+      <xdr:row>715</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="274" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId274"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="720000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>708</xdr:row>
+      <xdr:row>717</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>657142</xdr:rowOff>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>717</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="271" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="275" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId271"/>
+        <a:blip r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="657142"/>
+          <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>709</xdr:row>
+      <xdr:row>719</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>709</xdr:row>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>719</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="272" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="276" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId272"/>
+        <a:blip r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>723</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>723</xdr:row>
+      <xdr:rowOff>723809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="277" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId277"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="723809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>724</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>576000</xdr:colOff>
+      <xdr:row>724</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="576000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>728</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>728</xdr:row>
+      <xdr:rowOff>1409523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="279" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId279"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1409523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>729</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1044000</xdr:colOff>
+      <xdr:row>729</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="280" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1044000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>730</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>792000</xdr:colOff>
+      <xdr:row>730</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="792000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>731</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>864000</xdr:colOff>
+      <xdr:row>731</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId282"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>716</xdr:row>
+      <xdr:row>740</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1133333</xdr:rowOff>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>740</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="273" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="283" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId273"/>
-[...113 lines deleted...]
-        <a:blip r:embed="rId276"/>
+        <a:blip r:embed="rId283"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>722</xdr:row>
+      <xdr:row>745</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1188000</xdr:colOff>
-[...36 lines deleted...]
-      <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>726</xdr:row>
-[...228 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>745</xdr:row>
+      <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="284" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId284"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1332000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>748</xdr:row>
+      <xdr:row>747</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>748</xdr:row>
+      <xdr:row>747</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="285" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId285"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>750</xdr:row>
+      <xdr:row>748</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>750</xdr:row>
-      <xdr:rowOff>1390476</xdr:rowOff>
+      <xdr:row>748</xdr:row>
+      <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="286" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId286"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>755</xdr:row>
+      <xdr:row>752</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>755</xdr:row>
+      <xdr:row>752</xdr:row>
       <xdr:rowOff>838095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="288" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="287" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId288"/>
+        <a:blip r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="838095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>757</xdr:row>
+      <xdr:row>754</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>757</xdr:row>
+      <xdr:row>754</xdr:row>
       <xdr:rowOff>1190476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="289" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="288" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId289"/>
+        <a:blip r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>758</xdr:row>
+      <xdr:row>755</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>758</xdr:row>
+      <xdr:row>755</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="290" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="289" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId290"/>
+        <a:blip r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>763</xdr:row>
+      <xdr:row>760</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>763</xdr:row>
+      <xdr:row>760</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="290" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId290"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="864000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>762</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>936000</xdr:colOff>
+      <xdr:row>762</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="291" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="864000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>768</xdr:row>
+      <xdr:row>765</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>768</xdr:row>
+      <xdr:row>765</xdr:row>
       <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="293" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="292" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId293"/>
+        <a:blip r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>769</xdr:row>
+      <xdr:row>766</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>769</xdr:row>
+      <xdr:row>766</xdr:row>
       <xdr:rowOff>914285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="294" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="293" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId294"/>
+        <a:blip r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>772</xdr:row>
+      <xdr:row>769</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>772</xdr:row>
+      <xdr:row>769</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="294" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId294"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>770</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>972000</xdr:colOff>
+      <xdr:row>770</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="295" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1008000" cy="1428571"/>
+          <a:ext cx="972000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>773</xdr:row>
+      <xdr:row>771</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>972000</xdr:colOff>
-      <xdr:row>773</xdr:row>
+      <xdr:row>771</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="296" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="972000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>774</xdr:row>
+      <xdr:row>772</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>972000</xdr:colOff>
-      <xdr:row>774</xdr:row>
+      <xdr:row>772</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="297" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="972000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>775</xdr:row>
+      <xdr:row>781</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>972000</xdr:colOff>
-      <xdr:row>775</xdr:row>
+      <xdr:colOff>900000</xdr:colOff>
+      <xdr:row>781</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="298" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="972000" cy="1428571"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="900000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>791</xdr:row>
+      <xdr:row>788</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>791</xdr:row>
+      <xdr:row>788</xdr:row>
       <xdr:rowOff>1419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="300" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="299" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId300"/>
+        <a:blip r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>797</xdr:row>
+      <xdr:row>794</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>797</xdr:row>
+      <xdr:row>794</xdr:row>
       <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="301" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="300" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId301"/>
+        <a:blip r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>798</xdr:row>
+      <xdr:row>795</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>798</xdr:row>
+      <xdr:row>795</xdr:row>
       <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="302" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="301" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId302"/>
+        <a:blip r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>799</xdr:row>
+      <xdr:row>796</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>799</xdr:row>
+      <xdr:row>796</xdr:row>
+      <xdr:rowOff>409523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="302" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId302"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="409523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>797</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>797</xdr:row>
       <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="303" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>801</xdr:row>
+      <xdr:row>799</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>801</xdr:row>
+      <xdr:row>799</xdr:row>
       <xdr:rowOff>695238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="304" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="695238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>804</xdr:row>
+      <xdr:row>802</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>804</xdr:row>
+      <xdr:row>802</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="305" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>806</xdr:row>
+      <xdr:row>804</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>806</xdr:row>
+      <xdr:row>804</xdr:row>
       <xdr:rowOff>876190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="306" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>808</xdr:row>
+      <xdr:row>806</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>808</xdr:row>
+      <xdr:row>806</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="307" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>811</xdr:row>
+      <xdr:row>809</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>811</xdr:row>
+      <xdr:row>809</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="308" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>816</xdr:row>
+      <xdr:row>814</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>816</xdr:row>
+      <xdr:row>814</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="309" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>817</xdr:row>
+      <xdr:row>815</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>817</xdr:row>
+      <xdr:row>815</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="310" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>823</xdr:row>
+      <xdr:row>821</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>823</xdr:row>
+      <xdr:row>821</xdr:row>
       <xdr:rowOff>838095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="311" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="838095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>824</xdr:row>
+      <xdr:row>822</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>824</xdr:row>
+      <xdr:row>822</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="312" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>826</xdr:row>
+      <xdr:row>824</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>826</xdr:row>
+      <xdr:row>824</xdr:row>
       <xdr:rowOff>695238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="313" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId313"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="695238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>831</xdr:row>
+      <xdr:row>829</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>831</xdr:row>
+      <xdr:row>829</xdr:row>
       <xdr:rowOff>676190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="314" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="676190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>832</xdr:row>
+      <xdr:row>830</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>832</xdr:row>
+      <xdr:row>830</xdr:row>
       <xdr:rowOff>504761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="315" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="504761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>840</xdr:row>
+      <xdr:row>838</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>840</xdr:row>
+      <xdr:row>838</xdr:row>
       <xdr:rowOff>600000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="316" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId316"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>841</xdr:row>
+      <xdr:row>839</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>841</xdr:row>
+      <xdr:row>839</xdr:row>
       <xdr:rowOff>466666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="317" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId317"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="466666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>842</xdr:row>
+      <xdr:row>840</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>842</xdr:row>
+      <xdr:row>840</xdr:row>
       <xdr:rowOff>580952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="318" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId318"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="580952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>843</xdr:row>
+      <xdr:row>841</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>843</xdr:row>
+      <xdr:row>841</xdr:row>
       <xdr:rowOff>714285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="319" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId319"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="714285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>844</xdr:row>
+      <xdr:row>842</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>844</xdr:row>
+      <xdr:row>842</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="320" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId320"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>845</xdr:row>
+      <xdr:row>843</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>845</xdr:row>
+      <xdr:row>843</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="321" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId321"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>846</xdr:row>
+      <xdr:row>844</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>846</xdr:row>
+      <xdr:row>844</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="322" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId322"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>852</xdr:row>
+      <xdr:row>850</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>852</xdr:row>
+      <xdr:row>850</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="323" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId323"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>853</xdr:row>
+      <xdr:row>851</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>853</xdr:row>
+      <xdr:row>851</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="324" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId324"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>855</xdr:row>
+      <xdr:row>853</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>855</xdr:row>
+      <xdr:row>853</xdr:row>
       <xdr:rowOff>714285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="325" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId325"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="714285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>857</xdr:row>
+      <xdr:row>855</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>857</xdr:row>
+      <xdr:row>855</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="326" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId326"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>858</xdr:row>
+      <xdr:row>856</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>858</xdr:row>
+      <xdr:row>856</xdr:row>
       <xdr:rowOff>733333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="327" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId327"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="733333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>861</xdr:row>
+      <xdr:row>859</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>861</xdr:row>
+      <xdr:row>859</xdr:row>
       <xdr:rowOff>600000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="328" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId328"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>864</xdr:row>
+      <xdr:row>862</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>864</xdr:row>
+      <xdr:row>862</xdr:row>
       <xdr:rowOff>676190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="329" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId329"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="676190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>865</xdr:row>
+      <xdr:row>863</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>684000</xdr:colOff>
-      <xdr:row>865</xdr:row>
+      <xdr:row>863</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="330" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId330"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="684000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>868</xdr:row>
+      <xdr:row>866</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>868</xdr:row>
+      <xdr:row>866</xdr:row>
       <xdr:rowOff>1238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="331" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId331"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>871</xdr:row>
+      <xdr:row>869</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>871</xdr:row>
+      <xdr:row>869</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="332" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId332"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>876</xdr:row>
+      <xdr:row>874</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>876</xdr:row>
+      <xdr:row>874</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="333" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId333"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>878</xdr:row>
+      <xdr:row>876</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>878</xdr:row>
+      <xdr:row>876</xdr:row>
       <xdr:rowOff>219047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="334" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId334"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="219047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>880</xdr:row>
+      <xdr:row>878</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>880</xdr:row>
+      <xdr:row>878</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="335" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId335"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>881</xdr:row>
+      <xdr:row>879</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>881</xdr:row>
+      <xdr:row>879</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="336" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId336"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>882</xdr:row>
+      <xdr:row>880</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>882</xdr:row>
+      <xdr:row>880</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="337" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId337"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>883</xdr:row>
+      <xdr:row>881</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>883</xdr:row>
+      <xdr:row>881</xdr:row>
       <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="338" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId338"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>885</xdr:row>
+      <xdr:row>883</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>885</xdr:row>
+      <xdr:row>883</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="339" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId339"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>886</xdr:row>
+      <xdr:row>884</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>886</xdr:row>
+      <xdr:row>884</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="340" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId340"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>887</xdr:row>
+      <xdr:row>885</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>887</xdr:row>
+      <xdr:row>885</xdr:row>
       <xdr:rowOff>152380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="341" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId341"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>888</xdr:row>
+      <xdr:row>886</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>888</xdr:row>
+      <xdr:row>886</xdr:row>
       <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="342" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId342"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>889</xdr:row>
+      <xdr:row>887</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>889</xdr:row>
+      <xdr:row>887</xdr:row>
       <xdr:rowOff>457142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="343" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId343"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>895</xdr:row>
+      <xdr:row>893</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>895</xdr:row>
+      <xdr:row>893</xdr:row>
       <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="344" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>897</xdr:row>
+      <xdr:row>895</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>897</xdr:row>
+      <xdr:row>895</xdr:row>
       <xdr:rowOff>866666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="345" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="866666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>902</xdr:row>
+      <xdr:row>900</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>902</xdr:row>
+      <xdr:row>900</xdr:row>
       <xdr:rowOff>1257142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="346" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId346"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1257142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>905</xdr:row>
+      <xdr:row>903</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>905</xdr:row>
+      <xdr:row>903</xdr:row>
       <xdr:rowOff>1152380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="347" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId347"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>906</xdr:row>
+      <xdr:row>904</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>906</xdr:row>
+      <xdr:row>904</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="348" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId348"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>912</xdr:row>
+      <xdr:row>910</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>912</xdr:row>
+      <xdr:row>910</xdr:row>
       <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="349" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId349"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>917</xdr:row>
+      <xdr:row>915</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>917</xdr:row>
+      <xdr:row>915</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="350" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId350"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>918</xdr:row>
+      <xdr:row>916</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>918</xdr:row>
+      <xdr:row>916</xdr:row>
       <xdr:rowOff>183825</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="351" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId351"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="183825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>920</xdr:row>
+      <xdr:row>918</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>920</xdr:row>
+      <xdr:row>918</xdr:row>
       <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="352" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>926</xdr:row>
+      <xdr:row>924</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>926</xdr:row>
+      <xdr:row>924</xdr:row>
       <xdr:rowOff>152683</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="353" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId353"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="152683"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>927</xdr:row>
+      <xdr:row>925</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>927</xdr:row>
+      <xdr:row>925</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="354" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId354"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>929</xdr:row>
+      <xdr:row>927</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>929</xdr:row>
+      <xdr:row>927</xdr:row>
       <xdr:rowOff>485714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="355" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId355"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>930</xdr:row>
+      <xdr:row>928</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>930</xdr:row>
+      <xdr:row>928</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="356" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId356"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>932</xdr:row>
+      <xdr:row>930</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>612000</xdr:colOff>
-      <xdr:row>932</xdr:row>
+      <xdr:row>930</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="357" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId357"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="612000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>933</xdr:row>
+      <xdr:row>931</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
-      <xdr:row>933</xdr:row>
+      <xdr:row>931</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="358" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId358"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="900000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>934</xdr:row>
+      <xdr:row>932</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>934</xdr:row>
+      <xdr:row>932</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="359" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId359"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>936</xdr:row>
+      <xdr:row>934</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>936</xdr:row>
+      <xdr:row>934</xdr:row>
       <xdr:rowOff>1419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="360" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>943</xdr:row>
+      <xdr:row>941</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>943</xdr:row>
+      <xdr:row>941</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="361" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId361"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>944</xdr:row>
+      <xdr:row>942</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>944</xdr:row>
+      <xdr:row>942</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="362" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId362"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>946</xdr:row>
+      <xdr:row>944</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>946</xdr:row>
+      <xdr:row>944</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="363" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId363"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>947</xdr:row>
+      <xdr:row>945</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>947</xdr:row>
+      <xdr:row>945</xdr:row>
       <xdr:rowOff>1352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="364" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId364"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>953</xdr:row>
+      <xdr:row>951</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>953</xdr:row>
+      <xdr:row>951</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="365" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId365"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>954</xdr:row>
+      <xdr:row>952</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>954</xdr:row>
+      <xdr:row>952</xdr:row>
       <xdr:rowOff>1333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="366" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId366"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>957</xdr:row>
+      <xdr:row>955</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>957</xdr:row>
+      <xdr:row>955</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="367" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId367"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>967</xdr:row>
+      <xdr:row>965</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>967</xdr:row>
+      <xdr:row>965</xdr:row>
       <xdr:rowOff>1238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="368" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId368"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>968</xdr:row>
+      <xdr:row>966</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>968</xdr:row>
+      <xdr:row>966</xdr:row>
       <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="369" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId369"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>969</xdr:row>
+      <xdr:row>967</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>969</xdr:row>
+      <xdr:row>967</xdr:row>
       <xdr:rowOff>1133333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="370" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId370"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1133333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>972</xdr:row>
+      <xdr:row>970</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>972</xdr:row>
+      <xdr:row>970</xdr:row>
       <xdr:rowOff>1104761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="371" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId371"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>974</xdr:row>
+      <xdr:row>972</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>974</xdr:row>
+      <xdr:row>972</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="372" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId372"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>975</xdr:row>
+      <xdr:row>973</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>975</xdr:row>
+      <xdr:row>973</xdr:row>
       <xdr:rowOff>619047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="373" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId373"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="619047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>978</xdr:row>
+      <xdr:row>976</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>978</xdr:row>
+      <xdr:row>976</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="374" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId374"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>979</xdr:row>
+      <xdr:row>977</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>979</xdr:row>
+      <xdr:row>977</xdr:row>
       <xdr:rowOff>1104761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="375" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId375"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1104761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>982</xdr:row>
+      <xdr:row>980</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>982</xdr:row>
+      <xdr:row>980</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="376" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId376"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -16787,107 +16787,107 @@
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="9" customHeight="true" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>166055</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>HI-C</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="10" customHeight="true" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>166057</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>MINUTE MAID</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="11" customHeight="true" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>166058</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>SPRITE</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="12" customHeight="true" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>172526</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>COCA-COLA</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
@@ -17168,26966 +17168,26966 @@
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>COCA-COLA</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="23" customHeight="true" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>240055</t>
+          <t>242421</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
+          <t>AQUARIUS</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" customHeight="true" ht="140.0">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>256681</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>BONAQA</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="true" ht="140.0">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>259966</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" customHeight="true" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>292810</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
           <t>LEED</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" customHeight="true" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>293717</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="true" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>315652</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>RECHARGE</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="true" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>319996</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>LIFT</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="true" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>321982</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>MELLO YELLO</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="true" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>333812</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>337300</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>337301</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>343247</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>FIVE ALIVE</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>357330</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="true" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>357331</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="true" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>357332</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="true" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>357333</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="true" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>357334</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="true" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>357335</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>357336</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>357337</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>357338</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>357339</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>357340</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>357341</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>357342</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>357343</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>357344</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>357345</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>357346</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>357347</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="true" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>357348</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>357349</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>357350</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>357351</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>357352</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>357353</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>378669</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>379996</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>BUDDY</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="true" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>384413</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="true" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>384414</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="true" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>385315</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>DIET
+COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="true" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>385318</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>DIET COKE</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="true" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>398098</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="true" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>398099</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="true" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>398981</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>FROZEN COCA COLA</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="true" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>398982</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>FROZEN COKE</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="true" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>398983</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>FROZEN COCA COLA</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="true" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>398984</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>FROZEN COKE</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="true" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>419165</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="true" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>428104</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="true" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>428105</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="true" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>433934</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>CHERRY COKE</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="true" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>433935</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>CHERRY COKE</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="true" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>433936</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>CHERRY COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="true" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>433937</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>CHERRY COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="true" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>438021</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="true" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>456864</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>"PICCADILLY NATURAL SPRINGS"</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="true" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>502630</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>AQUA-VITALE</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D24" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="true" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>508432</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>PALM SPRINGS</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="true" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>508433</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>PALM SPRINGS</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="true" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>509362</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>WATER MAN</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="true" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>529928</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D25" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="true" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>532152</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>ENJOY COKE</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D26" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="true" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>540047</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>DIET LIFT</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D27" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="true" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>563982</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>PICCADILLY SPRINGS</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="true" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>566685</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="true" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>573691</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>KIWI BLUE</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="true" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>578420</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>LEMON &amp; PAEROA</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="true" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>578421</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;P LEMON &amp; PAEROA</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="true" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>579372</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="true" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>580669</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>AQUA VITAL SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="true" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>596372</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>TAB clear</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="true" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>610972</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="true" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>612660</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="true" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>618954</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>AQUA VITAL</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="true" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>619042</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>AQUA VITAL</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="true" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>622957</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>FRUITOPIA</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="true" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>625741</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>AQUARIUS</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="true" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>630888</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>POWER TO PERFORM</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="true" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>631514</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>OBEY YOUR THIRST</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="true" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>633938</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>BONAQUA</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="true" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>635022</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="true" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>635023</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="true" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>635024</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>DIET COKE</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="true" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>635025</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="true" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>646497</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>FRUITOPIA</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="true" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>671722</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>MOUNTAIN BLAST</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" customHeight="true" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>703279</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>SURGE</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C28" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="true" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>718484</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>POWER SHOTS</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="true" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>721368</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>GREEN MOUNTAIN SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>32, 42</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="true" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>767355</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D29" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="true" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>804644</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D30" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="true" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>806728</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D31" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="true" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>812147</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D32" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="true" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>812511</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D33" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="true" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>812512</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D34" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="true" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>814233</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>RECHARGE</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D35" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="true" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>829385</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>AdeS</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D36" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="true" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>831852</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D37" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="true" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>833803</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>Goodness Me</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D38" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>5, 32</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="true" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>835557</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>FRIDGE MATE</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D39" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>16, 32</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" customHeight="true" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>843628</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>PUMP</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D40" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" customHeight="true" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>869109</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>FRUITOPIA</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D41" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" customHeight="true" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>871462</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>PLANET JAVA</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D42" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" customHeight="true" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>877676</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D43" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" customHeight="true" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>878842</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>ALIVE</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D44" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" customHeight="true" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>884607</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>KERI</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D45" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F129" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" customHeight="true" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>884614</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>LOADED</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D46" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" customHeight="true" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>884615</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>THEXTONS</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D47" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" customHeight="true" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>885869</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>DASANI</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D48" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" customHeight="true" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>887894</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>PALM SPRINGS NATURAL SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D49" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F133" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" customHeight="true" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>898943</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>PUMP</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D50" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" customHeight="true" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>918666</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>SpringWell</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D51" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" customHeight="true" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>919798</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>Just Pumped</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D52" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" customHeight="true" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>923018</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>AQUARIUS</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D53" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F137" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" customHeight="true" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>937548</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>QOO</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D54" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>25, 32</t>
+        </is>
+      </c>
+      <c r="F138" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" customHeight="true" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>940053</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C55" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F139" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" customHeight="true" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>940056</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>COCA-COLA</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D56" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" customHeight="true" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>940058</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D57" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>25, 28</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" customHeight="true" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>940059</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D58" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>25, 28</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="true" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>940060</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C59" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" customHeight="true" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>941588</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t>COCA-COLA</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D60" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F144" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" customHeight="true" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>944613</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D61" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F145" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" customHeight="true" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>944614</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D62" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" customHeight="true" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>959476</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D63" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F147" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" customHeight="true" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>959805</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>ENJOY COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="D64" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F148" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" customHeight="true" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>985950</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>AMORINO</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D65" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" customHeight="true" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>988822</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>PICCADILLY</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D66" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" customHeight="true" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>1019354</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D67" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" customHeight="true" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>1041607</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D68" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" customHeight="true" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>1043993</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D69" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F153" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" customHeight="true" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>1055635</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D70" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" customHeight="true" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>1057210</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D71" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" customHeight="true" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>1066353</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>Vivere</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F71" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D72" s="1" t="inlineStr">
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" customHeight="true" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>1066362</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>Davanti</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" customHeight="true" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>1067355</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>Romanza</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F158" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" customHeight="true" ht="140.0">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>1073424</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ZERO</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F159" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" customHeight="true" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>1075710</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>FANTA ZERO</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D73" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" customHeight="true" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>1077259</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA SIGNATURE LINE</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" customHeight="true" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>1077260</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA BRAND SIGNATURE LINE</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>20, 21</t>
+        </is>
+      </c>
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" customHeight="true" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>1078375</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE ZERO</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D74" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="true" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>1078376</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>FANTA ZERO</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" customHeight="true" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>1078378</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ZERO</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" customHeight="true" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>1078379</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE ZERO</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" customHeight="true" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>1079841</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>THE COCA COLA COMPANY A WORLD REFRESHMENT COCA COLA FANTA SPRITE
+FRUITOPIA PUMP POWERADE NEVERFAIL COCA COLA ZERO DIET COKE</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" customHeight="true" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>1082737</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>CAFE DIRECT</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>9, 35</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" customHeight="true" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>1086600</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>EUROMA</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>9, 30, 35</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" customHeight="true" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>1089407</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>GIANCARLO GRINDERS SIGNATURE BLEND 1962</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" customHeight="true" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>1093545</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL THE MINI SPRING</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F171" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" customHeight="true" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>1096960</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE SPORTS ENERGY</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" customHeight="true" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>1106577</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>PUMPED</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" customHeight="true" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>1110644</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>HEALTHWORKS</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D75" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>5, 29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" customHeight="true" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>1115739</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>MINUTE MAID</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D76" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" customHeight="true" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>1116766</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>THE COKE SIDE OF LIFE</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D77" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" customHeight="true" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>1118169</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>MANDARIN PREP PUMPED</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D78" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F177" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" customHeight="true" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>1118398</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>LEMON FIX PUMPED</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D79" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" customHeight="true" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>1126527</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>HEALTHWORKS</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D80" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F179" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" customHeight="true" ht="140.0">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>1126529</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>NON ROMAN CHARACTERS</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>5, 29, 30, 32, 35, 41, 43, 44</t>
+        </is>
+      </c>
+      <c r="F180" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" customHeight="true" ht="140.0">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>1126534</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>REAL TASTE ZERO SUGAR</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F181" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" customHeight="true" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>1128210</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>ALL SASS. NO SUGAR.</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" customHeight="true" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>1132035</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>PICCADILLY THE MINI SPRING</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" customHeight="true" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>1133397</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>GOODNESS ME</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>5, 32</t>
+        </is>
+      </c>
+      <c r="F184" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" customHeight="true" ht="140.0">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>1138782</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>32, 41, 44</t>
+        </is>
+      </c>
+      <c r="F185" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" customHeight="true" ht="140.0">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>1139699</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL WATER SOLUTIONS</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F186" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" customHeight="true" ht="140.0">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>1139701</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>PICCADILLY WATER SOLUTIONS</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" customHeight="true" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>1140198</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>PUMPED ENHANCED HYDRATION</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" customHeight="true" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>1140199</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>PUMP IT UP</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" customHeight="true" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>1143422</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>BRAND VALUE BRAND LOVE</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>16, 41</t>
+        </is>
+      </c>
+      <c r="F190" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" customHeight="true" ht="140.0">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>1143423</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>DNA BRAND MARKETING MODEL</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F191" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" customHeight="true" ht="140.0">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>1158081</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F192" s="1" t="inlineStr">
+        <is>
+          <t>THE COCA-COLA COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" customHeight="true" ht="140.0">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>1160893</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D81" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F193" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" customHeight="true" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>1160894</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D82" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" customHeight="true" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>1161967</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>HAPPINESS FACTORY</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F195" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" customHeight="true" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>1163749</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>PICCADILLY WATER SOLUTIONS</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" customHeight="true" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>1163820</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F197" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" customHeight="true" ht="140.0">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>1169653</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F198" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" customHeight="true" ht="140.0">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>1169655</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F199" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" customHeight="true" ht="140.0">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>1169656</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" customHeight="true" ht="140.0">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>1169657</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA THE GENUINE MIX</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>32, 33</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" customHeight="true" ht="140.0">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>1169916</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>AQUA VITAL WATER FILTER</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F202" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" customHeight="true" ht="140.0">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>1171273</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F203" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" customHeight="true" ht="140.0">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>1172405</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F204" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" customHeight="true" ht="140.0">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>1179743</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE EDGE</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" customHeight="true" ht="140.0">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>1179744</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE RECOVERY</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" customHeight="true" ht="140.0">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>1193928</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL...THE WAY NATURE INTENDED IT TO BE</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>32, 35</t>
+        </is>
+      </c>
+      <c r="F207" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" customHeight="true" ht="140.0">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>1219480</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>TABOO SINFULLY DELICIOUS</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F208" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" customHeight="true" ht="140.0">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>1230389</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>STAY PUMPED</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" customHeight="true" ht="140.0">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>1231304</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL WATER SOLUTIONS</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F210" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" customHeight="true" ht="140.0">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>1236812</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F211" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" customHeight="true" ht="140.0">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>1237058</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>REVITALISE YOUR TAP WATER WITH AQUA VITAL</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" customHeight="true" ht="140.0">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>1249229</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>NORDIC MIST</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F213" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" customHeight="true" ht="140.0">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>1254665</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F214" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" customHeight="true" ht="140.0">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>1259722</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY DAIRY CO</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F215" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" customHeight="true" ht="140.0">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>1278145</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F216" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" customHeight="true" ht="140.0">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>1294262</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>GRIP + GO</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F217" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" customHeight="true" ht="140.0">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>1300201</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t>FRUIT FIZZ 65% FRUIT JUICE DRINK</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F218" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" customHeight="true" ht="140.0">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>1307829</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>START WITH SOMETHING GOOD</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F219" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" customHeight="true" ht="140.0">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>1312019</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>MINUTE MAID</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F220" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" customHeight="true" ht="140.0">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>1313250</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>PLANTBOTTLE</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>21, 30, 32</t>
+        </is>
+      </c>
+      <c r="F221" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" customHeight="true" ht="140.0">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>1314807</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>X ION4 ADVANCED ELECTROLYTE SYSTEM</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F222" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" customHeight="true" ht="140.0">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>1314808</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>X ION4</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F223" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" customHeight="true" ht="140.0">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>1314809</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>ION4</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F224" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" customHeight="true" ht="140.0">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>1316642</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>AMITA</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F225" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola HBC Services MEPE</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" customHeight="true" ht="140.0">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>1320929</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>PEACE TEA</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F226" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" customHeight="true" ht="140.0">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>1322468</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>NUTRI GOOD</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>5, 29, 32</t>
+        </is>
+      </c>
+      <c r="F227" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" customHeight="true" ht="140.0">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>1322683</t>
+        </is>
+      </c>
+      <c r="C228" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>21, 30, 32</t>
+        </is>
+      </c>
+      <c r="F228" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" customHeight="true" ht="140.0">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>1329353</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY FRUITY DRINK</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F229" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" customHeight="true" ht="140.0">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>1337379</t>
+        </is>
+      </c>
+      <c r="C230" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE POWER STATION</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F230" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" customHeight="true" ht="140.0">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>1337380</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>KEEP PLAYING</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F231" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" customHeight="true" ht="140.0">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>1339153</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE SWEAT SESSIONS</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F232" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" customHeight="true" ht="140.0">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>1339449</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F233" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" customHeight="true" ht="140.0">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>1342898</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>FOUR DEGREES</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F234" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" customHeight="true" ht="140.0">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>1347072</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>LIFT</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F235" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" customHeight="true" ht="140.0">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>1357046</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>POWER ADE</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F236" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" customHeight="true" ht="140.0">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>1360795</t>
+        </is>
+      </c>
+      <c r="C237" s="1" t="inlineStr">
+        <is>
+          <t>Simplicitea</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F237" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" customHeight="true" ht="140.0">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>1363702</t>
+        </is>
+      </c>
+      <c r="C238" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY QUENCHER</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F238" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" customHeight="true" ht="140.0">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>1365381</t>
+        </is>
+      </c>
+      <c r="C239" s="1" t="inlineStr">
+        <is>
+          <t>R ROMANZA</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F239" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" customHeight="true" ht="140.0">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>1367718</t>
+        </is>
+      </c>
+      <c r="C240" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE ORGANIC BLEND</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F240" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" customHeight="true" ht="140.0">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>1377998</t>
+        </is>
+      </c>
+      <c r="C241" s="1" t="inlineStr">
+        <is>
+          <t>PUREPOUR TECHNOLOGY</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F241" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" customHeight="true" ht="140.0">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>1396840</t>
+        </is>
+      </c>
+      <c r="C242" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>32, 35</t>
+        </is>
+      </c>
+      <c r="F242" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" customHeight="true" ht="140.0">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>1397466</t>
+        </is>
+      </c>
+      <c r="C243" s="1" t="inlineStr">
+        <is>
+          <t>Temple Tea Co</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F243" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" customHeight="true" ht="140.0">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>1399381</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>QUICK TAP</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F244" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" customHeight="true" ht="140.0">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>1399535</t>
+        </is>
+      </c>
+      <c r="C245" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E245" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F245" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" customHeight="true" ht="140.0">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>1400103</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E246" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F246" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" customHeight="true" ht="140.0">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>1401036</t>
+        </is>
+      </c>
+      <c r="C247" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>21, 25</t>
+        </is>
+      </c>
+      <c r="F247" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" customHeight="true" ht="140.0">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>1402057</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t>SIMPLI CITEA</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F248" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="249" customHeight="true" ht="140.0">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>1402359</t>
+        </is>
+      </c>
+      <c r="C249" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F249" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" customHeight="true" ht="140.0">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>1405162</t>
+        </is>
+      </c>
+      <c r="C250" s="1" t="inlineStr">
+        <is>
+          <t>MAKE IT POSSIBLE</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F250" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" customHeight="true" ht="140.0">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>1413700</t>
+        </is>
+      </c>
+      <c r="C251" s="1" t="inlineStr">
+        <is>
+          <t>ICE UP</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>9, 32</t>
+        </is>
+      </c>
+      <c r="F251" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="252" customHeight="true" ht="140.0">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>1415050</t>
+        </is>
+      </c>
+      <c r="C252" s="1" t="inlineStr">
+        <is>
+          <t>PEACE TEA</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F252" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="253" customHeight="true" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>1426338</t>
+        </is>
+      </c>
+      <c r="C253" s="1" t="inlineStr">
+        <is>
+          <t>MIX IT REAL</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F253" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" customHeight="true" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>1426773</t>
+        </is>
+      </c>
+      <c r="C254" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E254" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F254" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="255" customHeight="true" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>1430419</t>
+        </is>
+      </c>
+      <c r="C255" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E255" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F255" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="256" customHeight="true" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>1432820</t>
+        </is>
+      </c>
+      <c r="C256" s="1" t="inlineStr">
+        <is>
+          <t>CCA</t>
+        </is>
+      </c>
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E256" s="1" t="inlineStr">
+        <is>
+          <t>9, 29, 32, 33, 35</t>
+        </is>
+      </c>
+      <c r="F256" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="257" customHeight="true" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>1433584</t>
+        </is>
+      </c>
+      <c r="C257" s="1" t="inlineStr">
+        <is>
+          <t>HYDRATION COACH</t>
+        </is>
+      </c>
+      <c r="D257" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E257" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F257" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="258" customHeight="true" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>1451115</t>
+        </is>
+      </c>
+      <c r="C258" s="1" t="inlineStr">
+        <is>
+          <t>TEMPLE TEA CO</t>
+        </is>
+      </c>
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E258" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F258" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" customHeight="true" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>1451116</t>
+        </is>
+      </c>
+      <c r="C259" s="1" t="inlineStr">
+        <is>
+          <t>T TEMPLE TEA CO</t>
+        </is>
+      </c>
+      <c r="D259" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E259" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F259" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" customHeight="true" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>1451120</t>
+        </is>
+      </c>
+      <c r="C260" s="1" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D260" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E260" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F260" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="261" customHeight="true" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>1463141</t>
+        </is>
+      </c>
+      <c r="C261" s="1" t="inlineStr">
+        <is>
+          <t>POWER THROUGH</t>
+        </is>
+      </c>
+      <c r="D261" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E261" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F261" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="262" customHeight="true" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>1464440</t>
+        </is>
+      </c>
+      <c r="C262" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA MOVE TO THE BEAT</t>
+        </is>
+      </c>
+      <c r="D262" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E262" s="1" t="inlineStr">
+        <is>
+          <t>9, 41</t>
+        </is>
+      </c>
+      <c r="F262" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="263" customHeight="true" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>1467832</t>
+        </is>
+      </c>
+      <c r="C263" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE</t>
+        </is>
+      </c>
+      <c r="D263" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E263" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F263" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="264" customHeight="true" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>1478686</t>
+        </is>
+      </c>
+      <c r="C264" s="1" t="inlineStr">
+        <is>
+          <t>NUTRIBOOST</t>
+        </is>
+      </c>
+      <c r="D264" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E264" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F264" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="265" customHeight="true" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>1484393</t>
+        </is>
+      </c>
+      <c r="C265" s="1" t="inlineStr">
+        <is>
+          <t>ICY WHIRL</t>
+        </is>
+      </c>
+      <c r="D265" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E265" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F265" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="266" customHeight="true" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>1484394</t>
+        </is>
+      </c>
+      <c r="C266" s="1" t="inlineStr">
+        <is>
+          <t>FANTA ICY WHIRL</t>
+        </is>
+      </c>
+      <c r="D266" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E266" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F266" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="267" customHeight="true" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>1494169</t>
+        </is>
+      </c>
+      <c r="C267" s="1" t="inlineStr">
+        <is>
+          <t>ICY WHIRL</t>
+        </is>
+      </c>
+      <c r="D267" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E267" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F267" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="268" customHeight="true" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>1513386</t>
+        </is>
+      </c>
+      <c r="C268" s="1" t="inlineStr">
+        <is>
+          <t>HUBERT'S</t>
+        </is>
+      </c>
+      <c r="D268" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E268" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F268" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="269" customHeight="true" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>1513392</t>
+        </is>
+      </c>
+      <c r="C269" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D269" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E269" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F269" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="270" customHeight="true" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>1514163</t>
+        </is>
+      </c>
+      <c r="C270" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D270" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E270" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F270" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="271" customHeight="true" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>1520164</t>
+        </is>
+      </c>
+      <c r="C271" s="1" t="inlineStr">
+        <is>
+          <t>NUTRI BOOST</t>
+        </is>
+      </c>
+      <c r="D271" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E271" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F271" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" customHeight="true" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>1520354</t>
+        </is>
+      </c>
+      <c r="C272" s="1" t="inlineStr">
+        <is>
+          <t>JUST ADD ZERO</t>
+        </is>
+      </c>
+      <c r="D272" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E272" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F272" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" customHeight="true" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>1546471</t>
+        </is>
+      </c>
+      <c r="C273" s="1" t="inlineStr">
+        <is>
+          <t>BARISTA BROS</t>
+        </is>
+      </c>
+      <c r="D273" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E273" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F273" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" customHeight="true" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>1546473</t>
+        </is>
+      </c>
+      <c r="C274" s="1" t="inlineStr">
+        <is>
+          <t>BARISTA BROS</t>
+        </is>
+      </c>
+      <c r="D274" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E274" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F274" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" customHeight="true" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>1546893</t>
+        </is>
+      </c>
+      <c r="C275" s="1" t="inlineStr">
+        <is>
+          <t>FIX COFFEE DOWN TO EARTH</t>
+        </is>
+      </c>
+      <c r="D275" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E275" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F275" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="276" customHeight="true" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>1546913</t>
+        </is>
+      </c>
+      <c r="C276" s="1" t="inlineStr">
+        <is>
+          <t>LEED</t>
+        </is>
+      </c>
+      <c r="D276" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E276" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F276" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="277" customHeight="true" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>1546914</t>
+        </is>
+      </c>
+      <c r="C277" s="1" t="inlineStr">
+        <is>
+          <t>TAB</t>
+        </is>
+      </c>
+      <c r="D277" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E277" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F277" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="278" customHeight="true" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>1557034</t>
+        </is>
+      </c>
+      <c r="C278" s="1" t="inlineStr">
+        <is>
+          <t>PEACE LEMONADE</t>
+        </is>
+      </c>
+      <c r="D278" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E278" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F278" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="279" customHeight="true" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>1573682</t>
+        </is>
+      </c>
+      <c r="C279" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE</t>
+        </is>
+      </c>
+      <c r="D279" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E279" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F279" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="280" customHeight="true" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>1577574</t>
+        </is>
+      </c>
+      <c r="C280" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D280" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E280" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F280" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="281" customHeight="true" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>1577575</t>
+        </is>
+      </c>
+      <c r="C281" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D281" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E281" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F281" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="282" customHeight="true" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>1577576</t>
+        </is>
+      </c>
+      <c r="C282" s="1" t="inlineStr">
+        <is>
+          <t>DIET COKE</t>
+        </is>
+      </c>
+      <c r="D282" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E282" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F282" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="283" customHeight="true" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>1577577</t>
+        </is>
+      </c>
+      <c r="C283" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA LIGHT</t>
+        </is>
+      </c>
+      <c r="D283" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E283" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F283" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="284" customHeight="true" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>1580958</t>
+        </is>
+      </c>
+      <c r="C284" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE</t>
+        </is>
+      </c>
+      <c r="D284" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E284" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F284" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="285" customHeight="true" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>1589610</t>
+        </is>
+      </c>
+      <c r="C285" s="1" t="inlineStr">
+        <is>
+          <t>AUSTRALIAN BITTERS COMPANY AROMATIC BITTERS CRAFTED WITH CARE</t>
+        </is>
+      </c>
+      <c r="D285" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E285" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F285" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="286" customHeight="true" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>1591020</t>
+        </is>
+      </c>
+      <c r="C286" s="1" t="inlineStr">
+        <is>
+          <t>NUTRIBOOST</t>
+        </is>
+      </c>
+      <c r="D286" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E286" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F286" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="287" customHeight="true" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>1604706</t>
+        </is>
+      </c>
+      <c r="C287" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA FREESTYLE</t>
+        </is>
+      </c>
+      <c r="D287" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E287" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F287" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" customHeight="true" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>1649669</t>
+        </is>
+      </c>
+      <c r="C288" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D288" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E288" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F288" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" customHeight="true" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>1722837</t>
+        </is>
+      </c>
+      <c r="C289" s="1" t="inlineStr">
+        <is>
+          <t>VendSwift</t>
+        </is>
+      </c>
+      <c r="D289" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E289" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F289" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="290" customHeight="true" ht="140.0">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>1738815</t>
+        </is>
+      </c>
+      <c r="C290" s="1" t="inlineStr">
+        <is>
+          <t>HAUNT YOUR HOUSE WITH FUN</t>
+        </is>
+      </c>
+      <c r="D290" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E290" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F290" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="291" customHeight="true" ht="140.0">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>1740616</t>
+        </is>
+      </c>
+      <c r="C291" s="1" t="inlineStr">
+        <is>
+          <t>TASTE THE FEELING</t>
+        </is>
+      </c>
+      <c r="D291" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E291" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F291" s="1" t="inlineStr">
+        <is>
+          <t>THE COCA-COLA COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="292" customHeight="true" ht="140.0">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>1741035</t>
+        </is>
+      </c>
+      <c r="C292" s="1" t="inlineStr">
+        <is>
+          <t>EST. 1962 LYGON ST.</t>
+        </is>
+      </c>
+      <c r="D292" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E292" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F292" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="293" customHeight="true" ht="140.0">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>1741039</t>
+        </is>
+      </c>
+      <c r="C293" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE ROASTERS EST. 1962 LYGON ST.</t>
+        </is>
+      </c>
+      <c r="D293" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E293" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F293" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="294" customHeight="true" ht="140.0">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>1741045</t>
+        </is>
+      </c>
+      <c r="C294" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE ROASTERS</t>
+        </is>
+      </c>
+      <c r="D294" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E294" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F294" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="295" customHeight="true" ht="140.0">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>1745376</t>
+        </is>
+      </c>
+      <c r="C295" s="1" t="inlineStr">
+        <is>
+          <t>GOLD PEAK</t>
+        </is>
+      </c>
+      <c r="D295" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E295" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F295" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="296" customHeight="true" ht="140.0">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>1747111</t>
+        </is>
+      </c>
+      <c r="C296" s="1" t="inlineStr">
+        <is>
+          <t>MINUTE MAID</t>
+        </is>
+      </c>
+      <c r="D296" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E296" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F296" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="297" customHeight="true" ht="140.0">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>1750712</t>
+        </is>
+      </c>
+      <c r="C297" s="1" t="inlineStr">
+        <is>
+          <t>THE POWER OF BLUE</t>
+        </is>
+      </c>
+      <c r="D297" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D83" s="1" t="inlineStr">
+      <c r="E297" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F297" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="298" customHeight="true" ht="140.0">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>1750713</t>
+        </is>
+      </c>
+      <c r="C298" s="1" t="inlineStr">
+        <is>
+          <t>THE POWER OF BLUE BLOODS</t>
+        </is>
+      </c>
+      <c r="D298" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D84" s="1" t="inlineStr">
+      <c r="E298" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F298" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="299" customHeight="true" ht="140.0">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>1760165</t>
+        </is>
+      </c>
+      <c r="C299" s="1" t="inlineStr">
+        <is>
+          <t>VIKING</t>
+        </is>
+      </c>
+      <c r="D299" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D85" s="1" t="inlineStr">
+      <c r="E299" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F299" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola European Partners Island ehf.</t>
+        </is>
+      </c>
+    </row>
+    <row r="300" customHeight="true" ht="140.0">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>1760167</t>
+        </is>
+      </c>
+      <c r="C300" s="1" t="inlineStr">
+        <is>
+          <t>VIKING</t>
+        </is>
+      </c>
+      <c r="D300" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C86" s="1" t="inlineStr">
+      <c r="E300" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F300" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola European Partners Island ehf.</t>
+        </is>
+      </c>
+    </row>
+    <row r="301" customHeight="true" ht="140.0">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>1770544</t>
+        </is>
+      </c>
+      <c r="C301" s="1" t="inlineStr">
+        <is>
+          <t>PLANTBOTTLE</t>
+        </is>
+      </c>
+      <c r="D301" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E301" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F301" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="302" customHeight="true" ht="140.0">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>1780118</t>
+        </is>
+      </c>
+      <c r="C302" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D302" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E302" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F302" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="303" customHeight="true" ht="140.0">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>1780622</t>
+        </is>
+      </c>
+      <c r="C303" s="1" t="inlineStr">
+        <is>
+          <t>FANTA WONDERS</t>
+        </is>
+      </c>
+      <c r="D303" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E303" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F303" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="304" customHeight="true" ht="140.0">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>1788324</t>
+        </is>
+      </c>
+      <c r="C304" s="1" t="inlineStr">
+        <is>
+          <t>THE I BRIDGE</t>
+        </is>
+      </c>
+      <c r="D304" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E304" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F304" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="305" customHeight="true" ht="140.0">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>1788326</t>
+        </is>
+      </c>
+      <c r="C305" s="1" t="inlineStr">
+        <is>
+          <t>IN BRIDGE</t>
+        </is>
+      </c>
+      <c r="D305" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E305" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F305" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="306" customHeight="true" ht="140.0">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>1788327</t>
+        </is>
+      </c>
+      <c r="C306" s="1" t="inlineStr">
+        <is>
+          <t>INNO BRIDGE</t>
+        </is>
+      </c>
+      <c r="D306" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E306" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F306" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="307" customHeight="true" ht="140.0">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>1788328</t>
+        </is>
+      </c>
+      <c r="C307" s="1" t="inlineStr">
+        <is>
+          <t>THE COCA-COLA I BRIDGE</t>
+        </is>
+      </c>
+      <c r="D307" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E307" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F307" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="308" customHeight="true" ht="140.0">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>1788329</t>
+        </is>
+      </c>
+      <c r="C308" s="1" t="inlineStr">
+        <is>
+          <t>THEBRIDGE BY COCA COLA</t>
+        </is>
+      </c>
+      <c r="D308" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E308" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F308" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="309" customHeight="true" ht="140.0">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>1788330</t>
+        </is>
+      </c>
+      <c r="C309" s="1" t="inlineStr">
+        <is>
+          <t>THE COCA-COLA BRIDGE</t>
+        </is>
+      </c>
+      <c r="D309" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E309" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F309" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="310" customHeight="true" ht="140.0">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>1788331</t>
+        </is>
+      </c>
+      <c r="C310" s="1" t="inlineStr">
+        <is>
+          <t>THE BRIDGE BY COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D310" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E310" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F310" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" customHeight="true" ht="140.0">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>1794188</t>
+        </is>
+      </c>
+      <c r="C311" s="1" t="inlineStr">
+        <is>
+          <t>THE SCIENCE OF WINNING</t>
+        </is>
+      </c>
+      <c r="D311" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E311" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F311" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" customHeight="true" ht="140.0">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>1797976</t>
+        </is>
+      </c>
+      <c r="C312" s="1" t="inlineStr">
+        <is>
+          <t>IN BRIDGE</t>
+        </is>
+      </c>
+      <c r="D312" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E312" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 42</t>
+        </is>
+      </c>
+      <c r="F312" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" customHeight="true" ht="140.0">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>1797977</t>
+        </is>
+      </c>
+      <c r="C313" s="1" t="inlineStr">
+        <is>
+          <t>THE BRIDGE BY COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D313" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E313" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F313" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="314" customHeight="true" ht="140.0">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>1797985</t>
+        </is>
+      </c>
+      <c r="C314" s="1" t="inlineStr">
+        <is>
+          <t>THE I BRIDGE</t>
+        </is>
+      </c>
+      <c r="D314" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E314" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F314" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="315" customHeight="true" ht="140.0">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>1797986</t>
+        </is>
+      </c>
+      <c r="C315" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL AUSTRALIAN SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D315" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E315" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F315" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="316" customHeight="true" ht="140.0">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>1808958</t>
+        </is>
+      </c>
+      <c r="C316" s="1" t="inlineStr">
+        <is>
+          <t>KERI</t>
+        </is>
+      </c>
+      <c r="D316" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E316" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F316" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="317" customHeight="true" ht="140.0">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>1814055</t>
+        </is>
+      </c>
+      <c r="C317" s="1" t="inlineStr">
+        <is>
+          <t>AMATIL</t>
+        </is>
+      </c>
+      <c r="D317" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E317" s="1" t="inlineStr">
+        <is>
+          <t>7, 29, 30, 32, 33, 35</t>
+        </is>
+      </c>
+      <c r="F317" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners API Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="318" customHeight="true" ht="140.0">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>1814564</t>
+        </is>
+      </c>
+      <c r="C318" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D318" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E318" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F318" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="319" customHeight="true" ht="140.0">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>1816125</t>
+        </is>
+      </c>
+      <c r="C319" s="1" t="inlineStr">
+        <is>
+          <t>THEBRIDGE BY COCA COLA</t>
+        </is>
+      </c>
+      <c r="D319" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E319" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F319" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="320" customHeight="true" ht="140.0">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>1820187</t>
+        </is>
+      </c>
+      <c r="C320" s="1" t="inlineStr">
+        <is>
+          <t>ROYAL BLISS</t>
+        </is>
+      </c>
+      <c r="D320" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E320" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F320" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="321" customHeight="true" ht="140.0">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>1831834</t>
+        </is>
+      </c>
+      <c r="C321" s="1" t="inlineStr">
+        <is>
+          <t>KERI JUICE BLENDERS</t>
+        </is>
+      </c>
+      <c r="D321" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D87" s="1" t="inlineStr">
+      <c r="E321" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F321" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" customHeight="true" ht="140.0">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>1833187</t>
+        </is>
+      </c>
+      <c r="C322" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE POWERSCORE</t>
+        </is>
+      </c>
+      <c r="D322" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D88" s="1" t="inlineStr">
+      <c r="E322" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F322" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="323" customHeight="true" ht="140.0">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>1867992</t>
+        </is>
+      </c>
+      <c r="C323" s="1" t="inlineStr">
+        <is>
+          <t>BILLSON'S</t>
+        </is>
+      </c>
+      <c r="D323" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D89" s="1" t="inlineStr">
+      <c r="E323" s="1" t="inlineStr">
+        <is>
+          <t>32, 33, 35</t>
+        </is>
+      </c>
+      <c r="F323" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="324" customHeight="true" ht="140.0">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>1868926</t>
+        </is>
+      </c>
+      <c r="C324" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH YOUR SPIRIT</t>
+        </is>
+      </c>
+      <c r="D324" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D90" s="1" t="inlineStr">
+      <c r="E324" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F324" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="325" customHeight="true" ht="140.0">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>1869589</t>
+        </is>
+      </c>
+      <c r="C325" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS</t>
+        </is>
+      </c>
+      <c r="D325" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D91" s="1" t="inlineStr">
+      <c r="E325" s="1" t="inlineStr">
+        <is>
+          <t>16, 30, 41, 43</t>
+        </is>
+      </c>
+      <c r="F325" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="326" customHeight="true" ht="140.0">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>1885577</t>
+        </is>
+      </c>
+      <c r="C326" s="1" t="inlineStr">
+        <is>
+          <t>AQUA DROP</t>
+        </is>
+      </c>
+      <c r="D326" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D92" s="1" t="inlineStr">
+      <c r="E326" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F326" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="327" customHeight="true" ht="140.0">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>1887356</t>
+        </is>
+      </c>
+      <c r="C327" s="1" t="inlineStr">
+        <is>
+          <t>SUPERKIDS</t>
+        </is>
+      </c>
+      <c r="D327" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D93" s="1" t="inlineStr">
+      <c r="E327" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F327" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="328" customHeight="true" ht="140.0">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>1896434</t>
+        </is>
+      </c>
+      <c r="C328" s="1" t="inlineStr">
+        <is>
+          <t>ALWAYS FORWARD</t>
+        </is>
+      </c>
+      <c r="D328" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D94" s="1" t="inlineStr">
+      <c r="E328" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F328" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="329" customHeight="true" ht="140.0">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>1917342</t>
+        </is>
+      </c>
+      <c r="C329" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D329" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D95" s="1" t="inlineStr">
+      <c r="E329" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F329" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="330" customHeight="true" ht="140.0">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>1917595</t>
+        </is>
+      </c>
+      <c r="C330" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D330" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D96" s="1" t="inlineStr">
+      <c r="E330" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F330" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="331" customHeight="true" ht="140.0">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>1917596</t>
+        </is>
+      </c>
+      <c r="C331" s="1" t="inlineStr">
+        <is>
+          <t>POUR WITH PRIDE</t>
+        </is>
+      </c>
+      <c r="D331" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D97" s="1" t="inlineStr">
+      <c r="E331" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F331" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" customHeight="true" ht="140.0">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>1919119</t>
+        </is>
+      </c>
+      <c r="C332" s="1" t="inlineStr">
+        <is>
+          <t>AMATIL X</t>
+        </is>
+      </c>
+      <c r="D332" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D98" s="1" t="inlineStr">
+      <c r="E332" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 36, 41, 42</t>
+        </is>
+      </c>
+      <c r="F332" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners API Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="333" customHeight="true" ht="140.0">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>1921103</t>
+        </is>
+      </c>
+      <c r="C333" s="1" t="inlineStr">
+        <is>
+          <t>BISLERI</t>
+        </is>
+      </c>
+      <c r="D333" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D99" s="1" t="inlineStr">
+      <c r="E333" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F333" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="334" customHeight="true" ht="140.0">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>1921328</t>
+        </is>
+      </c>
+      <c r="C334" s="1" t="inlineStr">
+        <is>
+          <t>FANTA PANTS</t>
+        </is>
+      </c>
+      <c r="D334" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D100" s="1" t="inlineStr">
+      <c r="E334" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F334" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="335" customHeight="true" ht="140.0">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>1921993</t>
+        </is>
+      </c>
+      <c r="C335" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE ROASTERS</t>
+        </is>
+      </c>
+      <c r="D335" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D101" s="1" t="inlineStr">
+      <c r="E335" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F335" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="336" customHeight="true" ht="140.0">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>1924227</t>
+        </is>
+      </c>
+      <c r="C336" s="1" t="inlineStr">
+        <is>
+          <t>BACK FROM THE DEAD</t>
+        </is>
+      </c>
+      <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D102" s="1" t="inlineStr">
+      <c r="E336" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F336" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="337" customHeight="true" ht="140.0">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>1939739</t>
+        </is>
+      </c>
+      <c r="C337" s="1" t="inlineStr">
+        <is>
+          <t>NON ROMAN CHARACTERS</t>
+        </is>
+      </c>
+      <c r="D337" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D103" s="1" t="inlineStr">
+      <c r="E337" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F337" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="338" customHeight="true" ht="140.0">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>1945134</t>
+        </is>
+      </c>
+      <c r="C338" s="1" t="inlineStr">
+        <is>
+          <t>ATH AUTHENTIC TEA HOUSE</t>
+        </is>
+      </c>
+      <c r="D338" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D104" s="1" t="inlineStr">
+      <c r="E338" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F338" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="339" customHeight="true" ht="140.0">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>1953563</t>
+        </is>
+      </c>
+      <c r="C339" s="1" t="inlineStr">
+        <is>
+          <t>BEVERAGES FOR LIFE</t>
+        </is>
+      </c>
+      <c r="D339" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E339" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32, 35</t>
+        </is>
+      </c>
+      <c r="F339" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="340" customHeight="true" ht="140.0">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>1954728</t>
+        </is>
+      </c>
+      <c r="C340" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE EST. 1962</t>
+        </is>
+      </c>
+      <c r="D340" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D105" s="1" t="inlineStr">
+      <c r="E340" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F340" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="341" customHeight="true" ht="140.0">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>1974724</t>
+        </is>
+      </c>
+      <c r="C341" s="1" t="inlineStr">
+        <is>
+          <t>VEND FOR GOOD</t>
+        </is>
+      </c>
+      <c r="D341" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D106" s="1" t="inlineStr">
+      <c r="E341" s="1" t="inlineStr">
+        <is>
+          <t>7, 35, 37, 39</t>
+        </is>
+      </c>
+      <c r="F341" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="342" customHeight="true" ht="140.0">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>1982081</t>
+        </is>
+      </c>
+      <c r="C342" s="1" t="inlineStr">
+        <is>
+          <t>LITTLE BIG CHANGE</t>
+        </is>
+      </c>
+      <c r="D342" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D107" s="1" t="inlineStr">
+      <c r="E342" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F342" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="343" customHeight="true" ht="140.0">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>1983447</t>
+        </is>
+      </c>
+      <c r="C343" s="1" t="inlineStr">
+        <is>
+          <t>GOOD ON THE GO</t>
+        </is>
+      </c>
+      <c r="D343" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D108" s="1" t="inlineStr">
+      <c r="E343" s="1" t="inlineStr">
+        <is>
+          <t>7, 35, 37, 39</t>
+        </is>
+      </c>
+      <c r="F343" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="344" customHeight="true" ht="140.0">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>1985668</t>
+        </is>
+      </c>
+      <c r="C344" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS CAFE ESPRESSO</t>
+        </is>
+      </c>
+      <c r="D344" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D109" s="1" t="inlineStr">
+      <c r="E344" s="1" t="inlineStr">
+        <is>
+          <t>11, 30</t>
+        </is>
+      </c>
+      <c r="F344" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="345" customHeight="true" ht="140.0">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>1985669</t>
+        </is>
+      </c>
+      <c r="C345" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS CAFE ESPRESSO</t>
+        </is>
+      </c>
+      <c r="D345" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D110" s="1" t="inlineStr">
+      <c r="E345" s="1" t="inlineStr">
+        <is>
+          <t>11, 30</t>
+        </is>
+      </c>
+      <c r="F345" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="346" customHeight="true" ht="140.0">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>1994082</t>
+        </is>
+      </c>
+      <c r="C346" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ENERGY</t>
+        </is>
+      </c>
+      <c r="D346" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E346" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F346" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" customHeight="true" ht="140.0">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>1994186</t>
+        </is>
+      </c>
+      <c r="C347" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ENERGY</t>
+        </is>
+      </c>
+      <c r="D347" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E347" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F347" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="348" customHeight="true" ht="140.0">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>1998086</t>
+        </is>
+      </c>
+      <c r="C348" s="1" t="inlineStr">
+        <is>
+          <t>NUTRIBOOST</t>
+        </is>
+      </c>
+      <c r="D348" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D111" s="1" t="inlineStr">
+      <c r="E348" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F348" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="349" customHeight="true" ht="140.0">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>2001929</t>
+        </is>
+      </c>
+      <c r="C349" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE ACTIVE WATER</t>
+        </is>
+      </c>
+      <c r="D349" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D115" s="1" t="inlineStr">
+      <c r="E349" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F349" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="350" customHeight="true" ht="140.0">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>2002927</t>
+        </is>
+      </c>
+      <c r="C350" s="1" t="inlineStr">
+        <is>
+          <t>GIANCARLO COFFEE SIGNATURE BLEND 1962</t>
+        </is>
+      </c>
+      <c r="D350" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D116" s="1" t="inlineStr">
+      <c r="E350" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F350" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="351" customHeight="true" ht="140.0">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>2028176</t>
+        </is>
+      </c>
+      <c r="C351" s="1" t="inlineStr">
+        <is>
+          <t>LIMCA</t>
+        </is>
+      </c>
+      <c r="D351" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D117" s="1" t="inlineStr">
+      <c r="E351" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F351" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="352" customHeight="true" ht="140.0">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>2028177</t>
+        </is>
+      </c>
+      <c r="C352" s="1" t="inlineStr">
+        <is>
+          <t>THUMS UP</t>
+        </is>
+      </c>
+      <c r="D352" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D118" s="1" t="inlineStr">
+      <c r="E352" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F352" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="353" customHeight="true" ht="140.0">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>2032846</t>
+        </is>
+      </c>
+      <c r="C353" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE</t>
+        </is>
+      </c>
+      <c r="D353" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D119" s="1" t="inlineStr">
+      <c r="E353" s="1" t="inlineStr">
+        <is>
+          <t>5, 29</t>
+        </is>
+      </c>
+      <c r="F353" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="354" customHeight="true" ht="140.0">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>2042501</t>
+        </is>
+      </c>
+      <c r="C354" s="1" t="inlineStr">
+        <is>
+          <t>SO CO ROASTERS</t>
+        </is>
+      </c>
+      <c r="D354" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D120" s="1" t="inlineStr">
+      <c r="E354" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F354" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="355" customHeight="true" ht="140.0">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>2107370</t>
+        </is>
+      </c>
+      <c r="C355" s="1" t="inlineStr">
+        <is>
+          <t>TOPO CHICO</t>
+        </is>
+      </c>
+      <c r="D355" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D121" s="1" t="inlineStr">
+      <c r="E355" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F355" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="356" customHeight="true" ht="140.0">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>2113658</t>
+        </is>
+      </c>
+      <c r="C356" s="1" t="inlineStr">
+        <is>
+          <t>ORBZ</t>
+        </is>
+      </c>
+      <c r="D356" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D122" s="1" t="inlineStr">
+      <c r="E356" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F356" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="357" customHeight="true" ht="140.0">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>2136571</t>
+        </is>
+      </c>
+      <c r="C357" s="1" t="inlineStr">
+        <is>
+          <t>E.H. CANNING CO</t>
+        </is>
+      </c>
+      <c r="D357" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D123" s="1" t="inlineStr">
+      <c r="E357" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F357" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="358" customHeight="true" ht="140.0">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>2143173</t>
+        </is>
+      </c>
+      <c r="C358" s="1" t="inlineStr">
+        <is>
+          <t>KERI</t>
+        </is>
+      </c>
+      <c r="D358" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D124" s="1" t="inlineStr">
+      <c r="E358" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F358" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="359" customHeight="true" ht="140.0">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>2145166</t>
+        </is>
+      </c>
+      <c r="C359" s="1" t="inlineStr">
+        <is>
+          <t>AHA</t>
+        </is>
+      </c>
+      <c r="D359" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D125" s="1" t="inlineStr">
+      <c r="E359" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F359" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="360" customHeight="true" ht="140.0">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>2156410</t>
+        </is>
+      </c>
+      <c r="C360" s="1" t="inlineStr">
+        <is>
+          <t>TABOO SINFULLY DELICIOUS</t>
+        </is>
+      </c>
+      <c r="D360" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D126" s="1" t="inlineStr">
+      <c r="E360" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F360" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="361" customHeight="true" ht="140.0">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>2163916</t>
+        </is>
+      </c>
+      <c r="C361" s="1" t="inlineStr">
+        <is>
+          <t>TOGETHER TASTES BETTER</t>
+        </is>
+      </c>
+      <c r="D361" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D127" s="1" t="inlineStr">
+      <c r="E361" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F361" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="362" customHeight="true" ht="140.0">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>2164451</t>
+        </is>
+      </c>
+      <c r="C362" s="1" t="inlineStr">
+        <is>
+          <t>LEMON-DOU</t>
+        </is>
+      </c>
+      <c r="D362" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D128" s="1" t="inlineStr">
+      <c r="E362" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F362" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="363" customHeight="true" ht="140.0">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>2181082</t>
+        </is>
+      </c>
+      <c r="C363" s="1" t="inlineStr">
+        <is>
+          <t>JUICE KITCHEN</t>
+        </is>
+      </c>
+      <c r="D363" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D129" s="1" t="inlineStr">
+      <c r="E363" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F363" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" customHeight="true" ht="140.0">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>2181385</t>
+        </is>
+      </c>
+      <c r="C364" s="1" t="inlineStr">
+        <is>
+          <t>SOUTHERLY CHANGE</t>
+        </is>
+      </c>
+      <c r="D364" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D130" s="1" t="inlineStr">
+      <c r="E364" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F364" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="365" customHeight="true" ht="140.0">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>2181630</t>
+        </is>
+      </c>
+      <c r="C365" s="1" t="inlineStr">
+        <is>
+          <t>NUTRI BOOST</t>
+        </is>
+      </c>
+      <c r="D365" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D131" s="1" t="inlineStr">
+      <c r="E365" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F365" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="366" customHeight="true" ht="140.0">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>2211469</t>
+        </is>
+      </c>
+      <c r="C366" s="1" t="inlineStr">
+        <is>
+          <t>REAL MAGIC</t>
+        </is>
+      </c>
+      <c r="D366" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D132" s="1" t="inlineStr">
+      <c r="E366" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F366" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="367" customHeight="true" ht="140.0">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>2250728</t>
+        </is>
+      </c>
+      <c r="C367" s="1" t="inlineStr">
+        <is>
+          <t>MELLO YELLO</t>
+        </is>
+      </c>
+      <c r="D367" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D133" s="1" t="inlineStr">
+      <c r="E367" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F367" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="368" customHeight="true" ht="140.0">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>2250729</t>
+        </is>
+      </c>
+      <c r="C368" s="1" t="inlineStr">
+        <is>
+          <t>TAB</t>
+        </is>
+      </c>
+      <c r="D368" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D134" s="1" t="inlineStr">
+      <c r="E368" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F368" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="369" customHeight="true" ht="140.0">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>2250730</t>
+        </is>
+      </c>
+      <c r="C369" s="1" t="inlineStr">
+        <is>
+          <t>LEED</t>
+        </is>
+      </c>
+      <c r="D369" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D135" s="1" t="inlineStr">
+      <c r="E369" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F369" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="370" customHeight="true" ht="140.0">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>2255510</t>
+        </is>
+      </c>
+      <c r="C370" s="1" t="inlineStr">
+        <is>
+          <t>#TOPOTIME</t>
+        </is>
+      </c>
+      <c r="D370" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D136" s="1" t="inlineStr">
+      <c r="E370" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F370" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="371" customHeight="true" ht="140.0">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>2256228</t>
+        </is>
+      </c>
+      <c r="C371" s="1" t="inlineStr">
+        <is>
+          <t>KINLEY</t>
+        </is>
+      </c>
+      <c r="D371" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D137" s="1" t="inlineStr">
+      <c r="E371" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F371" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="372" customHeight="true" ht="140.0">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>2259368</t>
+        </is>
+      </c>
+      <c r="C372" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH YOUR MIND</t>
+        </is>
+      </c>
+      <c r="D372" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D138" s="1" t="inlineStr">
+      <c r="E372" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F372" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="373" customHeight="true" ht="140.0">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>2261228</t>
+        </is>
+      </c>
+      <c r="C373" s="1" t="inlineStr">
+        <is>
+          <t>FRESCA MIXED</t>
+        </is>
+      </c>
+      <c r="D373" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D139" s="1" t="inlineStr">
+      <c r="E373" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F373" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="374" customHeight="true" ht="140.0">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>2263083</t>
+        </is>
+      </c>
+      <c r="C374" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE LEMON</t>
+        </is>
+      </c>
+      <c r="D374" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D140" s="1" t="inlineStr">
+      <c r="E374" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F374" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="375" customHeight="true" ht="140.0">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>2272251</t>
+        </is>
+      </c>
+      <c r="C375" s="1" t="inlineStr">
+        <is>
+          <t>OWN YOUR RHYTHM</t>
+        </is>
+      </c>
+      <c r="D375" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D141" s="1" t="inlineStr">
+      <c r="E375" s="1" t="inlineStr">
+        <is>
+          <t>32, 33</t>
+        </is>
+      </c>
+      <c r="F375" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="376" customHeight="true" ht="140.0">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>2273547</t>
+        </is>
+      </c>
+      <c r="C376" s="1" t="inlineStr">
+        <is>
+          <t>PAUSE IS POWER</t>
+        </is>
+      </c>
+      <c r="D376" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D142" s="1" t="inlineStr">
+      <c r="E376" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F376" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="377" customHeight="true" ht="140.0">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>2296365</t>
+        </is>
+      </c>
+      <c r="C377" s="1" t="inlineStr">
+        <is>
+          <t>FILLED WITH LIFE</t>
+        </is>
+      </c>
+      <c r="D377" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D143" s="1" t="inlineStr">
+      <c r="E377" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F377" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="378" customHeight="true" ht="140.0">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>2303441</t>
+        </is>
+      </c>
+      <c r="C378" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D378" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D144" s="1" t="inlineStr">
+      <c r="E378" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F378" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="379" customHeight="true" ht="140.0">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>2303626</t>
+        </is>
+      </c>
+      <c r="C379" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA CREATIONS</t>
+        </is>
+      </c>
+      <c r="D379" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D145" s="1" t="inlineStr">
+      <c r="E379" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F379" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="380" customHeight="true" ht="140.0">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>2307978</t>
+        </is>
+      </c>
+      <c r="C380" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA &amp; GO</t>
+        </is>
+      </c>
+      <c r="D380" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D146" s="1" t="inlineStr">
+      <c r="E380" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F380" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="381" customHeight="true" ht="140.0">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>2307979</t>
+        </is>
+      </c>
+      <c r="C381" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA &amp; GO</t>
+        </is>
+      </c>
+      <c r="D381" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D147" s="1" t="inlineStr">
+      <c r="E381" s="1" t="inlineStr">
+        <is>
+          <t>11, 35</t>
+        </is>
+      </c>
+      <c r="F381" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="382" customHeight="true" ht="140.0">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>2316035</t>
+        </is>
+      </c>
+      <c r="C382" s="1" t="inlineStr">
+        <is>
+          <t>KERI JUICECO</t>
+        </is>
+      </c>
+      <c r="D382" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D148" s="1" t="inlineStr">
+      <c r="E382" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F382" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="383" customHeight="true" ht="140.0">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>2319271</t>
+        </is>
+      </c>
+      <c r="C383" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D383" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D149" s="1" t="inlineStr">
+      <c r="E383" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F383" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="384" customHeight="true" ht="140.0">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>2325591</t>
+        </is>
+      </c>
+      <c r="C384" s="1" t="inlineStr">
+        <is>
+          <t>POWER ADE</t>
+        </is>
+      </c>
+      <c r="D384" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D150" s="1" t="inlineStr">
+      <c r="E384" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F384" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="385" customHeight="true" ht="140.0">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>2325592</t>
+        </is>
+      </c>
+      <c r="C385" s="1" t="inlineStr">
+        <is>
+          <t>F</t>
+        </is>
+      </c>
+      <c r="D385" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D151" s="1" t="inlineStr">
+      <c r="E385" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F385" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="386" customHeight="true" ht="140.0">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>2344205</t>
+        </is>
+      </c>
+      <c r="C386" s="1" t="inlineStr">
+        <is>
+          <t>THUMS UP</t>
+        </is>
+      </c>
+      <c r="D386" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D152" s="1" t="inlineStr">
+      <c r="E386" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F386" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="387" customHeight="true" ht="140.0">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>2347872</t>
+        </is>
+      </c>
+      <c r="C387" s="1" t="inlineStr">
+        <is>
+          <t>COKE STUDIO</t>
+        </is>
+      </c>
+      <c r="D387" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D153" s="1" t="inlineStr">
+      <c r="E387" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F387" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="388" customHeight="true" ht="140.0">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>2376630</t>
+        </is>
+      </c>
+      <c r="C388" s="1" t="inlineStr">
+        <is>
+          <t>BILLSON'S</t>
+        </is>
+      </c>
+      <c r="D388" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D154" s="1" t="inlineStr">
+      <c r="E388" s="1" t="inlineStr">
+        <is>
+          <t>5, 25, 29, 30, 32, 33, 35, 40, 43</t>
+        </is>
+      </c>
+      <c r="F388" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="389" customHeight="true" ht="140.0">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>2381015</t>
+        </is>
+      </c>
+      <c r="C389" s="1" t="inlineStr">
+        <is>
+          <t>BILLSON'S</t>
+        </is>
+      </c>
+      <c r="D389" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D155" s="1" t="inlineStr">
+      <c r="E389" s="1" t="inlineStr">
+        <is>
+          <t>5, 25, 29, 30, 32, 33, 35, 40, 43</t>
+        </is>
+      </c>
+      <c r="F389" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="390" customHeight="true" ht="140.0">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>2381016</t>
+        </is>
+      </c>
+      <c r="C390" s="1" t="inlineStr">
+        <is>
+          <t>BILLSON'S</t>
+        </is>
+      </c>
+      <c r="D390" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D156" s="1" t="inlineStr">
+      <c r="E390" s="1" t="inlineStr">
+        <is>
+          <t>5, 25, 29, 30, 32, 33, 35, 40, 43</t>
+        </is>
+      </c>
+      <c r="F390" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="391" customHeight="true" ht="140.0">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>2387236</t>
+        </is>
+      </c>
+      <c r="C391" s="1" t="inlineStr">
+        <is>
+          <t>BORN READY</t>
+        </is>
+      </c>
+      <c r="D391" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D157" s="1" t="inlineStr">
+      <c r="E391" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F391" s="1" t="inlineStr">
+        <is>
+          <t>Jack Daniel's Properties, Inc.; The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="392" customHeight="true" ht="140.0">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>2397107</t>
+        </is>
+      </c>
+      <c r="C392" s="1" t="inlineStr">
+        <is>
+          <t>#WANTA</t>
+        </is>
+      </c>
+      <c r="D392" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D159" s="1" t="inlineStr">
+      <c r="E392" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F392" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="393" customHeight="true" ht="140.0">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>2413995</t>
+        </is>
+      </c>
+      <c r="C393" s="1" t="inlineStr">
+        <is>
+          <t>GOLD RUSH</t>
+        </is>
+      </c>
+      <c r="D393" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D160" s="1" t="inlineStr">
+      <c r="E393" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F393" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="394" customHeight="true" ht="140.0">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>2456219</t>
+        </is>
+      </c>
+      <c r="C394" s="1" t="inlineStr">
+        <is>
+          <t>POWER ADE</t>
+        </is>
+      </c>
+      <c r="D394" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D161" s="1" t="inlineStr">
+      <c r="E394" s="1" t="inlineStr">
+        <is>
+          <t>5, 32</t>
+        </is>
+      </c>
+      <c r="F394" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="395" customHeight="true" ht="140.0">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>2486083</t>
+        </is>
+      </c>
+      <c r="C395" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA SIGNATURE MIXTURE</t>
+        </is>
+      </c>
+      <c r="D395" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D162" s="1" t="inlineStr">
+      <c r="E395" s="1" t="inlineStr">
+        <is>
+          <t>32, 33</t>
+        </is>
+      </c>
+      <c r="F395" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="396" customHeight="true" ht="140.0">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>2527669</t>
+        </is>
+      </c>
+      <c r="C396" s="1" t="inlineStr">
+        <is>
+          <t>BILLSON'S</t>
+        </is>
+      </c>
+      <c r="D396" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D166" s="1" t="inlineStr">
+      <c r="E396" s="1" t="inlineStr">
+        <is>
+          <t>32, 33</t>
+        </is>
+      </c>
+      <c r="F396" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="397" customHeight="true" ht="140.0">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>2535549</t>
+        </is>
+      </c>
+      <c r="C397" s="1" t="inlineStr">
+        <is>
+          <t>DREAMY CREAM &amp; LEMON</t>
+        </is>
+      </c>
+      <c r="D397" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D167" s="1" t="inlineStr">
+      <c r="E397" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F397" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="398" customHeight="true" ht="140.0">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>2535551</t>
+        </is>
+      </c>
+      <c r="C398" s="1" t="inlineStr">
+        <is>
+          <t>FANTASIES</t>
+        </is>
+      </c>
+      <c r="D398" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
-[...106 lines deleted...]
-      <c r="D171" s="1" t="inlineStr">
+      <c r="E398" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F398" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="399" customHeight="true" ht="140.0">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>2548956</t>
+        </is>
+      </c>
+      <c r="C399" s="1" t="inlineStr">
+        <is>
+          <t>HURTS REAL GOOD WITH SPRITE</t>
+        </is>
+      </c>
+      <c r="D399" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
-[...6382 lines deleted...]
-      </c>
       <c r="E399" s="1" t="inlineStr">
         <is>
-          <t>5, 32</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F399" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="400" customHeight="true" ht="140.0">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>2486083</t>
+          <t>2511964</t>
         </is>
       </c>
       <c r="C400" s="1" t="inlineStr">
         <is>
-          <t>COCA-COLA SIGNATURE MIXTURE</t>
+          <t/>
         </is>
       </c>
       <c r="D400" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Registered/protected</t>
+          <t>Published:
+Under examination</t>
         </is>
       </c>
       <c r="E400" s="1" t="inlineStr">
         <is>
-          <t>32, 33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F400" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="401" customHeight="true" ht="140.0">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>2527669</t>
+          <t>2535547</t>
         </is>
       </c>
       <c r="C401" s="1" t="inlineStr">
         <is>
-          <t>BILLSON'S</t>
+          <t>BLISSFUL HIBISCUS &amp; BERRIES</t>
         </is>
       </c>
       <c r="D401" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Registered/protected</t>
+          <t>Published:
+Under examination</t>
         </is>
       </c>
       <c r="E401" s="1" t="inlineStr">
         <is>
-          <t>32, 33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F401" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="402" customHeight="true" ht="140.0">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>2535549</t>
+          <t>2535548</t>
         </is>
       </c>
       <c r="C402" s="1" t="inlineStr">
         <is>
-          <t>DREAMY CREAM &amp; LEMON</t>
+          <t>SUNNY CINNAMON &amp; MANGO</t>
         </is>
       </c>
       <c r="D402" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Registered/protected</t>
+          <t>Published:
+Under examination</t>
         </is>
       </c>
       <c r="E402" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F402" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="403" customHeight="true" ht="140.0">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>2535551</t>
+          <t>2568826</t>
         </is>
       </c>
       <c r="C403" s="1" t="inlineStr">
         <is>
-          <t>FANTASIES</t>
+          <t>SPRITE</t>
         </is>
       </c>
       <c r="D403" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Registered/protected</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E403" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F403" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="404" customHeight="true" ht="140.0">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>2548956</t>
+          <t>2578282</t>
         </is>
       </c>
       <c r="C404" s="1" t="inlineStr">
         <is>
-          <t>HURTS REAL GOOD WITH SPRITE</t>
+          <t>GRAPE SHOCKER</t>
         </is>
       </c>
       <c r="D404" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Registered/protected</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E404" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F404" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="405" customHeight="true" ht="140.0">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>2511964</t>
+          <t>2578283</t>
         </is>
       </c>
       <c r="C405" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>POWERADE PEACH PUCKER</t>
         </is>
       </c>
       <c r="D405" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E405" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F405" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="406" customHeight="true" ht="140.0">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>2535547</t>
+          <t>2578666</t>
         </is>
       </c>
       <c r="C406" s="1" t="inlineStr">
         <is>
-          <t>BLISSFUL HIBISCUS &amp; BERRIES</t>
+          <t/>
         </is>
       </c>
       <c r="D406" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E406" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F406" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="407" customHeight="true" ht="140.0">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>2535548</t>
+          <t>2578667</t>
         </is>
       </c>
       <c r="C407" s="1" t="inlineStr">
         <is>
-          <t>SUNNY CINNAMON &amp; MANGO</t>
+          <t/>
         </is>
       </c>
       <c r="D407" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E407" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F407" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="408" customHeight="true" ht="140.0">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>2568826</t>
+          <t>2580596</t>
         </is>
       </c>
       <c r="C408" s="1" t="inlineStr">
         <is>
-          <t>SPRITE</t>
+          <t>POWERADE</t>
         </is>
       </c>
       <c r="D408" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E408" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F408" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="409" customHeight="true" ht="140.0">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>2592203</t>
+        </is>
+      </c>
+      <c r="C409" s="1" t="inlineStr">
+        <is>
+          <t>BILLSON'S CHEEKY MANGO</t>
+        </is>
+      </c>
+      <c r="D409" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E408" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D409" s="1" t="inlineStr">
+      <c r="E409" s="1" t="inlineStr">
+        <is>
+          <t>32, 33</t>
+        </is>
+      </c>
+      <c r="F409" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="410" customHeight="true" ht="140.0">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>2592204</t>
+        </is>
+      </c>
+      <c r="C410" s="1" t="inlineStr">
+        <is>
+          <t>BILLSON'S ESDT 1865 BEECHWORTH CHEEKY MANGO LOW SUGAR TRIPLE DISTILLED VODKA</t>
+        </is>
+      </c>
+      <c r="D410" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E409" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E410" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>32, 33</t>
         </is>
       </c>
       <c r="F410" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="411" customHeight="true" ht="140.0">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>2578666</t>
+          <t>2602300</t>
         </is>
       </c>
       <c r="C411" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>COKE</t>
         </is>
       </c>
       <c r="D411" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
       <c r="E411" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F411" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="412" customHeight="true" ht="140.0">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>2578667</t>
+          <t>20216</t>
         </is>
       </c>
       <c r="C412" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>GOLD SPRING.</t>
         </is>
       </c>
       <c r="D412" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-Awaiting publication</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E412" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F412" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>Coca-Cola Amatil (Aust) Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="413" customHeight="true" ht="140.0">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>2580596</t>
+          <t>79791</t>
         </is>
       </c>
       <c r="C413" s="1" t="inlineStr">
         <is>
-          <t>POWERADE</t>
+          <t>COKE</t>
         </is>
       </c>
       <c r="D413" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-Awaiting publication</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E413" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F413" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="414" customHeight="true" ht="140.0">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>2592203</t>
+          <t>89272</t>
         </is>
       </c>
       <c r="C414" s="1" t="inlineStr">
         <is>
-          <t>BILLSON'S CHEEKY MANGO</t>
+          <t>CAMROC</t>
         </is>
       </c>
       <c r="D414" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-Awaiting publication</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E414" s="1" t="inlineStr">
         <is>
-          <t>32, 33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F414" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>Coca-Cola Bottlers (Wellington)Ltd.</t>
         </is>
       </c>
     </row>
     <row r="415" customHeight="true" ht="140.0">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>2592204</t>
+          <t>102626</t>
         </is>
       </c>
       <c r="C415" s="1" t="inlineStr">
         <is>
-          <t>BILLSON'S ESDT 1865 BEECHWORTH CHEEKY MANGO LOW SUGAR TRIPLE DISTILLED VODKA</t>
+          <t>PORTELLO</t>
         </is>
       </c>
       <c r="D415" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-Awaiting publication</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E415" s="1" t="inlineStr">
         <is>
-          <t>32, 33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F415" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="416" customHeight="true" ht="140.0">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>2602300</t>
+          <t>109633</t>
         </is>
       </c>
       <c r="C416" s="1" t="inlineStr">
         <is>
-          <t>COKE</t>
+          <t>SNOW CROP</t>
         </is>
       </c>
       <c r="D416" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Awaiting examination</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E416" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F416" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="417" customHeight="true" ht="140.0">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>20216</t>
+          <t>113546</t>
         </is>
       </c>
       <c r="C417" s="1" t="inlineStr">
         <is>
-          <t>GOLD SPRING.</t>
+          <t>FRUITA</t>
         </is>
       </c>
       <c r="D417" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Removed:
+Non-use</t>
         </is>
       </c>
       <c r="E417" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F417" s="1" t="inlineStr">
         <is>
-          <t>Coca-Cola Amatil (Aust) Pty Ltd</t>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="418" customHeight="true" ht="140.0">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>79791</t>
+          <t>133986</t>
         </is>
       </c>
       <c r="C418" s="1" t="inlineStr">
         <is>
-          <t>COKE</t>
+          <t>FRUITA</t>
         </is>
       </c>
       <c r="D418" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Removed:
+Non-use</t>
         </is>
       </c>
       <c r="E418" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F418" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="419" customHeight="true" ht="140.0">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>89272</t>
+          <t>160401</t>
         </is>
       </c>
       <c r="C419" s="1" t="inlineStr">
         <is>
-          <t>CAMROC</t>
+          <t>MAYAN</t>
         </is>
       </c>
       <c r="D419" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E419" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F419" s="1" t="inlineStr">
         <is>
-          <t>Coca-Cola Bottlers (Wellington)Ltd.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="420" customHeight="true" ht="140.0">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>102626</t>
+          <t>160402</t>
         </is>
       </c>
       <c r="C420" s="1" t="inlineStr">
         <is>
-          <t>PORTELLO</t>
+          <t>INCASA</t>
         </is>
       </c>
       <c r="D420" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Cancelled:
+Cancelled for unknown reason</t>
         </is>
       </c>
       <c r="E420" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F420" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>The Coca-Cola Co.</t>
         </is>
       </c>
     </row>
     <row r="421" customHeight="true" ht="140.0">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>109633</t>
+          <t>161221</t>
         </is>
       </c>
       <c r="C421" s="1" t="inlineStr">
         <is>
-          <t>SNOW CROP</t>
+          <t>HI-C</t>
         </is>
       </c>
       <c r="D421" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E421" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F421" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="422" customHeight="true" ht="140.0">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>113546</t>
+          <t>161552</t>
         </is>
       </c>
       <c r="C422" s="1" t="inlineStr">
         <is>
-          <t>FRUITA</t>
+          <t>SUNFILLED</t>
         </is>
       </c>
       <c r="D422" s="1" t="inlineStr">
         <is>
-          <t>Removed:
-Non-use</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E422" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F422" s="1" t="inlineStr">
         <is>
-          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="423" customHeight="true" ht="140.0">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>133986</t>
+          <t>166056</t>
         </is>
       </c>
       <c r="C423" s="1" t="inlineStr">
         <is>
-          <t>FRUITA</t>
+          <t>MI-MA</t>
         </is>
       </c>
       <c r="D423" s="1" t="inlineStr">
         <is>
-          <t>Removed:
-Non-use</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E423" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F423" s="1" t="inlineStr">
         <is>
-          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="424" customHeight="true" ht="140.0">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>160401</t>
+          <t>166059</t>
         </is>
       </c>
       <c r="C424" s="1" t="inlineStr">
         <is>
-          <t>MAYAN</t>
+          <t>SUNFILLED</t>
         </is>
       </c>
       <c r="D424" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E424" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F424" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="425" customHeight="true" ht="140.0">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>160402</t>
+          <t>167096</t>
         </is>
       </c>
       <c r="C425" s="1" t="inlineStr">
         <is>
-          <t>INCASA</t>
+          <t>MI-MA</t>
         </is>
       </c>
       <c r="D425" s="1" t="inlineStr">
         <is>
-          <t>Cancelled:
-Cancelled for unknown reason</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E425" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F425" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Co.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="426" customHeight="true" ht="140.0">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>161221</t>
+          <t>167097</t>
         </is>
       </c>
       <c r="C426" s="1" t="inlineStr">
         <is>
-          <t>HI-C</t>
+          <t>MI-MA</t>
         </is>
       </c>
       <c r="D426" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E426" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F426" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="427" customHeight="true" ht="140.0">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>161552</t>
+          <t>167098</t>
         </is>
       </c>
       <c r="C427" s="1" t="inlineStr">
         <is>
-          <t>SUNFILLED</t>
+          <t>MI-MA</t>
         </is>
       </c>
       <c r="D427" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E427" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F427" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="428" customHeight="true" ht="140.0">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>166056</t>
+          <t>172892</t>
         </is>
       </c>
       <c r="C428" s="1" t="inlineStr">
         <is>
-          <t>MI-MA</t>
+          <t>CAMROC</t>
         </is>
       </c>
       <c r="D428" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E428" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F428" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>Coca-Cola Bottlers (Wellington)Ltd.</t>
         </is>
       </c>
     </row>
     <row r="429" customHeight="true" ht="140.0">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>166059</t>
+          <t>181995</t>
         </is>
       </c>
       <c r="C429" s="1" t="inlineStr">
         <is>
-          <t>SUNFILLED</t>
+          <t>TAB</t>
         </is>
       </c>
       <c r="D429" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E429" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>5</t>
         </is>
       </c>
       <c r="F429" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="430" customHeight="true" ht="140.0">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>167096</t>
+          <t>182849</t>
         </is>
       </c>
       <c r="C430" s="1" t="inlineStr">
         <is>
-          <t>MI-MA</t>
+          <t>FANTA</t>
         </is>
       </c>
       <c r="D430" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E430" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F430" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="431" customHeight="true" ht="140.0">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>167097</t>
+          <t>188497</t>
         </is>
       </c>
       <c r="C431" s="1" t="inlineStr">
         <is>
-          <t>MI-MA</t>
+          <t>MANTILLA</t>
         </is>
       </c>
       <c r="D431" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E431" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F431" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>The Coca-Cola Co.</t>
         </is>
       </c>
     </row>
     <row r="432" customHeight="true" ht="140.0">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>167098</t>
+          <t>188498</t>
         </is>
       </c>
       <c r="C432" s="1" t="inlineStr">
         <is>
-          <t>MI-MA</t>
+          <t>POMERANG</t>
         </is>
       </c>
       <c r="D432" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E432" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F432" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>The Coca-Cola Co.</t>
         </is>
       </c>
     </row>
     <row r="433" customHeight="true" ht="140.0">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>172892</t>
+          <t>193012</t>
         </is>
       </c>
       <c r="C433" s="1" t="inlineStr">
         <is>
-          <t>CAMROC</t>
+          <t>LEED</t>
         </is>
       </c>
       <c r="D433" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E433" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F433" s="1" t="inlineStr">
         <is>
-          <t>Coca-Cola Bottlers (Wellington)Ltd.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="434" customHeight="true" ht="140.0">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>181995</t>
+          <t>193014</t>
         </is>
       </c>
       <c r="C434" s="1" t="inlineStr">
         <is>
-          <t>TAB</t>
+          <t>LARK</t>
         </is>
       </c>
       <c r="D434" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E434" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F434" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="435" customHeight="true" ht="140.0">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>182849</t>
+          <t>193015</t>
         </is>
       </c>
       <c r="C435" s="1" t="inlineStr">
         <is>
-          <t>FANTA</t>
+          <t>LARK</t>
         </is>
       </c>
       <c r="D435" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E435" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F435" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="436" customHeight="true" ht="140.0">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>188497</t>
+          <t>194260</t>
         </is>
       </c>
       <c r="C436" s="1" t="inlineStr">
         <is>
-          <t>MANTILLA</t>
+          <t>SPRITE</t>
         </is>
       </c>
       <c r="D436" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E436" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F436" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Co.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="437" customHeight="true" ht="140.0">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>188498</t>
+          <t>194263</t>
         </is>
       </c>
       <c r="C437" s="1" t="inlineStr">
         <is>
-          <t>POMERANG</t>
+          <t>SPRITE</t>
         </is>
       </c>
       <c r="D437" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E437" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F437" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Co.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="438" customHeight="true" ht="140.0">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>193012</t>
+          <t>194264</t>
         </is>
       </c>
       <c r="C438" s="1" t="inlineStr">
         <is>
-          <t>LEED</t>
+          <t>SPRITE</t>
         </is>
       </c>
       <c r="D438" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E438" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F438" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="439" customHeight="true" ht="140.0">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>193014</t>
+          <t>202015</t>
         </is>
       </c>
       <c r="C439" s="1" t="inlineStr">
         <is>
-          <t>LARK</t>
+          <t>KINTONIC</t>
         </is>
       </c>
       <c r="D439" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E439" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F439" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="440" customHeight="true" ht="140.0">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>193015</t>
+          <t>205256</t>
         </is>
       </c>
       <c r="C440" s="1" t="inlineStr">
         <is>
-          <t>LARK</t>
+          <t>TRESCA</t>
         </is>
       </c>
       <c r="D440" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E440" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F440" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="441" customHeight="true" ht="140.0">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>194260</t>
+          <t>207446</t>
         </is>
       </c>
       <c r="C441" s="1" t="inlineStr">
         <is>
-          <t>SPRITE</t>
+          <t>SNOW CROP</t>
         </is>
       </c>
       <c r="D441" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E441" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="F441" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="442" customHeight="true" ht="140.0">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>194263</t>
+          <t>207447</t>
         </is>
       </c>
       <c r="C442" s="1" t="inlineStr">
         <is>
-          <t>SPRITE</t>
+          <t>SNOW CROP</t>
         </is>
       </c>
       <c r="D442" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E442" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="F442" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="443" customHeight="true" ht="140.0">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>194264</t>
+          <t>207448</t>
         </is>
       </c>
       <c r="C443" s="1" t="inlineStr">
         <is>
-          <t>SPRITE</t>
+          <t>SNOW CROP</t>
         </is>
       </c>
       <c r="D443" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E443" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F443" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="444" customHeight="true" ht="140.0">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>202015</t>
+          <t>207449</t>
         </is>
       </c>
       <c r="C444" s="1" t="inlineStr">
         <is>
-          <t>KINTONIC</t>
+          <t>SNOW CROP</t>
         </is>
       </c>
       <c r="D444" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E444" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F444" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="445" customHeight="true" ht="140.0">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>205256</t>
+          <t>210937</t>
         </is>
       </c>
       <c r="C445" s="1" t="inlineStr">
         <is>
-          <t>TRESCA</t>
+          <t>NUSTA</t>
         </is>
       </c>
       <c r="D445" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E445" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F445" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="446" customHeight="true" ht="140.0">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>207446</t>
+          <t>212251</t>
         </is>
       </c>
       <c r="C446" s="1" t="inlineStr">
         <is>
-          <t>SNOW CROP</t>
+          <t>SACI</t>
         </is>
       </c>
       <c r="D446" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E446" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F446" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="447" customHeight="true" ht="140.0">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>207447</t>
+          <t>212252</t>
         </is>
       </c>
       <c r="C447" s="1" t="inlineStr">
         <is>
-          <t>SNOW CROP</t>
+          <t>SACI</t>
         </is>
       </c>
       <c r="D447" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E447" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F447" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="448" customHeight="true" ht="140.0">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>207448</t>
+          <t>214408</t>
         </is>
       </c>
       <c r="C448" s="1" t="inlineStr">
         <is>
-          <t>SNOW CROP</t>
+          <t>ESKA</t>
         </is>
       </c>
       <c r="D448" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Cancelled:
+Owner request</t>
         </is>
       </c>
       <c r="E448" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F448" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="449" customHeight="true" ht="140.0">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>207449</t>
+          <t>217129</t>
         </is>
       </c>
       <c r="C449" s="1" t="inlineStr">
         <is>
-          <t>SNOW CROP</t>
+          <t>SIMBA</t>
         </is>
       </c>
       <c r="D449" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E449" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F449" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="450" customHeight="true" ht="140.0">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>210937</t>
+          <t>227759</t>
         </is>
       </c>
       <c r="C450" s="1" t="inlineStr">
         <is>
-          <t>NUSTA</t>
+          <t>SANTIBA</t>
         </is>
       </c>
       <c r="D450" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E450" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F450" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="451" customHeight="true" ht="140.0">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>212251</t>
+          <t>234779</t>
         </is>
       </c>
       <c r="C451" s="1" t="inlineStr">
         <is>
-          <t>SACI</t>
+          <t>SASSI</t>
         </is>
       </c>
       <c r="D451" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E451" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F451" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="452" customHeight="true" ht="140.0">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>212252</t>
+          <t>235468</t>
         </is>
       </c>
       <c r="C452" s="1" t="inlineStr">
         <is>
-          <t>SACI</t>
+          <t>STATUS</t>
         </is>
       </c>
       <c r="D452" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E452" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F452" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="453" customHeight="true" ht="140.0">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>214408</t>
+          <t>240055</t>
         </is>
       </c>
       <c r="C453" s="1" t="inlineStr">
         <is>
-          <t>ESKA</t>
+          <t>LEED</t>
         </is>
       </c>
       <c r="D453" s="1" t="inlineStr">
         <is>
-          <t>Cancelled:
-Owner request</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E453" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F453" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="454" customHeight="true" ht="140.0">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>217129</t>
+          <t>240760</t>
         </is>
       </c>
       <c r="C454" s="1" t="inlineStr">
         <is>
-          <t>SIMBA</t>
+          <t>VERVE</t>
         </is>
       </c>
       <c r="D454" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E454" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F454" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="455" customHeight="true" ht="140.0">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>227759</t>
+          <t>242126</t>
         </is>
       </c>
       <c r="C455" s="1" t="inlineStr">
         <is>
-          <t>SANTIBA</t>
+          <t>SUGARBUSH</t>
         </is>
       </c>
       <c r="D455" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E455" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F455" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="456" customHeight="true" ht="140.0">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>234779</t>
+          <t>243279</t>
         </is>
       </c>
       <c r="C456" s="1" t="inlineStr">
         <is>
-          <t>SASSI</t>
+          <t>ROMP</t>
         </is>
       </c>
       <c r="D456" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E456" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F456" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="457" customHeight="true" ht="140.0">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>235468</t>
+          <t>243638</t>
         </is>
       </c>
       <c r="C457" s="1" t="inlineStr">
         <is>
-          <t>STATUS</t>
+          <t>LILT</t>
         </is>
       </c>
       <c r="D457" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E457" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F457" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="458" customHeight="true" ht="140.0">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>240760</t>
+          <t>251966</t>
         </is>
       </c>
       <c r="C458" s="1" t="inlineStr">
         <is>
-          <t>VERVE</t>
+          <t>SMILE</t>
         </is>
       </c>
       <c r="D458" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E458" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F458" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="459" customHeight="true" ht="140.0">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>242126</t>
+          <t>256680</t>
         </is>
       </c>
       <c r="C459" s="1" t="inlineStr">
         <is>
-          <t>SUGARBUSH</t>
+          <t>BELAQA</t>
         </is>
       </c>
       <c r="D459" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E459" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F459" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="460" customHeight="true" ht="140.0">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>243279</t>
+          <t>256781</t>
         </is>
       </c>
       <c r="C460" s="1" t="inlineStr">
         <is>
-          <t>ROMP</t>
+          <t>MINAQUA</t>
         </is>
       </c>
       <c r="D460" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E460" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F460" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="461" customHeight="true" ht="140.0">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>243638</t>
+          <t>259888</t>
         </is>
       </c>
       <c r="C461" s="1" t="inlineStr">
         <is>
-          <t>LILT</t>
+          <t>MR. PIBB</t>
         </is>
       </c>
       <c r="D461" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E461" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F461" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="462" customHeight="true" ht="140.0">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>251966</t>
+          <t>259964</t>
         </is>
       </c>
       <c r="C462" s="1" t="inlineStr">
         <is>
-          <t>SMILE</t>
+          <t>COKE</t>
         </is>
       </c>
       <c r="D462" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E462" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F462" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="463" customHeight="true" ht="140.0">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>256680</t>
+          <t>259965</t>
         </is>
       </c>
       <c r="C463" s="1" t="inlineStr">
         <is>
-          <t>BELAQA</t>
+          <t>COKE</t>
         </is>
       </c>
       <c r="D463" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E463" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="F463" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="464" customHeight="true" ht="140.0">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>256781</t>
+          <t>264145</t>
         </is>
       </c>
       <c r="C464" s="1" t="inlineStr">
         <is>
-          <t>MINAQUA</t>
+          <t>RAINTREE</t>
         </is>
       </c>
       <c r="D464" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E464" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F464" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="465" customHeight="true" ht="140.0">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>259888</t>
+          <t>265089</t>
         </is>
       </c>
       <c r="C465" s="1" t="inlineStr">
         <is>
-          <t>MR. PIBB</t>
+          <t>VEEP</t>
         </is>
       </c>
       <c r="D465" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E465" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F465" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="466" customHeight="true" ht="140.0">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>259964</t>
+          <t>271556</t>
         </is>
       </c>
       <c r="C466" s="1" t="inlineStr">
         <is>
-          <t>COKE</t>
+          <t>SAMSAN</t>
         </is>
       </c>
       <c r="D466" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E466" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F466" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="467" customHeight="true" ht="140.0">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>259965</t>
+          <t>271557</t>
         </is>
       </c>
       <c r="C467" s="1" t="inlineStr">
         <is>
-          <t>COKE</t>
+          <t>SAMSAN</t>
         </is>
       </c>
       <c r="D467" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E467" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F467" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="468" customHeight="true" ht="140.0">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>264145</t>
+          <t>273185</t>
         </is>
       </c>
       <c r="C468" s="1" t="inlineStr">
         <is>
-          <t>RAINTREE</t>
+          <t>BIBO</t>
         </is>
       </c>
       <c r="D468" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E468" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F468" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="469" customHeight="true" ht="140.0">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>265089</t>
+          <t>273367</t>
         </is>
       </c>
       <c r="C469" s="1" t="inlineStr">
-        <is>
-[...110 lines deleted...]
-      <c r="C473" s="1" t="inlineStr">
         <is>
           <t>L &amp; P
 LEMON AND PAEROA
 L&amp;P</t>
         </is>
       </c>
-      <c r="D473" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F473" s="1" t="inlineStr">
+      <c r="D469" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E469" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F469" s="1" t="inlineStr">
         <is>
           <t>Coca-Cola Amatil (NZ) Limited</t>
         </is>
       </c>
     </row>
-    <row r="474" customHeight="true" ht="140.0">
-      <c r="A474" s="1" t="inlineStr">
+    <row r="470" customHeight="true" ht="140.0">
+      <c r="A470" s="1" t="inlineStr">
         <is>
           <t>273826</t>
         </is>
       </c>
-      <c r="C474" s="1" t="inlineStr">
+      <c r="C470" s="1" t="inlineStr">
         <is>
           <t>TAI</t>
         </is>
       </c>
-      <c r="D474" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="A475" s="1" t="inlineStr">
+      <c r="D470" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E470" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F470" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="471" customHeight="true" ht="140.0">
+      <c r="A471" s="1" t="inlineStr">
         <is>
           <t>282020</t>
         </is>
       </c>
-      <c r="C475" s="1" t="inlineStr">
+      <c r="C471" s="1" t="inlineStr">
         <is>
           <t>FOCUS</t>
         </is>
       </c>
-      <c r="D475" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F475" s="1" t="inlineStr">
+      <c r="D471" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E471" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F471" s="1" t="inlineStr">
         <is>
           <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
-    <row r="476" customHeight="true" ht="140.0">
-      <c r="A476" s="1" t="inlineStr">
+    <row r="472" customHeight="true" ht="140.0">
+      <c r="A472" s="1" t="inlineStr">
         <is>
           <t>282024</t>
         </is>
       </c>
-      <c r="C476" s="1" t="inlineStr">
+      <c r="C472" s="1" t="inlineStr">
         <is>
           <t>RATE</t>
         </is>
       </c>
-      <c r="D476" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F476" s="1" t="inlineStr">
+      <c r="D472" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E472" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F472" s="1" t="inlineStr">
         <is>
           <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
-    <row r="477" customHeight="true" ht="140.0">
-      <c r="A477" s="1" t="inlineStr">
+    <row r="473" customHeight="true" ht="140.0">
+      <c r="A473" s="1" t="inlineStr">
         <is>
           <t>286987</t>
         </is>
       </c>
-      <c r="C477" s="1" t="inlineStr">
+      <c r="C473" s="1" t="inlineStr">
         <is>
           <t>BITING TASTE OF LEMON
 PUB
 SQUASH</t>
         </is>
       </c>
-      <c r="D477" s="1" t="inlineStr">
+      <c r="D473" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
+      <c r="E473" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F473" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="474" customHeight="true" ht="140.0">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>287846</t>
+        </is>
+      </c>
+      <c r="C474" s="1" t="inlineStr">
+        <is>
+          <t>CITRA</t>
+        </is>
+      </c>
+      <c r="D474" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E474" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F474" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="475" customHeight="true" ht="140.0">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>288200</t>
+        </is>
+      </c>
+      <c r="C475" s="1" t="inlineStr">
+        <is>
+          <t>STRIKE COLA</t>
+        </is>
+      </c>
+      <c r="D475" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E475" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F475" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="476" customHeight="true" ht="140.0">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>288760</t>
+        </is>
+      </c>
+      <c r="C476" s="1" t="inlineStr">
+        <is>
+          <t>JUNGLE GYM</t>
+        </is>
+      </c>
+      <c r="D476" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E476" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F476" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="477" customHeight="true" ht="140.0">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>293957</t>
+        </is>
+      </c>
+      <c r="C477" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D477" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
       <c r="E477" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F477" s="1" t="inlineStr">
         <is>
-          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="478" customHeight="true" ht="140.0">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>287846</t>
+          <t>307350</t>
         </is>
       </c>
       <c r="C478" s="1" t="inlineStr">
         <is>
-          <t>CITRA</t>
+          <t>DIET SPRITE</t>
         </is>
       </c>
       <c r="D478" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E478" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F478" s="1" t="inlineStr">
         <is>
-          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="479" customHeight="true" ht="140.0">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>288200</t>
+          <t>307555</t>
         </is>
       </c>
       <c r="C479" s="1" t="inlineStr">
         <is>
-          <t>STRIKE COLA</t>
+          <t>HAPPY MEDIUM</t>
         </is>
       </c>
       <c r="D479" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E479" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F479" s="1" t="inlineStr">
         <is>
-          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="480" customHeight="true" ht="140.0">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>288760</t>
+          <t>307556</t>
         </is>
       </c>
       <c r="C480" s="1" t="inlineStr">
         <is>
-          <t>JUNGLE GYM</t>
+          <t>NU-DAY</t>
         </is>
       </c>
       <c r="D480" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E480" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F480" s="1" t="inlineStr">
         <is>
-          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="481" customHeight="true" ht="140.0">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>293957</t>
+          <t>308084</t>
         </is>
       </c>
       <c r="C481" s="1" t="inlineStr">
         <is>
+          <t>JAFFLO</t>
+        </is>
+      </c>
+      <c r="D481" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E481" s="1" t="inlineStr">
+        <is>
           <t/>
         </is>
       </c>
-      <c r="D481" s="1" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="F481" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
     <row r="482" customHeight="true" ht="140.0">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>307350</t>
+          <t>308303</t>
         </is>
       </c>
       <c r="C482" s="1" t="inlineStr">
         <is>
-          <t>DIET SPRITE</t>
+          <t>PUB SQUASH</t>
         </is>
       </c>
       <c r="D482" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Removed:
+Non-use</t>
         </is>
       </c>
       <c r="E482" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F482" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
     <row r="483" customHeight="true" ht="140.0">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>307555</t>
+          <t>310027</t>
         </is>
       </c>
       <c r="C483" s="1" t="inlineStr">
         <is>
-          <t>HAPPY MEDIUM</t>
+          <t>PATCHES</t>
         </is>
       </c>
       <c r="D483" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E483" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F483" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
     <row r="484" customHeight="true" ht="140.0">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>307556</t>
+          <t>310963</t>
         </is>
       </c>
       <c r="C484" s="1" t="inlineStr">
         <is>
-          <t>NU-DAY</t>
+          <t>STRIKE SARSAPARILLA</t>
         </is>
       </c>
       <c r="D484" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E484" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F484" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
     <row r="485" customHeight="true" ht="140.0">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>308084</t>
+          <t>317075</t>
         </is>
       </c>
       <c r="C485" s="1" t="inlineStr">
         <is>
-          <t>JAFFLO</t>
+          <t>EASY-GOER</t>
         </is>
       </c>
       <c r="D485" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E485" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>32</t>
         </is>
       </c>
       <c r="F485" s="1" t="inlineStr">
         <is>
-          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="486" customHeight="true" ht="140.0">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>308303</t>
+          <t>317273</t>
         </is>
       </c>
       <c r="C486" s="1" t="inlineStr">
         <is>
-          <t>PUB SQUASH</t>
+          <t>KIN</t>
         </is>
       </c>
       <c r="D486" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E486" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F486" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="487" customHeight="true" ht="140.0">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>317278</t>
+        </is>
+      </c>
+      <c r="C487" s="1" t="inlineStr">
+        <is>
+          <t>EASY-GOER</t>
+        </is>
+      </c>
+      <c r="D487" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E487" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F487" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="488" customHeight="true" ht="140.0">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>319238</t>
+        </is>
+      </c>
+      <c r="C488" s="1" t="inlineStr">
+        <is>
+          <t>ALEGRE</t>
+        </is>
+      </c>
+      <c r="D488" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E488" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F488" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="489" customHeight="true" ht="140.0">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>320137</t>
+        </is>
+      </c>
+      <c r="C489" s="1" t="inlineStr">
+        <is>
+          <t>CHEQERS</t>
+        </is>
+      </c>
+      <c r="D489" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E489" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F489" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="490" customHeight="true" ht="140.0">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>324420</t>
+        </is>
+      </c>
+      <c r="C490" s="1" t="inlineStr">
+        <is>
+          <t>DIET FANTA</t>
+        </is>
+      </c>
+      <c r="D490" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E490" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F490" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="491" customHeight="true" ht="140.0">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>325401</t>
+        </is>
+      </c>
+      <c r="C491" s="1" t="inlineStr">
+        <is>
+          <t>LOW CALORIE FANTA</t>
+        </is>
+      </c>
+      <c r="D491" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E491" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F491" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="492" customHeight="true" ht="140.0">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>331153</t>
+        </is>
+      </c>
+      <c r="C492" s="1" t="inlineStr">
+        <is>
+          <t>SMILE</t>
+        </is>
+      </c>
+      <c r="D492" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E492" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F492" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Co.</t>
+        </is>
+      </c>
+    </row>
+    <row r="493" customHeight="true" ht="140.0">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>334573</t>
+        </is>
+      </c>
+      <c r="C493" s="1" t="inlineStr">
+        <is>
+          <t>GO FOR GOAL</t>
+        </is>
+      </c>
+      <c r="D493" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E493" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F493" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="494" customHeight="true" ht="140.0">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>335551</t>
+        </is>
+      </c>
+      <c r="C494" s="1" t="inlineStr">
+        <is>
+          <t>OLYMPADE</t>
+        </is>
+      </c>
+      <c r="D494" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E494" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F494" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="495" customHeight="true" ht="140.0">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>335944</t>
+        </is>
+      </c>
+      <c r="C495" s="1" t="inlineStr">
+        <is>
+          <t>HALLS</t>
+        </is>
+      </c>
+      <c r="D495" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E486" s="1" t="inlineStr">
-[...250 lines deleted...]
-      </c>
       <c r="E495" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F495" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="496" customHeight="true" ht="140.0">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>331153</t>
+          <t>343246</t>
         </is>
       </c>
       <c r="C496" s="1" t="inlineStr">
         <is>
-          <t>SMILE</t>
+          <t>FIVE ALIVE</t>
         </is>
       </c>
       <c r="D496" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E496" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F496" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Co.</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="497" customHeight="true" ht="140.0">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>334573</t>
+          <t>344900</t>
         </is>
       </c>
       <c r="C497" s="1" t="inlineStr">
         <is>
-          <t>GO FOR GOAL</t>
+          <t>HALLS
+LEMON TWIST</t>
         </is>
       </c>
       <c r="D497" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Removed:
+Non-use</t>
         </is>
       </c>
       <c r="E497" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F497" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="498" customHeight="true" ht="140.0">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>335551</t>
+          <t>345346</t>
         </is>
       </c>
       <c r="C498" s="1" t="inlineStr">
         <is>
-          <t>OLYMPADE</t>
+          <t/>
         </is>
       </c>
       <c r="D498" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E498" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="F498" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="499" customHeight="true" ht="140.0">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>335944</t>
+          <t>345347</t>
         </is>
       </c>
       <c r="C499" s="1" t="inlineStr">
         <is>
-          <t>HALLS</t>
+          <t/>
         </is>
       </c>
       <c r="D499" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E499" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F499" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="500" customHeight="true" ht="140.0">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>350422</t>
+        </is>
+      </c>
+      <c r="C500" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D500" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E500" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F500" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="501" customHeight="true" ht="140.0">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>351417</t>
+        </is>
+      </c>
+      <c r="C501" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D501" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E501" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F501" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="502" customHeight="true" ht="140.0">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>351418</t>
+        </is>
+      </c>
+      <c r="C502" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D502" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E502" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F502" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="503" customHeight="true" ht="140.0">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>351419</t>
+        </is>
+      </c>
+      <c r="C503" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D503" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E503" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F503" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="504" customHeight="true" ht="140.0">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>351420</t>
+        </is>
+      </c>
+      <c r="C504" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D504" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E504" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F504" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="505" customHeight="true" ht="140.0">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>351421</t>
+        </is>
+      </c>
+      <c r="C505" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D505" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E505" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F505" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="506" customHeight="true" ht="140.0">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>351422</t>
+        </is>
+      </c>
+      <c r="C506" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D506" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E506" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="F506" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="507" customHeight="true" ht="140.0">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>351423</t>
+        </is>
+      </c>
+      <c r="C507" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D507" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E507" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F507" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="508" customHeight="true" ht="140.0">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>351697</t>
+        </is>
+      </c>
+      <c r="C508" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D508" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E508" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F508" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="509" customHeight="true" ht="140.0">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>351698</t>
+        </is>
+      </c>
+      <c r="C509" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D509" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E509" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F509" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="510" customHeight="true" ht="140.0">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>351699</t>
+        </is>
+      </c>
+      <c r="C510" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D510" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E510" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F510" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="511" customHeight="true" ht="140.0">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>351700</t>
+        </is>
+      </c>
+      <c r="C511" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D511" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E511" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F511" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="512" customHeight="true" ht="140.0">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>351702</t>
+        </is>
+      </c>
+      <c r="C512" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D512" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E512" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F512" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="513" customHeight="true" ht="140.0">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>351703</t>
+        </is>
+      </c>
+      <c r="C513" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D513" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E513" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F513" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="514" customHeight="true" ht="140.0">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>351704</t>
+        </is>
+      </c>
+      <c r="C514" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D514" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E514" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F514" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="515" customHeight="true" ht="140.0">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>351705</t>
+        </is>
+      </c>
+      <c r="C515" s="1" t="inlineStr">
+        <is>
+          <t>KICKABURRA</t>
+        </is>
+      </c>
+      <c r="D515" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E515" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F515" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="516" customHeight="true" ht="140.0">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>352299</t>
+        </is>
+      </c>
+      <c r="C516" s="1" t="inlineStr">
+        <is>
+          <t>GLEE</t>
+        </is>
+      </c>
+      <c r="D516" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E516" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F516" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="517" customHeight="true" ht="140.0">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>353364</t>
+        </is>
+      </c>
+      <c r="C517" s="1" t="inlineStr">
+        <is>
+          <t>CASE PLACE</t>
+        </is>
+      </c>
+      <c r="D517" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E517" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F517" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="518" customHeight="true" ht="140.0">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>353365</t>
+        </is>
+      </c>
+      <c r="C518" s="1" t="inlineStr">
+        <is>
+          <t>CASE PLACE</t>
+        </is>
+      </c>
+      <c r="D518" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E518" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F518" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="519" customHeight="true" ht="140.0">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>353366</t>
+        </is>
+      </c>
+      <c r="C519" s="1" t="inlineStr">
+        <is>
+          <t>CASE PLACE</t>
+        </is>
+      </c>
+      <c r="D519" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E519" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F519" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="520" customHeight="true" ht="140.0">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>353367</t>
+        </is>
+      </c>
+      <c r="C520" s="1" t="inlineStr">
+        <is>
+          <t>CASE PLACE</t>
+        </is>
+      </c>
+      <c r="D520" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E520" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F520" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="521" customHeight="true" ht="140.0">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>353985</t>
+        </is>
+      </c>
+      <c r="C521" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D521" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E521" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F521" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="522" customHeight="true" ht="140.0">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>353986</t>
+        </is>
+      </c>
+      <c r="C522" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D522" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E522" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F522" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="523" customHeight="true" ht="140.0">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>353987</t>
+        </is>
+      </c>
+      <c r="C523" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D523" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E523" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F523" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="524" customHeight="true" ht="140.0">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>353988</t>
+        </is>
+      </c>
+      <c r="C524" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D524" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E524" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F524" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="525" customHeight="true" ht="140.0">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>353989</t>
+        </is>
+      </c>
+      <c r="C525" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D525" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E525" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F525" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="526" customHeight="true" ht="140.0">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>353990</t>
+        </is>
+      </c>
+      <c r="C526" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D526" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E526" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F526" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="527" customHeight="true" ht="140.0">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>353991</t>
+        </is>
+      </c>
+      <c r="C527" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D527" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E527" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F527" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="528" customHeight="true" ht="140.0">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>353992</t>
+        </is>
+      </c>
+      <c r="C528" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D528" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E528" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F528" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="529" customHeight="true" ht="140.0">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>353993</t>
+        </is>
+      </c>
+      <c r="C529" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D529" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E529" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F529" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="530" customHeight="true" ht="140.0">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>353994</t>
+        </is>
+      </c>
+      <c r="C530" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D530" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E530" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F530" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="531" customHeight="true" ht="140.0">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>353995</t>
+        </is>
+      </c>
+      <c r="C531" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D531" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E531" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F531" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="532" customHeight="true" ht="140.0">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>353996</t>
+        </is>
+      </c>
+      <c r="C532" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D532" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E532" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F532" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="533" customHeight="true" ht="140.0">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>353997</t>
+        </is>
+      </c>
+      <c r="C533" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D533" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E533" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F533" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="534" customHeight="true" ht="140.0">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>353998</t>
+        </is>
+      </c>
+      <c r="C534" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D534" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E534" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F534" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="535" customHeight="true" ht="140.0">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>353999</t>
+        </is>
+      </c>
+      <c r="C535" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D535" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E535" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F535" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="536" customHeight="true" ht="140.0">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>354001</t>
+        </is>
+      </c>
+      <c r="C536" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D536" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E536" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F536" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="537" customHeight="true" ht="140.0">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>354002</t>
+        </is>
+      </c>
+      <c r="C537" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D537" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E537" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F537" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="538" customHeight="true" ht="140.0">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>354006</t>
+        </is>
+      </c>
+      <c r="C538" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D538" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E538" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F538" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="539" customHeight="true" ht="140.0">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>354007</t>
+        </is>
+      </c>
+      <c r="C539" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D539" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E539" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F539" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="540" customHeight="true" ht="140.0">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>354009</t>
+        </is>
+      </c>
+      <c r="C540" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D540" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E540" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F540" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="541" customHeight="true" ht="140.0">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>354010</t>
+        </is>
+      </c>
+      <c r="C541" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D541" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E541" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F541" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="542" customHeight="true" ht="140.0">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>354011</t>
+        </is>
+      </c>
+      <c r="C542" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D542" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E542" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F542" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="543" customHeight="true" ht="140.0">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>354012</t>
+        </is>
+      </c>
+      <c r="C543" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D543" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E543" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F543" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="544" customHeight="true" ht="140.0">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>354013</t>
+        </is>
+      </c>
+      <c r="C544" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D544" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E544" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F544" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="545" customHeight="true" ht="140.0">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>354014</t>
+        </is>
+      </c>
+      <c r="C545" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D545" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E545" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F545" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="546" customHeight="true" ht="140.0">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>354015</t>
+        </is>
+      </c>
+      <c r="C546" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D546" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E546" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F546" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="547" customHeight="true" ht="140.0">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>354017</t>
+        </is>
+      </c>
+      <c r="C547" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D547" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E547" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F547" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="548" customHeight="true" ht="140.0">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>354018</t>
+        </is>
+      </c>
+      <c r="C548" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D548" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E548" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F548" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="549" customHeight="true" ht="140.0">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>354019</t>
+        </is>
+      </c>
+      <c r="C549" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D549" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E549" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F549" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="550" customHeight="true" ht="140.0">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>354020</t>
+        </is>
+      </c>
+      <c r="C550" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D550" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E550" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F550" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="551" customHeight="true" ht="140.0">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>357297</t>
+        </is>
+      </c>
+      <c r="C551" s="1" t="inlineStr">
+        <is>
+          <t>FRUITA
+HALLS</t>
+        </is>
+      </c>
+      <c r="D551" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E499" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F499" s="1" t="inlineStr">
+      <c r="E551" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F551" s="1" t="inlineStr">
         <is>
           <t>Coca-Cola Amatil (Aust) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="500" customHeight="true" ht="140.0">
-[...5 lines deleted...]
-      <c r="C500" s="1" t="inlineStr">
+    <row r="552" customHeight="true" ht="140.0">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>358362</t>
+        </is>
+      </c>
+      <c r="C552" s="1" t="inlineStr">
+        <is>
+          <t>FRUTELLE</t>
+        </is>
+      </c>
+      <c r="D552" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E552" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F552" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="553" customHeight="true" ht="140.0">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>359772</t>
+        </is>
+      </c>
+      <c r="C553" s="1" t="inlineStr">
+        <is>
+          <t>CUE</t>
+        </is>
+      </c>
+      <c r="D553" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E553" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F553" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="554" customHeight="true" ht="140.0">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>360927</t>
+        </is>
+      </c>
+      <c r="C554" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH-A-BAR</t>
+        </is>
+      </c>
+      <c r="D554" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E554" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F554" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Export Corporation; Burns, Philp and Co. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="555" customHeight="true" ht="140.0">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>360928</t>
+        </is>
+      </c>
+      <c r="C555" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH-A-BAR</t>
+        </is>
+      </c>
+      <c r="D555" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E555" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F555" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Export Corporation; Burns, Philp and Co. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="556" customHeight="true" ht="140.0">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>360929</t>
+        </is>
+      </c>
+      <c r="C556" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH-A-BAR</t>
+        </is>
+      </c>
+      <c r="D556" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E556" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F556" s="1" t="inlineStr">
+        <is>
+          <t>Burns, Philp and Co. Ltd.; The Coca-Cola Export Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="557" customHeight="true" ht="140.0">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>360930</t>
+        </is>
+      </c>
+      <c r="C557" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH-A-BAR</t>
+        </is>
+      </c>
+      <c r="D557" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E557" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F557" s="1" t="inlineStr">
+        <is>
+          <t>Burns, Philp and Co. Ltd.; The Coca-Cola Export Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="558" customHeight="true" ht="140.0">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>360931</t>
+        </is>
+      </c>
+      <c r="C558" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH-A-BAR</t>
+        </is>
+      </c>
+      <c r="D558" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E558" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F558" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Export Corporation; Burns, Philp and Co. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="559" customHeight="true" ht="140.0">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>360932</t>
+        </is>
+      </c>
+      <c r="C559" s="1" t="inlineStr">
+        <is>
+          <t>REFRESH-A-BAR</t>
+        </is>
+      </c>
+      <c r="D559" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E559" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F559" s="1" t="inlineStr">
+        <is>
+          <t>Burns, Philp and Co. Ltd.; The Coca-Cola Export Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="560" customHeight="true" ht="140.0">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>369685</t>
+        </is>
+      </c>
+      <c r="C560" s="1" t="inlineStr">
         <is>
           <t>FIVE ALIVE</t>
         </is>
       </c>
-      <c r="D500" s="1" t="inlineStr">
-[...28 lines deleted...]
-      <c r="D501" s="1" t="inlineStr">
+      <c r="D560" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E560" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F560" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="561" customHeight="true" ht="140.0">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>373535</t>
+        </is>
+      </c>
+      <c r="C561" s="1" t="inlineStr">
+        <is>
+          <t>SUN FILLED</t>
+        </is>
+      </c>
+      <c r="D561" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E561" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F561" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="562" customHeight="true" ht="140.0">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>373536</t>
+        </is>
+      </c>
+      <c r="C562" s="1" t="inlineStr">
+        <is>
+          <t>SUN FILLED</t>
+        </is>
+      </c>
+      <c r="D562" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E562" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F562" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="563" customHeight="true" ht="140.0">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>373537</t>
+        </is>
+      </c>
+      <c r="C563" s="1" t="inlineStr">
+        <is>
+          <t>SUN FILLED</t>
+        </is>
+      </c>
+      <c r="D563" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E563" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F563" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="564" customHeight="true" ht="140.0">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>376503</t>
+        </is>
+      </c>
+      <c r="C564" s="1" t="inlineStr">
+        <is>
+          <t>REAL GOLD</t>
+        </is>
+      </c>
+      <c r="D564" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E564" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F564" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="565" customHeight="true" ht="140.0">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>376504</t>
+        </is>
+      </c>
+      <c r="C565" s="1" t="inlineStr">
+        <is>
+          <t>REAL GOLD</t>
+        </is>
+      </c>
+      <c r="D565" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E565" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F565" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="566" customHeight="true" ht="140.0">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>380077</t>
+        </is>
+      </c>
+      <c r="C566" s="1" t="inlineStr">
+        <is>
+          <t>PUB</t>
+        </is>
+      </c>
+      <c r="D566" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E501" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="E502" s="1" t="inlineStr">
+      <c r="E566" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F566" s="1" t="inlineStr">
+        <is>
+          <t>COCA COLA OPERATIONS PTY. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="567" customHeight="true" ht="140.0">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>385316</t>
+        </is>
+      </c>
+      <c r="C567" s="1" t="inlineStr">
+        <is>
+          <t>COKE LIGHT</t>
+        </is>
+      </c>
+      <c r="D567" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E567" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F567" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="568" customHeight="true" ht="140.0">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>385317</t>
+        </is>
+      </c>
+      <c r="C568" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA LIGHT</t>
+        </is>
+      </c>
+      <c r="D568" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E568" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F568" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="569" customHeight="true" ht="140.0">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>393340</t>
+        </is>
+      </c>
+      <c r="C569" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA
+ENJOY FROZEN</t>
+        </is>
+      </c>
+      <c r="D569" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E569" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F569" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="570" customHeight="true" ht="140.0">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>393341</t>
+        </is>
+      </c>
+      <c r="C570" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA
+ENJOY FROZEN</t>
+        </is>
+      </c>
+      <c r="D570" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E570" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F570" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="571" customHeight="true" ht="140.0">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>399464</t>
+        </is>
+      </c>
+      <c r="C571" s="1" t="inlineStr">
+        <is>
+          <t>SURFABOUT</t>
+        </is>
+      </c>
+      <c r="D571" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E571" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F502" s="1" t="inlineStr">
-[...358 lines deleted...]
-      <c r="E515" s="1" t="inlineStr">
+      <c r="F571" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="572" customHeight="true" ht="140.0">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>400311</t>
+        </is>
+      </c>
+      <c r="C572" s="1" t="inlineStr">
+        <is>
+          <t>ENJOY FROZEN COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D572" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E572" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F572" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="573" customHeight="true" ht="140.0">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>400312</t>
+        </is>
+      </c>
+      <c r="C573" s="1" t="inlineStr">
+        <is>
+          <t>ENJOY FROZEN COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D573" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E573" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F515" s="1" t="inlineStr">
-[...694 lines deleted...]
-      <c r="E540" s="1" t="inlineStr">
+      <c r="F573" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="574" customHeight="true" ht="140.0">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>411525</t>
+        </is>
+      </c>
+      <c r="C574" s="1" t="inlineStr">
+        <is>
+          <t>GEORGIA</t>
+        </is>
+      </c>
+      <c r="D574" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E574" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F540" s="1" t="inlineStr">
-[...409 lines deleted...]
-      <c r="D555" s="1" t="inlineStr">
+      <c r="F574" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="575" customHeight="true" ht="140.0">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>417672</t>
+        </is>
+      </c>
+      <c r="C575" s="1" t="inlineStr">
+        <is>
+          <t>SODA SLICE</t>
+        </is>
+      </c>
+      <c r="D575" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E555" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="F556" s="1" t="inlineStr">
+      <c r="E575" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F575" s="1" t="inlineStr">
         <is>
           <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
-    <row r="557" customHeight="true" ht="140.0">
-[...21 lines deleted...]
-      <c r="F557" s="1" t="inlineStr">
+    <row r="576" customHeight="true" ht="140.0">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>417734</t>
+        </is>
+      </c>
+      <c r="C576" s="1" t="inlineStr">
+        <is>
+          <t>COUNTRY RICH</t>
+        </is>
+      </c>
+      <c r="D576" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E576" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F576" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="577" customHeight="true" ht="140.0">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>423762</t>
+        </is>
+      </c>
+      <c r="C577" s="1" t="inlineStr">
+        <is>
+          <t>QUATRO</t>
+        </is>
+      </c>
+      <c r="D577" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E577" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F577" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="578" customHeight="true" ht="140.0">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>423763</t>
+        </is>
+      </c>
+      <c r="C578" s="1" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="D578" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E578" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F578" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="579" customHeight="true" ht="140.0">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>428151</t>
+        </is>
+      </c>
+      <c r="C579" s="1" t="inlineStr">
+        <is>
+          <t>NAPPA NATURAL</t>
+        </is>
+      </c>
+      <c r="D579" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E579" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F579" s="1" t="inlineStr">
         <is>
           <t>COCA COLA OPERATIONS PTY. LTD.</t>
         </is>
       </c>
     </row>
-    <row r="558" customHeight="true" ht="140.0">
-[...346 lines deleted...]
-      <c r="D570" s="1" t="inlineStr">
+    <row r="580" customHeight="true" ht="140.0">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>430135</t>
+        </is>
+      </c>
+      <c r="C580" s="1" t="inlineStr">
+        <is>
+          <t>COKE CLASSIC</t>
+        </is>
+      </c>
+      <c r="D580" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E580" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F580" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="581" customHeight="true" ht="140.0">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>430136</t>
+        </is>
+      </c>
+      <c r="C581" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA CLASSIC</t>
+        </is>
+      </c>
+      <c r="D581" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E581" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F581" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="582" customHeight="true" ht="140.0">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>431244</t>
+        </is>
+      </c>
+      <c r="C582" s="1" t="inlineStr">
+        <is>
+          <t>Milk Box</t>
+        </is>
+      </c>
+      <c r="D582" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E570" s="1" t="inlineStr">
-[...113 lines deleted...]
-      <c r="E574" s="1" t="inlineStr">
+      <c r="E582" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F582" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="583" customHeight="true" ht="140.0">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>443687</t>
+        </is>
+      </c>
+      <c r="C583" s="1" t="inlineStr">
+        <is>
+          <t>BREAKMATE II</t>
+        </is>
+      </c>
+      <c r="D583" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E583" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F583" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="584" customHeight="true" ht="140.0">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>445217</t>
+        </is>
+      </c>
+      <c r="C584" s="1" t="inlineStr">
+        <is>
+          <t>BREAKMATE II</t>
+        </is>
+      </c>
+      <c r="D584" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E584" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F584" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="585" customHeight="true" ht="140.0">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>466873</t>
+        </is>
+      </c>
+      <c r="C585" s="1" t="inlineStr">
+        <is>
+          <t>DIET LEED</t>
+        </is>
+      </c>
+      <c r="D585" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E585" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F585" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="586" customHeight="true" ht="140.0">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>481084</t>
+        </is>
+      </c>
+      <c r="C586" s="1" t="inlineStr">
+        <is>
+          <t>PACIFIC ORCHARD
+P</t>
+        </is>
+      </c>
+      <c r="D586" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E586" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F586" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="587" customHeight="true" ht="140.0">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>482271</t>
+        </is>
+      </c>
+      <c r="C587" s="1" t="inlineStr">
+        <is>
+          <t>METRO
+METRO 6</t>
+        </is>
+      </c>
+      <c r="D587" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E587" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F587" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="588" customHeight="true" ht="140.0">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>482274</t>
+        </is>
+      </c>
+      <c r="C588" s="1" t="inlineStr">
+        <is>
+          <t>METRO
+METRO 6</t>
+        </is>
+      </c>
+      <c r="D588" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E588" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F588" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="589" customHeight="true" ht="140.0">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>487139</t>
+        </is>
+      </c>
+      <c r="C589" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D589" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E589" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F589" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="590" customHeight="true" ht="140.0">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>489889</t>
+        </is>
+      </c>
+      <c r="C590" s="1" t="inlineStr">
+        <is>
+          <t>SET</t>
+        </is>
+      </c>
+      <c r="D590" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E590" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F590" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="591" customHeight="true" ht="140.0">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>491895</t>
+        </is>
+      </c>
+      <c r="C591" s="1" t="inlineStr">
+        <is>
+          <t>CLUB COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D591" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E591" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F591" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="592" customHeight="true" ht="140.0">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>515698</t>
+        </is>
+      </c>
+      <c r="C592" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL SPRING WATER AUSTRALIA'S PURE ALTERNATIVE</t>
+        </is>
+      </c>
+      <c r="D592" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E592" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F592" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="593" customHeight="true" ht="140.0">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>541161</t>
+        </is>
+      </c>
+      <c r="C593" s="1" t="inlineStr">
+        <is>
+          <t>MOUNTAIN SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D593" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E593" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F593" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="594" customHeight="true" ht="140.0">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>548828</t>
+        </is>
+      </c>
+      <c r="C594" s="1" t="inlineStr">
+        <is>
+          <t>AQUARIUS
+A</t>
+        </is>
+      </c>
+      <c r="D594" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E594" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F594" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="595" customHeight="true" ht="140.0">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>558307</t>
+        </is>
+      </c>
+      <c r="C595" s="1" t="inlineStr">
+        <is>
+          <t>CONVERTIBLE</t>
+        </is>
+      </c>
+      <c r="D595" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E595" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F595" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="596" customHeight="true" ht="140.0">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>558309</t>
+        </is>
+      </c>
+      <c r="C596" s="1" t="inlineStr">
+        <is>
+          <t>CONVERTIBLE</t>
+        </is>
+      </c>
+      <c r="D596" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E596" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F596" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="597" customHeight="true" ht="140.0">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>578646</t>
+        </is>
+      </c>
+      <c r="C597" s="1" t="inlineStr">
+        <is>
+          <t>HI-BETA</t>
+        </is>
+      </c>
+      <c r="D597" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E597" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F597" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="598" customHeight="true" ht="140.0">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>578647</t>
+        </is>
+      </c>
+      <c r="C598" s="1" t="inlineStr">
+        <is>
+          <t>VEGITABETA</t>
+        </is>
+      </c>
+      <c r="D598" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E598" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F598" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="599" customHeight="true" ht="140.0">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>579371</t>
+        </is>
+      </c>
+      <c r="C599" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D599" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E599" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="F599" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="600" customHeight="true" ht="140.0">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>580702</t>
+        </is>
+      </c>
+      <c r="C600" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D600" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E600" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="F600" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="601" customHeight="true" ht="140.0">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>580703</t>
+        </is>
+      </c>
+      <c r="C601" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D601" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E601" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="F601" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="602" customHeight="true" ht="140.0">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>583963</t>
+        </is>
+      </c>
+      <c r="C602" s="1" t="inlineStr">
+        <is>
+          <t>CRUSTA</t>
+        </is>
+      </c>
+      <c r="D602" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E602" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F602" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="603" customHeight="true" ht="140.0">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>585343</t>
+        </is>
+      </c>
+      <c r="C603" s="1" t="inlineStr">
+        <is>
+          <t>FUTURE BALL</t>
+        </is>
+      </c>
+      <c r="D603" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E603" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F603" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="604" customHeight="true" ht="140.0">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>585344</t>
+        </is>
+      </c>
+      <c r="C604" s="1" t="inlineStr">
+        <is>
+          <t>FUTURE BALL</t>
+        </is>
+      </c>
+      <c r="D604" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E604" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F604" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="605" customHeight="true" ht="140.0">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>585345</t>
+        </is>
+      </c>
+      <c r="C605" s="1" t="inlineStr">
+        <is>
+          <t>FUTURE BALL</t>
+        </is>
+      </c>
+      <c r="D605" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E605" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F605" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="606" customHeight="true" ht="140.0">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>587420</t>
+        </is>
+      </c>
+      <c r="C606" s="1" t="inlineStr">
+        <is>
+          <t>NORDIC MIST</t>
+        </is>
+      </c>
+      <c r="D606" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E606" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F606" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="607" customHeight="true" ht="140.0">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>590189</t>
+        </is>
+      </c>
+      <c r="C607" s="1" t="inlineStr">
+        <is>
+          <t>STRIKE-R-ROO</t>
+        </is>
+      </c>
+      <c r="D607" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E607" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F607" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="608" customHeight="true" ht="140.0">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>590190</t>
+        </is>
+      </c>
+      <c r="C608" s="1" t="inlineStr">
+        <is>
+          <t>STRIKE-R-ROO</t>
+        </is>
+      </c>
+      <c r="D608" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E608" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F608" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="609" customHeight="true" ht="140.0">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>590191</t>
+        </is>
+      </c>
+      <c r="C609" s="1" t="inlineStr">
+        <is>
+          <t>STRIKE-R-ROO</t>
+        </is>
+      </c>
+      <c r="D609" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E609" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F609" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="610" customHeight="true" ht="140.0">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>590192</t>
+        </is>
+      </c>
+      <c r="C610" s="1" t="inlineStr">
+        <is>
+          <t>STRIKE-R-ROO</t>
+        </is>
+      </c>
+      <c r="D610" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E610" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F610" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="611" customHeight="true" ht="140.0">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>590193</t>
+        </is>
+      </c>
+      <c r="C611" s="1" t="inlineStr">
+        <is>
+          <t>REF-R-REE</t>
+        </is>
+      </c>
+      <c r="D611" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E611" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F611" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="612" customHeight="true" ht="140.0">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>590194</t>
+        </is>
+      </c>
+      <c r="C612" s="1" t="inlineStr">
+        <is>
+          <t>REF-R-REE</t>
+        </is>
+      </c>
+      <c r="D612" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E612" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F612" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="613" customHeight="true" ht="140.0">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>590195</t>
+        </is>
+      </c>
+      <c r="C613" s="1" t="inlineStr">
+        <is>
+          <t>REF-R-REE</t>
+        </is>
+      </c>
+      <c r="D613" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E613" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F613" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="614" customHeight="true" ht="140.0">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>590196</t>
+        </is>
+      </c>
+      <c r="C614" s="1" t="inlineStr">
+        <is>
+          <t>REF-R-REE</t>
+        </is>
+      </c>
+      <c r="D614" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E614" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F614" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="615" customHeight="true" ht="140.0">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>591646</t>
+        </is>
+      </c>
+      <c r="C615" s="1" t="inlineStr">
+        <is>
+          <t>ALWAYS</t>
+        </is>
+      </c>
+      <c r="D615" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E615" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F615" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="616" customHeight="true" ht="140.0">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>591925</t>
+        </is>
+      </c>
+      <c r="C616" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D616" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E616" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F616" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="617" customHeight="true" ht="140.0">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>591926</t>
+        </is>
+      </c>
+      <c r="C617" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D617" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E617" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F617" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="618" customHeight="true" ht="140.0">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>591927</t>
+        </is>
+      </c>
+      <c r="C618" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D618" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E618" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F618" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="619" customHeight="true" ht="140.0">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>591928</t>
+        </is>
+      </c>
+      <c r="C619" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D619" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E619" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F619" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="620" customHeight="true" ht="140.0">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>591929</t>
+        </is>
+      </c>
+      <c r="C620" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D620" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E620" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F620" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="621" customHeight="true" ht="140.0">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>591930</t>
+        </is>
+      </c>
+      <c r="C621" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D621" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E621" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F621" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="622" customHeight="true" ht="140.0">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>592599</t>
+        </is>
+      </c>
+      <c r="C622" s="1" t="inlineStr">
+        <is>
+          <t>FANTASIZE WITH FANTA</t>
+        </is>
+      </c>
+      <c r="D622" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E622" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F622" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="623" customHeight="true" ht="140.0">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>592601</t>
+        </is>
+      </c>
+      <c r="C623" s="1" t="inlineStr">
+        <is>
+          <t>FANTASIZE WITH FANTA</t>
+        </is>
+      </c>
+      <c r="D623" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E623" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F623" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="624" customHeight="true" ht="140.0">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>593522</t>
+        </is>
+      </c>
+      <c r="C624" s="1" t="inlineStr">
+        <is>
+          <t>ALWAYS COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D624" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E624" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F624" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="625" customHeight="true" ht="140.0">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>593832</t>
+        </is>
+      </c>
+      <c r="C625" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D625" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E625" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F625" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="626" customHeight="true" ht="140.0">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>596374</t>
+        </is>
+      </c>
+      <c r="C626" s="1" t="inlineStr">
+        <is>
+          <t>IT'S NOT WHAT YOU THINK</t>
+        </is>
+      </c>
+      <c r="D626" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E626" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F626" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="627" customHeight="true" ht="140.0">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>599386</t>
+        </is>
+      </c>
+      <c r="C627" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ALWAYS</t>
+        </is>
+      </c>
+      <c r="D627" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E627" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F627" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="628" customHeight="true" ht="140.0">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>602487</t>
+        </is>
+      </c>
+      <c r="C628" s="1" t="inlineStr">
+        <is>
+          <t>RECYCLE-A-SAURUS</t>
+        </is>
+      </c>
+      <c r="D628" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E628" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F628" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="629" customHeight="true" ht="140.0">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>602488</t>
+        </is>
+      </c>
+      <c r="C629" s="1" t="inlineStr">
+        <is>
+          <t>RECYCLE-A-SAURUS</t>
+        </is>
+      </c>
+      <c r="D629" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E629" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F629" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="630" customHeight="true" ht="140.0">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>602489</t>
+        </is>
+      </c>
+      <c r="C630" s="1" t="inlineStr">
+        <is>
+          <t>RECYCLE-A-SAURUS</t>
+        </is>
+      </c>
+      <c r="D630" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E630" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F630" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="631" customHeight="true" ht="140.0">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>603924</t>
+        </is>
+      </c>
+      <c r="C631" s="1" t="inlineStr">
+        <is>
+          <t>ALWAYS</t>
+        </is>
+      </c>
+      <c r="D631" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E631" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F631" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="632" customHeight="true" ht="140.0">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>603925</t>
+        </is>
+      </c>
+      <c r="C632" s="1" t="inlineStr">
+        <is>
+          <t>ALWAYS</t>
+        </is>
+      </c>
+      <c r="D632" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E632" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F632" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="633" customHeight="true" ht="140.0">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>603926</t>
+        </is>
+      </c>
+      <c r="C633" s="1" t="inlineStr">
+        <is>
+          <t>ALWAYS</t>
+        </is>
+      </c>
+      <c r="D633" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E633" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F633" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="634" customHeight="true" ht="140.0">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>603927</t>
+        </is>
+      </c>
+      <c r="C634" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ALWAYS</t>
+        </is>
+      </c>
+      <c r="D634" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E634" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F634" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="635" customHeight="true" ht="140.0">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>603928</t>
+        </is>
+      </c>
+      <c r="C635" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ALWAYS</t>
+        </is>
+      </c>
+      <c r="D635" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E635" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F635" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="636" customHeight="true" ht="140.0">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>603929</t>
+        </is>
+      </c>
+      <c r="C636" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ALWAYS</t>
+        </is>
+      </c>
+      <c r="D636" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E636" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F636" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="637" customHeight="true" ht="140.0">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>611292</t>
+        </is>
+      </c>
+      <c r="C637" s="1" t="inlineStr">
+        <is>
+          <t>CALIFORNIA'S NATURAL CHOICE</t>
+        </is>
+      </c>
+      <c r="D637" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E637" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F637" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="638" customHeight="true" ht="140.0">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>611425</t>
+        </is>
+      </c>
+      <c r="C638" s="1" t="inlineStr">
+        <is>
+          <t>THIRST TANKER</t>
+        </is>
+      </c>
+      <c r="D638" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E638" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F638" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="639" customHeight="true" ht="140.0">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>611426</t>
+        </is>
+      </c>
+      <c r="C639" s="1" t="inlineStr">
+        <is>
+          <t>THIRST TANKER</t>
+        </is>
+      </c>
+      <c r="D639" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E639" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F639" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="640" customHeight="true" ht="140.0">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>612561</t>
+        </is>
+      </c>
+      <c r="C640" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D640" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E640" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F640" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="641" customHeight="true" ht="140.0">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>613598</t>
+        </is>
+      </c>
+      <c r="C641" s="1" t="inlineStr">
+        <is>
+          <t>RADIO</t>
+        </is>
+      </c>
+      <c r="D641" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E641" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F641" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="642" customHeight="true" ht="140.0">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>620834</t>
+        </is>
+      </c>
+      <c r="C642" s="1" t="inlineStr">
+        <is>
+          <t>POWERLIFT</t>
+        </is>
+      </c>
+      <c r="D642" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E642" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F642" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="643" customHeight="true" ht="140.0">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>620835</t>
+        </is>
+      </c>
+      <c r="C643" s="1" t="inlineStr">
+        <is>
+          <t>POWERSOURCE</t>
+        </is>
+      </c>
+      <c r="D643" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E643" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F643" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="644" customHeight="true" ht="140.0">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>620836</t>
+        </is>
+      </c>
+      <c r="C644" s="1" t="inlineStr">
+        <is>
+          <t>POWERPLUS</t>
+        </is>
+      </c>
+      <c r="D644" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E644" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F644" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="645" customHeight="true" ht="140.0">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>620909</t>
+        </is>
+      </c>
+      <c r="C645" s="1" t="inlineStr">
+        <is>
+          <t>POWERPRO</t>
+        </is>
+      </c>
+      <c r="D645" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E645" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F645" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="646" customHeight="true" ht="140.0">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>622370</t>
+        </is>
+      </c>
+      <c r="C646" s="1" t="inlineStr">
+        <is>
+          <t>THE TASTE OF COOL</t>
+        </is>
+      </c>
+      <c r="D646" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E646" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F646" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="647" customHeight="true" ht="140.0">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>622746</t>
+        </is>
+      </c>
+      <c r="C647" s="1" t="inlineStr">
+        <is>
+          <t>BIG CHILL</t>
+        </is>
+      </c>
+      <c r="D647" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E647" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F647" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="648" customHeight="true" ht="140.0">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>622748</t>
+        </is>
+      </c>
+      <c r="C648" s="1" t="inlineStr">
+        <is>
+          <t>TWIN CHILL</t>
+        </is>
+      </c>
+      <c r="D648" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E648" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F648" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="649" customHeight="true" ht="140.0">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>625742</t>
+        </is>
+      </c>
+      <c r="C649" s="1" t="inlineStr">
+        <is>
+          <t>DIET COKE</t>
+        </is>
+      </c>
+      <c r="D649" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E649" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F649" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="650" customHeight="true" ht="140.0">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>628616</t>
+        </is>
+      </c>
+      <c r="C650" s="1" t="inlineStr">
+        <is>
+          <t>TO SPONSOR IS TO BELIEVE</t>
+        </is>
+      </c>
+      <c r="D650" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E650" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F650" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="651" customHeight="true" ht="140.0">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>629618</t>
+        </is>
+      </c>
+      <c r="C651" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D651" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E651" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F651" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="652" customHeight="true" ht="140.0">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>631053</t>
+        </is>
+      </c>
+      <c r="C652" s="1" t="inlineStr">
+        <is>
+          <t>AQUARIUS NEO</t>
+        </is>
+      </c>
+      <c r="D652" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E652" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F652" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="653" customHeight="true" ht="140.0">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>633089</t>
+        </is>
+      </c>
+      <c r="C653" s="1" t="inlineStr">
+        <is>
+          <t>DOUBLEDECKER</t>
+        </is>
+      </c>
+      <c r="D653" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E653" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F653" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="654" customHeight="true" ht="140.0">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>633090</t>
+        </is>
+      </c>
+      <c r="C654" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D654" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E654" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F654" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="655" customHeight="true" ht="140.0">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>637042</t>
+        </is>
+      </c>
+      <c r="C655" s="1" t="inlineStr">
+        <is>
+          <t>ICE BOX</t>
+        </is>
+      </c>
+      <c r="D655" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E655" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F655" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="656" customHeight="true" ht="140.0">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>640558</t>
+        </is>
+      </c>
+      <c r="C656" s="1" t="inlineStr">
+        <is>
+          <t>BEVERAGE EXPRESS</t>
+        </is>
+      </c>
+      <c r="D656" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E656" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F656" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="657" customHeight="true" ht="140.0">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>640559</t>
+        </is>
+      </c>
+      <c r="C657" s="1" t="inlineStr">
+        <is>
+          <t>BEVERAGE EXPRESS</t>
+        </is>
+      </c>
+      <c r="D657" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E657" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F657" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="658" customHeight="true" ht="140.0">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>641121</t>
+        </is>
+      </c>
+      <c r="C658" s="1" t="inlineStr">
+        <is>
+          <t>kidsfruitz</t>
+        </is>
+      </c>
+      <c r="D658" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E658" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F658" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="659" customHeight="true" ht="140.0">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>642825</t>
+        </is>
+      </c>
+      <c r="C659" s="1" t="inlineStr">
+        <is>
+          <t>MELTDOWN</t>
+        </is>
+      </c>
+      <c r="D659" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E659" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F659" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="660" customHeight="true" ht="140.0">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>653971</t>
+        </is>
+      </c>
+      <c r="C660" s="1" t="inlineStr">
+        <is>
+          <t>GOLDEN KOLA</t>
+        </is>
+      </c>
+      <c r="D660" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E660" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F660" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="661" customHeight="true" ht="140.0">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>653974</t>
+        </is>
+      </c>
+      <c r="C661" s="1" t="inlineStr">
+        <is>
+          <t>INCA KOLA</t>
+        </is>
+      </c>
+      <c r="D661" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E661" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F661" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="662" customHeight="true" ht="140.0">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>657090</t>
+        </is>
+      </c>
+      <c r="C662" s="1" t="inlineStr">
+        <is>
+          <t>PEATS RIDGE SPRINGS</t>
+        </is>
+      </c>
+      <c r="D662" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E662" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F662" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="663" customHeight="true" ht="140.0">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>658689</t>
+        </is>
+      </c>
+      <c r="C663" s="1" t="inlineStr">
+        <is>
+          <t>BARQ'S</t>
+        </is>
+      </c>
+      <c r="D663" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E663" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F663" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="664" customHeight="true" ht="140.0">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>665628</t>
+        </is>
+      </c>
+      <c r="C664" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE</t>
+        </is>
+      </c>
+      <c r="D664" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E664" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F664" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="665" customHeight="true" ht="140.0">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>666276</t>
+        </is>
+      </c>
+      <c r="C665" s="1" t="inlineStr">
+        <is>
+          <t>CRUSTA</t>
+        </is>
+      </c>
+      <c r="D665" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled for unknown reason</t>
+        </is>
+      </c>
+      <c r="E665" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 31, 32</t>
+        </is>
+      </c>
+      <c r="F665" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="666" customHeight="true" ht="140.0">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>667026</t>
+        </is>
+      </c>
+      <c r="C666" s="1" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="D666" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E666" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F666" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="667" customHeight="true" ht="140.0">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>672411</t>
+        </is>
+      </c>
+      <c r="C667" s="1" t="inlineStr">
+        <is>
+          <t>BEVERAGE EXPRESS</t>
+        </is>
+      </c>
+      <c r="D667" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E667" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F574" s="1" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E577" s="1" t="inlineStr">
+      <c r="F667" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="668" customHeight="true" ht="140.0">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>678945</t>
+        </is>
+      </c>
+      <c r="C668" s="1" t="inlineStr">
+        <is>
+          <t>NATURAL ENERGY</t>
+        </is>
+      </c>
+      <c r="D668" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E668" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F668" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="669" customHeight="true" ht="140.0">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>678947</t>
+        </is>
+      </c>
+      <c r="C669" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D669" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E669" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F669" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="670" customHeight="true" ht="140.0">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>679225</t>
+        </is>
+      </c>
+      <c r="C670" s="1" t="inlineStr">
+        <is>
+          <t>NATURAL ENERGY WATER</t>
+        </is>
+      </c>
+      <c r="D670" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E670" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F670" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="671" customHeight="true" ht="140.0">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>704539</t>
+        </is>
+      </c>
+      <c r="C671" s="1" t="inlineStr">
+        <is>
+          <t>FIND YOUR OWN FRUITOPIA</t>
+        </is>
+      </c>
+      <c r="D671" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E671" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F671" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="672" customHeight="true" ht="140.0">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>706593</t>
+        </is>
+      </c>
+      <c r="C672" s="1" t="inlineStr">
+        <is>
+          <t>TIDAL BURST</t>
+        </is>
+      </c>
+      <c r="D672" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E672" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F672" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="673" customHeight="true" ht="140.0">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>708566</t>
+        </is>
+      </c>
+      <c r="C673" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D673" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E673" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F673" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="674" customHeight="true" ht="140.0">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>715956</t>
+        </is>
+      </c>
+      <c r="C674" s="1" t="inlineStr">
+        <is>
+          <t>HIT</t>
+        </is>
+      </c>
+      <c r="D674" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E674" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F674" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="675" customHeight="true" ht="140.0">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>719533</t>
+        </is>
+      </c>
+      <c r="C675" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D675" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E675" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F675" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="676" customHeight="true" ht="140.0">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>722068</t>
+        </is>
+      </c>
+      <c r="C676" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE ATHLETIC CLUB</t>
+        </is>
+      </c>
+      <c r="D676" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E676" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F676" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="677" customHeight="true" ht="140.0">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>723775</t>
+        </is>
+      </c>
+      <c r="C677" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D677" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E677" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F677" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="678" customHeight="true" ht="140.0">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>725692</t>
+        </is>
+      </c>
+      <c r="C678" s="1" t="inlineStr">
+        <is>
+          <t>LINTON PARK</t>
+        </is>
+      </c>
+      <c r="D678" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E678" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F678" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="679" customHeight="true" ht="140.0">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>726695</t>
+        </is>
+      </c>
+      <c r="C679" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA COOL ZONE</t>
+        </is>
+      </c>
+      <c r="D679" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E679" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F679" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="680" customHeight="true" ht="140.0">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>729067</t>
+        </is>
+      </c>
+      <c r="C680" s="1" t="inlineStr">
+        <is>
+          <t>THE TASTE OF COOL</t>
+        </is>
+      </c>
+      <c r="D680" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E680" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F577" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D578" s="1" t="inlineStr">
+      <c r="F680" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="681" customHeight="true" ht="140.0">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>735112</t>
+        </is>
+      </c>
+      <c r="C681" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE LIGHT</t>
+        </is>
+      </c>
+      <c r="D681" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E681" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F681" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="682" customHeight="true" ht="140.0">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>736662</t>
+        </is>
+      </c>
+      <c r="C682" s="1" t="inlineStr">
+        <is>
+          <t>POWERFLO</t>
+        </is>
+      </c>
+      <c r="D682" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E682" s="1" t="inlineStr">
+        <is>
+          <t>6, 20, 32</t>
+        </is>
+      </c>
+      <c r="F682" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="683" customHeight="true" ht="140.0">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>741202</t>
+        </is>
+      </c>
+      <c r="C683" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D683" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E683" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F683" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="684" customHeight="true" ht="140.0">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>750663</t>
+        </is>
+      </c>
+      <c r="C684" s="1" t="inlineStr">
+        <is>
+          <t>POWER ON</t>
+        </is>
+      </c>
+      <c r="D684" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E684" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F684" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="685" customHeight="true" ht="140.0">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>751047</t>
+        </is>
+      </c>
+      <c r="C685" s="1" t="inlineStr">
+        <is>
+          <t>DO WHAT YOU WANT</t>
+        </is>
+      </c>
+      <c r="D685" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E685" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F685" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="686" customHeight="true" ht="140.0">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>758286</t>
+        </is>
+      </c>
+      <c r="C686" s="1" t="inlineStr">
+        <is>
+          <t>LIFT</t>
+        </is>
+      </c>
+      <c r="D686" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E686" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F686" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="687" customHeight="true" ht="140.0">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>760917</t>
+        </is>
+      </c>
+      <c r="C687" s="1" t="inlineStr">
+        <is>
+          <t>PUMP SPORTS POWER BOOST</t>
+        </is>
+      </c>
+      <c r="D687" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E687" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F687" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="688" customHeight="true" ht="140.0">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>761615</t>
+        </is>
+      </c>
+      <c r="C688" s="1" t="inlineStr">
+        <is>
+          <t>FANZONE</t>
+        </is>
+      </c>
+      <c r="D688" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E688" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 14, 16, 18, 20, 21, 24, 25, 28</t>
+        </is>
+      </c>
+      <c r="F688" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="689" customHeight="true" ht="140.0">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>762216</t>
+        </is>
+      </c>
+      <c r="C689" s="1" t="inlineStr">
+        <is>
+          <t>BITE INTO IT</t>
+        </is>
+      </c>
+      <c r="D689" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E689" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F689" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="690" customHeight="true" ht="140.0">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>770825</t>
+        </is>
+      </c>
+      <c r="C690" s="1" t="inlineStr">
+        <is>
+          <t>Hidden Valley</t>
+        </is>
+      </c>
+      <c r="D690" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E690" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F690" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="691" customHeight="true" ht="140.0">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>772155</t>
+        </is>
+      </c>
+      <c r="C691" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE ELECTRIC CHILL THIRST QUENCHER</t>
+        </is>
+      </c>
+      <c r="D691" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E691" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F691" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="692" customHeight="true" ht="140.0">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>772709</t>
+        </is>
+      </c>
+      <c r="C692" s="1" t="inlineStr">
+        <is>
+          <t>EKO</t>
+        </is>
+      </c>
+      <c r="D692" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E692" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F692" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="693" customHeight="true" ht="140.0">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>781296</t>
+        </is>
+      </c>
+      <c r="C693" s="1" t="inlineStr">
+        <is>
+          <t>PICCADILLY PICCADILLY SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D693" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E693" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F693" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="694" customHeight="true" ht="140.0">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>782860</t>
+        </is>
+      </c>
+      <c r="C694" s="1" t="inlineStr">
+        <is>
+          <t>E2</t>
+        </is>
+      </c>
+      <c r="D694" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E694" s="1" t="inlineStr">
+        <is>
+          <t>25, 32</t>
+        </is>
+      </c>
+      <c r="F694" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="695" customHeight="true" ht="140.0">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>808843</t>
+        </is>
+      </c>
+      <c r="C695" s="1" t="inlineStr">
+        <is>
+          <t>MT. GAMBIER NATURAL SPRINGS SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D695" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E695" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F695" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="696" customHeight="true" ht="140.0">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>808892</t>
+        </is>
+      </c>
+      <c r="C696" s="1" t="inlineStr">
+        <is>
+          <t>AVELLE</t>
+        </is>
+      </c>
+      <c r="D696" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E696" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F696" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="697" customHeight="true" ht="140.0">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>809071</t>
+        </is>
+      </c>
+      <c r="C697" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY FRUIT JUICES</t>
+        </is>
+      </c>
+      <c r="D697" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E697" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F697" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="698" customHeight="true" ht="140.0">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>812720</t>
+        </is>
+      </c>
+      <c r="C698" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D698" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E698" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F698" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="699" customHeight="true" ht="140.0">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>816251</t>
+        </is>
+      </c>
+      <c r="C699" s="1" t="inlineStr">
+        <is>
+          <t>IKON</t>
+        </is>
+      </c>
+      <c r="D699" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E699" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F699" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="700" customHeight="true" ht="140.0">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>816252</t>
+        </is>
+      </c>
+      <c r="C700" s="1" t="inlineStr">
+        <is>
+          <t>DIRTY DOG</t>
+        </is>
+      </c>
+      <c r="D700" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E700" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F700" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="701" customHeight="true" ht="140.0">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>816255</t>
+        </is>
+      </c>
+      <c r="C701" s="1" t="inlineStr">
+        <is>
+          <t>E2</t>
+        </is>
+      </c>
+      <c r="D701" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E701" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F701" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="702" customHeight="true" ht="140.0">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>817807</t>
+        </is>
+      </c>
+      <c r="C702" s="1" t="inlineStr">
+        <is>
+          <t>hydration</t>
+        </is>
+      </c>
+      <c r="D702" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E702" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F702" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="703" customHeight="true" ht="140.0">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>822116</t>
+        </is>
+      </c>
+      <c r="C703" s="1" t="inlineStr">
+        <is>
+          <t>FROG STRANGLER</t>
+        </is>
+      </c>
+      <c r="D703" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E703" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F703" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="704" customHeight="true" ht="140.0">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>828338</t>
+        </is>
+      </c>
+      <c r="C704" s="1" t="inlineStr">
+        <is>
+          <t>GET CAUGHT RED HANDED</t>
+        </is>
+      </c>
+      <c r="D704" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E704" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F704" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="705" customHeight="true" ht="140.0">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>831853</t>
+        </is>
+      </c>
+      <c r="C705" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D705" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E705" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F705" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="706" customHeight="true" ht="140.0">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>840287</t>
+        </is>
+      </c>
+      <c r="C706" s="1" t="inlineStr">
+        <is>
+          <t>CRUSTA</t>
+        </is>
+      </c>
+      <c r="D706" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E578" s="1" t="inlineStr">
-[...189 lines deleted...]
-      <c r="D585" s="1" t="inlineStr">
+      <c r="E706" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F706" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="707" customHeight="true" ht="140.0">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>840289</t>
+        </is>
+      </c>
+      <c r="C707" s="1" t="inlineStr">
+        <is>
+          <t>CRUSTA</t>
+        </is>
+      </c>
+      <c r="D707" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E707" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F707" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="708" customHeight="true" ht="140.0">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>843633</t>
+        </is>
+      </c>
+      <c r="C708" s="1" t="inlineStr">
+        <is>
+          <t>SUNSPLASH</t>
+        </is>
+      </c>
+      <c r="D708" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E708" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F708" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="709" customHeight="true" ht="140.0">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>850892</t>
+        </is>
+      </c>
+      <c r="C709" s="1" t="inlineStr">
+        <is>
+          <t>BIBO</t>
+        </is>
+      </c>
+      <c r="D709" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E709" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F709" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="710" customHeight="true" ht="140.0">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>865710</t>
+        </is>
+      </c>
+      <c r="C710" s="1" t="inlineStr">
+        <is>
+          <t>PUMPHOUSE</t>
+        </is>
+      </c>
+      <c r="D710" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E710" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F710" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="711" customHeight="true" ht="140.0">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>866143</t>
+        </is>
+      </c>
+      <c r="C711" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA, LIFE TASTES GOOD</t>
+        </is>
+      </c>
+      <c r="D711" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E711" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F711" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="712" customHeight="true" ht="140.0">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>866144</t>
+        </is>
+      </c>
+      <c r="C712" s="1" t="inlineStr">
+        <is>
+          <t>LIFE TASTES GOOD</t>
+        </is>
+      </c>
+      <c r="D712" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E712" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F712" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="713" customHeight="true" ht="140.0">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>867033</t>
+        </is>
+      </c>
+      <c r="C713" s="1" t="inlineStr">
+        <is>
+          <t>PLANET SEVEN</t>
+        </is>
+      </c>
+      <c r="D713" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E713" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F713" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="714" customHeight="true" ht="140.0">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>867043</t>
+        </is>
+      </c>
+      <c r="C714" s="1" t="inlineStr">
+        <is>
+          <t>P 7</t>
+        </is>
+      </c>
+      <c r="D714" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E714" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F714" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="715" customHeight="true" ht="140.0">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>867044</t>
+        </is>
+      </c>
+      <c r="C715" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D715" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E715" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F715" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="716" customHeight="true" ht="140.0">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>867331</t>
+        </is>
+      </c>
+      <c r="C716" s="1" t="inlineStr">
+        <is>
+          <t>CRUSTA THE 100% FRESH AUSTRALIAN FRUIT JUICE PEOPLE</t>
+        </is>
+      </c>
+      <c r="D716" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E585" s="1" t="inlineStr">
+      <c r="E716" s="1" t="inlineStr">
+        <is>
+          <t>32, 42</t>
+        </is>
+      </c>
+      <c r="F716" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="717" customHeight="true" ht="140.0">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>867332</t>
+        </is>
+      </c>
+      <c r="C717" s="1" t="inlineStr">
+        <is>
+          <t>CRUSTA THE 100% FRESH AUSTRALIAN FRUIT JUICE PEOPLE</t>
+        </is>
+      </c>
+      <c r="D717" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E717" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F717" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="718" customHeight="true" ht="140.0">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>871440</t>
+        </is>
+      </c>
+      <c r="C718" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D718" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E718" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F718" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="719" customHeight="true" ht="140.0">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>881942</t>
+        </is>
+      </c>
+      <c r="C719" s="1" t="inlineStr">
+        <is>
+          <t>DIAMOND ICE</t>
+        </is>
+      </c>
+      <c r="D719" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E719" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F719" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="720" customHeight="true" ht="140.0">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>889257</t>
+        </is>
+      </c>
+      <c r="C720" s="1" t="inlineStr">
+        <is>
+          <t>DIAMOND SPRING WATER</t>
+        </is>
+      </c>
+      <c r="D720" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E720" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F720" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="721" customHeight="true" ht="140.0">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>890528</t>
+        </is>
+      </c>
+      <c r="C721" s="1" t="inlineStr">
+        <is>
+          <t>AQUANA</t>
+        </is>
+      </c>
+      <c r="D721" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E721" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F721" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="722" customHeight="true" ht="140.0">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>890530</t>
+        </is>
+      </c>
+      <c r="C722" s="1" t="inlineStr">
+        <is>
+          <t>WHAT GETS YOU MOVING?</t>
+        </is>
+      </c>
+      <c r="D722" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E722" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F722" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="723" customHeight="true" ht="140.0">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>890531</t>
+        </is>
+      </c>
+      <c r="C723" s="1" t="inlineStr">
+        <is>
+          <t>LOVE WHAT'S INSIDE</t>
+        </is>
+      </c>
+      <c r="D723" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E723" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F723" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="724" customHeight="true" ht="140.0">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>895289</t>
+        </is>
+      </c>
+      <c r="C724" s="1" t="inlineStr">
+        <is>
+          <t>AQUATERRE</t>
+        </is>
+      </c>
+      <c r="D724" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E724" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F724" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="725" customHeight="true" ht="140.0">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>896435</t>
+        </is>
+      </c>
+      <c r="C725" s="1" t="inlineStr">
+        <is>
+          <t>BIBO</t>
+        </is>
+      </c>
+      <c r="D725" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E725" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F725" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="726" customHeight="true" ht="140.0">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>898793</t>
+        </is>
+      </c>
+      <c r="C726" s="1" t="inlineStr">
+        <is>
+          <t>FOUNTAINHEAD</t>
+        </is>
+      </c>
+      <c r="D726" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E726" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F726" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="727" customHeight="true" ht="140.0">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>901401</t>
+        </is>
+      </c>
+      <c r="C727" s="1" t="inlineStr">
+        <is>
+          <t>BIBO</t>
+        </is>
+      </c>
+      <c r="D727" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E727" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F727" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="728" customHeight="true" ht="140.0">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>902329</t>
+        </is>
+      </c>
+      <c r="C728" s="1" t="inlineStr">
+        <is>
+          <t>FRUTONIC</t>
+        </is>
+      </c>
+      <c r="D728" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E728" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F728" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="729" customHeight="true" ht="140.0">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>903202</t>
+        </is>
+      </c>
+      <c r="C729" s="1" t="inlineStr">
+        <is>
+          <t>SCORE! 1 WORLD:1 SPORT</t>
+        </is>
+      </c>
+      <c r="D729" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E729" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F729" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="730" customHeight="true" ht="140.0">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>907214</t>
+        </is>
+      </c>
+      <c r="C730" s="1" t="inlineStr">
+        <is>
+          <t>NAN &amp; NED NEVERFAIL THE SPRING WATER COUPLE</t>
+        </is>
+      </c>
+      <c r="D730" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E730" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F730" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="731" customHeight="true" ht="140.0">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>907227</t>
+        </is>
+      </c>
+      <c r="C731" s="1" t="inlineStr">
+        <is>
+          <t>NEIL NEVERFAIL THE SPRING WATER MAN</t>
+        </is>
+      </c>
+      <c r="D731" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E731" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F731" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="732" customHeight="true" ht="140.0">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>907267</t>
+        </is>
+      </c>
+      <c r="C732" s="1" t="inlineStr">
+        <is>
+          <t>NICKY NEVERFAIL THE SPRING WATER KID</t>
+        </is>
+      </c>
+      <c r="D732" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E732" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F732" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="733" customHeight="true" ht="140.0">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>909025</t>
+        </is>
+      </c>
+      <c r="C733" s="1" t="inlineStr">
+        <is>
+          <t>HEAVEN AND EARTH</t>
+        </is>
+      </c>
+      <c r="D733" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E733" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F733" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="734" customHeight="true" ht="140.0">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>910206</t>
+        </is>
+      </c>
+      <c r="C734" s="1" t="inlineStr">
+        <is>
+          <t>POD PERFECT</t>
+        </is>
+      </c>
+      <c r="D734" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E734" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F734" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="735" customHeight="true" ht="140.0">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>913097</t>
+        </is>
+      </c>
+      <c r="C735" s="1" t="inlineStr">
+        <is>
+          <t>LEED</t>
+        </is>
+      </c>
+      <c r="D735" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E735" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F735" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="736" customHeight="true" ht="140.0">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>937073</t>
+        </is>
+      </c>
+      <c r="C736" s="1" t="inlineStr">
+        <is>
+          <t>FIZZIMO</t>
+        </is>
+      </c>
+      <c r="D736" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E736" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F585" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E586" s="1" t="inlineStr">
+      <c r="F736" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="737" customHeight="true" ht="140.0">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>937074</t>
+        </is>
+      </c>
+      <c r="C737" s="1" t="inlineStr">
+        <is>
+          <t>EFL</t>
+        </is>
+      </c>
+      <c r="D737" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E737" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F737" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="738" customHeight="true" ht="140.0">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>937075</t>
+        </is>
+      </c>
+      <c r="C738" s="1" t="inlineStr">
+        <is>
+          <t>ENERGY FOR LIFE</t>
+        </is>
+      </c>
+      <c r="D738" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E738" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F738" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="739" customHeight="true" ht="140.0">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>938291</t>
+        </is>
+      </c>
+      <c r="C739" s="1" t="inlineStr">
+        <is>
+          <t>YOU KNOW YOU WANT IT</t>
+        </is>
+      </c>
+      <c r="D739" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E739" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F739" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="740" customHeight="true" ht="140.0">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>938969</t>
+        </is>
+      </c>
+      <c r="C740" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE ICE</t>
+        </is>
+      </c>
+      <c r="D740" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E740" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F740" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="741" customHeight="true" ht="140.0">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>941709</t>
+        </is>
+      </c>
+      <c r="C741" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D741" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E741" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F741" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="742" customHeight="true" ht="140.0">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>941711</t>
+        </is>
+      </c>
+      <c r="C742" s="1" t="inlineStr">
+        <is>
+          <t>LEED TUITY FRUITY</t>
+        </is>
+      </c>
+      <c r="D742" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E742" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F742" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="743" customHeight="true" ht="140.0">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>943110</t>
+        </is>
+      </c>
+      <c r="C743" s="1" t="inlineStr">
+        <is>
+          <t>FIZZIMO</t>
+        </is>
+      </c>
+      <c r="D743" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E743" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F743" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="744" customHeight="true" ht="140.0">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>947147</t>
+        </is>
+      </c>
+      <c r="C744" s="1" t="inlineStr">
+        <is>
+          <t>FRUIT PUNCHIES</t>
+        </is>
+      </c>
+      <c r="D744" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E744" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F744" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="745" customHeight="true" ht="140.0">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>951995</t>
+        </is>
+      </c>
+      <c r="C745" s="1" t="inlineStr">
+        <is>
+          <t>spida</t>
+        </is>
+      </c>
+      <c r="D745" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E745" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F745" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="746" customHeight="true" ht="140.0">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>955916</t>
+        </is>
+      </c>
+      <c r="C746" s="1" t="inlineStr">
+        <is>
+          <t>P</t>
+        </is>
+      </c>
+      <c r="D746" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E746" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F746" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="747" customHeight="true" ht="140.0">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>956644</t>
+        </is>
+      </c>
+      <c r="C747" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA REAL REFRESHMENT</t>
+        </is>
+      </c>
+      <c r="D747" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E747" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F747" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="748" customHeight="true" ht="140.0">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>959804</t>
+        </is>
+      </c>
+      <c r="C748" s="1" t="inlineStr">
+        <is>
+          <t>COKE</t>
+        </is>
+      </c>
+      <c r="D748" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E748" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F748" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="749" customHeight="true" ht="140.0">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>962126</t>
+        </is>
+      </c>
+      <c r="C749" s="1" t="inlineStr">
+        <is>
+          <t>CLASSIC C</t>
+        </is>
+      </c>
+      <c r="D749" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E749" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F749" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="750" customHeight="true" ht="140.0">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>966391</t>
+        </is>
+      </c>
+      <c r="C750" s="1" t="inlineStr">
+        <is>
+          <t>KAZOO NATURAL SOFT DRINKS</t>
+        </is>
+      </c>
+      <c r="D750" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E750" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F750" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="751" customHeight="true" ht="140.0">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>967721</t>
+        </is>
+      </c>
+      <c r="C751" s="1" t="inlineStr">
+        <is>
+          <t>AQUA SPORTZ</t>
+        </is>
+      </c>
+      <c r="D751" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E751" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F751" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="752" customHeight="true" ht="140.0">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>967722</t>
+        </is>
+      </c>
+      <c r="C752" s="1" t="inlineStr">
+        <is>
+          <t>BLUE BEAU</t>
+        </is>
+      </c>
+      <c r="D752" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E752" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F752" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="753" customHeight="true" ht="140.0">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>977508</t>
+        </is>
+      </c>
+      <c r="C753" s="1" t="inlineStr">
+        <is>
+          <t>LIVE'N LOCAL</t>
+        </is>
+      </c>
+      <c r="D753" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E753" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F753" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="754" customHeight="true" ht="140.0">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>986278</t>
+        </is>
+      </c>
+      <c r="C754" s="1" t="inlineStr">
+        <is>
+          <t>ACTIVE FACTOR</t>
+        </is>
+      </c>
+      <c r="D754" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E754" s="1" t="inlineStr">
+        <is>
+          <t>32, 36</t>
+        </is>
+      </c>
+      <c r="F754" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="755" customHeight="true" ht="140.0">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>988823</t>
+        </is>
+      </c>
+      <c r="C755" s="1" t="inlineStr">
+        <is>
+          <t>FANTA SPIDER ORANGE</t>
+        </is>
+      </c>
+      <c r="D755" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E755" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F755" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="756" customHeight="true" ht="140.0">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>988824</t>
+        </is>
+      </c>
+      <c r="C756" s="1" t="inlineStr">
+        <is>
+          <t>FANTA SPIDER STRAWBERRY</t>
+        </is>
+      </c>
+      <c r="D756" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E756" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F756" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="757" customHeight="true" ht="140.0">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>995568</t>
+        </is>
+      </c>
+      <c r="C757" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA CL</t>
+        </is>
+      </c>
+      <c r="D757" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E757" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F757" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="758" customHeight="true" ht="140.0">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>995569</t>
+        </is>
+      </c>
+      <c r="C758" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA BOLD</t>
+        </is>
+      </c>
+      <c r="D758" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E758" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F758" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="759" customHeight="true" ht="140.0">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>995570</t>
+        </is>
+      </c>
+      <c r="C759" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA C2</t>
+        </is>
+      </c>
+      <c r="D759" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E759" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F759" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="760" customHeight="true" ht="140.0">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>996972</t>
+        </is>
+      </c>
+      <c r="C760" s="1" t="inlineStr">
+        <is>
+          <t>PALM SPRINGS REFRESHMENT CENTRE</t>
+        </is>
+      </c>
+      <c r="D760" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E760" s="1" t="inlineStr">
+        <is>
+          <t>11, 32</t>
+        </is>
+      </c>
+      <c r="F760" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="761" customHeight="true" ht="140.0">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>998083</t>
+        </is>
+      </c>
+      <c r="C761" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE 100% ARABICA</t>
+        </is>
+      </c>
+      <c r="D761" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E761" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F761" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="762" customHeight="true" ht="140.0">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>1003750</t>
+        </is>
+      </c>
+      <c r="C762" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE ACTIVE WATER</t>
+        </is>
+      </c>
+      <c r="D762" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E762" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F762" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="763" customHeight="true" ht="140.0">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>1022091</t>
+        </is>
+      </c>
+      <c r="C763" s="1" t="inlineStr">
+        <is>
+          <t>VITAWATER BALANCE</t>
+        </is>
+      </c>
+      <c r="D763" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E763" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F763" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="764" customHeight="true" ht="140.0">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>1023593</t>
+        </is>
+      </c>
+      <c r="C764" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA MAQIO</t>
+        </is>
+      </c>
+      <c r="D764" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E764" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F764" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="765" customHeight="true" ht="140.0">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>1023594</t>
+        </is>
+      </c>
+      <c r="C765" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA MAQIO</t>
+        </is>
+      </c>
+      <c r="D765" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E765" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F765" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="766" customHeight="true" ht="140.0">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>1023595</t>
+        </is>
+      </c>
+      <c r="C766" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA BLAK</t>
+        </is>
+      </c>
+      <c r="D766" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E766" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F766" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="767" customHeight="true" ht="140.0">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>1023596</t>
+        </is>
+      </c>
+      <c r="C767" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA BLAK</t>
+        </is>
+      </c>
+      <c r="D767" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E767" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F767" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="768" customHeight="true" ht="140.0">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>1023597</t>
+        </is>
+      </c>
+      <c r="C768" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA MAKKIO</t>
+        </is>
+      </c>
+      <c r="D768" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E768" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F768" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="769" customHeight="true" ht="140.0">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>1023598</t>
+        </is>
+      </c>
+      <c r="C769" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA MAKKIO</t>
+        </is>
+      </c>
+      <c r="D769" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E769" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F769" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="770" customHeight="true" ht="140.0">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>1025350</t>
+        </is>
+      </c>
+      <c r="C770" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D770" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E770" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F770" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="771" customHeight="true" ht="140.0">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>1025351</t>
+        </is>
+      </c>
+      <c r="C771" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D771" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E771" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F771" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="772" customHeight="true" ht="140.0">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>1025352</t>
+        </is>
+      </c>
+      <c r="C772" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D772" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E772" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F772" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="773" customHeight="true" ht="140.0">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>1025353</t>
+        </is>
+      </c>
+      <c r="C773" s="1" t="inlineStr">
+        <is>
+          <t>FANTA</t>
+        </is>
+      </c>
+      <c r="D773" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E773" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F773" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="774" customHeight="true" ht="140.0">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>1026128</t>
+        </is>
+      </c>
+      <c r="C774" s="1" t="inlineStr">
+        <is>
+          <t>MOVES WITH YOU</t>
+        </is>
+      </c>
+      <c r="D774" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E774" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F774" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="775" customHeight="true" ht="140.0">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>1027567</t>
+        </is>
+      </c>
+      <c r="C775" s="1" t="inlineStr">
+        <is>
+          <t>AS IT SHOULD BE</t>
+        </is>
+      </c>
+      <c r="D775" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E775" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F775" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="776" customHeight="true" ht="140.0">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>1027568</t>
+        </is>
+      </c>
+      <c r="C776" s="1" t="inlineStr">
+        <is>
+          <t>THE BEACH IS CALLING</t>
+        </is>
+      </c>
+      <c r="D776" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E776" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F776" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="777" customHeight="true" ht="140.0">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>1034006</t>
+        </is>
+      </c>
+      <c r="C777" s="1" t="inlineStr">
+        <is>
+          <t>HUG</t>
+        </is>
+      </c>
+      <c r="D777" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E777" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F777" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="778" customHeight="true" ht="140.0">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>1034495</t>
+        </is>
+      </c>
+      <c r="C778" s="1" t="inlineStr">
+        <is>
+          <t>COKE LIVE'N LOCAL</t>
+        </is>
+      </c>
+      <c r="D778" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E778" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F778" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="779" customHeight="true" ht="140.0">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>1034496</t>
+        </is>
+      </c>
+      <c r="C779" s="1" t="inlineStr">
+        <is>
+          <t>COKE LIVE</t>
+        </is>
+      </c>
+      <c r="D779" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E779" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F779" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="780" customHeight="true" ht="140.0">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>1036936</t>
+        </is>
+      </c>
+      <c r="C780" s="1" t="inlineStr">
+        <is>
+          <t>SPRITE QUENCH</t>
+        </is>
+      </c>
+      <c r="D780" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E780" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F780" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="781" customHeight="true" ht="140.0">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>1039138</t>
+        </is>
+      </c>
+      <c r="C781" s="1" t="inlineStr">
+        <is>
+          <t>FANTA SOURS</t>
+        </is>
+      </c>
+      <c r="D781" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E781" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F781" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="782" customHeight="true" ht="140.0">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>1040200</t>
+        </is>
+      </c>
+      <c r="C782" s="1" t="inlineStr">
+        <is>
+          <t>J</t>
+        </is>
+      </c>
+      <c r="D782" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E782" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F782" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="783" customHeight="true" ht="140.0">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>1042504</t>
+        </is>
+      </c>
+      <c r="C783" s="1" t="inlineStr">
+        <is>
+          <t>ICOKE</t>
+        </is>
+      </c>
+      <c r="D783" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E783" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F783" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="784" customHeight="true" ht="140.0">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>1042505</t>
+        </is>
+      </c>
+      <c r="C784" s="1" t="inlineStr">
+        <is>
+          <t>ICOKE</t>
+        </is>
+      </c>
+      <c r="D784" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E784" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F784" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="785" customHeight="true" ht="140.0">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>1042507</t>
+        </is>
+      </c>
+      <c r="C785" s="1" t="inlineStr">
+        <is>
+          <t>ICOKE</t>
+        </is>
+      </c>
+      <c r="D785" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E785" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F785" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="786" customHeight="true" ht="140.0">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>1042508</t>
+        </is>
+      </c>
+      <c r="C786" s="1" t="inlineStr">
+        <is>
+          <t>ICOKE</t>
+        </is>
+      </c>
+      <c r="D786" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E786" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F786" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="787" customHeight="true" ht="140.0">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>1044532</t>
+        </is>
+      </c>
+      <c r="C787" s="1" t="inlineStr">
+        <is>
+          <t>FAR COAST</t>
+        </is>
+      </c>
+      <c r="D787" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E787" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F787" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="788" customHeight="true" ht="140.0">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>1046792</t>
+        </is>
+      </c>
+      <c r="C788" s="1" t="inlineStr">
+        <is>
+          <t>BAMBOOCHA</t>
+        </is>
+      </c>
+      <c r="D788" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E788" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F788" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="789" customHeight="true" ht="140.0">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>1048205</t>
+        </is>
+      </c>
+      <c r="C789" s="1" t="inlineStr">
+        <is>
+          <t>FRUITOPIA J</t>
+        </is>
+      </c>
+      <c r="D789" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E789" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F789" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="790" customHeight="true" ht="140.0">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>1048206</t>
+        </is>
+      </c>
+      <c r="C790" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE PRO</t>
+        </is>
+      </c>
+      <c r="D790" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E790" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F790" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="791" customHeight="true" ht="140.0">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>1048208</t>
+        </is>
+      </c>
+      <c r="C791" s="1" t="inlineStr">
+        <is>
+          <t>ICOKE</t>
+        </is>
+      </c>
+      <c r="D791" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E791" s="1" t="inlineStr">
+        <is>
+          <t>16, 18, 21, 25, 28</t>
+        </is>
+      </c>
+      <c r="F791" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="792" customHeight="true" ht="140.0">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>1048209</t>
+        </is>
+      </c>
+      <c r="C792" s="1" t="inlineStr">
+        <is>
+          <t>DAYLIGHT</t>
+        </is>
+      </c>
+      <c r="D792" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E792" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F792" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="793" customHeight="true" ht="140.0">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>1053316</t>
+        </is>
+      </c>
+      <c r="C793" s="1" t="inlineStr">
+        <is>
+          <t>LOVEBEING</t>
+        </is>
+      </c>
+      <c r="D793" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E793" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F793" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="794" customHeight="true" ht="140.0">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>1054117</t>
+        </is>
+      </c>
+      <c r="C794" s="1" t="inlineStr">
+        <is>
+          <t>QUENCHY</t>
+        </is>
+      </c>
+      <c r="D794" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E794" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F794" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola South Pacific Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="795" customHeight="true" ht="140.0">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>1054378</t>
+        </is>
+      </c>
+      <c r="C795" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY</t>
+        </is>
+      </c>
+      <c r="D795" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E795" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F795" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="796" customHeight="true" ht="140.0">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>1055160</t>
+        </is>
+      </c>
+      <c r="C796" s="1" t="inlineStr">
+        <is>
+          <t>LIVELIFELIGHT COCA COLA LIGHT</t>
+        </is>
+      </c>
+      <c r="D796" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E796" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F796" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="797" customHeight="true" ht="140.0">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>1061455</t>
+        </is>
+      </c>
+      <c r="C797" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY</t>
+        </is>
+      </c>
+      <c r="D797" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E797" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F797" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="798" customHeight="true" ht="140.0">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>1062060</t>
+        </is>
+      </c>
+      <c r="C798" s="1" t="inlineStr">
+        <is>
+          <t>LOVEBEING COCA-COLA</t>
+        </is>
+      </c>
+      <c r="D798" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E798" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F798" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="799" customHeight="true" ht="140.0">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>1065299</t>
+        </is>
+      </c>
+      <c r="C799" s="1" t="inlineStr">
+        <is>
+          <t>FUEL FOR YOUR BODY</t>
+        </is>
+      </c>
+      <c r="D799" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E799" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F799" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="800" customHeight="true" ht="140.0">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>1065300</t>
+        </is>
+      </c>
+      <c r="C800" s="1" t="inlineStr">
+        <is>
+          <t>FRUITOPIA J CARNIVALE JUICE</t>
+        </is>
+      </c>
+      <c r="D800" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E800" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F800" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="801" customHeight="true" ht="140.0">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>1072043</t>
+        </is>
+      </c>
+      <c r="C801" s="1" t="inlineStr">
+        <is>
+          <t>FAR COAST</t>
+        </is>
+      </c>
+      <c r="D801" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E801" s="1" t="inlineStr">
+        <is>
+          <t>11, 25, 43</t>
+        </is>
+      </c>
+      <c r="F801" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="802" customHeight="true" ht="140.0">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>1077398</t>
+        </is>
+      </c>
+      <c r="C802" s="1" t="inlineStr">
+        <is>
+          <t>FLOW FORWARD</t>
+        </is>
+      </c>
+      <c r="D802" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E802" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F802" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="803" customHeight="true" ht="140.0">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>1078377</t>
+        </is>
+      </c>
+      <c r="C803" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ZERO REAL TASTE ZERO SUGAR</t>
+        </is>
+      </c>
+      <c r="D803" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E803" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F803" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="804" customHeight="true" ht="140.0">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>1079842</t>
+        </is>
+      </c>
+      <c r="C804" s="1" t="inlineStr">
+        <is>
+          <t>SUNTIME JUICE</t>
+        </is>
+      </c>
+      <c r="D804" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E804" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F804" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="805" customHeight="true" ht="140.0">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>1079843</t>
+        </is>
+      </c>
+      <c r="C805" s="1" t="inlineStr">
+        <is>
+          <t>FRUITOPIA J SUNTIME JUICE</t>
+        </is>
+      </c>
+      <c r="D805" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E805" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F805" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="806" customHeight="true" ht="140.0">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>1084068</t>
+        </is>
+      </c>
+      <c r="C806" s="1" t="inlineStr">
+        <is>
+          <t>CROSS TRAINER</t>
+        </is>
+      </c>
+      <c r="D806" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E806" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F806" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="807" customHeight="true" ht="140.0">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>1084286</t>
+        </is>
+      </c>
+      <c r="C807" s="1" t="inlineStr">
+        <is>
+          <t>MAKE EVERY DROP COUNT</t>
+        </is>
+      </c>
+      <c r="D807" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E807" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 32, 41, 44</t>
+        </is>
+      </c>
+      <c r="F807" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="808" customHeight="true" ht="140.0">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>1084287</t>
+        </is>
+      </c>
+      <c r="C808" s="1" t="inlineStr">
+        <is>
+          <t>MAKE EVERY DROP COUNT</t>
+        </is>
+      </c>
+      <c r="D808" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E808" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 32, 44</t>
+        </is>
+      </c>
+      <c r="F808" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="809" customHeight="true" ht="140.0">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>1089113</t>
+        </is>
+      </c>
+      <c r="C809" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA M5</t>
+        </is>
+      </c>
+      <c r="D809" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E809" s="1" t="inlineStr">
+        <is>
+          <t>9, 32, 41</t>
+        </is>
+      </c>
+      <c r="F809" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="810" customHeight="true" ht="140.0">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>1090903</t>
+        </is>
+      </c>
+      <c r="C810" s="1" t="inlineStr">
+        <is>
+          <t>STAY PUMPED</t>
+        </is>
+      </c>
+      <c r="D810" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E810" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F810" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="811" customHeight="true" ht="140.0">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>1092453</t>
+        </is>
+      </c>
+      <c r="C811" s="1" t="inlineStr">
+        <is>
+          <t>M5</t>
+        </is>
+      </c>
+      <c r="D811" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E811" s="1" t="inlineStr">
+        <is>
+          <t>9, 32, 41</t>
+        </is>
+      </c>
+      <c r="F811" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="812" customHeight="true" ht="140.0">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>1094501</t>
+        </is>
+      </c>
+      <c r="C812" s="1" t="inlineStr">
+        <is>
+          <t>LIVE LIFE LIKE FOOTY</t>
+        </is>
+      </c>
+      <c r="D812" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E812" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F812" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="813" customHeight="true" ht="140.0">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>1096017</t>
+        </is>
+      </c>
+      <c r="C813" s="1" t="inlineStr">
+        <is>
+          <t>MAKE EVERY DROP COUNT</t>
+        </is>
+      </c>
+      <c r="D813" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E813" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F813" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="814" customHeight="true" ht="140.0">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>1097883</t>
+        </is>
+      </c>
+      <c r="C814" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA PLUS</t>
+        </is>
+      </c>
+      <c r="D814" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E814" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F814" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="815" customHeight="true" ht="140.0">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>1098200</t>
+        </is>
+      </c>
+      <c r="C815" s="1" t="inlineStr">
+        <is>
+          <t>MXXXXX</t>
+        </is>
+      </c>
+      <c r="D815" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E815" s="1" t="inlineStr">
+        <is>
+          <t>9, 32, 41</t>
+        </is>
+      </c>
+      <c r="F815" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="816" customHeight="true" ht="140.0">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>1100461</t>
+        </is>
+      </c>
+      <c r="C816" s="1" t="inlineStr">
+        <is>
+          <t>P POWERADE ISOTONIC</t>
+        </is>
+      </c>
+      <c r="D816" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E816" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F816" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="817" customHeight="true" ht="140.0">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>1101812</t>
+        </is>
+      </c>
+      <c r="C817" s="1" t="inlineStr">
+        <is>
+          <t>MINUTE MAID BONEWISE</t>
+        </is>
+      </c>
+      <c r="D817" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E817" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F817" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="818" customHeight="true" ht="140.0">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>1101813</t>
+        </is>
+      </c>
+      <c r="C818" s="1" t="inlineStr">
+        <is>
+          <t>MINUTE MAID JOINTWISE</t>
+        </is>
+      </c>
+      <c r="D818" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E818" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F818" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="819" customHeight="true" ht="140.0">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>1101815</t>
+        </is>
+      </c>
+      <c r="C819" s="1" t="inlineStr">
+        <is>
+          <t>MINUTE MAID HEARTWISE</t>
+        </is>
+      </c>
+      <c r="D819" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E819" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F819" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="820" customHeight="true" ht="140.0">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>1101816</t>
+        </is>
+      </c>
+      <c r="C820" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA LIVE'N LOCAL UP CLOSE</t>
+        </is>
+      </c>
+      <c r="D820" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E820" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F820" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="821" customHeight="true" ht="140.0">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>1101817</t>
+        </is>
+      </c>
+      <c r="C821" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA LIVE</t>
+        </is>
+      </c>
+      <c r="D821" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E821" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F821" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="822" customHeight="true" ht="140.0">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>1102261</t>
+        </is>
+      </c>
+      <c r="C822" s="1" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="D822" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E822" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F822" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="823" customHeight="true" ht="140.0">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>1104256</t>
+        </is>
+      </c>
+      <c r="C823" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D823" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E823" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F823" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="824" customHeight="true" ht="140.0">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>1106177</t>
+        </is>
+      </c>
+      <c r="C824" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA SPONSOR A FULLY GROWN MAN</t>
+        </is>
+      </c>
+      <c r="D824" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E824" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F824" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="825" customHeight="true" ht="140.0">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>1109869</t>
+        </is>
+      </c>
+      <c r="C825" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D825" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E825" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F825" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="826" customHeight="true" ht="140.0">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>1111231</t>
+        </is>
+      </c>
+      <c r="C826" s="1" t="inlineStr">
+        <is>
+          <t>MAKE EVERY DROP MATTER</t>
+        </is>
+      </c>
+      <c r="D826" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E826" s="1" t="inlineStr">
+        <is>
+          <t>32, 35, 41, 44</t>
+        </is>
+      </c>
+      <c r="F826" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="827" customHeight="true" ht="140.0">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>1113742</t>
+        </is>
+      </c>
+      <c r="C827" s="1" t="inlineStr">
+        <is>
+          <t>FRUIT 2DAY</t>
+        </is>
+      </c>
+      <c r="D827" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E827" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F827" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="828" customHeight="true" ht="140.0">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>1117452</t>
+        </is>
+      </c>
+      <c r="C828" s="1" t="inlineStr">
+        <is>
+          <t>THE COCA-COLA SIDE OF LIFE</t>
+        </is>
+      </c>
+      <c r="D828" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E828" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F828" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="829" customHeight="true" ht="140.0">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>1121376</t>
+        </is>
+      </c>
+      <c r="C829" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA M5</t>
+        </is>
+      </c>
+      <c r="D829" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E829" s="1" t="inlineStr">
+        <is>
+          <t>9, 32, 41</t>
+        </is>
+      </c>
+      <c r="F829" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="830" customHeight="true" ht="140.0">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>1126531</t>
+        </is>
+      </c>
+      <c r="C830" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D830" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E830" s="1" t="inlineStr">
+        <is>
+          <t>5, 29, 30, 32, 35, 41, 43, 44</t>
+        </is>
+      </c>
+      <c r="F830" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="831" customHeight="true" ht="140.0">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>1126533</t>
+        </is>
+      </c>
+      <c r="C831" s="1" t="inlineStr">
+        <is>
+          <t>HEALTHWORKS</t>
+        </is>
+      </c>
+      <c r="D831" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E831" s="1" t="inlineStr">
+        <is>
+          <t>5, 29, 30, 32, 43</t>
+        </is>
+      </c>
+      <c r="F831" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="832" customHeight="true" ht="140.0">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>1128209</t>
+        </is>
+      </c>
+      <c r="C832" s="1" t="inlineStr">
+        <is>
+          <t>I AIN'T AS SWEET AS I LOOK</t>
+        </is>
+      </c>
+      <c r="D832" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E832" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F832" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="833" customHeight="true" ht="140.0">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>1135520</t>
+        </is>
+      </c>
+      <c r="C833" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA MARCH TO THE MATCH</t>
+        </is>
+      </c>
+      <c r="D833" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E833" s="1" t="inlineStr">
+        <is>
+          <t>32, 35, 39, 41</t>
+        </is>
+      </c>
+      <c r="F833" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="834" customHeight="true" ht="140.0">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>1136304</t>
+        </is>
+      </c>
+      <c r="C834" s="1" t="inlineStr">
+        <is>
+          <t>RESPECT THE SPIRIT</t>
+        </is>
+      </c>
+      <c r="D834" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E834" s="1" t="inlineStr">
+        <is>
+          <t>32, 33</t>
+        </is>
+      </c>
+      <c r="F834" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="835" customHeight="true" ht="140.0">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>1138275</t>
+        </is>
+      </c>
+      <c r="C835" s="1" t="inlineStr">
+        <is>
+          <t>CHAQWA</t>
+        </is>
+      </c>
+      <c r="D835" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E835" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F835" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="836" customHeight="true" ht="140.0">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>1138278</t>
+        </is>
+      </c>
+      <c r="C836" s="1" t="inlineStr">
+        <is>
+          <t>CHAQWA</t>
+        </is>
+      </c>
+      <c r="D836" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E836" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F836" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="837" customHeight="true" ht="140.0">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>1138280</t>
+        </is>
+      </c>
+      <c r="C837" s="1" t="inlineStr">
+        <is>
+          <t>CHAQWA</t>
+        </is>
+      </c>
+      <c r="D837" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E837" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F837" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="838" customHeight="true" ht="140.0">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>1138399</t>
+        </is>
+      </c>
+      <c r="C838" s="1" t="inlineStr">
+        <is>
+          <t>DIET COKE PLUS</t>
+        </is>
+      </c>
+      <c r="D838" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E838" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F838" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="839" customHeight="true" ht="140.0">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>1139707</t>
+        </is>
+      </c>
+      <c r="C839" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D839" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E839" s="1" t="inlineStr">
+        <is>
+          <t>32, 41, 42, 44</t>
+        </is>
+      </c>
+      <c r="F839" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="840" customHeight="true" ht="140.0">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>1139708</t>
+        </is>
+      </c>
+      <c r="C840" s="1" t="inlineStr">
+        <is>
+          <t>THE BEVERAGE INSTITUTE FOR HEALTH &amp; WELLNESS</t>
+        </is>
+      </c>
+      <c r="D840" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E840" s="1" t="inlineStr">
+        <is>
+          <t>32, 41, 42, 44</t>
+        </is>
+      </c>
+      <c r="F840" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="841" customHeight="true" ht="140.0">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>1139709</t>
+        </is>
+      </c>
+      <c r="C841" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D841" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E841" s="1" t="inlineStr">
+        <is>
+          <t>32, 41, 42, 44</t>
+        </is>
+      </c>
+      <c r="F841" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="842" customHeight="true" ht="140.0">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>1140996</t>
+        </is>
+      </c>
+      <c r="C842" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D842" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E842" s="1" t="inlineStr">
+        <is>
+          <t>11, 30, 43</t>
+        </is>
+      </c>
+      <c r="F842" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="843" customHeight="true" ht="140.0">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>1141259</t>
+        </is>
+      </c>
+      <c r="C843" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D843" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E843" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F843" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="844" customHeight="true" ht="140.0">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>1149146</t>
+        </is>
+      </c>
+      <c r="C844" s="1" t="inlineStr">
+        <is>
+          <t>V VENDING SOLUTIONS</t>
+        </is>
+      </c>
+      <c r="D844" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E844" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F844" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="845" customHeight="true" ht="140.0">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>1149156</t>
+        </is>
+      </c>
+      <c r="C845" s="1" t="inlineStr">
+        <is>
+          <t>V VENDING SOLUTIONS</t>
+        </is>
+      </c>
+      <c r="D845" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E845" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F586" s="1" t="inlineStr">
-[...3419 lines deleted...]
-      <c r="F708" s="1" t="inlineStr">
+      <c r="F845" s="1" t="inlineStr">
         <is>
           <t>Coca-Cola Amatil (Aust) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="709" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D709" s="1" t="inlineStr">
+    <row r="846" customHeight="true" ht="140.0">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>1150744</t>
+        </is>
+      </c>
+      <c r="C846" s="1" t="inlineStr">
+        <is>
+          <t>LUSH CRUSH</t>
+        </is>
+      </c>
+      <c r="D846" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E846" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F846" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="847" customHeight="true" ht="140.0">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>1154561</t>
+        </is>
+      </c>
+      <c r="C847" s="1" t="inlineStr">
+        <is>
+          <t>GV TO GO</t>
+        </is>
+      </c>
+      <c r="D847" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E847" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F847" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="848" customHeight="true" ht="140.0">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>1155019</t>
+        </is>
+      </c>
+      <c r="C848" s="1" t="inlineStr">
+        <is>
+          <t>MANGO MELTDOWN</t>
+        </is>
+      </c>
+      <c r="D848" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E709" s="1" t="inlineStr">
-[...240 lines deleted...]
-      <c r="C718" s="1" t="inlineStr">
+      <c r="E848" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F848" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="849" customHeight="true" ht="140.0">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>1157270</t>
+        </is>
+      </c>
+      <c r="C849" s="1" t="inlineStr">
+        <is>
+          <t>GV JUICE SHOTS</t>
+        </is>
+      </c>
+      <c r="D849" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E849" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F849" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="850" customHeight="true" ht="140.0">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>1157271</t>
+        </is>
+      </c>
+      <c r="C850" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY JUICE SHOTS</t>
+        </is>
+      </c>
+      <c r="D850" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E850" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F850" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="851" customHeight="true" ht="140.0">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>1159229</t>
+        </is>
+      </c>
+      <c r="C851" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY SMOOTHIE GUAVA BERRY CRUSH</t>
+        </is>
+      </c>
+      <c r="D851" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E851" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F851" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="852" customHeight="true" ht="140.0">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>1159230</t>
+        </is>
+      </c>
+      <c r="C852" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY SMOOTHIE BANANA MANIA</t>
+        </is>
+      </c>
+      <c r="D852" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E852" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F852" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="853" customHeight="true" ht="140.0">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>1163036</t>
+        </is>
+      </c>
+      <c r="C853" s="1" t="inlineStr">
+        <is>
+          <t>HAPPINESS FACTORY</t>
+        </is>
+      </c>
+      <c r="D853" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E853" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 25, 28</t>
+        </is>
+      </c>
+      <c r="F853" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="854" customHeight="true" ht="140.0">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>1165313</t>
+        </is>
+      </c>
+      <c r="C854" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY. DAIRY CO</t>
+        </is>
+      </c>
+      <c r="D854" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E854" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F854" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="855" customHeight="true" ht="140.0">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>1168005</t>
+        </is>
+      </c>
+      <c r="C855" s="1" t="inlineStr">
+        <is>
+          <t>THIS IS MY DROP</t>
+        </is>
+      </c>
+      <c r="D855" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E855" s="1" t="inlineStr">
+        <is>
+          <t>32, 35, 41, 44</t>
+        </is>
+      </c>
+      <c r="F855" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="856" customHeight="true" ht="140.0">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>1177417</t>
+        </is>
+      </c>
+      <c r="C856" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE EST. 1962</t>
+        </is>
+      </c>
+      <c r="D856" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E856" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F856" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="857" customHeight="true" ht="140.0">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>1181309</t>
+        </is>
+      </c>
+      <c r="C857" s="1" t="inlineStr">
+        <is>
+          <t>MOUNT FRANKLIN DRINK POSITITVE THINK POSITIVE</t>
+        </is>
+      </c>
+      <c r="D857" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E857" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F857" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="858" customHeight="true" ht="140.0">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>1181550</t>
+        </is>
+      </c>
+      <c r="C858" s="1" t="inlineStr">
+        <is>
+          <t>ANCIENT WISDOM FOR MODERN NONSENSE</t>
+        </is>
+      </c>
+      <c r="D858" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E858" s="1" t="inlineStr">
+        <is>
+          <t>5, 29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F858" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="859" customHeight="true" ht="140.0">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>1193927</t>
+        </is>
+      </c>
+      <c r="C859" s="1" t="inlineStr">
+        <is>
+          <t>PHYTOS FOR LIFE</t>
+        </is>
+      </c>
+      <c r="D859" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E859" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F859" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="860" customHeight="true" ht="140.0">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>1196466</t>
+        </is>
+      </c>
+      <c r="C860" s="1" t="inlineStr">
+        <is>
+          <t>ZERO SUGAR COLA GREAT TASTE ZERO SUGAR</t>
+        </is>
+      </c>
+      <c r="D860" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E860" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F860" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="861" customHeight="true" ht="140.0">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>1199095</t>
+        </is>
+      </c>
+      <c r="C861" s="1" t="inlineStr">
+        <is>
+          <t>GOODNESS IS IN OUR NATURE</t>
+        </is>
+      </c>
+      <c r="D861" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E861" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F861" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="862" customHeight="true" ht="140.0">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>1200317</t>
+        </is>
+      </c>
+      <c r="C862" s="1" t="inlineStr">
+        <is>
+          <t>START UP</t>
+        </is>
+      </c>
+      <c r="D862" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E862" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F862" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="863" customHeight="true" ht="140.0">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>1200558</t>
+        </is>
+      </c>
+      <c r="C863" s="1" t="inlineStr">
+        <is>
+          <t>LIME RUSH PUMPED</t>
+        </is>
+      </c>
+      <c r="D863" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E863" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F863" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="864" customHeight="true" ht="140.0">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>1201365</t>
+        </is>
+      </c>
+      <c r="C864" s="1" t="inlineStr">
+        <is>
+          <t>FIX COFFEE</t>
+        </is>
+      </c>
+      <c r="D864" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E864" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F864" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="865" customHeight="true" ht="140.0">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>1201493</t>
+        </is>
+      </c>
+      <c r="C865" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE PERFORMANCE SYSTEM</t>
+        </is>
+      </c>
+      <c r="D865" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E865" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F865" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="866" customHeight="true" ht="140.0">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>1204369</t>
+        </is>
+      </c>
+      <c r="C866" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE ENERGY EDGE</t>
+        </is>
+      </c>
+      <c r="D866" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E866" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F866" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="867" customHeight="true" ht="140.0">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>1205379</t>
+        </is>
+      </c>
+      <c r="C867" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D718" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="D719" s="1" t="inlineStr">
+      <c r="D867" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E867" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F867" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="868" customHeight="true" ht="140.0">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>1218219</t>
+        </is>
+      </c>
+      <c r="C868" s="1" t="inlineStr">
+        <is>
+          <t>A THIRST FOR TRUTH</t>
+        </is>
+      </c>
+      <c r="D868" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E868" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F868" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="869" customHeight="true" ht="140.0">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>1219716</t>
+        </is>
+      </c>
+      <c r="C869" s="1" t="inlineStr">
+        <is>
+          <t>STRAIGHT UP REFRESHMENT</t>
+        </is>
+      </c>
+      <c r="D869" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E869" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F869" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="870" customHeight="true" ht="140.0">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>1221209</t>
+        </is>
+      </c>
+      <c r="C870" s="1" t="inlineStr">
+        <is>
+          <t>DNA THE COCA-COLA WAY OF MARKETING</t>
+        </is>
+      </c>
+      <c r="D870" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E870" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F870" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="871" customHeight="true" ht="140.0">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>1222645</t>
+        </is>
+      </c>
+      <c r="C871" s="1" t="inlineStr">
+        <is>
+          <t>DISCOVER PHYTOLOGY</t>
+        </is>
+      </c>
+      <c r="D871" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E871" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F871" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="872" customHeight="true" ht="140.0">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>1223281</t>
+        </is>
+      </c>
+      <c r="C872" s="1" t="inlineStr">
+        <is>
+          <t>PHYTOTRITION</t>
+        </is>
+      </c>
+      <c r="D872" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E872" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F872" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="873" customHeight="true" ht="140.0">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>1240782</t>
+        </is>
+      </c>
+      <c r="C873" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE ZERO</t>
+        </is>
+      </c>
+      <c r="D873" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E873" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F873" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="874" customHeight="true" ht="140.0">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>1243809</t>
+        </is>
+      </c>
+      <c r="C874" s="1" t="inlineStr">
+        <is>
+          <t>NEVERFAIL...SOMETHING FOR EVERYONE</t>
+        </is>
+      </c>
+      <c r="D874" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E874" s="1" t="inlineStr">
+        <is>
+          <t>16, 30, 32, 35</t>
+        </is>
+      </c>
+      <c r="F874" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="875" customHeight="true" ht="140.0">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>1244878</t>
+        </is>
+      </c>
+      <c r="C875" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE ZERO HYDRATION WITHOUT SUGAR</t>
+        </is>
+      </c>
+      <c r="D875" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E875" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F875" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="876" customHeight="true" ht="140.0">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>1245149</t>
+        </is>
+      </c>
+      <c r="C876" s="1" t="inlineStr">
+        <is>
+          <t>IT'S POSSIBLE</t>
+        </is>
+      </c>
+      <c r="D876" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E876" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F876" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="877" customHeight="true" ht="140.0">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>1246346</t>
+        </is>
+      </c>
+      <c r="C877" s="1" t="inlineStr">
+        <is>
+          <t>LIVE POSITIVELY COCACOLA</t>
+        </is>
+      </c>
+      <c r="D877" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E877" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F877" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="878" customHeight="true" ht="140.0">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>1249227</t>
+        </is>
+      </c>
+      <c r="C878" s="1" t="inlineStr">
+        <is>
+          <t>FEEL THE BRIGHTNESS</t>
+        </is>
+      </c>
+      <c r="D878" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E878" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F878" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="879" customHeight="true" ht="140.0">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>1251950</t>
+        </is>
+      </c>
+      <c r="C879" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D879" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E879" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F879" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="880" customHeight="true" ht="140.0">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>1252372</t>
+        </is>
+      </c>
+      <c r="C880" s="1" t="inlineStr">
+        <is>
+          <t>LIFT</t>
+        </is>
+      </c>
+      <c r="D880" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E880" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F880" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="881" customHeight="true" ht="140.0">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>1253896</t>
+        </is>
+      </c>
+      <c r="C881" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D881" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E881" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F881" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="882" customHeight="true" ht="140.0">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>1257526</t>
+        </is>
+      </c>
+      <c r="C882" s="1" t="inlineStr">
+        <is>
+          <t>BERRY STORM PUMPED</t>
+        </is>
+      </c>
+      <c r="D882" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E882" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F882" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="883" customHeight="true" ht="140.0">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>1258119</t>
+        </is>
+      </c>
+      <c r="C883" s="1" t="inlineStr">
+        <is>
+          <t>LIVE POSITIVELY</t>
+        </is>
+      </c>
+      <c r="D883" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E883" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F883" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="884" customHeight="true" ht="140.0">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>1261942</t>
+        </is>
+      </c>
+      <c r="C884" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D884" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E884" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F884" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="885" customHeight="true" ht="140.0">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>1263442</t>
+        </is>
+      </c>
+      <c r="C885" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D885" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E885" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F885" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="886" customHeight="true" ht="140.0">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>1266603</t>
+        </is>
+      </c>
+      <c r="C886" s="1" t="inlineStr">
+        <is>
+          <t>LIVE POSITIVELY</t>
+        </is>
+      </c>
+      <c r="D886" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E886" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F886" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="887" customHeight="true" ht="140.0">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>1271694</t>
+        </is>
+      </c>
+      <c r="C887" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D887" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E887" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F887" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="888" customHeight="true" ht="140.0">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>1274443</t>
+        </is>
+      </c>
+      <c r="C888" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D888" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E888" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F888" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="889" customHeight="true" ht="140.0">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>1275184</t>
+        </is>
+      </c>
+      <c r="C889" s="1" t="inlineStr">
+        <is>
+          <t>WHATEVER YOUR GOAL</t>
+        </is>
+      </c>
+      <c r="D889" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E889" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F889" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="890" customHeight="true" ht="140.0">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>1275376</t>
+        </is>
+      </c>
+      <c r="C890" s="1" t="inlineStr">
+        <is>
+          <t>THE POWER TO REACH YOUR GOAL</t>
+        </is>
+      </c>
+      <c r="D890" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E890" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F890" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="891" customHeight="true" ht="140.0">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>1276502</t>
+        </is>
+      </c>
+      <c r="C891" s="1" t="inlineStr">
+        <is>
+          <t>OPEN HAPPINESS</t>
+        </is>
+      </c>
+      <c r="D891" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E891" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F891" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="892" customHeight="true" ht="140.0">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>1276503</t>
+        </is>
+      </c>
+      <c r="C892" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA OPEN HAPPINESS</t>
+        </is>
+      </c>
+      <c r="D892" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E892" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F892" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="893" customHeight="true" ht="140.0">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>1287059</t>
+        </is>
+      </c>
+      <c r="C893" s="1" t="inlineStr">
+        <is>
+          <t>LIMON &amp; NADA</t>
+        </is>
+      </c>
+      <c r="D893" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E893" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F893" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="894" customHeight="true" ht="140.0">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>1291692</t>
+        </is>
+      </c>
+      <c r="C894" s="1" t="inlineStr">
+        <is>
+          <t>MYCCA YOUR BUSINESS YOUR WAY</t>
+        </is>
+      </c>
+      <c r="D894" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E894" s="1" t="inlineStr">
+        <is>
+          <t>32, 35, 37, 41</t>
+        </is>
+      </c>
+      <c r="F894" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="895" customHeight="true" ht="140.0">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>1303998</t>
+        </is>
+      </c>
+      <c r="C895" s="1" t="inlineStr">
+        <is>
+          <t>TUMULT</t>
+        </is>
+      </c>
+      <c r="D895" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E895" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F895" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="896" customHeight="true" ht="140.0">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>1306374</t>
+        </is>
+      </c>
+      <c r="C896" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE</t>
+        </is>
+      </c>
+      <c r="D896" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E896" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F896" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="897" customHeight="true" ht="140.0">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>1315504</t>
+        </is>
+      </c>
+      <c r="C897" s="1" t="inlineStr">
+        <is>
+          <t>COKE ONE</t>
+        </is>
+      </c>
+      <c r="D897" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E897" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F897" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="898" customHeight="true" ht="140.0">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>1316466</t>
+        </is>
+      </c>
+      <c r="C898" s="1" t="inlineStr">
+        <is>
+          <t>UPGRADE YOUR FORMULA, UPGRADE YOUR GAME</t>
+        </is>
+      </c>
+      <c r="D898" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E898" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F898" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="899" customHeight="true" ht="140.0">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>1318133</t>
+        </is>
+      </c>
+      <c r="C899" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA FREEZE</t>
+        </is>
+      </c>
+      <c r="D899" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E899" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F899" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="900" customHeight="true" ht="140.0">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>1324757</t>
+        </is>
+      </c>
+      <c r="C900" s="1" t="inlineStr">
+        <is>
+          <t>UNGAMI</t>
+        </is>
+      </c>
+      <c r="D900" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E900" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F900" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="901" customHeight="true" ht="140.0">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>1325832</t>
+        </is>
+      </c>
+      <c r="C901" s="1" t="inlineStr">
+        <is>
+          <t>PRE</t>
+        </is>
+      </c>
+      <c r="D901" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E901" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F901" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="902" customHeight="true" ht="140.0">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>1326937</t>
+        </is>
+      </c>
+      <c r="C902" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA BOTTLE BLAST</t>
+        </is>
+      </c>
+      <c r="D902" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E902" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F902" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="903" customHeight="true" ht="140.0">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>1329894</t>
+        </is>
+      </c>
+      <c r="C903" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA SUMMER BLAST</t>
+        </is>
+      </c>
+      <c r="D903" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E903" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F903" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="904" customHeight="true" ht="140.0">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>1338234</t>
+        </is>
+      </c>
+      <c r="C904" s="1" t="inlineStr">
+        <is>
+          <t>FRUITA</t>
+        </is>
+      </c>
+      <c r="D904" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E719" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="C721" s="1" t="inlineStr">
+      <c r="E904" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F904" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="905" customHeight="true" ht="140.0">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>1338254</t>
+        </is>
+      </c>
+      <c r="C905" s="1" t="inlineStr">
+        <is>
+          <t>FIX COFFEE</t>
+        </is>
+      </c>
+      <c r="D905" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E905" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F905" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="906" customHeight="true" ht="140.0">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>1339154</t>
+        </is>
+      </c>
+      <c r="C906" s="1" t="inlineStr">
+        <is>
+          <t>LOVE IT LIGHT</t>
+        </is>
+      </c>
+      <c r="D906" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E906" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F906" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="907" customHeight="true" ht="140.0">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>1342637</t>
+        </is>
+      </c>
+      <c r="C907" s="1" t="inlineStr">
+        <is>
+          <t>Magnificent Milk</t>
+        </is>
+      </c>
+      <c r="D907" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E907" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F907" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="908" customHeight="true" ht="140.0">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>1342639</t>
+        </is>
+      </c>
+      <c r="C908" s="1" t="inlineStr">
+        <is>
+          <t>Deviously Dark</t>
+        </is>
+      </c>
+      <c r="D908" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E908" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F908" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="909" customHeight="true" ht="140.0">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>1342641</t>
+        </is>
+      </c>
+      <c r="C909" s="1" t="inlineStr">
+        <is>
+          <t>Wonderfully White</t>
+        </is>
+      </c>
+      <c r="D909" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E909" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F909" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="910" customHeight="true" ht="140.0">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>1342897</t>
+        </is>
+      </c>
+      <c r="C910" s="1" t="inlineStr">
+        <is>
+          <t>LIGHTEN THE MOMENT</t>
+        </is>
+      </c>
+      <c r="D910" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E910" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F910" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="911" customHeight="true" ht="140.0">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>1348314</t>
+        </is>
+      </c>
+      <c r="C911" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA ON</t>
+        </is>
+      </c>
+      <c r="D911" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E911" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F911" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="912" customHeight="true" ht="140.0">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>1360804</t>
+        </is>
+      </c>
+      <c r="C912" s="1" t="inlineStr">
+        <is>
+          <t>Navino</t>
+        </is>
+      </c>
+      <c r="D912" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E912" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F912" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="913" customHeight="true" ht="140.0">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>1379925</t>
+        </is>
+      </c>
+      <c r="C913" s="1" t="inlineStr">
+        <is>
+          <t>ONE CHANGE</t>
+        </is>
+      </c>
+      <c r="D913" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E913" s="1" t="inlineStr">
+        <is>
+          <t>32, 41</t>
+        </is>
+      </c>
+      <c r="F913" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="914" customHeight="true" ht="140.0">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>1380640</t>
+        </is>
+      </c>
+      <c r="C914" s="1" t="inlineStr">
+        <is>
+          <t>COKE UNLEASHED</t>
+        </is>
+      </c>
+      <c r="D914" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E914" s="1" t="inlineStr">
+        <is>
+          <t>32, 35</t>
+        </is>
+      </c>
+      <c r="F914" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="915" customHeight="true" ht="140.0">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>1393154</t>
+        </is>
+      </c>
+      <c r="C915" s="1" t="inlineStr">
+        <is>
+          <t>GET PUMPED FOR ACTION</t>
+        </is>
+      </c>
+      <c r="D915" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E915" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F915" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="916" customHeight="true" ht="140.0">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>1404495</t>
+        </is>
+      </c>
+      <c r="C916" s="1" t="inlineStr">
+        <is>
+          <t>CCA CLUB HOUSE .COM</t>
+        </is>
+      </c>
+      <c r="D916" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E916" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32, 33</t>
+        </is>
+      </c>
+      <c r="F916" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="917" customHeight="true" ht="140.0">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>1404496</t>
+        </is>
+      </c>
+      <c r="C917" s="1" t="inlineStr">
+        <is>
+          <t>CCACLUBHOUSE.COM</t>
+        </is>
+      </c>
+      <c r="D917" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E917" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32, 33</t>
+        </is>
+      </c>
+      <c r="F917" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="918" customHeight="true" ht="140.0">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>1405560</t>
+        </is>
+      </c>
+      <c r="C918" s="1" t="inlineStr">
+        <is>
+          <t>PEACE ICED COFFEE</t>
+        </is>
+      </c>
+      <c r="D918" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E918" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F918" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="919" customHeight="true" ht="140.0">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>1406196</t>
+        </is>
+      </c>
+      <c r="C919" s="1" t="inlineStr">
+        <is>
+          <t>MOUNT FRANKLIN EASY-CRUSH BOTTLE</t>
+        </is>
+      </c>
+      <c r="D919" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E919" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F919" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="920" customHeight="true" ht="140.0">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>1410210</t>
+        </is>
+      </c>
+      <c r="C920" s="1" t="inlineStr">
+        <is>
+          <t>CCA Clubhouse</t>
+        </is>
+      </c>
+      <c r="D920" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E920" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32, 33</t>
+        </is>
+      </c>
+      <c r="F920" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="921" customHeight="true" ht="140.0">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>1414712</t>
+        </is>
+      </c>
+      <c r="C921" s="1" t="inlineStr">
+        <is>
+          <t>FLIP TO ICE UP</t>
+        </is>
+      </c>
+      <c r="D921" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E921" s="1" t="inlineStr">
+        <is>
+          <t>9, 32</t>
+        </is>
+      </c>
+      <c r="F921" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="922" customHeight="true" ht="140.0">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>1414713</t>
+        </is>
+      </c>
+      <c r="C922" s="1" t="inlineStr">
+        <is>
+          <t>POWERADE FUEL+</t>
+        </is>
+      </c>
+      <c r="D922" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E922" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F922" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="923" customHeight="true" ht="140.0">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>1416059</t>
+        </is>
+      </c>
+      <c r="C923" s="1" t="inlineStr">
+        <is>
+          <t>ZERO IN</t>
+        </is>
+      </c>
+      <c r="D923" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E923" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F923" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="924" customHeight="true" ht="140.0">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>1416060</t>
+        </is>
+      </c>
+      <c r="C924" s="1" t="inlineStr">
+        <is>
+          <t>TIME TO ZERO IN</t>
+        </is>
+      </c>
+      <c r="D924" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E924" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F924" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="925" customHeight="true" ht="140.0">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>1416660</t>
+        </is>
+      </c>
+      <c r="C925" s="1" t="inlineStr">
+        <is>
+          <t>CAF'E DIRECT THE COFFEE EXPERIENCE</t>
+        </is>
+      </c>
+      <c r="D925" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E925" s="1" t="inlineStr">
+        <is>
+          <t>9, 35</t>
+        </is>
+      </c>
+      <c r="F925" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="926" customHeight="true" ht="140.0">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>1426206</t>
+        </is>
+      </c>
+      <c r="C926" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE SINCE'62</t>
+        </is>
+      </c>
+      <c r="D926" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E926" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F926" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Amatil (Aust) Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="927" customHeight="true" ht="140.0">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>1434082</t>
+        </is>
+      </c>
+      <c r="C927" s="1" t="inlineStr">
+        <is>
+          <t>FANTA FRUITIZZ</t>
+        </is>
+      </c>
+      <c r="D927" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E927" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F927" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="928" customHeight="true" ht="140.0">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>1440721</t>
+        </is>
+      </c>
+      <c r="C928" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS COFFEE SINCE'62</t>
+        </is>
+      </c>
+      <c r="D928" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E928" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F928" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="929" customHeight="true" ht="140.0">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>1455951</t>
+        </is>
+      </c>
+      <c r="C929" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS 50YEARS SINCE '62</t>
+        </is>
+      </c>
+      <c r="D929" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E929" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F929" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="930" customHeight="true" ht="140.0">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>1465867</t>
+        </is>
+      </c>
+      <c r="C930" s="1" t="inlineStr">
+        <is>
+          <t>THE TOE TAPPY</t>
+        </is>
+      </c>
+      <c r="D930" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E930" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F930" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="931" customHeight="true" ht="140.0">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>1466856</t>
+        </is>
+      </c>
+      <c r="C931" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D721" s="1" t="inlineStr">
-[...425 lines deleted...]
-      <c r="E736" s="1" t="inlineStr">
+      <c r="D931" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E931" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F931" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="932" customHeight="true" ht="140.0">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>1467833</t>
+        </is>
+      </c>
+      <c r="C932" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D932" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E932" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F932" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="933" customHeight="true" ht="140.0">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>1468249</t>
+        </is>
+      </c>
+      <c r="C933" s="1" t="inlineStr">
+        <is>
+          <t>INSIDE EKOCYCLE</t>
+        </is>
+      </c>
+      <c r="D933" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E933" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 25</t>
+        </is>
+      </c>
+      <c r="F933" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="934" customHeight="true" ht="140.0">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>1468250</t>
+        </is>
+      </c>
+      <c r="C934" s="1" t="inlineStr">
+        <is>
+          <t>EKOCYCLE</t>
+        </is>
+      </c>
+      <c r="D934" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E934" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 25</t>
+        </is>
+      </c>
+      <c r="F934" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="935" customHeight="true" ht="140.0">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>1468251</t>
+        </is>
+      </c>
+      <c r="C935" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D935" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E935" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 18, 25</t>
+        </is>
+      </c>
+      <c r="F935" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="936" customHeight="true" ht="140.0">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>1468254</t>
+        </is>
+      </c>
+      <c r="C936" s="1" t="inlineStr">
+        <is>
+          <t>BE UNCONTAINABLE</t>
+        </is>
+      </c>
+      <c r="D936" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E936" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F936" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="937" customHeight="true" ht="140.0">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>1468255</t>
+        </is>
+      </c>
+      <c r="C937" s="1" t="inlineStr">
+        <is>
+          <t>UNCONTAINABLE GAME</t>
+        </is>
+      </c>
+      <c r="D937" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E937" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F937" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="938" customHeight="true" ht="140.0">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>1468256</t>
+        </is>
+      </c>
+      <c r="C938" s="1" t="inlineStr">
+        <is>
+          <t>UNCONTAINABLE</t>
+        </is>
+      </c>
+      <c r="D938" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E938" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F938" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="939" customHeight="true" ht="140.0">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>1475673</t>
+        </is>
+      </c>
+      <c r="C939" s="1" t="inlineStr">
+        <is>
+          <t>IT ALL ADDS UP</t>
+        </is>
+      </c>
+      <c r="D939" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E939" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F939" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="940" customHeight="true" ht="140.0">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>1478071</t>
+        </is>
+      </c>
+      <c r="C940" s="1" t="inlineStr">
+        <is>
+          <t>GRINDERS ETHICAL COFFEE COMPANY</t>
+        </is>
+      </c>
+      <c r="D940" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E940" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F736" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="F737" s="1" t="inlineStr">
+      <c r="F940" s="1" t="inlineStr">
         <is>
           <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="738" customHeight="true" ht="140.0">
-[...3146 lines deleted...]
-      <c r="D850" s="1" t="inlineStr">
+    <row r="941" customHeight="true" ht="140.0">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>1478685</t>
+        </is>
+      </c>
+      <c r="C941" s="1" t="inlineStr">
+        <is>
+          <t>GOULBURN VALLEY NUTRIBOOST</t>
+        </is>
+      </c>
+      <c r="D941" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E850" s="1" t="inlineStr">
-[...520 lines deleted...]
-      <c r="C869" s="1" t="inlineStr">
+      <c r="E941" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F941" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="942" customHeight="true" ht="140.0">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>1481288</t>
+        </is>
+      </c>
+      <c r="C942" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D869" s="1" t="inlineStr">
-[...1842 lines deleted...]
-      <c r="C935" s="1" t="inlineStr">
+      <c r="D942" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E942" s="1" t="inlineStr">
+        <is>
+          <t>20, 28, 35</t>
+        </is>
+      </c>
+      <c r="F942" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="943" customHeight="true" ht="140.0">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>1481289</t>
+        </is>
+      </c>
+      <c r="C943" s="1" t="inlineStr">
         <is>
           <t>INSIDE EKOCYCLE</t>
         </is>
       </c>
-      <c r="D935" s="1" t="inlineStr">
+      <c r="D943" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E935" s="1" t="inlineStr">
-[...222 lines deleted...]
-      </c>
       <c r="E943" s="1" t="inlineStr">
         <is>
-          <t>29, 32</t>
+          <t>20, 28, 35</t>
         </is>
       </c>
       <c r="F943" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="944" customHeight="true" ht="140.0">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>1481288</t>
+          <t>1481290</t>
         </is>
       </c>
       <c r="C944" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>EKOCYCLE</t>
         </is>
       </c>
       <c r="D944" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E944" s="1" t="inlineStr">
         <is>
           <t>20, 28, 35</t>
         </is>
       </c>
       <c r="F944" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="945" customHeight="true" ht="140.0">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>1481289</t>
+          <t>1482256</t>
         </is>
       </c>
       <c r="C945" s="1" t="inlineStr">
         <is>
+          <t>HAND-CRAFTED BY GRINDERS COFFEE HOUSE</t>
+        </is>
+      </c>
+      <c r="D945" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E945" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F945" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="946" customHeight="true" ht="140.0">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>1486982</t>
+        </is>
+      </c>
+      <c r="C946" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D946" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E946" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F946" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="947" customHeight="true" ht="140.0">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>1494592</t>
+        </is>
+      </c>
+      <c r="C947" s="1" t="inlineStr">
+        <is>
+          <t>EKOCYCLE</t>
+        </is>
+      </c>
+      <c r="D947" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E947" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F947" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="948" customHeight="true" ht="140.0">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>1501298</t>
+        </is>
+      </c>
+      <c r="C948" s="1" t="inlineStr">
+        <is>
+          <t>PLACELIST</t>
+        </is>
+      </c>
+      <c r="D948" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E948" s="1" t="inlineStr">
+        <is>
+          <t>9, 38, 41</t>
+        </is>
+      </c>
+      <c r="F948" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="949" customHeight="true" ht="140.0">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>1502053</t>
+        </is>
+      </c>
+      <c r="C949" s="1" t="inlineStr">
+        <is>
+          <t>COKE REWARDS</t>
+        </is>
+      </c>
+      <c r="D949" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E949" s="1" t="inlineStr">
+        <is>
+          <t>32, 35</t>
+        </is>
+      </c>
+      <c r="F949" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="950" customHeight="true" ht="140.0">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>1504883</t>
+        </is>
+      </c>
+      <c r="C950" s="1" t="inlineStr">
+        <is>
+          <t>GOODNESS ME</t>
+        </is>
+      </c>
+      <c r="D950" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E950" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F950" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="951" customHeight="true" ht="140.0">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>1518476</t>
+        </is>
+      </c>
+      <c r="C951" s="1" t="inlineStr">
+        <is>
+          <t>OBEY YOU</t>
+        </is>
+      </c>
+      <c r="D951" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E951" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F951" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="952" customHeight="true" ht="140.0">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>1528269</t>
+        </is>
+      </c>
+      <c r="C952" s="1" t="inlineStr">
+        <is>
+          <t>THE BARISTA BOYS</t>
+        </is>
+      </c>
+      <c r="D952" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E952" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F952" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="953" customHeight="true" ht="140.0">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>1532230</t>
+        </is>
+      </c>
+      <c r="C953" s="1" t="inlineStr">
+        <is>
+          <t>WE WORLD ME</t>
+        </is>
+      </c>
+      <c r="D953" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E953" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F953" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="954" customHeight="true" ht="140.0">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>1533168</t>
+        </is>
+      </c>
+      <c r="C954" s="1" t="inlineStr">
+        <is>
+          <t>EVERY BOTTLE HAS A STORY</t>
+        </is>
+      </c>
+      <c r="D954" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E954" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F954" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="955" customHeight="true" ht="140.0">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>1538012</t>
+        </is>
+      </c>
+      <c r="C955" s="1" t="inlineStr">
+        <is>
+          <t>THINK DRINK MOVE</t>
+        </is>
+      </c>
+      <c r="D955" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E955" s="1" t="inlineStr">
+        <is>
+          <t>16, 32, 41</t>
+        </is>
+      </c>
+      <c r="F955" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="956" customHeight="true" ht="140.0">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>1555192</t>
+        </is>
+      </c>
+      <c r="C956" s="1" t="inlineStr">
+        <is>
+          <t>NUTRITIONALLY DESIGNED</t>
+        </is>
+      </c>
+      <c r="D956" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E956" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F956" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="957" customHeight="true" ht="140.0">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>1560750</t>
+        </is>
+      </c>
+      <c r="C957" s="1" t="inlineStr">
+        <is>
+          <t>WHEN LIFE GETS IN THE WAY</t>
+        </is>
+      </c>
+      <c r="D957" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E957" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F957" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="958" customHeight="true" ht="140.0">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>1564022</t>
+        </is>
+      </c>
+      <c r="C958" s="1" t="inlineStr">
+        <is>
+          <t>GIVE PEACE A CHANCE</t>
+        </is>
+      </c>
+      <c r="D958" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E958" s="1" t="inlineStr">
+        <is>
+          <t>30, 32</t>
+        </is>
+      </c>
+      <c r="F958" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="959" customHeight="true" ht="140.0">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>1565170</t>
+        </is>
+      </c>
+      <c r="C959" s="1" t="inlineStr">
+        <is>
+          <t>SLENDER VENDER</t>
+        </is>
+      </c>
+      <c r="D959" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E959" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F959" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="960" customHeight="true" ht="140.0">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>1572320</t>
+        </is>
+      </c>
+      <c r="C960" s="1" t="inlineStr">
+        <is>
+          <t>SUMMER IN A BOTTLE</t>
+        </is>
+      </c>
+      <c r="D960" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E960" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F960" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="961" customHeight="true" ht="140.0">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>1576326</t>
+        </is>
+      </c>
+      <c r="C961" s="1" t="inlineStr">
+        <is>
+          <t>POWER MILK BY POWERADE</t>
+        </is>
+      </c>
+      <c r="D961" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E961" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F961" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="962" customHeight="true" ht="140.0">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>1578758</t>
+        </is>
+      </c>
+      <c r="C962" s="1" t="inlineStr">
+        <is>
+          <t>THE HAPPINESS CYCLE</t>
+        </is>
+      </c>
+      <c r="D962" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E962" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 25, 32, 41</t>
+        </is>
+      </c>
+      <c r="F962" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="963" customHeight="true" ht="140.0">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>1578961</t>
+        </is>
+      </c>
+      <c r="C963" s="1" t="inlineStr">
+        <is>
+          <t>ZERO SUGAR ZERO EXCUSES</t>
+        </is>
+      </c>
+      <c r="D963" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E963" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F963" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="964" customHeight="true" ht="140.0">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>1579395</t>
+        </is>
+      </c>
+      <c r="C964" s="1" t="inlineStr">
+        <is>
+          <t>EVERY GAME MATTERS</t>
+        </is>
+      </c>
+      <c r="D964" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E964" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F964" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="965" customHeight="true" ht="140.0">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>1584603</t>
+        </is>
+      </c>
+      <c r="C965" s="1" t="inlineStr">
+        <is>
+          <t>PLANTBOTTLE</t>
+        </is>
+      </c>
+      <c r="D965" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E965" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F965" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="966" customHeight="true" ht="140.0">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>1584604</t>
+        </is>
+      </c>
+      <c r="C966" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D966" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E966" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F966" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="967" customHeight="true" ht="140.0">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>1589772</t>
+        </is>
+      </c>
+      <c r="C967" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA LIFE</t>
+        </is>
+      </c>
+      <c r="D967" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E967" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F967" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="968" customHeight="true" ht="140.0">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>1604219</t>
+        </is>
+      </c>
+      <c r="C968" s="1" t="inlineStr">
+        <is>
+          <t>NUTRI BOOST ANYTIME FUEL</t>
+        </is>
+      </c>
+      <c r="D968" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E968" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F968" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="969" customHeight="true" ht="140.0">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>1604707</t>
+        </is>
+      </c>
+      <c r="C969" s="1" t="inlineStr">
+        <is>
+          <t>COCA-COLA LIFE</t>
+        </is>
+      </c>
+      <c r="D969" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E969" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F969" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="970" customHeight="true" ht="140.0">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>1605228</t>
+        </is>
+      </c>
+      <c r="C970" s="1" t="inlineStr">
+        <is>
+          <t>CHOOSE LOVE OVER LIKE</t>
+        </is>
+      </c>
+      <c r="D970" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E970" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F970" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="971" customHeight="true" ht="140.0">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>1617725</t>
+        </is>
+      </c>
+      <c r="C971" s="1" t="inlineStr">
+        <is>
           <t>INSIDE EKOCYCLE</t>
         </is>
       </c>
-      <c r="D945" s="1" t="inlineStr">
+      <c r="D971" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E945" s="1" t="inlineStr">
-[...726 lines deleted...]
-      </c>
       <c r="E971" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>9, 20</t>
         </is>
       </c>
       <c r="F971" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="972" customHeight="true" ht="140.0">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>1605228</t>
+          <t>1617726</t>
         </is>
       </c>
       <c r="C972" s="1" t="inlineStr">
         <is>
-          <t>CHOOSE LOVE OVER LIKE</t>
+          <t>EKOCYCLE</t>
         </is>
       </c>
       <c r="D972" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E972" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>9, 20</t>
         </is>
       </c>
       <c r="F972" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="973" customHeight="true" ht="140.0">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>1617725</t>
+          <t>1617727</t>
         </is>
       </c>
       <c r="C973" s="1" t="inlineStr">
         <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D973" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E973" s="1" t="inlineStr">
+        <is>
+          <t>9, 20</t>
+        </is>
+      </c>
+      <c r="F973" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="974" customHeight="true" ht="140.0">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>1627063</t>
+        </is>
+      </c>
+      <c r="C974" s="1" t="inlineStr">
+        <is>
+          <t>EXPRESS CRAFTED BY GRINDERS COFFEE HOUSE</t>
+        </is>
+      </c>
+      <c r="D974" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E974" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F974" s="1" t="inlineStr">
+        <is>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="975" customHeight="true" ht="140.0">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>1627261</t>
+        </is>
+      </c>
+      <c r="C975" s="1" t="inlineStr">
+        <is>
+          <t>LIFE IS GENUINELY SWEET</t>
+        </is>
+      </c>
+      <c r="D975" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E975" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F975" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="976" customHeight="true" ht="140.0">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>1632300</t>
+        </is>
+      </c>
+      <c r="C976" s="1" t="inlineStr">
+        <is>
+          <t>EKOCYCLE</t>
+        </is>
+      </c>
+      <c r="D976" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E976" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F976" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="977" customHeight="true" ht="140.0">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>1632301</t>
+        </is>
+      </c>
+      <c r="C977" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D977" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E977" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F977" s="1" t="inlineStr">
+        <is>
+          <t>The Coca-Cola Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="978" customHeight="true" ht="140.0">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>1632302</t>
+        </is>
+      </c>
+      <c r="C978" s="1" t="inlineStr">
+        <is>
           <t>INSIDE EKOCYCLE</t>
         </is>
       </c>
-      <c r="D973" s="1" t="inlineStr">
+      <c r="D978" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E973" s="1" t="inlineStr">
-[...138 lines deleted...]
-      </c>
       <c r="E978" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F978" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="979" customHeight="true" ht="140.0">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>1632301</t>
+          <t>1651155</t>
         </is>
       </c>
       <c r="C979" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>MAKE SOMEONE HAPPY</t>
         </is>
       </c>
       <c r="D979" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E979" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F979" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="980" customHeight="true" ht="140.0">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>1632302</t>
+          <t>1652144</t>
         </is>
       </c>
       <c r="C980" s="1" t="inlineStr">
         <is>
-          <t>INSIDE EKOCYCLE</t>
+          <t>CHOOSE HAPPINESS</t>
         </is>
       </c>
       <c r="D980" s="1" t="inlineStr">
         <is>
-          <t>Cancelled:
-Owner request</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E980" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F980" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="981" customHeight="true" ht="140.0">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>1651155</t>
+          <t>1654997</t>
         </is>
       </c>
       <c r="C981" s="1" t="inlineStr">
         <is>
-          <t>MAKE SOMEONE HAPPY</t>
+          <t>ALTAIR GRINDERS COFFEE SINCE'62 QUALITY MASTER ROASTERS SINCE '62</t>
         </is>
       </c>
       <c r="D981" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E981" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F981" s="1" t="inlineStr">
         <is>
-          <t>The Coca-Cola Company</t>
+          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="982" customHeight="true" ht="140.0">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>1652144</t>
+          <t>1699483</t>
         </is>
       </c>
       <c r="C982" s="1" t="inlineStr">
         <is>
-          <t>CHOOSE HAPPINESS</t>
+          <t>YOU DON'T KNOW ZERO 'TIL YOU'VE TRIED IT</t>
         </is>
       </c>
       <c r="D982" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E982" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F982" s="1" t="inlineStr">
         <is>
           <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="983" customHeight="true" ht="140.0">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>1654997</t>
+          <t>1709593</t>
         </is>
       </c>
       <c r="C983" s="1" t="inlineStr">
         <is>
-          <t>ALTAIR GRINDERS COFFEE SINCE'62 QUALITY MASTER ROASTERS SINCE '62</t>
+          <t>COME ALIVE</t>
         </is>
       </c>
       <c r="D983" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E983" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F983" s="1" t="inlineStr">
         <is>
-          <t>Coca-Cola Europacific Partners Australia Pty Ltd</t>
+          <t>The Coca-Cola Company</t>
         </is>
       </c>
     </row>
     <row r="984" customHeight="true" ht="140.0">
       <c r="A984" s="1" t="inlineStr">
         <is>
           <t>2145316</t>
         </is>
       </c>
       <c r="C984" s="1" t="inlineStr">
         <is>
           <t>COCA-COLA PARTNERS</t>
         </is>
       </c>
       <c r="D984" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
       <c r="E984" s="1" t="inlineStr">
         <is>
           <t>32, 33, 39, 40</t>
         </is>
       </c>
@@ -48435,50 +48435,50 @@
     </row>
     <row r="1138" customHeight="true" ht="140.0">
       <c r="A1138" s="1" t="inlineStr">
         <is>
           <t>2506503</t>
         </is>
       </c>
       <c r="C1138" s="1" t="inlineStr">
         <is>
           <t>THE COCA-COLA COMPANY</t>
         </is>
       </c>
       <c r="D1138" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E1138" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="F1138" s="1" t="inlineStr">
         <is>
-          <t>Jador Lawyers Pty Limited</t>
+          <t>Name Supplied</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>