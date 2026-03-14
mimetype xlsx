--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -4278,9803 +4278,9803 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="476190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F350"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>346</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>50830</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>57953</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>MAGIC CAVE</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>70150</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>70994</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>76115</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>ST.JAMES</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" customHeight="1" ht="140.0">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>118348</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>ST. JAMES</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F9" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F10" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D10" s="1" t="inlineStr">
+    <row r="11" customHeight="1" ht="140.0">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>118350</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>ST JAMES</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F10" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F11" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+    <row r="12" customHeight="1" ht="140.0">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>200297</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>ST. JAMES</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" customHeight="1" ht="140.0">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>205036</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>MILANA</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" customHeight="1" ht="140.0">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>220844</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>st.james</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
-[...5 lines deleted...]
-      <c r="C12" s="1" t="inlineStr">
+    <row r="15" customHeight="1" ht="140.0">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>220845</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>ST.JAMES</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" customHeight="1" ht="140.0">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>220846</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" customHeight="1" ht="140.0">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>318680</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>SEDULA CURA</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D13" s="1" t="inlineStr">
+    <row r="18" customHeight="1" ht="140.0">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>408290</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>ST. JAMES</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D14" s="1" t="inlineStr">
+    <row r="19" customHeight="1" ht="140.0">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>428433</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>FOOD GLORIOUS FOOD</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D15" s="1" t="inlineStr">
+    <row r="20" customHeight="1" ht="140.0">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>525888</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>FOOD GLORIOUS FOOD</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" customHeight="1" ht="140.0">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>545163</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>MILANA</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" customHeight="1" ht="140.0">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>545164</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>MILANA</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" customHeight="1" ht="140.0">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>635879</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" customHeight="1" ht="140.0">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>659390</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>3, 4, 5, 8, 11, 14, 16, 18, 20, 21, 24, 25, 26, 27, 28, 29, 30, 36, 37, 40, 41</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="1" ht="140.0">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>659415</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>3, 4, 5, 8, 9, 11, 14, 16, 18, 20, 21, 24, 25, 26, 27, 28, 29, 30, 33, 36, 37, 39, 40, 41, 42</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" customHeight="1" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>659440</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F15" s="1" t="inlineStr">
+      <c r="F26" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D16" s="1" t="inlineStr">
+    <row r="27" customHeight="1" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>659441</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>4, 5, 8, 9, 11, 14, 16, 18, 20, 21, 24, 25, 26, 27, 28, 29, 30, 33, 36, 37, 39, 40, 41</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="1" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>659464</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="1" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>661693</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>THERE'S NO OTHER STORE LIKE DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="1" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>672453</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>ESSENTIALS</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="1" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>718759</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>10, 31, 32</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D17" s="1" t="inlineStr">
+    <row r="32" customHeight="1" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>718761</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="1" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>726527</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES AT HOME</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="1" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>808528</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES INSTANT REWARDS</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F17" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D18" s="1" t="inlineStr">
+    <row r="35" customHeight="1" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>852855</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES ONLINE</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D19" s="1" t="inlineStr">
+    <row r="36" customHeight="1" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>893854</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES ONLINE</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>35, 42</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="1" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>911831</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>41, 44</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>912272</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES ESSENTIALS</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>3, 8, 16, 20, 21</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>931704</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>ALTA LINEA</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>14, 18, 25</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>957147</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>FOODHALL DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>35, 39, 43</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>957151</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>FOODHALL DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>35, 39, 43</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="1" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>958029</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>FOOD DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>8, 18, 21, 24, 25, 29, 30, 31, 32, 33</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>958030</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>FOOD DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>8, 18, 21, 24, 25, 29, 30, 31, 32, 33</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>962655</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>ENGINE SAVER</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>David Edward Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>1032766</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INSTANT REWARDS</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>1044220</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>PRECINCT</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>1191176</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>Black and White Day</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>35, 41</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>1247008</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES STORECARD</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>1247009</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>FASHION PAY LATER</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>1247012</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>CHRISTMAS DEFERRED</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="1" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>1247014</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES GIFT CARD</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>1278510</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>BAKERJONES LAWYERS</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Dean Eastwood Jones; David Alan Baker</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>1402339</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>AQUALERT</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>David Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>1618193</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES FLOWERS</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>31, 35</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>1620441</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>AGENDA</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>18, 25</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>1620443</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>HARPER ROSE</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>1623068</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>OKU</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>1642725</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>BEAUTYBAR AT DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>1644071</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>DJSTYLE</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>35, 41</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>1657632</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>BEAUTY TRIBE</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 44</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>1705244</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>ATRIUM BY DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>1705245</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>1705246</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>A ATRIUM BY DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>1724179</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>BUY ME, TRY ME, LOVE ME</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>3, 35</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>1724734</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>JONES MAGAZINE</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 41</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>1752576</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES CAFE</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>1752577</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>1756862</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>AGENDA</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>David Jones Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>1774115</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>ONE NAME ENDLESS POSSIBILITIES</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F19" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D20" s="1" t="inlineStr">
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>1799865</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>CLOTILDE</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Meil, David; Jones, Kimberly</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>1810810</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>#FIRSTWORLDWHITEGIRLS</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Lewis David Jones; Anne Louise Peterson</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>1825991</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>STEEL SYNERGY</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F20" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D21" s="1" t="inlineStr">
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>David James Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>1962580</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>Pillowsleep</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D22" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>David Edward Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>2035333</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES FOOD</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F22" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>35, 43</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D23" s="1" t="inlineStr">
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>2040799</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>SKINNOVATION</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F23" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>35, 44</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D24" s="1" t="inlineStr">
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>2123464</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>MINDFULLY MADE</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F24" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D25" s="1" t="inlineStr">
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>2123465</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>EXCLUSIVELY YOURS</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F25" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D26" s="1" t="inlineStr">
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>2142438</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>THE BEAUTY CUT</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F26" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>35, 44</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D27" s="1" t="inlineStr">
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>2160927</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>WISHBET</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D28" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>John Stewart Walsh; Jonathan David Walsh; Michael James O'Toole; Peter William Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>2163053</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>Sick Beat Guarantee</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D29" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>John Stewart Walsh; Jonathan David Walsh; Michael James O'Toole; Peter William Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>2193996</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>Sick Beat</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D30" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>John Stewart Walsh; Jonathan David Walsh; Michael Joseph O'Toole; Peter William Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>2260493</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>Friday Fill Up</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
-[...77 lines deleted...]
-      <c r="D33" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Peter William Jones; Jonathan David Walsh</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>2275167</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>RE-LUX</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F33" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>35, 42</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D34" s="1" t="inlineStr">
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>2281389</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>SAFFRON &amp; CLOVER</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F34" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>18, 25</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D35" s="1" t="inlineStr">
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>2294812</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>Beaten A Nose</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D36" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>Peter William Jones; Jonathan David Walsh</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="1" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>2331818</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>JungleBet</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D37" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Peter William Jones; Jonathan David Walsh</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>2331819</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>PuntCity</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D38" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Peter William Jones; Jonathan David Walsh</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>2331821</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>Bag Of Tips</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D39" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Peter William Jones; Jonathan David Walsh</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>2344220</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>DAVID JONES</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F39" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D40" s="1" t="inlineStr">
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>2345398</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F40" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D41" s="1" t="inlineStr">
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>2524782</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>DUSKK RINGS</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D42" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>Ryan St David Jones</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>2535288</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>DUSKK RINGS</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D43" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>RYAN ST DAVID JONES</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>2565045</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>Vivace</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F43" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>20, 24</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D44" s="1" t="inlineStr">
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>2565046</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>Neuma</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="F45" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>20, 24</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
-[...1316 lines deleted...]
-      <c r="A93" s="1" t="inlineStr">
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
         <is>
           <t>2565044</t>
         </is>
       </c>
-      <c r="C93" s="1" t="inlineStr">
+      <c r="C95" s="1" t="inlineStr">
         <is>
           <t>Aluma</t>
         </is>
       </c>
-      <c r="D93" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>20, 24</t>
         </is>
       </c>
-      <c r="F93" s="1" t="inlineStr">
+      <c r="F95" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="94" customHeight="true" ht="140.0">
-[...55 lines deleted...]
-    <row r="96" customHeight="true" ht="140.0">
+    <row r="96" customHeight="1" ht="140.0">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>47463</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="97" customHeight="true" ht="140.0">
+    <row r="97" customHeight="1" ht="140.0">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>50829</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="98" customHeight="true" ht="140.0">
+    <row r="98" customHeight="1" ht="140.0">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>57805</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
           <t>PARKER</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="99" customHeight="true" ht="140.0">
+    <row r="99" customHeight="1" ht="140.0">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>61101</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
           <t>P</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="100" customHeight="true" ht="140.0">
+    <row r="100" customHeight="1" ht="140.0">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>70063</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
           <t>SPRINGSTEP</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="101" customHeight="true" ht="140.0">
+    <row r="101" customHeight="1" ht="140.0">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>73701</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
           <t>DELARAY</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="102" customHeight="true" ht="140.0">
+    <row r="102" customHeight="1" ht="140.0">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>93143</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
           <t>MARY PUMPKIN
 DAVID JONES FOR SERVICE</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="103" customHeight="true" ht="140.0">
+    <row r="103" customHeight="1" ht="140.0">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>93328</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="104" customHeight="true" ht="140.0">
+    <row r="104" customHeight="1" ht="140.0">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>94374</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
           <t>CALIDAD
 PARKER</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="105" customHeight="true" ht="140.0">
+    <row r="105" customHeight="1" ht="140.0">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>129929</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
           <t>SIRANNA</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="106" customHeight="true" ht="140.0">
+    <row r="106" customHeight="1" ht="140.0">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>130752</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
           <t>PAGEANT STORE WITH GIFTS GALORE</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="107" customHeight="true" ht="140.0">
+    <row r="107" customHeight="1" ht="140.0">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>131640</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES YOUTH CENTRE
 REPTON</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES Ltd</t>
         </is>
       </c>
     </row>
-    <row r="108" customHeight="true" ht="140.0">
+    <row r="108" customHeight="1" ht="140.0">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>169739</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="109" customHeight="true" ht="140.0">
+    <row r="109" customHeight="1" ht="140.0">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>169740</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="110" customHeight="true" ht="140.0">
+    <row r="110" customHeight="1" ht="140.0">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>169741</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="111" customHeight="true" ht="140.0">
+    <row r="111" customHeight="1" ht="140.0">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>169742</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="112" customHeight="true" ht="140.0">
+    <row r="112" customHeight="1" ht="140.0">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>169743</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="113" customHeight="true" ht="140.0">
+    <row r="113" customHeight="1" ht="140.0">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>169744</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="114" customHeight="true" ht="140.0">
+    <row r="114" customHeight="1" ht="140.0">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>173923</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="115" customHeight="true" ht="140.0">
+    <row r="115" customHeight="1" ht="140.0">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>173924</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="116" customHeight="true" ht="140.0">
+    <row r="116" customHeight="1" ht="140.0">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>173925</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="117" customHeight="true" ht="140.0">
+    <row r="117" customHeight="1" ht="140.0">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>196492</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
           <t>3, 9, 20, 24, 25, 27</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="118" customHeight="true" ht="140.0">
+    <row r="118" customHeight="1" ht="140.0">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>197493</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="119" customHeight="true" ht="140.0">
+    <row r="119" customHeight="1" ht="140.0">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>198386</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
           <t>D.J. 100</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="120" customHeight="true" ht="140.0">
+    <row r="120" customHeight="1" ht="140.0">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>216803</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES'
 SIXTH FLOOR</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="121" customHeight="true" ht="140.0">
+    <row r="121" customHeight="1" ht="140.0">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>250222</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
           <t>BALLOCHMORE</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="122" customHeight="true" ht="140.0">
+    <row r="122" customHeight="1" ht="140.0">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>257998</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
           <t>D.J.'S GOLD LABEL</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled for unknown reason</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t>David Jones Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="123" customHeight="true" ht="140.0">
+    <row r="123" customHeight="1" ht="140.0">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>288614</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
           <t>CALENDONIA</t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="124" customHeight="true" ht="140.0">
+    <row r="124" customHeight="1" ht="140.0">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>288615</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
           <t>CLANMORE</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="125" customHeight="true" ht="140.0">
+    <row r="125" customHeight="1" ht="140.0">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>338850</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
           <t>15, 17, 23, 28, 29, 30, 32, 33</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="126" customHeight="true" ht="140.0">
+    <row r="126" customHeight="1" ht="140.0">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>341945</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
           <t>ST.JAMES</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="127" customHeight="true" ht="140.0">
+    <row r="127" customHeight="1" ht="140.0">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>343658</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="128" customHeight="true" ht="140.0">
+    <row r="128" customHeight="1" ht="140.0">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>380966</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="129" customHeight="true" ht="140.0">
+    <row r="129" customHeight="1" ht="140.0">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>381045</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="130" customHeight="true" ht="140.0">
+    <row r="130" customHeight="1" ht="140.0">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>381048</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="131" customHeight="true" ht="140.0">
+    <row r="131" customHeight="1" ht="140.0">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>381049</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="132" customHeight="true" ht="140.0">
+    <row r="132" customHeight="1" ht="140.0">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>406703</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
           <t>DAJO
 ONLY AT DAVID JONES</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="133" customHeight="true" ht="140.0">
+    <row r="133" customHeight="1" ht="140.0">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>452759</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
           <t>CHAOS</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t>David Owen Jones; Reuben Milner</t>
         </is>
       </c>
     </row>
-    <row r="134" customHeight="true" ht="140.0">
+    <row r="134" customHeight="1" ht="140.0">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>497557</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
           <t>AGENDA
 A DAVID JONES EXCLUSIVE
 AA</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="135" customHeight="true" ht="140.0">
+    <row r="135" customHeight="1" ht="140.0">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>615627</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
           <t>AE AGENDA ESSENTIALS</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
           <t>18, 25</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="136" customHeight="true" ht="140.0">
+    <row r="136" customHeight="1" ht="140.0">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>649566</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
           <t>J.W. PAUL</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="137" customHeight="true" ht="140.0">
+    <row r="137" customHeight="1" ht="140.0">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>671832</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
           <t>THE RIGHT START</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="138" customHeight="true" ht="140.0">
+    <row r="138" customHeight="1" ht="140.0">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>673769</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
           <t>AT HOME WITH COMPUTERS
 AT HOME WITH PRINTERS
 AT HOME WITH FAXES
 AT HOME WITH PHOTOCOPIERS
 AT HOME WITH MODEMS
 AT HOME WITH MOBILE PHONES
 AT HOME WITH ANSWERPHONES
 AT HOME WITH LEARNING
 AT HOME WITH SOFTWARE
 AT HOME WITH ACCESSORIES
 AT HOME WITH OFFICE FURNITURE
 AT HOME WITH</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="139" customHeight="true" ht="140.0">
+    <row r="139" customHeight="1" ht="140.0">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>728719</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
           <t>PORTICO CLUB</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E139" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="140" customHeight="true" ht="140.0">
+    <row r="140" customHeight="1" ht="140.0">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>728721</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
           <t>AE ATHLETIC ESSENTIALS</t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="141" customHeight="true" ht="140.0">
+    <row r="141" customHeight="1" ht="140.0">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>783508</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
           <t>TRIPLITE</t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="142" customHeight="true" ht="140.0">
+    <row r="142" customHeight="1" ht="140.0">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>787613</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
           <t>ROOFPROOF PAINTING</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t>David Jones; Helen Jones</t>
         </is>
       </c>
     </row>
-    <row r="143" customHeight="true" ht="140.0">
+    <row r="143" customHeight="1" ht="140.0">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>792979</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES WAREHOUSE</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
           <t>35, 39, 42</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="144" customHeight="true" ht="140.0">
+    <row r="144" customHeight="1" ht="140.0">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>804976</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
           <t>BONDI SURF CO. UNDERGROUND ENERGY BONDI BEACH AUST.</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t>David Liam Barr Gyngell; Stephen Jones</t>
         </is>
       </c>
     </row>
-    <row r="145" customHeight="true" ht="140.0">
+    <row r="145" customHeight="1" ht="140.0">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>811918</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES SHAREHOLDER REWARDS</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="146" customHeight="true" ht="140.0">
+    <row r="146" customHeight="1" ht="140.0">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>818246</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
           <t>FOODCHAIN BY DAVID JONES</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
           <t>35, 36, 42</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="147" customHeight="true" ht="140.0">
+    <row r="147" customHeight="1" ht="140.0">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>831348</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
           <t>35, 36, 42</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="148" customHeight="true" ht="140.0">
+    <row r="148" customHeight="1" ht="140.0">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>855525</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
           <t>ACQUA SALON</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="149" customHeight="true" ht="140.0">
+    <row r="149" customHeight="1" ht="140.0">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>866702</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
           <t>TREVOR JONES</t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Trevor David Jones</t>
         </is>
       </c>
     </row>
-    <row r="150" customHeight="true" ht="140.0">
+    <row r="150" customHeight="1" ht="140.0">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>868622</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
           <t>BAROSSA CLOUD JUICE</t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Trevor David Jones</t>
         </is>
       </c>
     </row>
-    <row r="151" customHeight="true" ht="140.0">
+    <row r="151" customHeight="1" ht="140.0">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>869576</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
           <t>BEAUTY TOOLS DAVID JONES</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
           <t>3, 8, 16, 20, 21</t>
         </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="152" customHeight="true" ht="140.0">
+    <row r="152" customHeight="1" ht="140.0">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>879638</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
           <t>COLOURWEAR BY DAVID JONES</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="153" customHeight="true" ht="140.0">
+    <row r="153" customHeight="1" ht="140.0">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>887016</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
           <t>RENTIT AT DAVID JONES</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
           <t>35, 37, 38, 39, 41, 42</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="154" customHeight="true" ht="140.0">
+    <row r="154" customHeight="1" ht="140.0">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>894492</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
           <t>A AHERNS</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="155" customHeight="true" ht="140.0">
+    <row r="155" customHeight="1" ht="140.0">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>898747</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES ACQUA SALON</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="156" customHeight="true" ht="140.0">
+    <row r="156" customHeight="1" ht="140.0">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>923410</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
           <t>Shadow Thefeet</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Trevor David Jones</t>
         </is>
       </c>
     </row>
-    <row r="157" customHeight="true" ht="140.0">
+    <row r="157" customHeight="1" ht="140.0">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>927209</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
           <t>JWP SPORT</t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="158" customHeight="true" ht="140.0">
+    <row r="158" customHeight="1" ht="140.0">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>927210</t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
           <t>JWP RESORT</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="159" customHeight="true" ht="140.0">
+    <row r="159" customHeight="1" ht="140.0">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>927212</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
           <t>JWP</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="160" customHeight="true" ht="140.0">
+    <row r="160" customHeight="1" ht="140.0">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>931604</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
           <t>SLEEPA KEEPAS</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t>David Jones</t>
         </is>
       </c>
     </row>
-    <row r="161" customHeight="true" ht="140.0">
+    <row r="161" customHeight="1" ht="140.0">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>931705</t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES HAIR ESSENTIALS</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
           <t>3, 11, 21</t>
         </is>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="162" customHeight="true" ht="140.0">
+    <row r="162" customHeight="1" ht="140.0">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>933622</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E162" s="1" t="inlineStr">
         <is>
           <t>18, 29, 30, 31, 32, 33, 43</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="163" customHeight="true" ht="140.0">
+    <row r="163" customHeight="1" ht="140.0">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>933623</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
           <t>FOODCHAIN</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
           <t>18, 29, 30, 31, 32, 33, 43</t>
         </is>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="164" customHeight="true" ht="140.0">
+    <row r="164" customHeight="1" ht="140.0">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>948653</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
           <t>FrankingSense</t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t>David Thomas Evan Lloyd-Jones</t>
         </is>
       </c>
     </row>
-    <row r="165" customHeight="true" ht="140.0">
+    <row r="165" customHeight="1" ht="140.0">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>957150</t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES HAIR ESSENTIALS</t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
           <t>3, 11, 21</t>
         </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="166" customHeight="true" ht="140.0">
+    <row r="166" customHeight="1" ht="140.0">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>968071</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
           <t>Curator</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t>David Huw Jones</t>
         </is>
       </c>
     </row>
-    <row r="167" customHeight="true" ht="140.0">
+    <row r="167" customHeight="1" ht="140.0">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>974977</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES CREDIT RESERVE</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="168" customHeight="true" ht="140.0">
+    <row r="168" customHeight="1" ht="140.0">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>984750</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
           <t>SoftWind Workshop</t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t>David Lloyd-Jones</t>
         </is>
       </c>
     </row>
-    <row r="169" customHeight="true" ht="140.0">
+    <row r="169" customHeight="1" ht="140.0">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>998340</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
           <t>RELATIONSHIP RING OF PASSIONATE WITNESS</t>
         </is>
       </c>
       <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E169" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
           <t>Nicholas David Jones</t>
         </is>
       </c>
     </row>
-    <row r="170" customHeight="true" ht="140.0">
+    <row r="170" customHeight="1" ht="140.0">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>1143304</t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
           <t>by care</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E170" s="1" t="inlineStr">
         <is>
           <t>6, 16</t>
         </is>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t>David Jones</t>
         </is>
       </c>
     </row>
-    <row r="171" customHeight="true" ht="140.0">
+    <row r="171" customHeight="1" ht="140.0">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>1168939</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
           <t>BARONI</t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t>David Jones Trading as Leisuretech</t>
         </is>
       </c>
     </row>
-    <row r="172" customHeight="true" ht="140.0">
+    <row r="172" customHeight="1" ht="140.0">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>1456488</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES CELEBRATION CARD</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
           <t>9, 35, 36</t>
         </is>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="173" customHeight="true" ht="140.0">
+    <row r="173" customHeight="1" ht="140.0">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>1468993</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
           <t>ON SEVEN AT DAVID JONES</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
           <t>35, 43</t>
         </is>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="174" customHeight="true" ht="140.0">
+    <row r="174" customHeight="1" ht="140.0">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>1519683</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
           <t>WAS.IS.ALWAYS</t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
           <t>35, 43</t>
         </is>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="175" customHeight="true" ht="140.0">
+    <row r="175" customHeight="1" ht="140.0">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>1540056</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
           <t>Asimoplan</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t>David Lloyd-Jones</t>
         </is>
       </c>
     </row>
-    <row r="176" customHeight="true" ht="140.0">
+    <row r="176" customHeight="1" ht="140.0">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>1551643</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
           <t>LORELLE</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
           <t>3, 4, 9, 14, 18, 24, 25, 26, 35</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="177" customHeight="true" ht="140.0">
+    <row r="177" customHeight="1" ht="140.0">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>1593839</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
           <t>THE FOUNDRY</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="178" customHeight="true" ht="140.0">
+    <row r="178" customHeight="1" ht="140.0">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>98135</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES'
 YOUTH-EEZ</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="179" customHeight="true" ht="140.0">
+    <row r="179" customHeight="1" ht="140.0">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>196493</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="180" customHeight="true" ht="140.0">
+    <row r="180" customHeight="1" ht="140.0">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>196494</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="181" customHeight="true" ht="140.0">
+    <row r="181" customHeight="1" ht="140.0">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>196495</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="182" customHeight="true" ht="140.0">
+    <row r="182" customHeight="1" ht="140.0">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>196496</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="183" customHeight="true" ht="140.0">
+    <row r="183" customHeight="1" ht="140.0">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>196497</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="184" customHeight="true" ht="140.0">
+    <row r="184" customHeight="1" ht="140.0">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>338851</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="185" customHeight="true" ht="140.0">
+    <row r="185" customHeight="1" ht="140.0">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>338852</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="186" customHeight="true" ht="140.0">
+    <row r="186" customHeight="1" ht="140.0">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>338853</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="187" customHeight="true" ht="140.0">
+    <row r="187" customHeight="1" ht="140.0">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>338854</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="188" customHeight="true" ht="140.0">
+    <row r="188" customHeight="1" ht="140.0">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>338855</t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E188" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="189" customHeight="true" ht="140.0">
+    <row r="189" customHeight="1" ht="140.0">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>338856</t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E189" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="190" customHeight="true" ht="140.0">
+    <row r="190" customHeight="1" ht="140.0">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>338857</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="191" customHeight="true" ht="140.0">
+    <row r="191" customHeight="1" ht="140.0">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>421359</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
           <t>COOLERS</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Kenneth David Skilton; Maria Audrey Skilton; Valda Lynette Jones; Bramley Valentine Jones</t>
         </is>
       </c>
     </row>
-    <row r="192" customHeight="true" ht="140.0">
+    <row r="192" customHeight="1" ht="140.0">
       <c r="A192" s="1" t="inlineStr">
         <is>
           <t>423032</t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
           <t>YOUTHQUAKE</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
           <t>David John Jones</t>
         </is>
       </c>
     </row>
-    <row r="193" customHeight="true" ht="140.0">
+    <row r="193" customHeight="1" ht="140.0">
       <c r="A193" s="1" t="inlineStr">
         <is>
           <t>428415</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
           <t>FOOD GLORIOUS FOOD</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="194" customHeight="true" ht="140.0">
+    <row r="194" customHeight="1" ht="140.0">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>436515</t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
           <t>LINDY'S CHEESE CAKES</t>
         </is>
       </c>
       <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E194" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="195" customHeight="true" ht="140.0">
+    <row r="195" customHeight="1" ht="140.0">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>480653</t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
           <t>VAT
 VISUAL TECHNOLOGY AUSTRALIA
 VA</t>
         </is>
       </c>
       <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E195" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t>John Edward Jones; Ernest Harold Gallaher; David Joseph Winter</t>
         </is>
       </c>
     </row>
-    <row r="196" customHeight="true" ht="140.0">
+    <row r="196" customHeight="1" ht="140.0">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>505444</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
           <t>MOTOTRACTOR</t>
         </is>
       </c>
       <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
           <t>Nicholas David Jones</t>
         </is>
       </c>
     </row>
-    <row r="197" customHeight="true" ht="140.0">
+    <row r="197" customHeight="1" ht="140.0">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>505445</t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
           <t>MULE</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t>Nicholas David Jones</t>
         </is>
       </c>
     </row>
-    <row r="198" customHeight="true" ht="140.0">
+    <row r="198" customHeight="1" ht="140.0">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>510287</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
           <t>CREDISURE
 CREDI$URE
 PREMIUMS BY THE MONTH</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t>David Allen Jones</t>
         </is>
       </c>
     </row>
-    <row r="199" customHeight="true" ht="140.0">
+    <row r="199" customHeight="1" ht="140.0">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>531972</t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
           <t>TICTIME
 T</t>
         </is>
       </c>
       <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E199" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="200" customHeight="true" ht="140.0">
+    <row r="200" customHeight="1" ht="140.0">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t>535393</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
           <t>TP TELE POOLS</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t>David Campbell Jones; William Charles Adams; Raymond James Hornsby; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="201" customHeight="true" ht="140.0">
+    <row r="201" customHeight="1" ht="140.0">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t>535394</t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
           <t>TP TELE POOLS</t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E201" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t>David Campbell Jones; Peter Kitchin Kerr; William Charles Adams; Raymond James Hornsby</t>
         </is>
       </c>
     </row>
-    <row r="202" customHeight="true" ht="140.0">
+    <row r="202" customHeight="1" ht="140.0">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>535395</t>
         </is>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
           <t>P THE POOLS</t>
         </is>
       </c>
       <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E202" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F202" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; Raymond James Hornsby; David Campbell Jones; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="203" customHeight="true" ht="140.0">
+    <row r="203" customHeight="1" ht="140.0">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>535396</t>
         </is>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
           <t>P THE POOLS</t>
         </is>
       </c>
       <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E203" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F203" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; Raymond James Hornsby; David Campbell Jones; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="204" customHeight="true" ht="140.0">
+    <row r="204" customHeight="1" ht="140.0">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>535397</t>
         </is>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
           <t>KENO</t>
         </is>
       </c>
       <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E204" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F204" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; Raymond James Hornsby; David Campbell Jones; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="205" customHeight="true" ht="140.0">
+    <row r="205" customHeight="1" ht="140.0">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>535398</t>
         </is>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
           <t>KENO</t>
         </is>
       </c>
       <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E205" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F205" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; Raymond James Hornsby; David Campbell Jones; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="206" customHeight="true" ht="140.0">
+    <row r="206" customHeight="1" ht="140.0">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t>535399</t>
         </is>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
           <t>INSTANT SCRATCH-ITS</t>
         </is>
       </c>
       <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E206" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F206" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; Raymond James Hornsby; David Campbell Jones; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="207" customHeight="true" ht="140.0">
+    <row r="207" customHeight="1" ht="140.0">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t>535400</t>
         </is>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
           <t>INSTANT SCRATCH-ITS</t>
         </is>
       </c>
       <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E207" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F207" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; Raymond James Hornsby; David Campbell Jones; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="208" customHeight="true" ht="140.0">
+    <row r="208" customHeight="1" ht="140.0">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>535401</t>
         </is>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
           <t>KENO SPOT MATCH WIN!</t>
         </is>
       </c>
       <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E208" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F208" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; Raymond James Hornsby; David Campbell Jones; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="209" customHeight="true" ht="140.0">
+    <row r="209" customHeight="1" ht="140.0">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>535402</t>
         </is>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
           <t>KENO SPOT MATCH WIN!</t>
         </is>
       </c>
       <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E209" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F209" s="1" t="inlineStr">
         <is>
           <t>William Charles Adams; David Campbell Jones; Raymond James Hornsby; Peter Kitchin Kerr</t>
         </is>
       </c>
     </row>
-    <row r="210" customHeight="true" ht="140.0">
+    <row r="210" customHeight="1" ht="140.0">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>554329</t>
         </is>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
           <t>BRADA FINE COLOUR SUPPLIERS</t>
         </is>
       </c>
       <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E210" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="F210" s="1" t="inlineStr">
         <is>
           <t>Bradley Jones; David Walsh</t>
         </is>
       </c>
     </row>
-    <row r="211" customHeight="true" ht="140.0">
+    <row r="211" customHeight="1" ht="140.0">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t>567291</t>
         </is>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
           <t>ZABADAK</t>
         </is>
       </c>
       <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E211" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F211" s="1" t="inlineStr">
         <is>
           <t>David Edward Jones-Rogers</t>
         </is>
       </c>
     </row>
-    <row r="212" customHeight="true" ht="140.0">
+    <row r="212" customHeight="1" ht="140.0">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t>586372</t>
         </is>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES COMFORT SYSTEM</t>
         </is>
       </c>
       <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E212" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F212" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="213" customHeight="true" ht="140.0">
+    <row r="213" customHeight="1" ht="140.0">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t>604151</t>
         </is>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
           <t>ECOLABEL</t>
         </is>
       </c>
       <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E213" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F213" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="214" customHeight="true" ht="140.0">
+    <row r="214" customHeight="1" ht="140.0">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t>604152</t>
         </is>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
           <t>ECOWEAR</t>
         </is>
       </c>
       <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E214" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F214" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="215" customHeight="true" ht="140.0">
+    <row r="215" customHeight="1" ht="140.0">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t>615628</t>
         </is>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
           <t>AE AGENDA ESSENTIALS</t>
         </is>
       </c>
       <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E215" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F215" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="216" customHeight="true" ht="140.0">
+    <row r="216" customHeight="1" ht="140.0">
       <c r="A216" s="1" t="inlineStr">
         <is>
           <t>633659</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
           <t>BANOFFEE PIE</t>
         </is>
       </c>
       <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E216" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F216" s="1" t="inlineStr">
         <is>
           <t>David Andrew Jones</t>
         </is>
       </c>
     </row>
-    <row r="217" customHeight="true" ht="140.0">
+    <row r="217" customHeight="1" ht="140.0">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t>648183</t>
         </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES EARLY LEARNING CENTRE</t>
         </is>
       </c>
       <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E217" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F217" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="218" customHeight="true" ht="140.0">
+    <row r="218" customHeight="1" ht="140.0">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t>648188</t>
         </is>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES EARLY LEARNING CENTRE</t>
         </is>
       </c>
       <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E218" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F218" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="219" customHeight="true" ht="140.0">
+    <row r="219" customHeight="1" ht="140.0">
       <c r="A219" s="1" t="inlineStr">
         <is>
           <t>656720</t>
         </is>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
           <t>STEELMAX</t>
         </is>
       </c>
       <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E219" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F219" s="1" t="inlineStr">
         <is>
           <t>David William Jones</t>
         </is>
       </c>
     </row>
-    <row r="220" customHeight="true" ht="140.0">
+    <row r="220" customHeight="1" ht="140.0">
       <c r="A220" s="1" t="inlineStr">
         <is>
           <t>657671</t>
         </is>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
           <t>THE RIGHT START</t>
         </is>
       </c>
       <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E220" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F220" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="221" customHeight="true" ht="140.0">
+    <row r="221" customHeight="1" ht="140.0">
       <c r="A221" s="1" t="inlineStr">
         <is>
           <t>659391</t>
         </is>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E221" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F221" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="222" customHeight="true" ht="140.0">
+    <row r="222" customHeight="1" ht="140.0">
       <c r="A222" s="1" t="inlineStr">
         <is>
           <t>659392</t>
         </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E222" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F222" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="223" customHeight="true" ht="140.0">
+    <row r="223" customHeight="1" ht="140.0">
       <c r="A223" s="1" t="inlineStr">
         <is>
           <t>659393</t>
         </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E223" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="F223" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="224" customHeight="true" ht="140.0">
+    <row r="224" customHeight="1" ht="140.0">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t>659394</t>
         </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E224" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="225" customHeight="true" ht="140.0">
+    <row r="225" customHeight="1" ht="140.0">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t>659395</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E225" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="226" customHeight="true" ht="140.0">
+    <row r="226" customHeight="1" ht="140.0">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t>659396</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E226" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F226" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="227" customHeight="true" ht="140.0">
+    <row r="227" customHeight="1" ht="140.0">
       <c r="A227" s="1" t="inlineStr">
         <is>
           <t>659397</t>
         </is>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E227" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F227" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="228" customHeight="true" ht="140.0">
+    <row r="228" customHeight="1" ht="140.0">
       <c r="A228" s="1" t="inlineStr">
         <is>
           <t>659398</t>
         </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E228" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="F228" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="229" customHeight="true" ht="140.0">
+    <row r="229" customHeight="1" ht="140.0">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t>659399</t>
         </is>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D229" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E229" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F229" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="230" customHeight="true" ht="140.0">
+    <row r="230" customHeight="1" ht="140.0">
       <c r="A230" s="1" t="inlineStr">
         <is>
           <t>659400</t>
         </is>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E230" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F230" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="231" customHeight="true" ht="140.0">
+    <row r="231" customHeight="1" ht="140.0">
       <c r="A231" s="1" t="inlineStr">
         <is>
           <t>659401</t>
         </is>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D231" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E231" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F231" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="232" customHeight="true" ht="140.0">
+    <row r="232" customHeight="1" ht="140.0">
       <c r="A232" s="1" t="inlineStr">
         <is>
           <t>659402</t>
         </is>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D232" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E232" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F232" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="233" customHeight="true" ht="140.0">
+    <row r="233" customHeight="1" ht="140.0">
       <c r="A233" s="1" t="inlineStr">
         <is>
           <t>659403</t>
         </is>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D233" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E233" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F233" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="234" customHeight="true" ht="140.0">
+    <row r="234" customHeight="1" ht="140.0">
       <c r="A234" s="1" t="inlineStr">
         <is>
           <t>659404</t>
         </is>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D234" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E234" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="F234" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="235" customHeight="true" ht="140.0">
+    <row r="235" customHeight="1" ht="140.0">
       <c r="A235" s="1" t="inlineStr">
         <is>
           <t>659405</t>
         </is>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E235" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F235" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="236" customHeight="true" ht="140.0">
+    <row r="236" customHeight="1" ht="140.0">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t>659406</t>
         </is>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E236" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="237" customHeight="true" ht="140.0">
+    <row r="237" customHeight="1" ht="140.0">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t>659407</t>
         </is>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E237" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="238" customHeight="true" ht="140.0">
+    <row r="238" customHeight="1" ht="140.0">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t>659408</t>
         </is>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E238" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="239" customHeight="true" ht="140.0">
+    <row r="239" customHeight="1" ht="140.0">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t>659409</t>
         </is>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D239" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E239" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F239" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="240" customHeight="true" ht="140.0">
+    <row r="240" customHeight="1" ht="140.0">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t>659410</t>
         </is>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D240" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E240" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F240" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="241" customHeight="true" ht="140.0">
+    <row r="241" customHeight="1" ht="140.0">
       <c r="A241" s="1" t="inlineStr">
         <is>
           <t>659411</t>
         </is>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D241" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E241" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="F241" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="242" customHeight="true" ht="140.0">
+    <row r="242" customHeight="1" ht="140.0">
       <c r="A242" s="1" t="inlineStr">
         <is>
           <t>659412</t>
         </is>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D242" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E242" s="1" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="F242" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="243" customHeight="true" ht="140.0">
+    <row r="243" customHeight="1" ht="140.0">
       <c r="A243" s="1" t="inlineStr">
         <is>
           <t>659413</t>
         </is>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D243" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E243" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F243" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="244" customHeight="true" ht="140.0">
+    <row r="244" customHeight="1" ht="140.0">
       <c r="A244" s="1" t="inlineStr">
         <is>
           <t>659414</t>
         </is>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D244" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E244" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F244" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="245" customHeight="true" ht="140.0">
+    <row r="245" customHeight="1" ht="140.0">
       <c r="A245" s="1" t="inlineStr">
         <is>
           <t>659416</t>
         </is>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D245" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E245" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F245" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="246" customHeight="true" ht="140.0">
+    <row r="246" customHeight="1" ht="140.0">
       <c r="A246" s="1" t="inlineStr">
         <is>
           <t>659417</t>
         </is>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D246" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E246" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F246" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="247" customHeight="true" ht="140.0">
+    <row r="247" customHeight="1" ht="140.0">
       <c r="A247" s="1" t="inlineStr">
         <is>
           <t>659418</t>
         </is>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D247" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E247" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="F247" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="248" customHeight="true" ht="140.0">
+    <row r="248" customHeight="1" ht="140.0">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t>659419</t>
         </is>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D248" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E248" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F248" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="249" customHeight="true" ht="140.0">
+    <row r="249" customHeight="1" ht="140.0">
       <c r="A249" s="1" t="inlineStr">
         <is>
           <t>659420</t>
         </is>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D249" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E249" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F249" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="250" customHeight="true" ht="140.0">
+    <row r="250" customHeight="1" ht="140.0">
       <c r="A250" s="1" t="inlineStr">
         <is>
           <t>659421</t>
         </is>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D250" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E250" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F250" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="251" customHeight="true" ht="140.0">
+    <row r="251" customHeight="1" ht="140.0">
       <c r="A251" s="1" t="inlineStr">
         <is>
           <t>659422</t>
         </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D251" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E251" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F251" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="252" customHeight="true" ht="140.0">
+    <row r="252" customHeight="1" ht="140.0">
       <c r="A252" s="1" t="inlineStr">
         <is>
           <t>659423</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D252" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E252" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="F252" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="253" customHeight="true" ht="140.0">
+    <row r="253" customHeight="1" ht="140.0">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t>659424</t>
         </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D253" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E253" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F253" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="254" customHeight="true" ht="140.0">
+    <row r="254" customHeight="1" ht="140.0">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t>659425</t>
         </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D254" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E254" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F254" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="255" customHeight="true" ht="140.0">
+    <row r="255" customHeight="1" ht="140.0">
       <c r="A255" s="1" t="inlineStr">
         <is>
           <t>659426</t>
         </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D255" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E255" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F255" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="256" customHeight="true" ht="140.0">
+    <row r="256" customHeight="1" ht="140.0">
       <c r="A256" s="1" t="inlineStr">
         <is>
           <t>659427</t>
         </is>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D256" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E256" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F256" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="257" customHeight="true" ht="140.0">
+    <row r="257" customHeight="1" ht="140.0">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>659428</t>
         </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D257" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E257" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="258" customHeight="true" ht="140.0">
+    <row r="258" customHeight="1" ht="140.0">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>659429</t>
         </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D258" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E258" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="F258" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="259" customHeight="true" ht="140.0">
+    <row r="259" customHeight="1" ht="140.0">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>659430</t>
         </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D259" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E259" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F259" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="260" customHeight="true" ht="140.0">
+    <row r="260" customHeight="1" ht="140.0">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>659431</t>
         </is>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D260" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E260" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F260" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="261" customHeight="true" ht="140.0">
+    <row r="261" customHeight="1" ht="140.0">
       <c r="A261" s="1" t="inlineStr">
         <is>
           <t>659432</t>
         </is>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D261" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E261" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F261" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="262" customHeight="true" ht="140.0">
+    <row r="262" customHeight="1" ht="140.0">
       <c r="A262" s="1" t="inlineStr">
         <is>
           <t>659433</t>
         </is>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D262" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E262" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F262" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="263" customHeight="true" ht="140.0">
+    <row r="263" customHeight="1" ht="140.0">
       <c r="A263" s="1" t="inlineStr">
         <is>
           <t>659434</t>
         </is>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D263" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E263" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F263" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="264" customHeight="true" ht="140.0">
+    <row r="264" customHeight="1" ht="140.0">
       <c r="A264" s="1" t="inlineStr">
         <is>
           <t>659435</t>
         </is>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D264" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E264" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F264" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="265" customHeight="true" ht="140.0">
+    <row r="265" customHeight="1" ht="140.0">
       <c r="A265" s="1" t="inlineStr">
         <is>
           <t>659436</t>
         </is>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D265" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E265" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="F265" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="266" customHeight="true" ht="140.0">
+    <row r="266" customHeight="1" ht="140.0">
       <c r="A266" s="1" t="inlineStr">
         <is>
           <t>659437</t>
         </is>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D266" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E266" s="1" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="F266" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="267" customHeight="true" ht="140.0">
+    <row r="267" customHeight="1" ht="140.0">
       <c r="A267" s="1" t="inlineStr">
         <is>
           <t>659438</t>
         </is>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D267" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E267" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F267" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="268" customHeight="true" ht="140.0">
+    <row r="268" customHeight="1" ht="140.0">
       <c r="A268" s="1" t="inlineStr">
         <is>
           <t>659439</t>
         </is>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES</t>
         </is>
       </c>
       <c r="D268" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E268" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F268" s="1" t="inlineStr">
         <is>
           <t>David Jones (Australia) Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="269" customHeight="true" ht="140.0">
+    <row r="269" customHeight="1" ht="140.0">
       <c r="A269" s="1" t="inlineStr">
         <is>
           <t>659442</t>
         </is>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D269" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E269" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F269" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="270" customHeight="true" ht="140.0">
+    <row r="270" customHeight="1" ht="140.0">
       <c r="A270" s="1" t="inlineStr">
         <is>
           <t>659443</t>
         </is>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D270" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E270" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="F270" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="271" customHeight="true" ht="140.0">
+    <row r="271" customHeight="1" ht="140.0">
       <c r="A271" s="1" t="inlineStr">
         <is>
           <t>659444</t>
         </is>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D271" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E271" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F271" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="272" customHeight="true" ht="140.0">
+    <row r="272" customHeight="1" ht="140.0">
       <c r="A272" s="1" t="inlineStr">
         <is>
           <t>659445</t>
         </is>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E272" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F272" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="273" customHeight="true" ht="140.0">
+    <row r="273" customHeight="1" ht="140.0">
       <c r="A273" s="1" t="inlineStr">
         <is>
           <t>659446</t>
         </is>
       </c>
       <c r="C273" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D273" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E273" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="F273" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="274" customHeight="true" ht="140.0">
+    <row r="274" customHeight="1" ht="140.0">
       <c r="A274" s="1" t="inlineStr">
         <is>
           <t>659447</t>
         </is>
       </c>
       <c r="C274" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E274" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F274" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="275" customHeight="true" ht="140.0">
+    <row r="275" customHeight="1" ht="140.0">
       <c r="A275" s="1" t="inlineStr">
         <is>
           <t>659448</t>
         </is>
       </c>
       <c r="C275" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E275" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="F275" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="276" customHeight="true" ht="140.0">
+    <row r="276" customHeight="1" ht="140.0">
       <c r="A276" s="1" t="inlineStr">
         <is>
           <t>659449</t>
         </is>
       </c>
       <c r="C276" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D276" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E276" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F276" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="277" customHeight="true" ht="140.0">
+    <row r="277" customHeight="1" ht="140.0">
       <c r="A277" s="1" t="inlineStr">
         <is>
           <t>659450</t>
         </is>
       </c>
       <c r="C277" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E277" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F277" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="278" customHeight="true" ht="140.0">
+    <row r="278" customHeight="1" ht="140.0">
       <c r="A278" s="1" t="inlineStr">
         <is>
           <t>659451</t>
         </is>
       </c>
       <c r="C278" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E278" s="1" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="F278" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="279" customHeight="true" ht="140.0">
+    <row r="279" customHeight="1" ht="140.0">
       <c r="A279" s="1" t="inlineStr">
         <is>
           <t>659452</t>
         </is>
       </c>
       <c r="C279" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E279" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F279" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="280" customHeight="true" ht="140.0">
+    <row r="280" customHeight="1" ht="140.0">
       <c r="A280" s="1" t="inlineStr">
         <is>
           <t>659453</t>
         </is>
       </c>
       <c r="C280" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D280" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E280" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="F280" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="281" customHeight="true" ht="140.0">
+    <row r="281" customHeight="1" ht="140.0">
       <c r="A281" s="1" t="inlineStr">
         <is>
           <t>659454</t>
         </is>
       </c>
       <c r="C281" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D281" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E281" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="F281" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="282" customHeight="true" ht="140.0">
+    <row r="282" customHeight="1" ht="140.0">
       <c r="A282" s="1" t="inlineStr">
         <is>
           <t>659455</t>
         </is>
       </c>
       <c r="C282" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D282" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E282" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F282" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="283" customHeight="true" ht="140.0">
+    <row r="283" customHeight="1" ht="140.0">
       <c r="A283" s="1" t="inlineStr">
         <is>
           <t>659456</t>
         </is>
       </c>
       <c r="C283" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E283" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F283" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="284" customHeight="true" ht="140.0">
+    <row r="284" customHeight="1" ht="140.0">
       <c r="A284" s="1" t="inlineStr">
         <is>
           <t>659457</t>
         </is>
       </c>
       <c r="C284" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E284" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F284" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="285" customHeight="true" ht="140.0">
+    <row r="285" customHeight="1" ht="140.0">
       <c r="A285" s="1" t="inlineStr">
         <is>
           <t>659458</t>
         </is>
       </c>
       <c r="C285" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E285" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F285" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="286" customHeight="true" ht="140.0">
+    <row r="286" customHeight="1" ht="140.0">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t>659459</t>
         </is>
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D286" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E286" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F286" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="287" customHeight="true" ht="140.0">
+    <row r="287" customHeight="1" ht="140.0">
       <c r="A287" s="1" t="inlineStr">
         <is>
           <t>659460</t>
         </is>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E287" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F287" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="288" customHeight="true" ht="140.0">
+    <row r="288" customHeight="1" ht="140.0">
       <c r="A288" s="1" t="inlineStr">
         <is>
           <t>659461</t>
         </is>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D288" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E288" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="F288" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="289" customHeight="true" ht="140.0">
+    <row r="289" customHeight="1" ht="140.0">
       <c r="A289" s="1" t="inlineStr">
         <is>
           <t>659462</t>
         </is>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E289" s="1" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="F289" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="290" customHeight="true" ht="140.0">
+    <row r="290" customHeight="1" ht="140.0">
       <c r="A290" s="1" t="inlineStr">
         <is>
           <t>659463</t>
         </is>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
       <c r="E290" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F290" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="291" customHeight="true" ht="140.0">
+    <row r="291" customHeight="1" ht="140.0">
       <c r="A291" s="1" t="inlineStr">
         <is>
           <t>675194</t>
         </is>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
           <t>LUMINATOR LIGHT UP FOOTBALL</t>
         </is>
       </c>
       <c r="D291" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E291" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F291" s="1" t="inlineStr">
         <is>
           <t>Matthew David Jones</t>
         </is>
       </c>
     </row>
-    <row r="292" customHeight="true" ht="140.0">
+    <row r="292" customHeight="1" ht="140.0">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t>700525</t>
         </is>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
           <t>CHUMP SPORT</t>
         </is>
       </c>
       <c r="D292" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E292" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F292" s="1" t="inlineStr">
         <is>
           <t>Matthew David Jones</t>
         </is>
       </c>
     </row>
-    <row r="293" customHeight="true" ht="140.0">
+    <row r="293" customHeight="1" ht="140.0">
       <c r="A293" s="1" t="inlineStr">
         <is>
           <t>728720</t>
         </is>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
           <t>ESSENCE</t>
         </is>
       </c>
       <c r="D293" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E293" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F293" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="294" customHeight="true" ht="140.0">
+    <row r="294" customHeight="1" ht="140.0">
       <c r="A294" s="1" t="inlineStr">
         <is>
           <t>733972</t>
         </is>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
           <t>CELEBRATION</t>
         </is>
       </c>
       <c r="D294" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E294" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F294" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="295" customHeight="true" ht="140.0">
+    <row r="295" customHeight="1" ht="140.0">
       <c r="A295" s="1" t="inlineStr">
         <is>
           <t>743499</t>
         </is>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
           <t>Pro Player</t>
         </is>
       </c>
       <c r="D295" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E295" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F295" s="1" t="inlineStr">
         <is>
           <t>Matthew David Jones</t>
         </is>
       </c>
     </row>
-    <row r="296" customHeight="true" ht="140.0">
+    <row r="296" customHeight="1" ht="140.0">
       <c r="A296" s="1" t="inlineStr">
         <is>
           <t>743964</t>
         </is>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES QUICK PAY</t>
         </is>
       </c>
       <c r="D296" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E296" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F296" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="297" customHeight="true" ht="140.0">
+    <row r="297" customHeight="1" ht="140.0">
       <c r="A297" s="1" t="inlineStr">
         <is>
           <t>751391</t>
         </is>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
           <t>Jones</t>
         </is>
       </c>
       <c r="D297" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E297" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F297" s="1" t="inlineStr">
         <is>
           <t>David Bruce Jones</t>
         </is>
       </c>
     </row>
-    <row r="298" customHeight="true" ht="140.0">
+    <row r="298" customHeight="1" ht="140.0">
       <c r="A298" s="1" t="inlineStr">
         <is>
           <t>752098</t>
         </is>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
           <t>THE RIGHT START</t>
         </is>
       </c>
       <c r="D298" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E298" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F298" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="299" customHeight="true" ht="140.0">
+    <row r="299" customHeight="1" ht="140.0">
       <c r="A299" s="1" t="inlineStr">
         <is>
           <t>752986</t>
         </is>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
           <t>INSTANT REWARDS</t>
         </is>
       </c>
       <c r="D299" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E299" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F299" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="300" customHeight="true" ht="140.0">
+    <row r="300" customHeight="1" ht="140.0">
       <c r="A300" s="1" t="inlineStr">
         <is>
           <t>754367</t>
         </is>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
           <t>PONTYPRIDD</t>
         </is>
       </c>
       <c r="D300" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E300" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F300" s="1" t="inlineStr">
         <is>
           <t>David Kienwen Jones</t>
         </is>
       </c>
     </row>
-    <row r="301" customHeight="true" ht="140.0">
+    <row r="301" customHeight="1" ht="140.0">
       <c r="A301" s="1" t="inlineStr">
         <is>
           <t>769816</t>
         </is>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
           <t>A&amp;</t>
         </is>
       </c>
       <c r="D301" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E301" s="1" t="inlineStr">
         <is>
           <t>35, 39</t>
         </is>
       </c>
       <c r="F301" s="1" t="inlineStr">
         <is>
           <t>A&amp; Pty Ltd.; David Jones Removals &amp; Storage Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="302" customHeight="true" ht="140.0">
+    <row r="302" customHeight="1" ht="140.0">
       <c r="A302" s="1" t="inlineStr">
         <is>
           <t>769910</t>
         </is>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES REMOVALS &amp; STORAGE PTY LTD</t>
         </is>
       </c>
       <c r="D302" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E302" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="F302" s="1" t="inlineStr">
         <is>
           <t>David Jones Removals &amp; Storage Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="303" customHeight="true" ht="140.0">
+    <row r="303" customHeight="1" ht="140.0">
       <c r="A303" s="1" t="inlineStr">
         <is>
           <t>783266</t>
         </is>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES DRESS CIRCLE</t>
         </is>
       </c>
       <c r="D303" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E303" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F303" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="304" customHeight="true" ht="140.0">
+    <row r="304" customHeight="1" ht="140.0">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>783267</t>
         </is>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
           <t>DRESS CIRCLE</t>
         </is>
       </c>
       <c r="D304" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E304" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F304" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="305" customHeight="true" ht="140.0">
+    <row r="305" customHeight="1" ht="140.0">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t>794761</t>
         </is>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
           <t>SKELEKEN</t>
         </is>
       </c>
       <c r="D305" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E305" s="1" t="inlineStr">
         <is>
           <t>11, 18, 20, 21</t>
         </is>
       </c>
       <c r="F305" s="1" t="inlineStr">
         <is>
           <t>Peter David Alexander Jones</t>
         </is>
       </c>
     </row>
-    <row r="306" customHeight="true" ht="140.0">
+    <row r="306" customHeight="1" ht="140.0">
       <c r="A306" s="1" t="inlineStr">
         <is>
           <t>798901</t>
         </is>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
           <t>P PASSIVE</t>
         </is>
       </c>
       <c r="D306" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E306" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F306" s="1" t="inlineStr">
         <is>
           <t>Matthew David Jones</t>
         </is>
       </c>
     </row>
-    <row r="307" customHeight="true" ht="140.0">
+    <row r="307" customHeight="1" ht="140.0">
       <c r="A307" s="1" t="inlineStr">
         <is>
           <t>844667</t>
         </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
           <t>Local Hero Awards</t>
         </is>
       </c>
       <c r="D307" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E307" s="1" t="inlineStr">
         <is>
           <t>16, 35, 36, 41</t>
         </is>
       </c>
       <c r="F307" s="1" t="inlineStr">
         <is>
           <t>David Campbell Jones; Raymond James Hornsby; Peter Kitchin Kerr; William George Bishop Adams</t>
         </is>
       </c>
     </row>
-    <row r="308" customHeight="true" ht="140.0">
+    <row r="308" customHeight="1" ht="140.0">
       <c r="A308" s="1" t="inlineStr">
         <is>
           <t>870748</t>
         </is>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
           <t>INSTANT REWARDS</t>
         </is>
       </c>
       <c r="D308" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E308" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F308" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES LTD.</t>
         </is>
       </c>
     </row>
-    <row r="309" customHeight="true" ht="140.0">
+    <row r="309" customHeight="1" ht="140.0">
       <c r="A309" s="1" t="inlineStr">
         <is>
           <t>894078</t>
         </is>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
           <t>AHERNS</t>
         </is>
       </c>
       <c r="D309" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E309" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F309" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="310" customHeight="true" ht="140.0">
+    <row r="310" customHeight="1" ht="140.0">
       <c r="A310" s="1" t="inlineStr">
         <is>
           <t>898746</t>
         </is>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
           <t>ACQUA SPA</t>
         </is>
       </c>
       <c r="D310" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E310" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F310" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="311" customHeight="true" ht="140.0">
+    <row r="311" customHeight="1" ht="140.0">
       <c r="A311" s="1" t="inlineStr">
         <is>
           <t>907672</t>
         </is>
       </c>
       <c r="C311" s="1" t="inlineStr">
         <is>
           <t>Shark Sheild</t>
         </is>
       </c>
       <c r="D311" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E311" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F311" s="1" t="inlineStr">
         <is>
           <t>Matthew David Jones</t>
         </is>
       </c>
     </row>
-    <row r="312" customHeight="true" ht="140.0">
+    <row r="312" customHeight="1" ht="140.0">
       <c r="A312" s="1" t="inlineStr">
         <is>
           <t>911829</t>
         </is>
       </c>
       <c r="C312" s="1" t="inlineStr">
         <is>
           <t>THE ROSE CLINIC</t>
         </is>
       </c>
       <c r="D312" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E312" s="1" t="inlineStr">
         <is>
           <t>41, 44</t>
         </is>
       </c>
       <c r="F312" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="313" customHeight="true" ht="140.0">
+    <row r="313" customHeight="1" ht="140.0">
       <c r="A313" s="1" t="inlineStr">
         <is>
           <t>931706</t>
         </is>
       </c>
       <c r="C313" s="1" t="inlineStr">
         <is>
           <t>HAIR ESSENTIALS</t>
         </is>
       </c>
       <c r="D313" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E313" s="1" t="inlineStr">
         <is>
           <t>3, 11, 21</t>
         </is>
       </c>
       <c r="F313" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="314" customHeight="true" ht="140.0">
+    <row r="314" customHeight="1" ht="140.0">
       <c r="A314" s="1" t="inlineStr">
         <is>
           <t>955809</t>
         </is>
       </c>
       <c r="C314" s="1" t="inlineStr">
         <is>
           <t>INSTANT REWARDS</t>
         </is>
       </c>
       <c r="D314" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E314" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F314" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="315" customHeight="true" ht="140.0">
+    <row r="315" customHeight="1" ht="140.0">
       <c r="A315" s="1" t="inlineStr">
         <is>
           <t>956825</t>
         </is>
       </c>
       <c r="C315" s="1" t="inlineStr">
         <is>
           <t>EziNotes</t>
         </is>
       </c>
       <c r="D315" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E315" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F315" s="1" t="inlineStr">
         <is>
           <t>David Lloyd-Jones</t>
         </is>
       </c>
     </row>
-    <row r="316" customHeight="true" ht="140.0">
+    <row r="316" customHeight="1" ht="140.0">
       <c r="A316" s="1" t="inlineStr">
         <is>
           <t>962415</t>
         </is>
       </c>
       <c r="C316" s="1" t="inlineStr">
         <is>
           <t>AUSSIE MADE IN NORTH QUENSLAND ENGINE SAVER LOW WATER ALARM</t>
         </is>
       </c>
       <c r="D316" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E316" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F316" s="1" t="inlineStr">
         <is>
           <t>David Edward Jones</t>
         </is>
       </c>
     </row>
-    <row r="317" customHeight="true" ht="140.0">
+    <row r="317" customHeight="1" ht="140.0">
       <c r="A317" s="1" t="inlineStr">
         <is>
           <t>962958</t>
         </is>
       </c>
       <c r="C317" s="1" t="inlineStr">
         <is>
           <t>BILGE ALERT</t>
         </is>
       </c>
       <c r="D317" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E317" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F317" s="1" t="inlineStr">
         <is>
           <t>David Edward Jones</t>
         </is>
       </c>
     </row>
-    <row r="318" customHeight="true" ht="140.0">
+    <row r="318" customHeight="1" ht="140.0">
       <c r="A318" s="1" t="inlineStr">
         <is>
           <t>974978</t>
         </is>
       </c>
       <c r="C318" s="1" t="inlineStr">
         <is>
           <t>CREDIT RESERVE</t>
         </is>
       </c>
       <c r="D318" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E318" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F318" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="319" customHeight="true" ht="140.0">
+    <row r="319" customHeight="1" ht="140.0">
       <c r="A319" s="1" t="inlineStr">
         <is>
           <t>976188</t>
         </is>
       </c>
       <c r="C319" s="1" t="inlineStr">
         <is>
           <t>Inner World Music</t>
         </is>
       </c>
       <c r="D319" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E319" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F319" s="1" t="inlineStr">
         <is>
           <t>David Gary Jones; Carmen Aniela Warrington</t>
         </is>
       </c>
     </row>
-    <row r="320" customHeight="true" ht="140.0">
+    <row r="320" customHeight="1" ht="140.0">
       <c r="A320" s="1" t="inlineStr">
         <is>
           <t>980222</t>
         </is>
       </c>
       <c r="C320" s="1" t="inlineStr">
         <is>
           <t>ENGINE-SAVA</t>
         </is>
       </c>
       <c r="D320" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E320" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F320" s="1" t="inlineStr">
         <is>
           <t>David Edward Jones</t>
         </is>
       </c>
     </row>
-    <row r="321" customHeight="true" ht="140.0">
+    <row r="321" customHeight="1" ht="140.0">
       <c r="A321" s="1" t="inlineStr">
         <is>
           <t>987951</t>
         </is>
       </c>
       <c r="C321" s="1" t="inlineStr">
         <is>
           <t>HAIRMAIL</t>
         </is>
       </c>
       <c r="D321" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E321" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F321" s="1" t="inlineStr">
         <is>
           <t>Matthew David Jones</t>
         </is>
       </c>
     </row>
-    <row r="322" customHeight="true" ht="140.0">
+    <row r="322" customHeight="1" ht="140.0">
       <c r="A322" s="1" t="inlineStr">
         <is>
           <t>988228</t>
         </is>
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
           <t>ACQUA SPA</t>
         </is>
       </c>
       <c r="D322" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E322" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="F322" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="323" customHeight="true" ht="140.0">
+    <row r="323" customHeight="1" ht="140.0">
       <c r="A323" s="1" t="inlineStr">
         <is>
           <t>1009560</t>
         </is>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
           <t>CIG. BUT DISPOSAL</t>
         </is>
       </c>
       <c r="D323" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E323" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="F323" s="1" t="inlineStr">
         <is>
           <t>John Lee Jones; Lee James Jones; David John Jones; Sara Therese Jones</t>
         </is>
       </c>
     </row>
-    <row r="324" customHeight="true" ht="140.0">
+    <row r="324" customHeight="1" ht="140.0">
       <c r="A324" s="1" t="inlineStr">
         <is>
           <t>1025206</t>
         </is>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
           <t>FEAR GEAR</t>
         </is>
       </c>
       <c r="D324" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E324" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F324" s="1" t="inlineStr">
         <is>
           <t>Rachel Fairweather; David Jones</t>
         </is>
       </c>
     </row>
-    <row r="325" customHeight="true" ht="140.0">
+    <row r="325" customHeight="1" ht="140.0">
       <c r="A325" s="1" t="inlineStr">
         <is>
           <t>1247011</t>
         </is>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
           <t>BRANDS YOU DREAM OF</t>
         </is>
       </c>
       <c r="D325" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E325" s="1" t="inlineStr">
         <is>
           <t>35, 36</t>
         </is>
       </c>
       <c r="F325" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="326" customHeight="true" ht="140.0">
+    <row r="326" customHeight="1" ht="140.0">
       <c r="A326" s="1" t="inlineStr">
         <is>
           <t>1408459</t>
         </is>
       </c>
       <c r="C326" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D326" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E326" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F326" s="1" t="inlineStr">
         <is>
           <t>Trevor David Jones</t>
         </is>
       </c>
     </row>
-    <row r="327" customHeight="true" ht="140.0">
+    <row r="327" customHeight="1" ht="140.0">
       <c r="A327" s="1" t="inlineStr">
         <is>
           <t>1475672</t>
         </is>
       </c>
       <c r="C327" s="1" t="inlineStr">
         <is>
           <t>POSTURE GENIE</t>
         </is>
       </c>
       <c r="D327" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E327" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="F327" s="1" t="inlineStr">
         <is>
           <t>Paul William Brown; David William Vivian-Jones</t>
         </is>
       </c>
     </row>
-    <row r="328" customHeight="true" ht="140.0">
+    <row r="328" customHeight="1" ht="140.0">
       <c r="A328" s="1" t="inlineStr">
         <is>
           <t>1482178</t>
         </is>
       </c>
       <c r="C328" s="1" t="inlineStr">
         <is>
           <t>David Jones: Drumming In the Zone</t>
         </is>
       </c>
       <c r="D328" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E328" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F328" s="1" t="inlineStr">
         <is>
           <t>Matt Columbine</t>
         </is>
       </c>
     </row>
-    <row r="329" customHeight="true" ht="140.0">
+    <row r="329" customHeight="1" ht="140.0">
       <c r="A329" s="1" t="inlineStr">
         <is>
           <t>1505486</t>
         </is>
       </c>
       <c r="C329" s="1" t="inlineStr">
         <is>
           <t>BLACK AND WHITE</t>
         </is>
       </c>
       <c r="D329" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E329" s="1" t="inlineStr">
         <is>
           <t>9, 35, 38, 41, 42, 45</t>
         </is>
       </c>
       <c r="F329" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="330" customHeight="true" ht="140.0">
+    <row r="330" customHeight="1" ht="140.0">
       <c r="A330" s="1" t="inlineStr">
         <is>
           <t>1533849</t>
         </is>
       </c>
       <c r="C330" s="1" t="inlineStr">
         <is>
           <t>EngineMate</t>
         </is>
       </c>
       <c r="D330" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E330" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F330" s="1" t="inlineStr">
         <is>
           <t>David Edward Jones</t>
         </is>
       </c>
     </row>
-    <row r="331" customHeight="true" ht="140.0">
+    <row r="331" customHeight="1" ht="140.0">
       <c r="A331" s="1" t="inlineStr">
         <is>
           <t>1534245</t>
         </is>
       </c>
       <c r="C331" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES ELECTRICIANS YOU'RE IN SAFE HANDS.</t>
         </is>
       </c>
       <c r="D331" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E331" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F331" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES ELECTRICIANS PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="332" customHeight="true" ht="140.0">
+    <row r="332" customHeight="1" ht="140.0">
       <c r="A332" s="1" t="inlineStr">
         <is>
           <t>1585795</t>
         </is>
       </c>
       <c r="C332" s="1" t="inlineStr">
         <is>
           <t>KNIGHT &amp; CO</t>
         </is>
       </c>
       <c r="D332" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E332" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F332" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="333" customHeight="true" ht="140.0">
+    <row r="333" customHeight="1" ht="140.0">
       <c r="A333" s="1" t="inlineStr">
         <is>
           <t>1620442</t>
         </is>
       </c>
       <c r="C333" s="1" t="inlineStr">
         <is>
           <t>NIGHTINGALE</t>
         </is>
       </c>
       <c r="D333" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E333" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F333" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="334" customHeight="true" ht="140.0">
+    <row r="334" customHeight="1" ht="140.0">
       <c r="A334" s="1" t="inlineStr">
         <is>
           <t>1623069</t>
         </is>
       </c>
       <c r="C334" s="1" t="inlineStr">
         <is>
           <t>BESPOKEN</t>
         </is>
       </c>
       <c r="D334" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E334" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F334" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="335" customHeight="true" ht="140.0">
+    <row r="335" customHeight="1" ht="140.0">
       <c r="A335" s="1" t="inlineStr">
         <is>
           <t>1653738</t>
         </is>
       </c>
       <c r="C335" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES PHARMACY</t>
         </is>
       </c>
       <c r="D335" s="1" t="inlineStr">
         <is>
           <t>Refused:
 Opposition successful</t>
         </is>
       </c>
       <c r="E335" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F335" s="1" t="inlineStr">
         <is>
           <t>PHARMALINE PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="336" customHeight="true" ht="140.0">
+    <row r="336" customHeight="1" ht="140.0">
       <c r="A336" s="1" t="inlineStr">
         <is>
           <t>1656248</t>
         </is>
       </c>
       <c r="C336" s="1" t="inlineStr">
         <is>
           <t>DISTRACTIONS</t>
         </is>
       </c>
       <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E336" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F336" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="337" customHeight="true" ht="140.0">
+    <row r="337" customHeight="1" ht="140.0">
       <c r="A337" s="1" t="inlineStr">
         <is>
           <t>1679107</t>
         </is>
       </c>
       <c r="C337" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES PHARMACY</t>
         </is>
       </c>
       <c r="D337" s="1" t="inlineStr">
         <is>
           <t>Refused:
 Opposition successful</t>
         </is>
       </c>
       <c r="E337" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="F337" s="1" t="inlineStr">
         <is>
           <t>PHARMALINE PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="338" customHeight="true" ht="140.0">
+    <row r="338" customHeight="1" ht="140.0">
       <c r="A338" s="1" t="inlineStr">
         <is>
           <t>1683817</t>
         </is>
       </c>
       <c r="C338" s="1" t="inlineStr">
         <is>
           <t>KNIGHT &amp; CO</t>
         </is>
       </c>
       <c r="D338" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E338" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F338" s="1" t="inlineStr">
         <is>
           <t>David Jones Limited</t>
         </is>
       </c>
     </row>
-    <row r="339" customHeight="true" ht="140.0">
+    <row r="339" customHeight="1" ht="140.0">
       <c r="A339" s="1" t="inlineStr">
         <is>
           <t>1816367</t>
         </is>
       </c>
       <c r="C339" s="1" t="inlineStr">
         <is>
           <t>SOFT &amp; FLEXY DAVID JONES</t>
         </is>
       </c>
       <c r="D339" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E339" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F339" s="1" t="inlineStr">
         <is>
           <t>WSM Operations Holding Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="340" customHeight="true" ht="140.0">
+    <row r="340" customHeight="1" ht="140.0">
       <c r="A340" s="1" t="inlineStr">
         <is>
           <t>1821394</t>
         </is>
       </c>
       <c r="C340" s="1" t="inlineStr">
         <is>
           <t>STYLE REWARDS</t>
         </is>
       </c>
       <c r="D340" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E340" s="1" t="inlineStr">
         <is>
           <t>9, 35, 36</t>
         </is>
       </c>
       <c r="F340" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="341" customHeight="true" ht="140.0">
+    <row r="341" customHeight="1" ht="140.0">
       <c r="A341" s="1" t="inlineStr">
         <is>
           <t>1823854</t>
         </is>
       </c>
       <c r="C341" s="1" t="inlineStr">
         <is>
           <t>MR JONES</t>
         </is>
       </c>
       <c r="D341" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E341" s="1" t="inlineStr">
         <is>
           <t>9, 16, 41</t>
         </is>
       </c>
       <c r="F341" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="342" customHeight="true" ht="140.0">
+    <row r="342" customHeight="1" ht="140.0">
       <c r="A342" s="1" t="inlineStr">
         <is>
           <t>1873747</t>
         </is>
       </c>
       <c r="C342" s="1" t="inlineStr">
         <is>
           <t>David Jones HomeCare</t>
         </is>
       </c>
       <c r="D342" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E342" s="1" t="inlineStr">
         <is>
           <t>37, 44</t>
         </is>
       </c>
       <c r="F342" s="1" t="inlineStr">
         <is>
           <t>PHARMALINE PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="343" customHeight="true" ht="140.0">
+    <row r="343" customHeight="1" ht="140.0">
       <c r="A343" s="1" t="inlineStr">
         <is>
           <t>1873748</t>
         </is>
       </c>
       <c r="C343" s="1" t="inlineStr">
         <is>
           <t>David Jones PharmaHealth</t>
         </is>
       </c>
       <c r="D343" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E343" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="F343" s="1" t="inlineStr">
         <is>
           <t>PHARMALINE PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="344" customHeight="true" ht="140.0">
+    <row r="344" customHeight="1" ht="140.0">
       <c r="A344" s="1" t="inlineStr">
         <is>
           <t>1890240</t>
         </is>
       </c>
       <c r="C344" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES ELECTRICIANS YOU'RE IN SAFE HANDS</t>
         </is>
       </c>
       <c r="D344" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E344" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F344" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES ELECTRICIANS PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="345" customHeight="true" ht="140.0">
+    <row r="345" customHeight="1" ht="140.0">
       <c r="A345" s="1" t="inlineStr">
         <is>
           <t>2066675</t>
         </is>
       </c>
       <c r="C345" s="1" t="inlineStr">
         <is>
           <t>100 % GC</t>
         </is>
       </c>
       <c r="D345" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E345" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F345" s="1" t="inlineStr">
         <is>
           <t>David Jones; Crystal-lee Greive</t>
         </is>
       </c>
     </row>
-    <row r="346" customHeight="true" ht="140.0">
+    <row r="346" customHeight="1" ht="140.0">
       <c r="A346" s="1" t="inlineStr">
         <is>
           <t>2102536</t>
         </is>
       </c>
       <c r="C346" s="1" t="inlineStr">
         <is>
           <t>FOOD2GO.COM.AU</t>
         </is>
       </c>
       <c r="D346" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E346" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F346" s="1" t="inlineStr">
         <is>
           <t>David Jones</t>
         </is>
       </c>
     </row>
-    <row r="347" customHeight="true" ht="140.0">
+    <row r="347" customHeight="1" ht="140.0">
       <c r="A347" s="1" t="inlineStr">
         <is>
           <t>2196609</t>
         </is>
       </c>
       <c r="C347" s="1" t="inlineStr">
         <is>
           <t>LIKE NO OTHER</t>
         </is>
       </c>
       <c r="D347" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E347" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F347" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="348" customHeight="true" ht="140.0">
+    <row r="348" customHeight="1" ht="140.0">
       <c r="A348" s="1" t="inlineStr">
         <is>
           <t>2214708</t>
         </is>
       </c>
       <c r="C348" s="1" t="inlineStr">
         <is>
           <t>DAVID JONES AMPLIFY</t>
         </is>
       </c>
       <c r="D348" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E348" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F348" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="349" customHeight="true" ht="140.0">
+    <row r="349" customHeight="1" ht="140.0">
       <c r="A349" s="1" t="inlineStr">
         <is>
           <t>2217171</t>
         </is>
       </c>
       <c r="C349" s="1" t="inlineStr">
         <is>
           <t>WONDERWORLD</t>
         </is>
       </c>
       <c r="D349" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E349" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F349" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="350" customHeight="true" ht="140.0">
+    <row r="350" customHeight="1" ht="140.0">
       <c r="A350" s="1" t="inlineStr">
         <is>
           <t>2256153</t>
         </is>
       </c>
       <c r="C350" s="1" t="inlineStr">
         <is>
           <t>THE HOME OF AUSTRALIAN FASHION</t>
         </is>
       </c>
       <c r="D350" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E350" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F350" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>