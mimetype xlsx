--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -251,551 +251,551 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>11</xdr:row>
-      <xdr:rowOff>1038095</xdr:rowOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1209523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1209523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1209523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1209523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1028571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1038095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId6"/>
+        <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>1028571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId7"/>
+        <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8"/>
+        <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>1209523</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId9"/>
-[...227 lines deleted...]
-        <a:blip r:embed="rId15"/>
+        <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId16"/>
+        <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...37 lines deleted...]
-      <xdr:row>38</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>1028571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1708,1602 +1708,1602 @@
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>MONTOY</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>3, 14, 16, 28</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="11" customHeight="true" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>2528310</t>
+          <t>2526249</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>RAMA DESIGN</t>
+          <t>DOLLARCITY</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>8, 9, 11, 16, 20, 21, 26</t>
+          <t>35</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="12" customHeight="true" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
+          <t>2528310</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>RAMA DESIGN</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 11, 16, 20, 21, 26</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" customHeight="true" ht="140.0">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>2539550</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" customHeight="true" ht="140.0">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>2541663</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>ARTIST'S SERIES</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>2, 16</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" customHeight="true" ht="140.0">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>2541664</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>D MAISON</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>20, 21, 24</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" customHeight="true" ht="140.0">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>2541665</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>HOMEDECO</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>20, 21, 24</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" customHeight="true" ht="140.0">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>2541666</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>MONTOY</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>3, 14, 16, 28</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" customHeight="true" ht="140.0">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>2541668</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>SCRUBBER CLEANZ</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" customHeight="true" ht="140.0">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>2541669</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>MELA-WARE</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 11, 21, 34</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" customHeight="true" ht="140.0">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>2541670</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>RICHARD</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>20, 21, 22, 24</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" customHeight="true" ht="140.0">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>2541671</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>SET TO GO</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>3, 8, 11, 21, 25, 26</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" customHeight="true" ht="140.0">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>2541672</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>SPORTGEAR</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" customHeight="true" ht="140.0">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>2541673</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>SUNFUN</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" customHeight="true" ht="140.0">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>2541676</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>BIKERAMA</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>6, 8, 9, 11, 12, 17, 22, 25</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="true" ht="140.0">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>2541677</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>BOOBAM</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>20, 21</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" customHeight="true" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>2541680</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>CASA MODERNA</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" customHeight="true" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>2542034</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>MAURICE</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>6, 18, 20, 21, 22</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="true" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
           <t>2522315</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>PLANT IT!</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F12" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="1" t="inlineStr">
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="true" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2522349</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>SNAPTITE</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F13" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="1" t="inlineStr">
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="true" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2522688</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>MAURICE</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>6, 18, 20, 21, 22</t>
         </is>
       </c>
-      <c r="F14" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A15" s="1" t="inlineStr">
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="true" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2522707</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>FRAMEWORKS</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>6, 16, 20</t>
         </is>
       </c>
-      <c r="F15" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A16" s="1" t="inlineStr">
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2522723</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>CHLOE'S CRAFTS</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>14, 16, 20, 22, 23, 26</t>
         </is>
       </c>
-      <c r="F16" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A17" s="1" t="inlineStr">
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2524027</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>SPLASH COLLECTION</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>20, 21, 24, 27</t>
         </is>
       </c>
-      <c r="F17" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D18" s="1" t="inlineStr">
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>2541667</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>RAMA DESIGN</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 11, 16, 20, 21</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>2541674</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>SNAPTITE</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="true" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>2541675</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>PLANT IT!</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="true" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>2541679</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>BOUQUET</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="true" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>2541709</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>CADO</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Opposition period expired</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D19" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>9, 16</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="true" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>2541712</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>CHLOE'S CRAFTS</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>14, 16, 20, 22, 23, 26</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="true" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>2545097</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>KAUAI</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D20" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>2546573</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>JARDIN DECO</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D21" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>6, 11, 16, 19, 20, 21, 26, 28</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>2546574</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>HEARTH KITCHEN</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D22" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>2546575</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>GLACIA</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>2546672</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>PROPAINTER</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D23" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>7, 8, 16, 17, 22, 25, 27</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>2546673</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>DURAMAX</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D24" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>1, 11, 17</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>2546674</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>LORI</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 8, 10, 11, 16, 18, 20, 21, 24</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>2546675</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>SCHMIDT</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>5, 8</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>2546676</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>SPLASH COLLECTION</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>20, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>2546677</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>THE BATH COLLECTION LA COLLECTION DE BAIN</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>9, 11, 20, 21, 27</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>2546992</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>SASSY DESIGN</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D25" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>2546993</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA WATSON'S CANDLES</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D26" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>2546994</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>WATSON'S CANDLES</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="true" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>2547134</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>FRAMEWORKS</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 20</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>2554437</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>CASTLE CRAFT</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>16, 26</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>2554438</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>2554439</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
-[...83 lines deleted...]
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="D31" s="1" t="inlineStr">
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>2554444</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>KITCHEN ELEMENTS</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F31" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D32" s="1" t="inlineStr">
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>2554445</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>PLASTICO</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>20, 21</t>
         </is>
       </c>
-      <c r="F34" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D35" s="1" t="inlineStr">
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>2554468</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D36" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>2566863</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>SPOOKY TREATS</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
-[...24 lines deleted...]
-      <c r="D37" s="1" t="inlineStr">
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="true" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>2568757</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>COGAN</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
-[...24 lines deleted...]
-      <c r="D38" s="1" t="inlineStr">
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>8, 21</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="true" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>2570116</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="true" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>2570117</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="true" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>2570118</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="true" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>2570119</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>$1 PLUS</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
-[...133 lines deleted...]
-      <c r="D43" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="true" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>2589153</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>OSOCRAFTY</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
-        </is>
-[...642 lines deleted...]
-Awaiting examination</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>16, 26</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="67" customHeight="true" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>199532</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">