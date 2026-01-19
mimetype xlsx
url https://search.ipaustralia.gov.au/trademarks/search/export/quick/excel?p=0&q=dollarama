--- v1 (2025-12-05)
+++ v2 (2026-01-19)
@@ -90,51 +90,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -479,722 +479,722 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>1028571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>27</xdr:row>
-      <xdr:rowOff>1038095</xdr:rowOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1038095"/>
+          <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>28</xdr:row>
-      <xdr:rowOff>704761</xdr:rowOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1200000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="704761"/>
+          <a:ext cx="1404000" cy="1200000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>29</xdr:row>
-      <xdr:rowOff>1028571</xdr:rowOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1171428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1028571"/>
+          <a:ext cx="1404000" cy="1171428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>30</xdr:row>
-      <xdr:rowOff>609523</xdr:rowOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="609523"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>34</xdr:row>
-      <xdr:rowOff>704761</xdr:rowOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="704761"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>36</xdr:row>
-      <xdr:rowOff>1028571</xdr:rowOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="704761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>39</xdr:row>
-[...38 lines deleted...]
-      <xdr:rowOff>1200000</xdr:rowOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1200000"/>
+          <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>46</xdr:row>
-      <xdr:rowOff>1171428</xdr:rowOff>
+      <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1171428"/>
+          <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>48</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1038095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1028571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>1180952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1180952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>857142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="857142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>609523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="609523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
-[...188 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>55</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>1314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="1314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1463,89 +1463,165 @@
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>1095238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1095238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>438095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="438095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F73"/>
+  <dimension ref="A2:F88"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="2" customHeight="true" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>84</t>
         </is>
       </c>
     </row>
     <row r="4" customHeight="true" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
@@ -2156,1354 +2232,1774 @@
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>CASA MODERNA</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="27" customHeight="true" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2542034</t>
+          <t>2541709</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>MAURICE</t>
+          <t>CADO</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>6, 18, 20, 21, 22</t>
+          <t>9, 16</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="28" customHeight="true" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
+          <t>2542034</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>MAURICE</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>6, 18, 20, 21, 22</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="true" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>2545097</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>KAUAI</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="true" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>2546573</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>JARDIN DECO</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>6, 11, 16, 19, 20, 21, 26, 28</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="true" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>2546574</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>HEARTH KITCHEN</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>2546672</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>PROPAINTER</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>7, 8, 16, 17, 22, 25, 27</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>2546673</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>DURAMAX</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>1, 11, 17</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>2546674</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>LORI</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 8, 10, 11, 16, 18, 20, 21, 24</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>2546675</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>SCHMIDT</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>5, 8</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="true" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>2546676</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>SPLASH COLLECTION</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>20, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="true" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>2546677</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>THE BATH COLLECTION LA COLLECTION DE BAIN</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>9, 11, 20, 21, 27</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="true" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>2546993</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA WATSON'S CANDLES</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="true" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>2554439</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="true" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
           <t>2522315</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>PLANT IT!</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F28" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A29" s="1" t="inlineStr">
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
         <is>
           <t>2522349</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>SNAPTITE</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A30" s="1" t="inlineStr">
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
         <is>
           <t>2522688</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>MAURICE</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>6, 18, 20, 21, 22</t>
         </is>
       </c>
-      <c r="F30" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A31" s="1" t="inlineStr">
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
         <is>
           <t>2522707</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>FRAMEWORKS</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>6, 16, 20</t>
         </is>
       </c>
-      <c r="F31" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A32" s="1" t="inlineStr">
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
         <is>
           <t>2522723</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>CHLOE'S CRAFTS</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>14, 16, 20, 22, 23, 26</t>
         </is>
       </c>
-      <c r="F32" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A33" s="1" t="inlineStr">
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
         <is>
           <t>2524027</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C45" s="1" t="inlineStr">
         <is>
           <t>SPLASH COLLECTION</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>20, 21, 24, 27</t>
         </is>
       </c>
-      <c r="F33" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A34" s="1" t="inlineStr">
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
         <is>
           <t>2541667</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>RAMA DESIGN</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>8, 9, 11, 16, 20, 21</t>
         </is>
       </c>
-      <c r="F34" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A35" s="1" t="inlineStr">
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
         <is>
           <t>2541674</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
+      <c r="C47" s="1" t="inlineStr">
         <is>
           <t>SNAPTITE</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F35" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A36" s="1" t="inlineStr">
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
         <is>
           <t>2541675</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>PLANT IT!</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F36" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A37" s="1" t="inlineStr">
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>2541679</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>BOUQUET</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="F37" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A39" s="1" t="inlineStr">
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>2541712</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>CHLOE'S CRAFTS</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>14, 16, 20, 22, 23, 26</t>
         </is>
       </c>
-      <c r="F39" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D40" s="1" t="inlineStr">
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>2546575</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>GLACIA</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>2546992</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>SASSY DESIGN</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="true" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>2546994</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>WATSON'S CANDLES</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>2547134</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>FRAMEWORKS</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 20</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>2554437</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>CASTLE CRAFT</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>16, 26</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>2554438</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>2554444</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>KITCHEN ELEMENTS</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>2554445</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>PLASTICO</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>20, 21</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>2554468</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>2566863</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>SPOOKY TREATS</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D41" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="true" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>2568757</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>COGAN</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D42" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>8, 21</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="true" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>2570116</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D43" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="true" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>2570117</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="true" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>2570118</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="true" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>2570119</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>$1 PLUS</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...189 lines deleted...]
-      <c r="D50" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="true" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>2589153</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>OSOCRAFTY</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>16, 26</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="67" customHeight="true" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>199532</t>
+          <t>2612563</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>DOLLARAMA</t>
+          <t>LUV FRESH</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Published:
+Awaiting examination</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>5</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="68" customHeight="true" ht="140.0">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>199533</t>
+          <t>2612564</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>DOLLARAMA</t>
+          <t>ISLAND BAR</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Published:
+Awaiting examination</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>30</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
     <row r="69" customHeight="true" ht="140.0">
       <c r="A69" s="1" t="inlineStr">
         <is>
+          <t>2612565</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>SEAL STORE</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>16, 22</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="true" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>2612566</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>D GOURMET</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>3, 29, 30, 31, 32</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="true" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>2612567</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>SWEET SHOPPE</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>3, 9, 16, 28</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="true" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>2612568</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>PET SELECT</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="true" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>2612572</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>TERRIFIK</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>3, 21</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="true" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>2612573</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>FEMLINE</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="true" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>2612574</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>HEAVENLY SPICE</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="true" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>2612575</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>GRIP-EZE</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="true" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>2613823</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>D ORGANIC BIOLOGIQUE</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="true" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>2613854</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>STUDIO</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 16, 20, 21</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="true" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>2614646</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>METEOR</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="true" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>2616666</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>STATIC MATIC</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>16, 21</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="true" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>2616667</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>STITCH-IT</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 20, 21, 23, 26</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="true" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>199532</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="true" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>199533</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="true" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
           <t>383388</t>
         </is>
       </c>
-      <c r="C69" s="1" t="inlineStr">
+      <c r="C84" s="1" t="inlineStr">
         <is>
           <t>DOLLAR-AMA</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F69" s="1" t="inlineStr">
+      <c r="F84" s="1" t="inlineStr">
         <is>
           <t>Action Industries Inc.</t>
         </is>
       </c>
     </row>
-    <row r="70" customHeight="true" ht="140.0">
-      <c r="A70" s="1" t="inlineStr">
+    <row r="85" customHeight="true" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
         <is>
           <t>383389</t>
         </is>
       </c>
-      <c r="C70" s="1" t="inlineStr">
+      <c r="C85" s="1" t="inlineStr">
         <is>
           <t>DOLLAR-AMA</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F70" s="1" t="inlineStr">
+      <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Action Industries Inc.</t>
         </is>
       </c>
     </row>
-    <row r="71" customHeight="true" ht="140.0">
-      <c r="A71" s="1" t="inlineStr">
+    <row r="86" customHeight="true" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
         <is>
           <t>199531</t>
         </is>
       </c>
-      <c r="C71" s="1" t="inlineStr">
+      <c r="C86" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F71" s="1" t="inlineStr">
+      <c r="F86" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="72" customHeight="true" ht="140.0">
-      <c r="A72" s="1" t="inlineStr">
+    <row r="87" customHeight="true" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
         <is>
           <t>356156</t>
         </is>
       </c>
-      <c r="C72" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F72" s="1" t="inlineStr">
+      <c r="F87" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="73" customHeight="true" ht="140.0">
-      <c r="A73" s="1" t="inlineStr">
+    <row r="88" customHeight="true" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
         <is>
           <t>2520719</t>
         </is>
       </c>
-      <c r="C73" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F73" s="1" t="inlineStr">
+      <c r="F88" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>