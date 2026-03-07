--- v2 (2026-01-19)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -714,753 +714,753 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>1038095</xdr:rowOff>
+      <xdr:rowOff>1419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>390476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="390476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1333333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1180952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1180952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1038095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId18"/>
+        <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
-[...74 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>46</xdr:row>
-      <xdr:rowOff>704761</xdr:rowOff>
-[...74 lines deleted...]
-      <xdr:row>48</xdr:row>
       <xdr:rowOff>1028571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>51</xdr:row>
-      <xdr:rowOff>1180952</xdr:rowOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="609523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>704761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="704761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>1038095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1038095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1028571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>1180952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>857142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId25"/>
+        <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="857142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId26"/>
+        <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId27"/>
+        <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>1314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId28"/>
+        <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId29"/>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId30"/>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
-[...150 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>63</xdr:row>
-      <xdr:rowOff>1180952</xdr:rowOff>
+      <xdr:rowOff>1228571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1180952"/>
+          <a:ext cx="1404000" cy="1228571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1539,2467 +1539,2767 @@
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>1028571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1028571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>942857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="942857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F88"/>
+  <dimension ref="A2:F96"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>84</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>92</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>2069118</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA NZ</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Dollarama International Inc.</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2522348</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>SCRUBBER CLEANZ</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2522350</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>D MAISON</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>20, 21, 24</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>2522722</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>ARTIST'S SERIES</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>2, 16</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>2522741</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>HOMEDECO</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>20, 21, 24</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>2522788</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>MONTOY</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>3, 14, 16, 28</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>2526249</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>DOLLARCITY</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>2528310</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>RAMA DESIGN</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>8, 9, 11, 16, 20, 21, 26</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2539550</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Dollarama International Inc.</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>2541663</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>ARTIST'S SERIES</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>2, 16</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>2541664</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>D MAISON</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>20, 21, 24</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>2541665</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>HOMEDECO</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>20, 21, 24</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>2541666</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>MONTOY</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>3, 14, 16, 28</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2541668</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>SCRUBBER CLEANZ</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2541669</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>MELA-WARE</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>8, 9, 11, 21, 34</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>2541670</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>RICHARD</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>20, 21, 22, 24</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>2541671</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>SET TO GO</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>3, 8, 11, 21, 25, 26</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2541672</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>SPORTGEAR</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>2541673</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>SUNFUN</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>2541676</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>BIKERAMA</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>6, 8, 9, 11, 12, 17, 22, 25</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>2541677</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>BOOBAM</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>20, 21</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>2541680</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>CASA MODERNA</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>2541709</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>CADO</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>9, 16</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>2542034</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>MAURICE</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>6, 18, 20, 21, 22</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2545097</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>KAUAI</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2546573</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>JARDIN DECO</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>6, 11, 16, 19, 20, 21, 26, 28</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2546574</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>HEARTH KITCHEN</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2546672</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>PROPAINTER</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>7, 8, 16, 17, 22, 25, 27</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2546673</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>DURAMAX</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>1, 11, 17</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2546674</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>LORI</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>3, 6, 8, 10, 11, 16, 18, 20, 21, 24</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>2546675</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>SCHMIDT</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>5, 8</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>2546676</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>SPLASH COLLECTION</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>20, 21, 24, 27</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>2546677</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>THE BATH COLLECTION LA COLLECTION DE BAIN</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>9, 11, 20, 21, 27</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>2546993</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA WATSON'S CANDLES</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>2554439</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>OMBRE</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
+          <t>2566863</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>SPOOKY TREATS</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>2568757</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>COGAN</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>8, 21</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="1" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>2570116</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>2570117</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>2570118</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>DOLLARAMA $1 PLUS</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
           <t>2522315</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C45" s="1" t="inlineStr">
         <is>
           <t>PLANT IT!</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F40" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A41" s="1" t="inlineStr">
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
         <is>
           <t>2522349</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>SNAPTITE</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F41" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A42" s="1" t="inlineStr">
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
         <is>
           <t>2522688</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C47" s="1" t="inlineStr">
         <is>
           <t>MAURICE</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>6, 18, 20, 21, 22</t>
         </is>
       </c>
-      <c r="F42" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A43" s="1" t="inlineStr">
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
         <is>
           <t>2522707</t>
         </is>
       </c>
-      <c r="C43" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>FRAMEWORKS</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>6, 16, 20</t>
         </is>
       </c>
-      <c r="F43" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A44" s="1" t="inlineStr">
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>2522723</t>
         </is>
       </c>
-      <c r="C44" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>CHLOE'S CRAFTS</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>16, 23, 26</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>2524027</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>SPLASH COLLECTION</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D45" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>20, 21, 24, 27</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="1" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>2541667</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>RAMA DESIGN</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D46" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 11, 16, 20, 21</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>2541674</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>SNAPTITE</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D47" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>2541675</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>PLANT IT!</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F47" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D48" s="1" t="inlineStr">
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>2541679</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>BOUQUET</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D49" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>2541712</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>CHLOE'S CRAFTS</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>16, 23, 26</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>2546575</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>GLACIA</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D50" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>2546992</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>SASSY DESIGN</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D51" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>2546994</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>WATSON'S CANDLES</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D52" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>2547134</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>FRAMEWORKS</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D53" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 20</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>2554437</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>CASTLE CRAFT</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D54" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>16, 26</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>2554438</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D55" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>2554444</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>KITCHEN ELEMENTS</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D56" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>2554445</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>PLASTICO</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D57" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>20, 21</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>2554468</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>OMBRE</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D58" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>2570119</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>$1 PLUS</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D59" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama International Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>2589153</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>OSOCRAFTY</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D60" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>16, 26</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>2612563</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>LUV FRESH</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
-[...2 lines deleted...]
-      <c r="E60" s="1" t="inlineStr">
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>2612564</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>ISLAND BAR</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="F60" s="1" t="inlineStr">
-[...128 lines deleted...]
-      <c r="D65" s="1" t="inlineStr">
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>2612565</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>SEAL STORE</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D66" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>16, 22</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>2612566</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>D GOURMET</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>3, 29, 30, 31, 32</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>2612567</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>SWEET SHOPPE</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>3, 9, 16</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>2612568</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>PET SELECT</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>2612572</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>TERRIFIK</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D67" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>3, 21</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>2612573</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>FEMLINE</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>2612574</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>HEAVENLY SPICE</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>2612575</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>GRIP-EZE</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>2613823</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>D ORGANIC BIOLOGIQUE</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 32</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>2613854</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>STUDIO</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 16, 20, 21</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>2614646</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>METEOR</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>2616666</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>STATIC MATIC</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Published:
 Awaiting examination</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D68" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>16, 21</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>2616667</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>STITCH-IT</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Published:
 Awaiting examination</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D69" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 20, 21, 23, 26</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>2627239</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>LINTEK</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>2627253</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>KANAUK</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>2627274</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>FIRENZE COLLEZIONE</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>2627463</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>FRUITROPIC</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>29, 32</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="1" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>2627473</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>FIRENZE COLLEZIONE</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>2628009</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>HAAR&amp; KORPER</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Published:
 Awaiting examination</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D70" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>2629802</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>SILKTEX</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Published:
 Awaiting examination</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D71" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>2630435</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>CALVIN</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Published:
 Awaiting examination</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
-[...291 lines deleted...]
-      <c r="A82" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 16</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>Dollarama Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
         <is>
           <t>199532</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C90" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F82" s="1" t="inlineStr">
+      <c r="F90" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="83" customHeight="true" ht="140.0">
-      <c r="A83" s="1" t="inlineStr">
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
         <is>
           <t>199533</t>
         </is>
       </c>
-      <c r="C83" s="1" t="inlineStr">
+      <c r="C91" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F83" s="1" t="inlineStr">
+      <c r="F91" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="84" customHeight="true" ht="140.0">
-      <c r="A84" s="1" t="inlineStr">
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
         <is>
           <t>383388</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C92" s="1" t="inlineStr">
         <is>
           <t>DOLLAR-AMA</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F84" s="1" t="inlineStr">
+      <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Action Industries Inc.</t>
         </is>
       </c>
     </row>
-    <row r="85" customHeight="true" ht="140.0">
-      <c r="A85" s="1" t="inlineStr">
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
         <is>
           <t>383389</t>
         </is>
       </c>
-      <c r="C85" s="1" t="inlineStr">
+      <c r="C93" s="1" t="inlineStr">
         <is>
           <t>DOLLAR-AMA</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F85" s="1" t="inlineStr">
+      <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Action Industries Inc.</t>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
-      <c r="A86" s="1" t="inlineStr">
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
         <is>
           <t>199531</t>
         </is>
       </c>
-      <c r="C86" s="1" t="inlineStr">
+      <c r="C94" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F86" s="1" t="inlineStr">
+      <c r="F94" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="87" customHeight="true" ht="140.0">
-      <c r="A87" s="1" t="inlineStr">
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
         <is>
           <t>356156</t>
         </is>
       </c>
-      <c r="C87" s="1" t="inlineStr">
+      <c r="C95" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F87" s="1" t="inlineStr">
+      <c r="F95" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="88" customHeight="true" ht="140.0">
-      <c r="A88" s="1" t="inlineStr">
+    <row r="96" customHeight="1" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
         <is>
           <t>2520719</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
+      <c r="C96" s="1" t="inlineStr">
         <is>
           <t>DOLLARAMA</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F88" s="1" t="inlineStr">
+      <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Dollarama Inc.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>