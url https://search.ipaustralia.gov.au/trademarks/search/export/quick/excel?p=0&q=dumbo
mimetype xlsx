--- v0 (2025-11-18)
+++ v1 (2026-01-08)
@@ -249,51 +249,51 @@
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>DUMBO FEATHER PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1155569</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>DUMBO</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>9, 41</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Disney Enterprises, Inc.</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>415108</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>DUMBO</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">