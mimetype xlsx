--- v0 (2025-10-17)
+++ v1 (2025-12-09)
@@ -2852,79 +2852,79 @@
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>All</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="38" customHeight="true" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>2548899</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>GMP LAW</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>9, 35, 45</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
     <row r="39" customHeight="true" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>2548922</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>GMP LAW GERARD MALOUF &amp; PARTNERS SOLICITORS &amp; BARRISTERS</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>9, 35, 45</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
     <row r="40" customHeight="true" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>665853</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>GMP GREENWOOD . MOLONEY . PINO</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">