--- v1 (2025-12-09)
+++ v2 (2026-02-07)
@@ -676,145 +676,145 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>1333333</xdr:rowOff>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1333333"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>36</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
+      <xdr:rowOff>1333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1009523"/>
+          <a:ext cx="1404000" cy="1333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -828,1104 +828,1104 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>38</xdr:row>
-      <xdr:rowOff>609523</xdr:rowOff>
+      <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="609523"/>
-[...12 lines deleted...]
-      <xdr:row>39</xdr:row>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>1190476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1190476"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>44</xdr:row>
-      <xdr:rowOff>380952</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="380952"/>
+      <xdr:rowOff>1323809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1323809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>900000</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="900000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>571428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>47</xdr:row>
-      <xdr:rowOff>657142</xdr:rowOff>
-[...93 lines deleted...]
-          <a:ext cx="1404000" cy="457142"/>
+      <xdr:rowOff>380952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>50</xdr:row>
-      <xdr:rowOff>504761</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="504761"/>
+      <xdr:rowOff>657142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="657142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>51</xdr:row>
-      <xdr:rowOff>400000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="400000"/>
+      <xdr:rowOff>714285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="714285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>52</xdr:row>
-      <xdr:rowOff>390476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="390476"/>
+      <xdr:rowOff>457142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>53</xdr:row>
-      <xdr:rowOff>533333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="533333"/>
+      <xdr:rowOff>504761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="504761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>54</xdr:row>
-      <xdr:rowOff>1371428</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1371428"/>
+      <xdr:rowOff>400000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>55</xdr:row>
-      <xdr:rowOff>933333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="933333"/>
+      <xdr:rowOff>390476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1512000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>56</xdr:row>
-      <xdr:rowOff>1314285</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1512000" cy="1314285"/>
+      <xdr:rowOff>533333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>57</xdr:row>
+      <xdr:rowOff>1371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>933333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="933333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1512000</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>1314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1512000" cy="1314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>66</xdr:row>
-      <xdr:rowOff>923809</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="923809"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>67</xdr:row>
-      <xdr:rowOff>1295238</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1295238"/>
+      <xdr:rowOff>647619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>68</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1008000" cy="1428571"/>
+      <xdr:rowOff>1009523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>69</xdr:row>
+      <xdr:rowOff>923809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="923809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>1295238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1295238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1008000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>792000</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="792000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F74"/>
+  <dimension ref="A2:F77"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="2" customHeight="true" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>73</t>
         </is>
       </c>
     </row>
     <row r="4" customHeight="true" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
@@ -2760,1160 +2760,1244 @@
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>FOHEA</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>GMP HEALTH GROUP INC</t>
         </is>
       </c>
     </row>
     <row r="35" customHeight="true" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>-9001966</t>
+          <t>2548899</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>GMP KOREA FOOD &amp; DRUG ADMINISTRATION</t>
+          <t>GMP LAW</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>ACTIVE</t>
+          <t>Registered:
+Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>9, 35, 45</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
     <row r="36" customHeight="true" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>-9001965</t>
+          <t>2548922</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>GMP</t>
+          <t>GMP LAW GERARD MALOUF &amp; PARTNERS SOLICITORS &amp; BARRISTERS</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>ACTIVE</t>
+          <t>Registered:
+Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>9, 35, 45</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
     <row r="37" customHeight="true" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>-9001355</t>
+          <t>-9001966</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>CERTIFIED COMPANY GMP GMP CERT, NO.:XXXXXX</t>
+          <t>GMP KOREA FOOD &amp; DRUG ADMINISTRATION</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>ACTIVE</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>All</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="38" customHeight="true" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2548899</t>
+          <t>-9001965</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>GMP LAW</t>
+          <t>GMP</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>ACTIVE</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>9, 35, 45</t>
+          <t>All</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="39" customHeight="true" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2548922</t>
+          <t>-9001355</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>GMP LAW GERARD MALOUF &amp; PARTNERS SOLICITORS &amp; BARRISTERS</t>
+          <t>CERTIFIED COMPANY GMP GMP CERT, NO.:XXXXXX</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>ACTIVE</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>9, 35, 45</t>
+          <t>All</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="40" customHeight="true" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
+          <t>2610473</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>GMP+LAB+EXO</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>NEW STEM CELL AUSTRALIA P/L</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>2610476</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>GMP+LAB+EXO</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>NEW STEM CELL AUSTRALIA P/L</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>2610477</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>GMP+LAB+EXO</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>NEW STEM CELL AUSTRALIA P/L</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>665853</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>GMP GREENWOOD . MOLONEY . PINO</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F40" s="1" t="inlineStr">
+      <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Greenwood Moloney Pino Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
-      <c r="A41" s="1" t="inlineStr">
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
         <is>
           <t>875478</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>GMP|COMPANIES, INC.</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F41" s="1" t="inlineStr">
+      <c r="F44" s="1" t="inlineStr">
         <is>
           <t>GMP | COMPANIES, INC.</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
-      <c r="A42" s="1" t="inlineStr">
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
         <is>
           <t>1028602</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C45" s="1" t="inlineStr">
         <is>
           <t>FOOD SAFETY MANAGEMENT GMP VERIFIED</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F42" s="1" t="inlineStr">
+      <c r="F45" s="1" t="inlineStr">
         <is>
           <t>SAI Global Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
-      <c r="A43" s="1" t="inlineStr">
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
         <is>
           <t>1109147</t>
         </is>
       </c>
-      <c r="C43" s="1" t="inlineStr">
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>LICENCE NO. 145004 GMP CERTIFIED QUALITY AUSTRALIA</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
-      <c r="F43" s="1" t="inlineStr">
+      <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Green-One Bio Health Care Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
-      <c r="A44" s="1" t="inlineStr">
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
         <is>
           <t>1112975</t>
         </is>
       </c>
-      <c r="C44" s="1" t="inlineStr">
+      <c r="C47" s="1" t="inlineStr">
         <is>
           <t>L G.M.P. DRIVING SCHOOL</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F44" s="1" t="inlineStr">
+      <c r="F47" s="1" t="inlineStr">
         <is>
           <t>BeiHan Du</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
-      <c r="A45" s="1" t="inlineStr">
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
         <is>
           <t>1290048</t>
         </is>
       </c>
-      <c r="C45" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>AIR BUGGY</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F45" s="1" t="inlineStr">
+      <c r="F48" s="1" t="inlineStr">
         <is>
           <t>GMP International Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
-      <c r="A46" s="1" t="inlineStr">
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>1408421</t>
         </is>
       </c>
-      <c r="C46" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F46" s="1" t="inlineStr">
+      <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Stifel Nicolaus Canada Inc.</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
-      <c r="A47" s="1" t="inlineStr">
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>1913477</t>
         </is>
       </c>
-      <c r="C47" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>RHYTHMONE GMP</t>
         </is>
       </c>
-      <c r="D47" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F47" s="1" t="inlineStr">
+      <c r="F50" s="1" t="inlineStr">
         <is>
           <t>RhythmOne, LLC</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
-      <c r="A48" s="1" t="inlineStr">
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
         <is>
           <t>617834</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
+      <c r="C51" s="1" t="inlineStr">
         <is>
           <t>GMP CO.</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F48" s="1" t="inlineStr">
+      <c r="F51" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
-      <c r="A49" s="1" t="inlineStr">
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
         <is>
           <t>617835</t>
         </is>
       </c>
-      <c r="C49" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>GMP CO.</t>
         </is>
       </c>
-      <c r="D49" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F49" s="1" t="inlineStr">
+      <c r="F52" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
-      <c r="A50" s="1" t="inlineStr">
+    <row r="53" customHeight="true" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
         <is>
           <t>617836</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F50" s="1" t="inlineStr">
+      <c r="F53" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
-      <c r="A51" s="1" t="inlineStr">
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
         <is>
           <t>617837</t>
         </is>
       </c>
-      <c r="C51" s="1" t="inlineStr">
+      <c r="C54" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F51" s="1" t="inlineStr">
+      <c r="F54" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
-      <c r="A52" s="1" t="inlineStr">
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>617838</t>
         </is>
       </c>
-      <c r="C52" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D52" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F52" s="1" t="inlineStr">
+      <c r="F55" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
-      <c r="A53" s="1" t="inlineStr">
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
         <is>
           <t>617839</t>
         </is>
       </c>
-      <c r="C53" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F53" s="1" t="inlineStr">
+      <c r="F56" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
-      <c r="A54" s="1" t="inlineStr">
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
         <is>
           <t>617840</t>
         </is>
       </c>
-      <c r="C54" s="1" t="inlineStr">
+      <c r="C57" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F54" s="1" t="inlineStr">
+      <c r="F57" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
-      <c r="A55" s="1" t="inlineStr">
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
         <is>
           <t>617841</t>
         </is>
       </c>
-      <c r="C55" s="1" t="inlineStr">
+      <c r="C58" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F55" s="1" t="inlineStr">
+      <c r="F58" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
-      <c r="A56" s="1" t="inlineStr">
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
         <is>
           <t>617842</t>
         </is>
       </c>
-      <c r="C56" s="1" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F56" s="1" t="inlineStr">
+      <c r="F59" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
-      <c r="A57" s="1" t="inlineStr">
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
         <is>
           <t>617843</t>
         </is>
       </c>
-      <c r="C57" s="1" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>GHQ</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F57" s="1" t="inlineStr">
+      <c r="F60" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
-      <c r="A58" s="1" t="inlineStr">
+    <row r="61" customHeight="true" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
         <is>
           <t>617844</t>
         </is>
       </c>
-      <c r="C58" s="1" t="inlineStr">
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>PHOTONEX</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F58" s="1" t="inlineStr">
+      <c r="F61" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
-      <c r="A59" s="1" t="inlineStr">
+    <row r="62" customHeight="true" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
         <is>
           <t>617845</t>
         </is>
       </c>
-      <c r="C59" s="1" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>LAMIART</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F59" s="1" t="inlineStr">
+      <c r="F62" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
-      <c r="A60" s="1" t="inlineStr">
+    <row r="63" customHeight="true" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
         <is>
           <t>667697</t>
         </is>
       </c>
-      <c r="C60" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F60" s="1" t="inlineStr">
+      <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Moloney Pino Real Estate P/L</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
-      <c r="A61" s="1" t="inlineStr">
+    <row r="64" customHeight="true" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
         <is>
           <t>846142</t>
         </is>
       </c>
-      <c r="C61" s="1" t="inlineStr">
+      <c r="C64" s="1" t="inlineStr">
         <is>
           <t>WONDERLAND</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F61" s="1" t="inlineStr">
+      <c r="F64" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
-      <c r="A62" s="1" t="inlineStr">
+    <row r="65" customHeight="true" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
         <is>
           <t>941578</t>
         </is>
       </c>
-      <c r="C62" s="1" t="inlineStr">
+      <c r="C65" s="1" t="inlineStr">
         <is>
           <t>cGMP DEER VELVET KANGAROO COMPLEX 5000MG</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F62" s="1" t="inlineStr">
+      <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Chuo Shi Tan China Herb (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
-      <c r="A63" s="1" t="inlineStr">
+    <row r="66" customHeight="true" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
         <is>
           <t>1061737</t>
         </is>
       </c>
-      <c r="C63" s="1" t="inlineStr">
+      <c r="C66" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
-      <c r="D63" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="F63" s="1" t="inlineStr">
+      <c r="F66" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
-      <c r="A64" s="1" t="inlineStr">
+    <row r="67" customHeight="true" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
         <is>
           <t>1109152</t>
         </is>
       </c>
-      <c r="C64" s="1" t="inlineStr">
+      <c r="C67" s="1" t="inlineStr">
         <is>
           <t>GMP 145004 CERTIFIED QUALITY AUSTRALIA LICENCED</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
-      <c r="F64" s="1" t="inlineStr">
+      <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Comax-Pharma Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
-      <c r="A65" s="1" t="inlineStr">
+    <row r="68" customHeight="true" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
         <is>
           <t>1200784</t>
         </is>
       </c>
-      <c r="C65" s="1" t="inlineStr">
+      <c r="C68" s="1" t="inlineStr">
         <is>
           <t>LABILLY</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F65" s="1" t="inlineStr">
+      <c r="F68" s="1" t="inlineStr">
         <is>
           <t>G.M.P TRADING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
-      <c r="A66" s="1" t="inlineStr">
+    <row r="69" customHeight="true" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
         <is>
           <t>1302356</t>
         </is>
       </c>
-      <c r="C66" s="1" t="inlineStr">
+      <c r="C69" s="1" t="inlineStr">
         <is>
           <t>GMP
 GMP GLOBAL MEDI PRODUCTS AUSTRALIA</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="F66" s="1" t="inlineStr">
+      <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Graeme Walton</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
-      <c r="A67" s="1" t="inlineStr">
+    <row r="70" customHeight="true" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
         <is>
           <t>1320181</t>
         </is>
       </c>
-      <c r="C67" s="1" t="inlineStr">
+      <c r="C70" s="1" t="inlineStr">
         <is>
           <t>GMP GLOBAL MEDI PRODUCTS AUSTRALIA</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="F67" s="1" t="inlineStr">
+      <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Graeme Walton</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
-      <c r="A68" s="1" t="inlineStr">
+    <row r="71" customHeight="true" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
         <is>
           <t>1363540</t>
         </is>
       </c>
-      <c r="C68" s="1" t="inlineStr">
+      <c r="C71" s="1" t="inlineStr">
         <is>
           <t>GMP+ FEED SAFETY ASSURANCE</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>31, 42, 44</t>
         </is>
       </c>
-      <c r="F68" s="1" t="inlineStr">
+      <c r="F71" s="1" t="inlineStr">
         <is>
           <t>Stichting GMP + International</t>
         </is>
       </c>
     </row>
-    <row r="69" customHeight="true" ht="140.0">
-      <c r="A69" s="1" t="inlineStr">
+    <row r="72" customHeight="true" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
         <is>
           <t>1651502</t>
         </is>
       </c>
-      <c r="C69" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>A1 SOUP SPICES REMPAHAN SUP ISO 22000:2005, GMP &amp; HACCP CERTIFIED.</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
-      <c r="F69" s="1" t="inlineStr">
+      <c r="F72" s="1" t="inlineStr">
         <is>
           <t>A.K.KOH ENTERPRISE SDN.BHD.</t>
         </is>
       </c>
     </row>
-    <row r="70" customHeight="true" ht="140.0">
-      <c r="A70" s="1" t="inlineStr">
+    <row r="73" customHeight="true" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
         <is>
           <t>1797277</t>
         </is>
       </c>
-      <c r="C70" s="1" t="inlineStr">
+      <c r="C73" s="1" t="inlineStr">
         <is>
           <t>GMP EST. 1974</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F70" s="1" t="inlineStr">
+      <c r="F73" s="1" t="inlineStr">
         <is>
           <t>HIRINO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="71" customHeight="true" ht="140.0">
-      <c r="A71" s="1" t="inlineStr">
+    <row r="74" customHeight="true" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
         <is>
           <t>1948008</t>
         </is>
       </c>
-      <c r="C71" s="1" t="inlineStr">
+      <c r="C74" s="1" t="inlineStr">
         <is>
           <t>GMP AUSTRALIAN GMP STANDARD MADE</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
-      <c r="F71" s="1" t="inlineStr">
+      <c r="F74" s="1" t="inlineStr">
         <is>
           <t>AUSSIA AUSTRALIA PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="72" customHeight="true" ht="140.0">
-      <c r="A72" s="1" t="inlineStr">
+    <row r="75" customHeight="true" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
         <is>
           <t>2036112</t>
         </is>
       </c>
-      <c r="C72" s="1" t="inlineStr">
+      <c r="C75" s="1" t="inlineStr">
         <is>
           <t>GMP Legal</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F72" s="1" t="inlineStr">
+      <c r="F75" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="73" customHeight="true" ht="140.0">
-      <c r="A73" s="1" t="inlineStr">
+    <row r="76" customHeight="true" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
         <is>
           <t>2365251</t>
         </is>
       </c>
-      <c r="C73" s="1" t="inlineStr">
+      <c r="C76" s="1" t="inlineStr">
         <is>
           <t>GMP Forum</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>9, 16, 35, 41</t>
         </is>
       </c>
-      <c r="F73" s="1" t="inlineStr">
+      <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Pharmout Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="74" customHeight="true" ht="140.0">
-      <c r="A74" s="1" t="inlineStr">
+    <row r="77" customHeight="true" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
         <is>
           <t>2401275</t>
         </is>
       </c>
-      <c r="C74" s="1" t="inlineStr">
+      <c r="C77" s="1" t="inlineStr">
         <is>
           <t>SAUCE DE POISSON NUOC MAM FISH SAUCE GOLDEN BOY BRAND SINCE 1914 HACCP GMP NUOC MAM KIM DONG FISH SAUCE GOLDEN BOY BRAND</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F74" s="1" t="inlineStr">
+      <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Tang Heab Seng Fish Sauce Factory Company Limited</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>