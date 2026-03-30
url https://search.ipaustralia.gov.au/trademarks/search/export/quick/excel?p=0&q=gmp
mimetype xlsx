--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>523809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -1846,2136 +1846,2136 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F77"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>644537</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>GMP Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>754408</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>10-HDA</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>5, 30</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>779830</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>3 Sisters</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>GMP PHARMACEUTICALS PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>843026</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceutical Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>1413998</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>GMP SECURITIES GRIFFITHS MCBURNEY</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Stifel Nicolaus Canada Inc.</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>1414000</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>GMP SECURITIES GRIFFITHS MCBURNEY</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Stifel Nicolaus Canada Inc.</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>1586160</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>AIR BUGGY</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>24, 25</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>GMP International Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>1603193</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>AIRBUGGY</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>GMP International Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>1624452</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>Global Mobility Professional (GMP1)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Deborah de Cerff</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>1624453</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>GMP1</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Deborah de Cerff</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1624454</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>GMP1 GLOBAL MOBILITY PROFESSIONAL</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Deborah de Cerff</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>1728953</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>MyDI</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>5, 29, 30</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Limited; AUNEW NEW ZEALAND LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>1774234</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>TWINKLE SUGAR</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>1, 30</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>1859089</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>GMP GLOBAL MACHINE PARTS THE ONLINE STORE FOR MACHINE PARTS AND MORE</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>7, 35</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>JTEKT Toyoda Americas Corporation</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>1895896</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Gerard Malouf and Partners Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>1895897</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>GMP GERARD MALOUF AND PARTNERS SOLICITORS AND BARRISTERS</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Gerard Malouf and Partners Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1910589</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>GMP EST. 1974</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>HIRINO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2072819</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>GMP Law</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>2099529</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>2105770</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Gastromagnyl</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>GMP LTD</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>2109624</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>MEDISHIELD</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>9, 10</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>GMP CONSULTING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>2110683</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>MEDISHIELD</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>9, 10</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>GMP CONSULTING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>2204066</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>GMP Legal</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>2210535</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>WPM WELHOME PRO</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>G.M.P. Industrial Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2265510</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>GMP LAW GERARD MALOUF &amp; PARTNERS SOLICITORS &amp; BARRISTERS</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2361234</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>AIRBUGGY</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>12, 24, 25</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>GMP International Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2365907</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>WPM WELHOME PRO</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>G.M.P. Industrial Company Limited</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2413612</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>1, 7, 17, 20, 40</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Husqvarna Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2511428</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>FOHEA</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>GMP HEALTH GROUP INC</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2511430</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>FOHEA</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>GMP HEALTH GROUP INC</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>2548899</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>GMP LAW</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>9, 35, 45</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>2548922</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>GMP LAW GERARD MALOUF &amp; PARTNERS SOLICITORS &amp; BARRISTERS</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>9, 35, 45</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>-9001966</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>GMP KOREA FOOD &amp; DRUG ADMINISTRATION</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>ACTIVE</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>All</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>-9001965</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>ACTIVE</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>All</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>-9001355</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>CERTIFIED COMPANY GMP GMP CERT, NO.:XXXXXX</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>ACTIVE</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>All</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>2610473</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>GMP+LAB+EXO</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Published:
-Awaiting examination</t>
+Under examination</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>NEW STEM CELL AUSTRALIA P/L</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>2610476</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>GMP+LAB+EXO</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Published:
-Awaiting examination</t>
+Under examination</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>NEW STEM CELL AUSTRALIA P/L</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>2610477</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>GMP+LAB+EXO</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Published:
-Awaiting examination</t>
+Under examination</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>NEW STEM CELL AUSTRALIA P/L</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>665853</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>GMP GREENWOOD . MOLONEY . PINO</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Greenwood Moloney Pino Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>875478</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>GMP|COMPANIES, INC.</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>GMP | COMPANIES, INC.</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
+    <row r="45" customHeight="1" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>1028602</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>FOOD SAFETY MANAGEMENT GMP VERIFIED</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>SAI Global Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
+    <row r="46" customHeight="1" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>1109147</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>LICENCE NO. 145004 GMP CERTIFIED QUALITY AUSTRALIA</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Green-One Bio Health Care Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
+    <row r="47" customHeight="1" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>1112975</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>L G.M.P. DRIVING SCHOOL</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>BeiHan Du</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
+    <row r="48" customHeight="1" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>1290048</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>AIR BUGGY</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>GMP International Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
+    <row r="49" customHeight="1" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>1408421</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Stifel Nicolaus Canada Inc.</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
+    <row r="50" customHeight="1" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>1913477</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>RHYTHMONE GMP</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled at the request of IB</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>RhythmOne, LLC</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>617834</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>GMP CO.</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
+    <row r="52" customHeight="1" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>617835</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>GMP CO.</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
+    <row r="53" customHeight="1" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>617836</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
+    <row r="54" customHeight="1" ht="140.0">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>617837</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
+    <row r="55" customHeight="1" ht="140.0">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>617838</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
+    <row r="56" customHeight="1" ht="140.0">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>617839</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
+    <row r="57" customHeight="1" ht="140.0">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>617840</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
+    <row r="58" customHeight="1" ht="140.0">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>617841</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
+    <row r="59" customHeight="1" ht="140.0">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>617842</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
+    <row r="60" customHeight="1" ht="140.0">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>617843</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>GHQ</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
+    <row r="61" customHeight="1" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>617844</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>PHOTONEX</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
+    <row r="62" customHeight="1" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>617845</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>LAMIART</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>GMP Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
+    <row r="63" customHeight="1" ht="140.0">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>667697</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Moloney Pino Real Estate P/L</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
+    <row r="64" customHeight="1" ht="140.0">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>846142</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>WONDERLAND</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
+    <row r="65" customHeight="1" ht="140.0">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>941578</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>cGMP DEER VELVET KANGAROO COMPLEX 5000MG</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Chuo Shi Tan China Herb (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
+    <row r="66" customHeight="1" ht="140.0">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>1061737</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>GMP</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>GMP Pharmaceuticals Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
+    <row r="67" customHeight="1" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>1109152</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>GMP 145004 CERTIFIED QUALITY AUSTRALIA LICENCED</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Comax-Pharma Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
+    <row r="68" customHeight="1" ht="140.0">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>1200784</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>LABILLY</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>G.M.P TRADING PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="69" customHeight="true" ht="140.0">
+    <row r="69" customHeight="1" ht="140.0">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>1302356</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>GMP
 GMP GLOBAL MEDI PRODUCTS AUSTRALIA</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Graeme Walton</t>
         </is>
       </c>
     </row>
-    <row r="70" customHeight="true" ht="140.0">
+    <row r="70" customHeight="1" ht="140.0">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>1320181</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
           <t>GMP GLOBAL MEDI PRODUCTS AUSTRALIA</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Graeme Walton</t>
         </is>
       </c>
     </row>
-    <row r="71" customHeight="true" ht="140.0">
+    <row r="71" customHeight="1" ht="140.0">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>1363540</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>GMP+ FEED SAFETY ASSURANCE</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
           <t>31, 42, 44</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>Stichting GMP + International</t>
         </is>
       </c>
     </row>
-    <row r="72" customHeight="true" ht="140.0">
+    <row r="72" customHeight="1" ht="140.0">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>1651502</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>A1 SOUP SPICES REMPAHAN SUP ISO 22000:2005, GMP &amp; HACCP CERTIFIED.</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t>29, 30</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>A.K.KOH ENTERPRISE SDN.BHD.</t>
         </is>
       </c>
     </row>
-    <row r="73" customHeight="true" ht="140.0">
+    <row r="73" customHeight="1" ht="140.0">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>1797277</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
           <t>GMP EST. 1974</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>HIRINO PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="74" customHeight="true" ht="140.0">
+    <row r="74" customHeight="1" ht="140.0">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>1948008</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
           <t>GMP AUSTRALIAN GMP STANDARD MADE</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
           <t>3, 5</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>AUSSIA AUSTRALIA PTY LTD</t>
         </is>
       </c>
     </row>
-    <row r="75" customHeight="true" ht="140.0">
+    <row r="75" customHeight="1" ht="140.0">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>2036112</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>GMP Legal</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>GERARD MALOUF &amp; PARTNERS PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="76" customHeight="true" ht="140.0">
+    <row r="76" customHeight="1" ht="140.0">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>2365251</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>GMP Forum</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
           <t>9, 16, 35, 41</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Pharmout Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="77" customHeight="true" ht="140.0">
+    <row r="77" customHeight="1" ht="140.0">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>2401275</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>SAUCE DE POISSON NUOC MAM FISH SAUCE GOLDEN BOY BRAND SINCE 1914 HACCP GMP NUOC MAM KIM DONG FISH SAUCE GOLDEN BOY BRAND</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Tang Heab Seng Fish Sauce Factory Company Limited</t>
         </is>