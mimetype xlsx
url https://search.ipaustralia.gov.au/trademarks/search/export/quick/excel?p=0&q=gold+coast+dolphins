--- v0 (2025-10-25)
+++ v1 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,227 +87,227 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>1257142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1257142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>1006203</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>GOLD COAST DOLPHINS</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>25, 41</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Gold Coast Dolphins Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>1006261</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>GOLD COAST DOLPHINS</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>25, 41</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Gold Coast Dolphins Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2339330</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>SONS OF KALYMNOS
 SONS OF SPARTA
 SONS OF CRETE
 SONS OF CYPRUS
 SONS OF CORINTHOS
 SONS OF PONTOS
 SONS OF THESSALONIKI
 SONS OF CYTHERA
 SONS OF MYKONOS
 SONS OF RHODOS
 SONS OF LESVOS
 SONS OF PATRA
 SONS OF ZAKYNTHOS
 SONS OF TRIPOLI
 SONS OF KALAMATA
 SONS OF CHALKIDA
 SONS OF IOANNINA
 SONS OF PYRGOS