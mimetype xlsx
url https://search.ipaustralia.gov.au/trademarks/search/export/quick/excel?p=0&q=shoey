--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -427,51 +427,51 @@
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>XGenisis Management Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="11" customHeight="true" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>2583317</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>stuff ya shoey, do a rooey</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>21, 25</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>MR Zack Sokol</t>
         </is>
       </c>
     </row>
     <row r="12" customHeight="true" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>878050</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>Feng Shoey</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">