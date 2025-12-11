--- v0 (2025-10-17)
+++ v1 (2025-12-11)
@@ -315,79 +315,79 @@
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Triangl Group Limited</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>1747701</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Triangl Group Limited</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>1766723</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>SUMMER NEVER ENDS</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>25, 35</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Triangl Group Limited</t>
         </is>
       </c>
     </row>
     <row r="9" customHeight="true" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>2177314</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Triangl</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">