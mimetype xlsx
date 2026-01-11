--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -334,411 +334,411 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
-        <a:stretch>
-[...36 lines deleted...]
-        <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId9"/>
+        <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId10"/>
+        <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>914285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11"/>
+        <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>815024</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId12"/>
+        <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="815024"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId13"/>
+        <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId14"/>
+        <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId15"/>
+        <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>815024</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="815024"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="815024"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F52"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
@@ -1452,723 +1452,723 @@
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>VEGEMITE</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Bega Cheese Limited</t>
         </is>
       </c>
     </row>
     <row r="29" customHeight="true" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
+          <t>2581870</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>29, 30, 41</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="true" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>2585920</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE MAKES 'EM MITEY WITH B VITAMINS</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="true" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>938279</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE KRAFT</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>Kraft Foods Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>941358</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>80 YEARS OF VEGEMITE KRAFT</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>14, 16, 21, 25, 29, 30</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>970856</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>THE WORLD OF VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>1117455</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE CONCENTRATED YEAST EXTRACT KRAFT ONE OF THE WORLD'S BIGGEST
+KNOWN SOURCES OF VITAMIN B</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>1298008</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE KRAFT</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>11, 16, 18, 21, 24, 25, 28</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="true" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>1323717</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE SMOOTH</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="true" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>1334005</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE CHEESYBITE KRAFT</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="true" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>1409205</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>MY FIRST VEGEMITE CONCENTRATED YEAST EXTRACT KRAFT</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>5, 29, 30</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="true" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>1416699</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE CONCENTRATED YEAST EXTRACT KRAFT TOAST OF A NATION!</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="true" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>1433522</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE KRAFT</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Mondelez Australia (Foods) Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>1543152</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>START WITH VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>265386</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Kraft Foods Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>265387</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Kraft Foods Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>265388</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Kraft Foods Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>371269</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>371270</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>371271</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>371272</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Bega Cheese Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>388844</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>VEGOMITE
+VEG O'MITE
+VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>F.J.D. ENTERPRISES Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>388957</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>VEG 'O MITE
+VEGOMITE
+VEGEMITE</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>F.J.D. Enterprises Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>1887913</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>VegemiteNoodle</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>30, 43</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Mark Garkaklis</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
           <t>2469348</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>CRIKEY BOTTOMS CRIKEY! THAT WAS A RIPPER OF A POOP! HOLD ON TO YOUR BOOMERANGS, WE'VE GO A CODE BROWN SITUATION
 HOLD MY VEGEMITE SANDWICH - IT'S A NAPPY EMERGENCY! STRAP ON THE FOOTY BOOTS, WE'RE KICKING THIS NAPPY OUT OF PLAY!
 CRIKEY BOTTOMS HOLD ONTO YOUR KANGAROO TAILS, IT'S A NAPPY ADVENTURE DOWN UNDER! TIME FOR A DUNNY DETOUR, THIS NAPPY'S CLOCKED IN SOME SERIOUS HOURS!
 OI, BABY MATE! TIME TO WRESTLE THE NAPPY CROC-MAY THE WIPES BE WITH YOU! STRUTH, THIS NAPPY'S HAVING A BARBIE, TIME TO FLIP IT AND CHANGE IT!"</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
-[...590 lines deleted...]
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>30, 43</t>
+          <t>5</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
-          <t>Mark Garkaklis</t>
+          <t>Zelvin Botha</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>