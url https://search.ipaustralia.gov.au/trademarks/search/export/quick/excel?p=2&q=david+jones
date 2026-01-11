--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -4783,51 +4783,51 @@
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="20" customHeight="true" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>525888</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>FOOD GLORIOUS FOOD</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="21" customHeight="true" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>545163</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>MILANA</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
@@ -6211,51 +6211,51 @@
       <c r="E70" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Meil, David; Jones, Kimberly</t>
         </is>
       </c>
     </row>
     <row r="71" customHeight="true" ht="140.0">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>1810810</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>#FIRSTWORLDWHITEGIRLS</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>Lewis David Jones; Anne Louise Peterson</t>
         </is>
       </c>
     </row>
     <row r="72" customHeight="true" ht="140.0">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>1825991</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>STEEL SYNERGY</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
@@ -6855,79 +6855,79 @@
       <c r="E93" s="1" t="inlineStr">
         <is>
           <t>20, 24</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="94" customHeight="true" ht="140.0">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>2565045</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
           <t>Vivace</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
           <t>20, 24</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="95" customHeight="true" ht="140.0">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>2565046</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
           <t>Neuma</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
           <t>20, 24</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>David Jones Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="96" customHeight="true" ht="140.0">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>47463</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
           <t>ST. JAMES</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">