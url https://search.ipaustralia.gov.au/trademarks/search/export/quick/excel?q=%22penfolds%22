--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -1626,145 +1626,145 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>111</xdr:row>
-      <xdr:rowOff>409523</xdr:rowOff>
+      <xdr:rowOff>771428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="409523"/>
+          <a:ext cx="1404000" cy="771428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>590476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>113</xdr:row>
-      <xdr:rowOff>895238</xdr:rowOff>
-[...37 lines deleted...]
-      <xdr:rowOff>895238</xdr:rowOff>
+      <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="895238"/>
+          <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>895238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -1809,114 +1809,114 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="895238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>895238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="895238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>118</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>118</xdr:row>
-      <xdr:rowOff>771428</xdr:rowOff>
-[...37 lines deleted...]
-      <xdr:rowOff>590476</xdr:rowOff>
+      <xdr:rowOff>895238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="590476"/>
+          <a:ext cx="1404000" cy="895238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>895238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
@@ -8189,314 +8189,314 @@
       <c r="C111" s="1" t="inlineStr">
         <is>
           <t>P FROM PENFOLDS TO THE WORLD</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
           <t>32, 33</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Southcorp Brands Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="112" customHeight="true" ht="140.0">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>2540317</t>
+          <t>2537231</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>P PENFOLD PROPERTY GROUP</t>
+          <t>P PENFOLD REALTY</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>36</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
-          <t>Penfold Property Group Pty Ltd</t>
+          <t>Penfold Realty Group Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="113" customHeight="true" ht="140.0">
       <c r="A113" s="1" t="inlineStr">
         <is>
+          <t>2537236</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>P PENFOLD PROPERTY SERVICES</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>Penfold Projects Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="true" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>2540317</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>P PENFOLD PROPERTY GROUP</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>Penfold Property Group Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="true" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
           <t>2435985</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>PENFOLD PROPERTY GROUP</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>36, 37</t>
         </is>
       </c>
-      <c r="F113" s="1" t="inlineStr">
+      <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Penfold Property Group Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="114" customHeight="true" ht="140.0">
-      <c r="A114" s="1" t="inlineStr">
+    <row r="116" customHeight="true" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
         <is>
           <t>2471018</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C116" s="1" t="inlineStr">
         <is>
           <t>PENFOLDS</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>3, 4</t>
         </is>
       </c>
-      <c r="F114" s="1" t="inlineStr">
+      <c r="F116" s="1" t="inlineStr">
         <is>
           <t>Southcorp Brands Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="115" customHeight="true" ht="140.0">
-      <c r="A115" s="1" t="inlineStr">
+    <row r="117" customHeight="true" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
         <is>
           <t>2472861</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>PENFOLDS</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>Southcorp Brands Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="true" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>2472862</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>PENFOLDS</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>Southcorp Brands Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="true" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>2472863</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>PENFOLDS</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F115" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Southcorp Brands Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="116" customHeight="true" ht="140.0">
-[...56 lines deleted...]
-      <c r="A118" s="1" t="inlineStr">
+    <row r="120" customHeight="true" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
         <is>
           <t>2512010</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>PENFOLDS PORTAL</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>35, 41</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
-          <t>Penfold Projects Pty Ltd</t>
+          <t>Southcorp Brands Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="121" customHeight="true" ht="140.0">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>2573625</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
           <t>PENFOLDS</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Published:
-Under examination</t>
+Under examination - Deferred</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
           <t>16, 21</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Southcorp Brands Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="122" customHeight="true" ht="140.0">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>1358</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
           <t>PENFOLDS
 DR. PENFOLDS VINEYARDS
 ADVANCE AUSTRALIA
 T F H</t>