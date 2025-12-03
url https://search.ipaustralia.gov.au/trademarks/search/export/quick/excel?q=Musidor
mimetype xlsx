--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -943,79 +943,79 @@
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
     <row r="5" customHeight="true" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>292286</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>292287</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>293526</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">