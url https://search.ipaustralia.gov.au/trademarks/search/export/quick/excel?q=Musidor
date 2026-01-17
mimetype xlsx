--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -999,51 +999,51 @@
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>293526</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Musidor B.V.</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>569162</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>ROLLING STONES</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">