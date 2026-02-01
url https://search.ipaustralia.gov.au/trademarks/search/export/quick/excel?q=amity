--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -251,437 +251,437 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>923809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="923809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>504761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="504761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>657142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="657142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1302,1107 +1302,1107 @@
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>RICOTA</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>CHONGQING AMITY MACHINERY CO., LTD.</t>
         </is>
       </c>
     </row>
     <row r="25" customHeight="true" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2479022</t>
+          <t>2512527</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>AMITY</t>
+          <t>LAMASTA</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Protected:
+Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>6, 7, 8, 9, 11, 12, 20, 21, 35</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>Ahren Stringer</t>
+          <t>CHONGQING AMITY MACHINERY CO., LTD.</t>
         </is>
       </c>
     </row>
     <row r="26" customHeight="true" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2479023</t>
+          <t>2479025</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>AMITY AFFLICTION</t>
+          <t>AMITY</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Accepted:
+Opposed</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Ahren Stringer</t>
         </is>
       </c>
     </row>
     <row r="27" customHeight="true" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2479024</t>
+          <t>2571422</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>THE AMITY AFFLICTION</t>
+          <t>Amity DC</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>Ahren Stringer</t>
+          <t>VENTAIR PTY. LTD.</t>
         </is>
       </c>
     </row>
     <row r="28" customHeight="true" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2479025</t>
+          <t>76371</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>AMITY</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-Opposed</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>32</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>Ahren Stringer</t>
+          <t>Tarac Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="29" customHeight="true" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2479026</t>
+          <t>187182</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>AMITY AFFLICTION</t>
+          <t>AMITY</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>Ahren Stringer</t>
+          <t>AUSTRALIAN MOTOR INDUSTRIES Ltd,</t>
         </is>
       </c>
     </row>
     <row r="30" customHeight="true" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2479027</t>
+          <t>203562</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>THE AMITY AFFLICTION</t>
+          <t>AMITY</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
-          <t>Ahren Stringer</t>
+          <t>AUSTRALIAN MOTOR INDUSTRIES Ltd</t>
         </is>
       </c>
     </row>
     <row r="31" customHeight="true" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2512527</t>
+          <t>203563</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>LAMASTA</t>
+          <t>AMITY</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>6, 7, 8, 9, 11, 12, 20, 21, 35</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
-          <t>CHONGQING AMITY MACHINERY CO., LTD.</t>
+          <t>AUSTRALIAN MOTOR INDUSTRIES Ltd</t>
         </is>
       </c>
     </row>
     <row r="32" customHeight="true" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2571422</t>
+          <t>223243</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Amity DC</t>
+          <t>AMITY</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-Awaiting publication</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>33</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
-          <t>VENTAIR PTY. LTD.</t>
+          <t>Tarac Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="33" customHeight="true" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>76371</t>
+          <t>278247</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>AMITY</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>18</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
-          <t>Tarac Pty Ltd</t>
+          <t>TBAC Investment Trust</t>
         </is>
       </c>
     </row>
     <row r="34" customHeight="true" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>187182</t>
+          <t>278248</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>AMITY</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>34</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
-          <t>AUSTRALIAN MOTOR INDUSTRIES Ltd,</t>
+          <t>TBAC Investment Trust</t>
         </is>
       </c>
     </row>
     <row r="35" customHeight="true" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>203562</t>
+          <t>900971</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>AMITY</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>44</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>AUSTRALIAN MOTOR INDUSTRIES Ltd</t>
+          <t>Bupa Aged Care Australia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="36" customHeight="true" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>203563</t>
+          <t>1033148</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>AMITY</t>
+          <t>\AM''I*TY\, N. FRIENDSHIP, HARMONY AND UNDERSTANDING</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>43, 44</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>AUSTRALIAN MOTOR INDUSTRIES Ltd</t>
+          <t>Bupa Aged Care Australia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="37" customHeight="true" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>223243</t>
+          <t>1033151</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>AMITY</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>43, 44</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
-          <t>Tarac Pty Ltd</t>
+          <t>Bupa Aged Care Australia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="38" customHeight="true" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>278247</t>
+          <t>1033154</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>AMITY</t>
+          <t>AMITY \AM''I*TY\, N. FRIENDSHIP, HARMONY AND UNDERSTANDING</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>43, 44</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>TBAC Investment Trust</t>
+          <t>Bupa Aged Care Australia Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="39" customHeight="true" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>278248</t>
+          <t>1084225</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>AMITY</t>
+          <t>AMITY FINANCIAL GROUP</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>36</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>TBAC Investment Trust</t>
+          <t>Trigenre Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="40" customHeight="true" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>900971</t>
+          <t>1178586</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>AMITY</t>
+          <t>AMITYGARDENS</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>Amity Gardens Association Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>1554839</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INCANTO AMITY</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Salvatore Ferragamo S.p.A.</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>1608056</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>AA AMITY APARTMENT HOTELS</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D41" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Letico Serviced Apartments Pty Ltd as trustee for E&amp;M Discretionary Trust</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>1608061</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Amity Apartment Hotels</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D42" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Letico Serviced Apartments Pty Ltd as trustee for E&amp;M Discretionary Trust</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>1679932</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Amity Created</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D43" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>16, 21</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Daniella Anne Libri</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>1688939</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>AMITY INTERNATIONAL "ADDING COLOUR TO THE WORLD"</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D44" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>Amity International Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>1688940</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Amity International</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F44" s="1" t="inlineStr">
-[...54 lines deleted...]
-      </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
-          <t>Salvatore Ferragamo S.p.A.</t>
+          <t>Amity International Limited</t>
         </is>
       </c>
     </row>
     <row r="47" customHeight="true" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>1608056</t>
+          <t>1694187</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>AA AMITY APARTMENT HOTELS</t>
+          <t>Farm Events</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>38</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
-          <t>Letico Serviced Apartments Pty Ltd as trustee for E&amp;M Discretionary Trust</t>
+          <t>Amity Ballantyne Dunstan; Thomas Dunstan</t>
         </is>
       </c>
     </row>
     <row r="48" customHeight="true" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>1608061</t>
+          <t>7902</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Amity Apartment Hotels</t>
+          <t>AMITY
+NANANGO CO-OPERATIVE DAIRY CO.LD.</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Status not available</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>29</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
-          <t>Letico Serviced Apartments Pty Ltd as trustee for E&amp;M Discretionary Trust</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="49" customHeight="true" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>1679932</t>
+          <t>942240</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Amity Created</t>
+          <t>Amity</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Lapsed:
+Not accepted</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>16, 21</t>
+          <t>36</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
-          <t>Daniella Anne Libri</t>
+          <t>Rodney Jospeh Linton</t>
         </is>
       </c>
     </row>
     <row r="50" customHeight="true" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>1688939</t>
+          <t>958428</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>AMITY INTERNATIONAL "ADDING COLOUR TO THE WORLD"</t>
+          <t>AMITY VILLAGE ALBANY</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Withdrawn:
+Applicant request</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>43</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
-          <t>Amity International Limited</t>
+          <t>Australian Flying Corps and Royal Australian Air Force Association (WA Division) Incorporated</t>
         </is>
       </c>
     </row>
     <row r="51" customHeight="true" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>1688940</t>
+          <t>958429</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Amity International</t>
+          <t>AMITY VILLAGE</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Withdrawn:
+Applicant request</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>43</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
-          <t>Amity International Limited</t>
+          <t>Australian Flying Corps and Royal Australian Air Force Association (WA Division) Incorporated</t>
         </is>
       </c>
     </row>
     <row r="52" customHeight="true" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>1694187</t>
+          <t>1068793</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>Farm Events</t>
+          <t>A</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>Removed - Not renewed:
-Renewal fee not paid</t>
+          <t>Lapsed:
+Not accepted</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>35, 38, 44</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
-          <t>Amity Ballantyne Dunstan; Thomas Dunstan</t>
+          <t>Amity One Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="53" customHeight="true" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>7902</t>
+          <t>1114030</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>AMITY
-NANANGO CO-OPERATIVE DAIRY CO.LD.</t>
+          <t>AMITYONE</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>Status not available</t>
+          <t>Lapsed:
+Not accepted</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>36, 42</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>Amity One Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="54" customHeight="true" ht="140.0">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>942240</t>
+          <t>1713054</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
+          <t>TWENTY-FIVE AGAIN BY ARCHIE &amp; AMITY</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Jade Liekefett</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>1780391</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>CONCORD</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Agco-Amity JV, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>1795244</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>FLOATING LEAF</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Amity Charise Lehmann</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>2287085</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
           <t>Amity</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...77 lines deleted...]
-      <c r="D57" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>A CATLOW &amp; C.I CATLOW</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>2479022</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>AMITY</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D58" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Ahren Stringer</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>2479023</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>AMITY AFFLICTION</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
-[...26 lines deleted...]
-      </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
-          <t>Jade Liekefett</t>
+          <t>Ahren Stringer</t>
         </is>
       </c>
     </row>
     <row r="60" customHeight="true" ht="140.0">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>1780391</t>
+          <t>2479024</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>CONCORD</t>
+          <t>THE AMITY AFFLICTION</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>Not protected:
+          <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
-          <t>Agco-Amity JV, LLC</t>
+          <t>Ahren Stringer</t>
         </is>
       </c>
     </row>
     <row r="61" customHeight="true" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>1795244</t>
+          <t>2479026</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>FLOATING LEAF</t>
+          <t>AMITY AFFLICTION</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
-Registration fee not paid on time</t>
+Not accepted</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
-          <t>Amity Charise Lehmann</t>
+          <t>Ahren Stringer</t>
         </is>
       </c>
     </row>
     <row r="62" customHeight="true" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>2287085</t>
+          <t>2479027</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>Amity</t>
+          <t>THE AMITY AFFLICTION</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
-          <t>A CATLOW &amp; C.I CATLOW</t>
+          <t>Ahren Stringer</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>