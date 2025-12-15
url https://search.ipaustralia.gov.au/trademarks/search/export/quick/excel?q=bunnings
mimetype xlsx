--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -90,51 +90,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId178" Target="../media/image178.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId179" Target="../media/image179.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>561904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -4773,2137 +4773,2213 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>257</xdr:row>
+      <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>257</xdr:row>
-      <xdr:rowOff>1047619</xdr:rowOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="533333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>552380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="552380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>1047619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>259</xdr:row>
+      <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>259</xdr:row>
+      <xdr:row>263</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId125"/>
+        <a:blip r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>268</xdr:row>
       <xdr:rowOff>923809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId126"/>
+        <a:blip r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="923809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>265</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>265</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId127"/>
+        <a:blip r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>267</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>267</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId128"/>
+        <a:blip r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>272</xdr:row>
+      <xdr:row>276</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>272</xdr:row>
+      <xdr:row>276</xdr:row>
       <xdr:rowOff>476190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId129"/>
+        <a:blip r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="476190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>273</xdr:row>
+      <xdr:row>277</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>273</xdr:row>
+      <xdr:row>277</xdr:row>
       <xdr:rowOff>304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId130"/>
+        <a:blip r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>278</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId131"/>
+        <a:blip r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>279</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>279</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>213868</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId132"/>
+        <a:blip r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="213868"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>280</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>280</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>333000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId133"/>
+        <a:blip r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="333000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>281</xdr:row>
+      <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>281</xdr:row>
+      <xdr:row>285</xdr:row>
       <xdr:rowOff>454500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId134"/>
+        <a:blip r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="454500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>283</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>283</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId135"/>
+        <a:blip r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>284</xdr:row>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>284</xdr:row>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId136"/>
+        <a:blip r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>285</xdr:row>
+      <xdr:row>289</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>285</xdr:row>
+      <xdr:row>289</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId137"/>
+        <a:blip r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>286</xdr:row>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
-      <xdr:row>286</xdr:row>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId138"/>
+        <a:blip r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="900000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>287</xdr:row>
+      <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>287</xdr:row>
+      <xdr:row>291</xdr:row>
       <xdr:rowOff>466666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId139"/>
+        <a:blip r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="466666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>288</xdr:row>
+      <xdr:row>292</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>288</xdr:row>
+      <xdr:row>292</xdr:row>
       <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId140"/>
+        <a:blip r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>289</xdr:row>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>289</xdr:row>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId141"/>
+        <a:blip r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>290</xdr:row>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>290</xdr:row>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId142"/>
+        <a:blip r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>294</xdr:row>
+      <xdr:row>298</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>294</xdr:row>
+      <xdr:row>298</xdr:row>
       <xdr:rowOff>600000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId143"/>
+        <a:blip r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>295</xdr:row>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>295</xdr:row>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId144"/>
+        <a:blip r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>298</xdr:row>
+      <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>298</xdr:row>
+      <xdr:row>302</xdr:row>
       <xdr:rowOff>866666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId145"/>
+        <a:blip r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="866666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>300</xdr:row>
+      <xdr:row>304</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>300</xdr:row>
+      <xdr:row>304</xdr:row>
       <xdr:rowOff>904761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId146"/>
+        <a:blip r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="904761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>301</xdr:row>
+      <xdr:row>305</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>301</xdr:row>
+      <xdr:row>305</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId147"/>
+        <a:blip r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>302</xdr:row>
+      <xdr:row>306</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>302</xdr:row>
+      <xdr:row>306</xdr:row>
       <xdr:rowOff>685714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId148"/>
+        <a:blip r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="685714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>303</xdr:row>
+      <xdr:row>307</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>303</xdr:row>
+      <xdr:row>307</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId149"/>
+        <a:blip r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>308</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>308</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId150"/>
+        <a:blip r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>305</xdr:row>
+      <xdr:row>309</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>305</xdr:row>
+      <xdr:row>309</xdr:row>
       <xdr:rowOff>1352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId151"/>
+        <a:blip r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>307</xdr:row>
+      <xdr:row>311</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>307</xdr:row>
+      <xdr:row>311</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId152"/>
+        <a:blip r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>313</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>313</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>1152380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId153"/>
+        <a:blip r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>322</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>322</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>561904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId154"/>
+        <a:blip r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="561904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>324</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>324</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>1285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId155"/>
+        <a:blip r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>326</xdr:row>
+      <xdr:row>330</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>326</xdr:row>
+      <xdr:row>330</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId156"/>
+        <a:blip r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>327</xdr:row>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>327</xdr:row>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId157"/>
+        <a:blip r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:row>332</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:row>332</xdr:row>
       <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId158"/>
+        <a:blip r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>335</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>335</xdr:row>
       <xdr:rowOff>276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId159"/>
+        <a:blip r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>332</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>332</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId160"/>
+        <a:blip r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId161"/>
+        <a:blip r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>338</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>338</xdr:row>
       <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId162"/>
+        <a:blip r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>340</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>340</xdr:row>
       <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId163"/>
+        <a:blip r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>340</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>340</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId164"/>
+        <a:blip r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>343</xdr:row>
+      <xdr:row>347</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>828000</xdr:colOff>
-      <xdr:row>343</xdr:row>
+      <xdr:row>347</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId165"/>
+        <a:blip r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="828000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>348</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>348</xdr:row>
       <xdr:rowOff>457142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId166"/>
+        <a:blip r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>354</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>354</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>504761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId167"/>
+        <a:blip r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="504761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>358</xdr:row>
+      <xdr:row>362</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>358</xdr:row>
+      <xdr:row>362</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId168"/>
+        <a:blip r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>368</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>368</xdr:row>
       <xdr:rowOff>876190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId169"/>
+        <a:blip r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>370</xdr:row>
+      <xdr:row>374</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>370</xdr:row>
+      <xdr:row>374</xdr:row>
       <xdr:rowOff>381600</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId170"/>
+        <a:blip r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="381600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>375</xdr:row>
+      <xdr:row>379</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>375</xdr:row>
+      <xdr:row>379</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
-    </xdr:to>
-[...74 lines deleted...]
-      <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="173" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="1009523"/>
+          <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>382</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>382</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="174" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>388</xdr:row>
+      <xdr:row>384</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>388</xdr:row>
-      <xdr:rowOff>514285</xdr:rowOff>
+      <xdr:row>384</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="175" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>386</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>386</xdr:row>
+      <xdr:rowOff>371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>392</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>392</xdr:row>
+      <xdr:rowOff>514285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="514285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>394</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>394</xdr:row>
       <xdr:rowOff>714285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="178" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId176"/>
+        <a:blip r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="714285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>399</xdr:row>
+      <xdr:row>403</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>399</xdr:row>
+      <xdr:row>403</xdr:row>
       <xdr:rowOff>523809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="177" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="179" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId177"/>
+        <a:blip r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="523809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F405"/>
+  <dimension ref="A2:F409"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="2" customHeight="true" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>401</t>
+          <t>405</t>
         </is>
       </c>
     </row>
     <row r="4" customHeight="true" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
@@ -6937,51 +7013,51 @@
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>6, 8</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>200269</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>TROJAN</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>301352</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>TROJAN</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
@@ -7666,79 +7742,79 @@
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>11, 18, 20, 22</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="32" customHeight="true" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>1083960</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>BUNNING</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Expired renewal possible</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>G.T. Bunning &amp; Sons Limited</t>
         </is>
       </c>
     </row>
     <row r="33" customHeight="true" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>1084832</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>ECO OPTIONS</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Expired renewal possible</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="34" customHeight="true" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>1091970</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>ESTILO</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
@@ -7890,79 +7966,79 @@
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>6, 11, 19, 20, 21</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="40" customHeight="true" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>1103310</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>JUMBUCK</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>8, 11</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="41" customHeight="true" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>1103311</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>JUMBUCK</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>8, 11</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="42" customHeight="true" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>1103312</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>IRONBARK</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
@@ -7974,79 +8050,79 @@
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="43" customHeight="true" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>1103313</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>IKONIC</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>6, 20</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="44" customHeight="true" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>1103314</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>IKONIC</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>6, 20</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="45" customHeight="true" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>1103315</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>IRON BARK</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
@@ -8226,51 +8302,51 @@
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>7, 8, 12</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="52" customHeight="true" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>1106778</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>MATADOR EDICION ESPECTACULO</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>8, 11</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="53" customHeight="true" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>1106780</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>CRAFTRIGHT</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
@@ -8282,51 +8358,51 @@
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>8, 9, 16</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="54" customHeight="true" ht="140.0">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>1106781</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>MATADOR</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>8, 11</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="55" customHeight="true" ht="140.0">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>1106782</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>SOMMER SAULT</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
@@ -8507,51 +8583,51 @@
         <is>
           <t>6, 20, 21</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="62" customHeight="true" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>1110550</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>TROJAN AIR
 TROJANAIR</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="63" customHeight="true" ht="140.0">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>1111255</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>THE MONGREL BAR</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
@@ -10019,51 +10095,51 @@
       <c r="E115" s="1" t="inlineStr">
         <is>
           <t>6, 12, 20, 21, 22</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="116" customHeight="true" ht="140.0">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>1739564</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
           <t>MATADOR</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
           <t>8, 11</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="117" customHeight="true" ht="140.0">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>1741093</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
           <t>PAINT PARTNER</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
@@ -10131,107 +10207,107 @@
       <c r="E119" s="1" t="inlineStr">
         <is>
           <t>6, 8, 12, 21, 22</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="120" customHeight="true" ht="140.0">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>1741114</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
           <t>M MONTGOMERY</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
           <t>6, 19, 20</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="121" customHeight="true" ht="140.0">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>1741117</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
           <t>MONTGOMERY</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
           <t>6, 19, 20</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="122" customHeight="true" ht="140.0">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>1741501</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
           <t>SUNFRESH</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
           <t>6, 12, 20, 21, 22</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="123" customHeight="true" ht="140.0">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>1760682</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
           <t>DURA-TILE DESIGNED FOR LIFE.</t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
@@ -10328,79 +10404,79 @@
       <c r="E126" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 39, 40, 41, 42, 43, 44</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="127" customHeight="true" ht="140.0">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>1805873</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
           <t>LOWEST PRICES ARE JUST THE BEGINNING... OUR POLICY</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 39, 40, 41, 42, 43, 44</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="128" customHeight="true" ht="140.0">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>1805883</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
           <t>LOWEST PRICES EVERYDAY... OUR POLICY</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 39, 40, 41, 42, 43, 44</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="129" customHeight="true" ht="140.0">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>1816682</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
           <t>TROJAN T</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
@@ -13884,51 +13960,51 @@
       <c r="E253" s="1" t="inlineStr">
         <is>
           <t>7, 8, 9, 20</t>
         </is>
       </c>
       <c r="F253" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="254" customHeight="true" ht="140.0">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t>2556669</t>
         </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
           <t>A AESTIVA</t>
         </is>
       </c>
       <c r="D254" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E254" s="1" t="inlineStr">
         <is>
           <t>19, 20</t>
         </is>
       </c>
       <c r="F254" s="1" t="inlineStr">
         <is>
           <t>STONE BUNNINGS PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="255" customHeight="true" ht="140.0">
       <c r="A255" s="1" t="inlineStr">
         <is>
           <t>2560528</t>
         </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
           <t>ZELORA</t>
         </is>
       </c>
       <c r="D255" s="1" t="inlineStr">
@@ -13940,4235 +14016,4347 @@
       <c r="E255" s="1" t="inlineStr">
         <is>
           <t>6, 9, 19, 35, 36, 37, 39, 40, 42</t>
         </is>
       </c>
       <c r="F255" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="256" customHeight="true" ht="140.0">
       <c r="A256" s="1" t="inlineStr">
         <is>
           <t>2560529</t>
         </is>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
           <t>SUBSCRIBE TO THE SUN</t>
         </is>
       </c>
       <c r="D256" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E256" s="1" t="inlineStr">
         <is>
           <t>6, 9, 19, 35, 36, 37, 39, 40, 42</t>
         </is>
       </c>
       <c r="F256" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
     <row r="257" customHeight="true" ht="140.0">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>2587383</t>
         </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
           <t>Bunning</t>
         </is>
       </c>
       <c r="D257" s="1" t="inlineStr">
         <is>
           <t>Published:
-Awaiting examination</t>
+Under examination</t>
         </is>
       </c>
       <c r="E257" s="1" t="inlineStr">
         <is>
           <t>35, 36</t>
         </is>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t>Merryhouse Holdings (SMH) Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="258" customHeight="true" ht="140.0">
       <c r="A258" s="1" t="inlineStr">
         <is>
+          <t>2601897</t>
+        </is>
+      </c>
+      <c r="C258" s="1" t="inlineStr">
+        <is>
+          <t>TOLERON</t>
+        </is>
+      </c>
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E258" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 16</t>
+        </is>
+      </c>
+      <c r="F258" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" customHeight="true" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>2601899</t>
+        </is>
+      </c>
+      <c r="C259" s="1" t="inlineStr">
+        <is>
+          <t>TOLERON</t>
+        </is>
+      </c>
+      <c r="D259" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E259" s="1" t="inlineStr">
+        <is>
+          <t>8, 9, 16</t>
+        </is>
+      </c>
+      <c r="F259" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" customHeight="true" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>2603637</t>
+        </is>
+      </c>
+      <c r="C260" s="1" t="inlineStr">
+        <is>
+          <t>BASTION</t>
+        </is>
+      </c>
+      <c r="D260" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E260" s="1" t="inlineStr">
+        <is>
+          <t>7, 8, 9</t>
+        </is>
+      </c>
+      <c r="F260" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="261" customHeight="true" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>2603639</t>
+        </is>
+      </c>
+      <c r="C261" s="1" t="inlineStr">
+        <is>
+          <t>BASTION BUILDING MATERIALS</t>
+        </is>
+      </c>
+      <c r="D261" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting examination</t>
+        </is>
+      </c>
+      <c r="E261" s="1" t="inlineStr">
+        <is>
+          <t>7, 8, 9</t>
+        </is>
+      </c>
+      <c r="F261" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="262" customHeight="true" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
           <t>99635</t>
         </is>
       </c>
-      <c r="C258" s="1" t="inlineStr">
+      <c r="C262" s="1" t="inlineStr">
         <is>
           <t>TROJAN
 T</t>
         </is>
       </c>
-      <c r="D258" s="1" t="inlineStr">
+      <c r="D262" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E258" s="1" t="inlineStr">
+      <c r="E262" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F258" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A259" s="1" t="inlineStr">
+      <c r="F262" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="263" customHeight="true" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
         <is>
           <t>237133</t>
         </is>
       </c>
-      <c r="C259" s="1" t="inlineStr">
+      <c r="C263" s="1" t="inlineStr">
         <is>
           <t>LLOYDS</t>
         </is>
       </c>
-      <c r="D259" s="1" t="inlineStr">
+      <c r="D263" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E259" s="1" t="inlineStr">
+      <c r="E263" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F259" s="1" t="inlineStr">
+      <c r="F263" s="1" t="inlineStr">
         <is>
           <t>Bunnings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="260" customHeight="true" ht="140.0">
-      <c r="A260" s="1" t="inlineStr">
+    <row r="264" customHeight="true" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
         <is>
           <t>237223</t>
         </is>
       </c>
-      <c r="C260" s="1" t="inlineStr">
+      <c r="C264" s="1" t="inlineStr">
         <is>
           <t>LLOYDS</t>
         </is>
       </c>
-      <c r="D260" s="1" t="inlineStr">
+      <c r="D264" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E260" s="1" t="inlineStr">
+      <c r="E264" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F260" s="1" t="inlineStr">
+      <c r="F264" s="1" t="inlineStr">
         <is>
           <t>Bunnings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="261" customHeight="true" ht="140.0">
-      <c r="A261" s="1" t="inlineStr">
+    <row r="265" customHeight="true" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
         <is>
           <t>237622</t>
         </is>
       </c>
-      <c r="C261" s="1" t="inlineStr">
+      <c r="C265" s="1" t="inlineStr">
         <is>
           <t>MAGNET</t>
         </is>
       </c>
-      <c r="D261" s="1" t="inlineStr">
+      <c r="D265" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E261" s="1" t="inlineStr">
+      <c r="E265" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F261" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A262" s="1" t="inlineStr">
+      <c r="F265" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="266" customHeight="true" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
         <is>
           <t>237624</t>
         </is>
       </c>
-      <c r="C262" s="1" t="inlineStr">
+      <c r="C266" s="1" t="inlineStr">
         <is>
           <t>MAGNET</t>
         </is>
       </c>
-      <c r="D262" s="1" t="inlineStr">
+      <c r="D266" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E262" s="1" t="inlineStr">
+      <c r="E266" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F262" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A263" s="1" t="inlineStr">
+      <c r="F266" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="267" customHeight="true" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
         <is>
           <t>263437</t>
         </is>
       </c>
-      <c r="C263" s="1" t="inlineStr">
+      <c r="C267" s="1" t="inlineStr">
         <is>
           <t>LLOYDS</t>
         </is>
       </c>
-      <c r="D263" s="1" t="inlineStr">
+      <c r="D267" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E263" s="1" t="inlineStr">
+      <c r="E267" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F263" s="1" t="inlineStr">
+      <c r="F267" s="1" t="inlineStr">
         <is>
           <t>Bunnings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="264" customHeight="true" ht="140.0">
-      <c r="A264" s="1" t="inlineStr">
+    <row r="268" customHeight="true" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
         <is>
           <t>268559</t>
         </is>
       </c>
-      <c r="C264" s="1" t="inlineStr">
+      <c r="C268" s="1" t="inlineStr">
         <is>
           <t>MANORANGE</t>
         </is>
       </c>
-      <c r="D264" s="1" t="inlineStr">
+      <c r="D268" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E264" s="1" t="inlineStr">
+      <c r="E268" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F264" s="1" t="inlineStr">
+      <c r="F268" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="265" customHeight="true" ht="140.0">
-      <c r="A265" s="1" t="inlineStr">
+    <row r="269" customHeight="true" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
         <is>
           <t>287049</t>
         </is>
       </c>
-      <c r="C265" s="1" t="inlineStr">
+      <c r="C269" s="1" t="inlineStr">
         <is>
           <t>TIMBALOC</t>
         </is>
       </c>
-      <c r="D265" s="1" t="inlineStr">
+      <c r="D269" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E265" s="1" t="inlineStr">
+      <c r="E269" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F265" s="1" t="inlineStr">
+      <c r="F269" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="266" customHeight="true" ht="140.0">
-      <c r="A266" s="1" t="inlineStr">
+    <row r="270" customHeight="true" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
         <is>
           <t>314290</t>
         </is>
       </c>
-      <c r="C266" s="1" t="inlineStr">
+      <c r="C270" s="1" t="inlineStr">
         <is>
           <t>MCEWANS</t>
         </is>
       </c>
-      <c r="D266" s="1" t="inlineStr">
+      <c r="D270" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E266" s="1" t="inlineStr">
+      <c r="E270" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F266" s="1" t="inlineStr">
+      <c r="F270" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="267" customHeight="true" ht="140.0">
-      <c r="A267" s="1" t="inlineStr">
+    <row r="271" customHeight="true" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
         <is>
           <t>320547</t>
         </is>
       </c>
-      <c r="C267" s="1" t="inlineStr">
+      <c r="C271" s="1" t="inlineStr">
         <is>
           <t>MANORANGE</t>
         </is>
       </c>
-      <c r="D267" s="1" t="inlineStr">
+      <c r="D271" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E267" s="1" t="inlineStr">
+      <c r="E271" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F267" s="1" t="inlineStr">
+      <c r="F271" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="268" customHeight="true" ht="140.0">
-      <c r="A268" s="1" t="inlineStr">
+    <row r="272" customHeight="true" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
         <is>
           <t>321892</t>
         </is>
       </c>
-      <c r="C268" s="1" t="inlineStr">
+      <c r="C272" s="1" t="inlineStr">
         <is>
           <t>MCEWANS</t>
         </is>
       </c>
-      <c r="D268" s="1" t="inlineStr">
+      <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E268" s="1" t="inlineStr">
+      <c r="E272" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F268" s="1" t="inlineStr">
+      <c r="F272" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="269" customHeight="true" ht="140.0">
-      <c r="A269" s="1" t="inlineStr">
+    <row r="273" customHeight="true" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
         <is>
           <t>362651</t>
         </is>
       </c>
-      <c r="C269" s="1" t="inlineStr">
+      <c r="C273" s="1" t="inlineStr">
         <is>
           <t>NEOBOND</t>
         </is>
       </c>
-      <c r="D269" s="1" t="inlineStr">
+      <c r="D273" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E269" s="1" t="inlineStr">
+      <c r="E273" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F269" s="1" t="inlineStr">
+      <c r="F273" s="1" t="inlineStr">
         <is>
           <t>Bunning Bros Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="270" customHeight="true" ht="140.0">
-      <c r="A270" s="1" t="inlineStr">
+    <row r="274" customHeight="true" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
         <is>
           <t>362652</t>
         </is>
       </c>
-      <c r="C270" s="1" t="inlineStr">
+      <c r="C274" s="1" t="inlineStr">
         <is>
           <t>CASBOND</t>
         </is>
       </c>
-      <c r="D270" s="1" t="inlineStr">
+      <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E270" s="1" t="inlineStr">
+      <c r="E274" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F270" s="1" t="inlineStr">
+      <c r="F274" s="1" t="inlineStr">
         <is>
           <t>Bunning Bros Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="271" customHeight="true" ht="140.0">
-      <c r="A271" s="1" t="inlineStr">
+    <row r="275" customHeight="true" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
         <is>
           <t>367306</t>
         </is>
       </c>
-      <c r="C271" s="1" t="inlineStr">
+      <c r="C275" s="1" t="inlineStr">
         <is>
           <t>JUMBUCK BUSHPACK</t>
         </is>
       </c>
-      <c r="D271" s="1" t="inlineStr">
+      <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E271" s="1" t="inlineStr">
+      <c r="E275" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F271" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A272" s="1" t="inlineStr">
+      <c r="F275" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="276" customHeight="true" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
         <is>
           <t>472508</t>
         </is>
       </c>
-      <c r="C272" s="1" t="inlineStr">
+      <c r="C276" s="1" t="inlineStr">
         <is>
           <t>TIMBA-RAP</t>
         </is>
       </c>
-      <c r="D272" s="1" t="inlineStr">
+      <c r="D276" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E272" s="1" t="inlineStr">
+      <c r="E276" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F272" s="1" t="inlineStr">
+      <c r="F276" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="273" customHeight="true" ht="140.0">
-      <c r="A273" s="1" t="inlineStr">
+    <row r="277" customHeight="true" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
         <is>
           <t>489471</t>
         </is>
       </c>
-      <c r="C273" s="1" t="inlineStr">
+      <c r="C277" s="1" t="inlineStr">
         <is>
           <t>HARRY'S</t>
         </is>
       </c>
-      <c r="D273" s="1" t="inlineStr">
+      <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E273" s="1" t="inlineStr">
+      <c r="E277" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F273" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A274" s="1" t="inlineStr">
+      <c r="F277" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="278" customHeight="true" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
         <is>
           <t>490956</t>
         </is>
       </c>
-      <c r="C274" s="1" t="inlineStr">
+      <c r="C278" s="1" t="inlineStr">
         <is>
           <t>YOU CAN DO IT WITH MCEWANS</t>
         </is>
       </c>
-      <c r="D274" s="1" t="inlineStr">
+      <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E274" s="1" t="inlineStr">
+      <c r="E278" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F274" s="1" t="inlineStr">
+      <c r="F278" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="275" customHeight="true" ht="140.0">
-      <c r="A275" s="1" t="inlineStr">
+    <row r="279" customHeight="true" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
         <is>
           <t>490957</t>
         </is>
       </c>
-      <c r="C275" s="1" t="inlineStr">
+      <c r="C279" s="1" t="inlineStr">
         <is>
           <t>YOU CAN DO IT WITH MCEWANS</t>
         </is>
       </c>
-      <c r="D275" s="1" t="inlineStr">
+      <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E275" s="1" t="inlineStr">
+      <c r="E279" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F275" s="1" t="inlineStr">
+      <c r="F279" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="276" customHeight="true" ht="140.0">
-      <c r="A276" s="1" t="inlineStr">
+    <row r="280" customHeight="true" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
         <is>
           <t>490958</t>
         </is>
       </c>
-      <c r="C276" s="1" t="inlineStr">
+      <c r="C280" s="1" t="inlineStr">
         <is>
           <t>McEwans means a million things</t>
         </is>
       </c>
-      <c r="D276" s="1" t="inlineStr">
+      <c r="D280" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E276" s="1" t="inlineStr">
+      <c r="E280" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F276" s="1" t="inlineStr">
+      <c r="F280" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="277" customHeight="true" ht="140.0">
-      <c r="A277" s="1" t="inlineStr">
+    <row r="281" customHeight="true" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
         <is>
           <t>490959</t>
         </is>
       </c>
-      <c r="C277" s="1" t="inlineStr">
+      <c r="C281" s="1" t="inlineStr">
         <is>
           <t>McEwans means a million things</t>
         </is>
       </c>
-      <c r="D277" s="1" t="inlineStr">
+      <c r="D281" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E277" s="1" t="inlineStr">
+      <c r="E281" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F277" s="1" t="inlineStr">
+      <c r="F281" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="278" customHeight="true" ht="140.0">
-      <c r="A278" s="1" t="inlineStr">
+    <row r="282" customHeight="true" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
         <is>
           <t>532030</t>
         </is>
       </c>
-      <c r="C278" s="1" t="inlineStr">
+      <c r="C282" s="1" t="inlineStr">
         <is>
           <t>OVERLANDER</t>
         </is>
       </c>
-      <c r="D278" s="1" t="inlineStr">
+      <c r="D282" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E278" s="1" t="inlineStr">
+      <c r="E282" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F278" s="1" t="inlineStr">
+      <c r="F282" s="1" t="inlineStr">
         <is>
           <t>Bunnings Timbacraft Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="279" customHeight="true" ht="140.0">
-      <c r="A279" s="1" t="inlineStr">
+    <row r="283" customHeight="true" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
         <is>
           <t>537270</t>
         </is>
       </c>
-      <c r="C279" s="1" t="inlineStr">
+      <c r="C283" s="1" t="inlineStr">
         <is>
           <t>PRESTIGE</t>
         </is>
       </c>
-      <c r="D279" s="1" t="inlineStr">
+      <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E279" s="1" t="inlineStr">
+      <c r="E283" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F279" s="1" t="inlineStr">
+      <c r="F283" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="280" customHeight="true" ht="140.0">
-      <c r="A280" s="1" t="inlineStr">
+    <row r="284" customHeight="true" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
         <is>
           <t>557760</t>
         </is>
       </c>
-      <c r="C280" s="1" t="inlineStr">
+      <c r="C284" s="1" t="inlineStr">
         <is>
           <t>MCEWANS M</t>
         </is>
       </c>
-      <c r="D280" s="1" t="inlineStr">
+      <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E280" s="1" t="inlineStr">
+      <c r="E284" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F280" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A281" s="1" t="inlineStr">
+      <c r="F284" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="285" customHeight="true" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
         <is>
           <t>558819</t>
         </is>
       </c>
-      <c r="C281" s="1" t="inlineStr">
+      <c r="C285" s="1" t="inlineStr">
         <is>
           <t>MCEWANS M</t>
         </is>
       </c>
-      <c r="D281" s="1" t="inlineStr">
+      <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E281" s="1" t="inlineStr">
+      <c r="E285" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F281" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A282" s="1" t="inlineStr">
+      <c r="F285" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="286" customHeight="true" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
         <is>
           <t>558820</t>
         </is>
       </c>
-      <c r="C282" s="1" t="inlineStr">
+      <c r="C286" s="1" t="inlineStr">
         <is>
           <t>MCEWANS M</t>
         </is>
       </c>
-      <c r="D282" s="1" t="inlineStr">
+      <c r="D286" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E282" s="1" t="inlineStr">
+      <c r="E286" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F282" s="1" t="inlineStr">
+      <c r="F286" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="283" customHeight="true" ht="140.0">
-      <c r="A283" s="1" t="inlineStr">
+    <row r="287" customHeight="true" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
         <is>
           <t>566010</t>
         </is>
       </c>
-      <c r="C283" s="1" t="inlineStr">
+      <c r="C287" s="1" t="inlineStr">
         <is>
           <t>RED LINE</t>
         </is>
       </c>
-      <c r="D283" s="1" t="inlineStr">
+      <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E283" s="1" t="inlineStr">
+      <c r="E287" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F283" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A284" s="1" t="inlineStr">
+      <c r="F287" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" customHeight="true" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
         <is>
           <t>570830</t>
         </is>
       </c>
-      <c r="C284" s="1" t="inlineStr">
+      <c r="C288" s="1" t="inlineStr">
         <is>
           <t>QUAL-LINE</t>
         </is>
       </c>
-      <c r="D284" s="1" t="inlineStr">
+      <c r="D288" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E284" s="1" t="inlineStr">
+      <c r="E288" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F284" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A285" s="1" t="inlineStr">
+      <c r="F288" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" customHeight="true" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
         <is>
           <t>570831</t>
         </is>
       </c>
-      <c r="C285" s="1" t="inlineStr">
+      <c r="C289" s="1" t="inlineStr">
         <is>
           <t>QUAL-LINE</t>
         </is>
       </c>
-      <c r="D285" s="1" t="inlineStr">
+      <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E285" s="1" t="inlineStr">
+      <c r="E289" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F285" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A286" s="1" t="inlineStr">
+      <c r="F289" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="290" customHeight="true" ht="140.0">
+      <c r="A290" s="1" t="inlineStr">
         <is>
           <t>570832</t>
         </is>
       </c>
-      <c r="C286" s="1" t="inlineStr">
+      <c r="C290" s="1" t="inlineStr">
         <is>
           <t>QUAL-LINE</t>
         </is>
       </c>
-      <c r="D286" s="1" t="inlineStr">
+      <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E286" s="1" t="inlineStr">
+      <c r="E290" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F286" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A287" s="1" t="inlineStr">
+      <c r="F290" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="291" customHeight="true" ht="140.0">
+      <c r="A291" s="1" t="inlineStr">
         <is>
           <t>570833</t>
         </is>
       </c>
-      <c r="C287" s="1" t="inlineStr">
+      <c r="C291" s="1" t="inlineStr">
         <is>
           <t>QUAL-LINE</t>
         </is>
       </c>
-      <c r="D287" s="1" t="inlineStr">
+      <c r="D291" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E287" s="1" t="inlineStr">
+      <c r="E291" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F287" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A288" s="1" t="inlineStr">
+      <c r="F291" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="292" customHeight="true" ht="140.0">
+      <c r="A292" s="1" t="inlineStr">
         <is>
           <t>575888</t>
         </is>
       </c>
-      <c r="C288" s="1" t="inlineStr">
+      <c r="C292" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D288" s="1" t="inlineStr">
+      <c r="D292" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E288" s="1" t="inlineStr">
+      <c r="E292" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F288" s="1" t="inlineStr">
+      <c r="F292" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="289" customHeight="true" ht="140.0">
-      <c r="A289" s="1" t="inlineStr">
+    <row r="293" customHeight="true" ht="140.0">
+      <c r="A293" s="1" t="inlineStr">
         <is>
           <t>575889</t>
         </is>
       </c>
-      <c r="C289" s="1" t="inlineStr">
+      <c r="C293" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D289" s="1" t="inlineStr">
+      <c r="D293" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E289" s="1" t="inlineStr">
+      <c r="E293" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F289" s="1" t="inlineStr">
+      <c r="F293" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="290" customHeight="true" ht="140.0">
-      <c r="A290" s="1" t="inlineStr">
+    <row r="294" customHeight="true" ht="140.0">
+      <c r="A294" s="1" t="inlineStr">
         <is>
           <t>575890</t>
         </is>
       </c>
-      <c r="C290" s="1" t="inlineStr">
+      <c r="C294" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D290" s="1" t="inlineStr">
+      <c r="D294" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E290" s="1" t="inlineStr">
+      <c r="E294" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F290" s="1" t="inlineStr">
+      <c r="F294" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="291" customHeight="true" ht="140.0">
-      <c r="A291" s="1" t="inlineStr">
+    <row r="295" customHeight="true" ht="140.0">
+      <c r="A295" s="1" t="inlineStr">
         <is>
           <t>575891</t>
         </is>
       </c>
-      <c r="C291" s="1" t="inlineStr">
+      <c r="C295" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D291" s="1" t="inlineStr">
+      <c r="D295" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E291" s="1" t="inlineStr">
+      <c r="E295" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F291" s="1" t="inlineStr">
+      <c r="F295" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="292" customHeight="true" ht="140.0">
-      <c r="A292" s="1" t="inlineStr">
+    <row r="296" customHeight="true" ht="140.0">
+      <c r="A296" s="1" t="inlineStr">
         <is>
           <t>624689</t>
         </is>
       </c>
-      <c r="C292" s="1" t="inlineStr">
+      <c r="C296" s="1" t="inlineStr">
         <is>
           <t>BBC</t>
         </is>
       </c>
-      <c r="D292" s="1" t="inlineStr">
+      <c r="D296" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E292" s="1" t="inlineStr">
+      <c r="E296" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 5, 6, 8, 16, 17, 19, 20, 21, 22, 31</t>
         </is>
       </c>
-      <c r="F292" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A293" s="1" t="inlineStr">
+      <c r="F296" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="297" customHeight="true" ht="140.0">
+      <c r="A297" s="1" t="inlineStr">
         <is>
           <t>653152</t>
         </is>
       </c>
-      <c r="C293" s="1" t="inlineStr">
+      <c r="C297" s="1" t="inlineStr">
         <is>
           <t>IRONBARK</t>
         </is>
       </c>
-      <c r="D293" s="1" t="inlineStr">
+      <c r="D297" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E293" s="1" t="inlineStr">
+      <c r="E297" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F293" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A294" s="1" t="inlineStr">
+      <c r="F297" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="298" customHeight="true" ht="140.0">
+      <c r="A298" s="1" t="inlineStr">
         <is>
           <t>663878</t>
         </is>
       </c>
-      <c r="C294" s="1" t="inlineStr">
+      <c r="C298" s="1" t="inlineStr">
         <is>
           <t>DRAWBRIDGE</t>
         </is>
       </c>
-      <c r="D294" s="1" t="inlineStr">
+      <c r="D298" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E294" s="1" t="inlineStr">
+      <c r="E298" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F294" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A295" s="1" t="inlineStr">
+      <c r="F298" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="299" customHeight="true" ht="140.0">
+      <c r="A299" s="1" t="inlineStr">
         <is>
           <t>669568</t>
         </is>
       </c>
-      <c r="C295" s="1" t="inlineStr">
+      <c r="C299" s="1" t="inlineStr">
         <is>
           <t>POWER HOUSE</t>
         </is>
       </c>
-      <c r="D295" s="1" t="inlineStr">
+      <c r="D299" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E295" s="1" t="inlineStr">
+      <c r="E299" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F295" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A296" s="1" t="inlineStr">
+      <c r="F299" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="300" customHeight="true" ht="140.0">
+      <c r="A300" s="1" t="inlineStr">
         <is>
           <t>765209</t>
         </is>
       </c>
-      <c r="C296" s="1" t="inlineStr">
+      <c r="C300" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D296" s="1" t="inlineStr">
+      <c r="D300" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E296" s="1" t="inlineStr">
+      <c r="E300" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="F296" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A297" s="1" t="inlineStr">
+      <c r="F300" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="301" customHeight="true" ht="140.0">
+      <c r="A301" s="1" t="inlineStr">
         <is>
           <t>811828</t>
         </is>
       </c>
-      <c r="C297" s="1" t="inlineStr">
+      <c r="C301" s="1" t="inlineStr">
         <is>
           <t>BANKSIA</t>
         </is>
       </c>
-      <c r="D297" s="1" t="inlineStr">
+      <c r="D301" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E297" s="1" t="inlineStr">
+      <c r="E301" s="1" t="inlineStr">
         <is>
           <t>1, 5, 8, 17, 20</t>
         </is>
       </c>
-      <c r="F297" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A298" s="1" t="inlineStr">
+      <c r="F301" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="302" customHeight="true" ht="140.0">
+      <c r="A302" s="1" t="inlineStr">
         <is>
           <t>867017</t>
         </is>
       </c>
-      <c r="C298" s="1" t="inlineStr">
+      <c r="C302" s="1" t="inlineStr">
         <is>
           <t>AIRFRAMES</t>
         </is>
       </c>
-      <c r="D298" s="1" t="inlineStr">
+      <c r="D302" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E298" s="1" t="inlineStr">
+      <c r="E302" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F298" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A299" s="1" t="inlineStr">
+      <c r="F302" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="303" customHeight="true" ht="140.0">
+      <c r="A303" s="1" t="inlineStr">
         <is>
           <t>882942</t>
         </is>
       </c>
-      <c r="C299" s="1" t="inlineStr">
+      <c r="C303" s="1" t="inlineStr">
         <is>
           <t>CLICK</t>
         </is>
       </c>
-      <c r="D299" s="1" t="inlineStr">
+      <c r="D303" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E299" s="1" t="inlineStr">
+      <c r="E303" s="1" t="inlineStr">
         <is>
           <t>9, 11</t>
         </is>
       </c>
-      <c r="F299" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A300" s="1" t="inlineStr">
+      <c r="F303" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="304" customHeight="true" ht="140.0">
+      <c r="A304" s="1" t="inlineStr">
         <is>
           <t>911682</t>
         </is>
       </c>
-      <c r="C300" s="1" t="inlineStr">
+      <c r="C304" s="1" t="inlineStr">
         <is>
           <t>CLICK</t>
         </is>
       </c>
-      <c r="D300" s="1" t="inlineStr">
+      <c r="D304" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E300" s="1" t="inlineStr">
+      <c r="E304" s="1" t="inlineStr">
         <is>
           <t>7, 9, 11, 21</t>
         </is>
       </c>
-      <c r="F300" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A301" s="1" t="inlineStr">
+      <c r="F304" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="305" customHeight="true" ht="140.0">
+      <c r="A305" s="1" t="inlineStr">
         <is>
           <t>928444</t>
         </is>
       </c>
-      <c r="C301" s="1" t="inlineStr">
+      <c r="C305" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D301" s="1" t="inlineStr">
+      <c r="D305" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E301" s="1" t="inlineStr">
+      <c r="E305" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F301" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A302" s="1" t="inlineStr">
+      <c r="F305" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="306" customHeight="true" ht="140.0">
+      <c r="A306" s="1" t="inlineStr">
         <is>
           <t>928445</t>
         </is>
       </c>
-      <c r="C302" s="1" t="inlineStr">
+      <c r="C306" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D302" s="1" t="inlineStr">
+      <c r="D306" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E302" s="1" t="inlineStr">
+      <c r="E306" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F302" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A303" s="1" t="inlineStr">
+      <c r="F306" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="307" customHeight="true" ht="140.0">
+      <c r="A307" s="1" t="inlineStr">
         <is>
           <t>942814</t>
         </is>
       </c>
-      <c r="C303" s="1" t="inlineStr">
+      <c r="C307" s="1" t="inlineStr">
         <is>
           <t>TROJAN</t>
         </is>
       </c>
-      <c r="D303" s="1" t="inlineStr">
+      <c r="D307" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E303" s="1" t="inlineStr">
+      <c r="E307" s="1" t="inlineStr">
         <is>
           <t>8, 20</t>
         </is>
       </c>
-      <c r="F303" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A304" s="1" t="inlineStr">
+      <c r="F307" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="308" customHeight="true" ht="140.0">
+      <c r="A308" s="1" t="inlineStr">
         <is>
           <t>962437</t>
         </is>
       </c>
-      <c r="C304" s="1" t="inlineStr">
+      <c r="C308" s="1" t="inlineStr">
         <is>
           <t>CLICK</t>
         </is>
       </c>
-      <c r="D304" s="1" t="inlineStr">
+      <c r="D308" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E304" s="1" t="inlineStr">
+      <c r="E308" s="1" t="inlineStr">
         <is>
           <t>9, 11, 21</t>
         </is>
       </c>
-      <c r="F304" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A305" s="1" t="inlineStr">
+      <c r="F308" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="309" customHeight="true" ht="140.0">
+      <c r="A309" s="1" t="inlineStr">
         <is>
           <t>1007291</t>
         </is>
       </c>
-      <c r="C305" s="1" t="inlineStr">
+      <c r="C309" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
-      <c r="D305" s="1" t="inlineStr">
+      <c r="D309" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E305" s="1" t="inlineStr">
+      <c r="E309" s="1" t="inlineStr">
         <is>
           <t>11, 18, 20, 22</t>
         </is>
       </c>
-      <c r="F305" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A306" s="1" t="inlineStr">
+      <c r="F309" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="310" customHeight="true" ht="140.0">
+      <c r="A310" s="1" t="inlineStr">
         <is>
           <t>1210306</t>
         </is>
       </c>
-      <c r="C306" s="1" t="inlineStr">
+      <c r="C310" s="1" t="inlineStr">
         <is>
           <t>ENVIRONMENTALLY AWARE &amp; SOCIALLY RESPONSIBLE &amp; ECONOMICALLY VIABLE</t>
         </is>
       </c>
-      <c r="D306" s="1" t="inlineStr">
+      <c r="D310" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E306" s="1" t="inlineStr">
+      <c r="E310" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F306" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A307" s="1" t="inlineStr">
+      <c r="F310" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" customHeight="true" ht="140.0">
+      <c r="A311" s="1" t="inlineStr">
         <is>
           <t>1299781</t>
         </is>
       </c>
-      <c r="C307" s="1" t="inlineStr">
+      <c r="C311" s="1" t="inlineStr">
         <is>
           <t>TOOL ESSENTIALS</t>
         </is>
       </c>
-      <c r="D307" s="1" t="inlineStr">
+      <c r="D311" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E307" s="1" t="inlineStr">
+      <c r="E311" s="1" t="inlineStr">
         <is>
           <t>7, 8</t>
         </is>
       </c>
-      <c r="F307" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A308" s="1" t="inlineStr">
+      <c r="F311" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" customHeight="true" ht="140.0">
+      <c r="A312" s="1" t="inlineStr">
         <is>
           <t>1316125</t>
         </is>
       </c>
-      <c r="C308" s="1" t="inlineStr">
+      <c r="C312" s="1" t="inlineStr">
         <is>
           <t>MORETTI ELITE</t>
         </is>
       </c>
-      <c r="D308" s="1" t="inlineStr">
+      <c r="D312" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E308" s="1" t="inlineStr">
+      <c r="E312" s="1" t="inlineStr">
         <is>
           <t>7, 11</t>
         </is>
       </c>
-      <c r="F308" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A309" s="1" t="inlineStr">
+      <c r="F312" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" customHeight="true" ht="140.0">
+      <c r="A313" s="1" t="inlineStr">
         <is>
           <t>1395743</t>
         </is>
       </c>
-      <c r="C309" s="1" t="inlineStr">
+      <c r="C313" s="1" t="inlineStr">
         <is>
           <t>FOREVER BUILT</t>
         </is>
       </c>
-      <c r="D309" s="1" t="inlineStr">
+      <c r="D313" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E309" s="1" t="inlineStr">
+      <c r="E313" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F309" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A310" s="1" t="inlineStr">
+      <c r="F313" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="314" customHeight="true" ht="140.0">
+      <c r="A314" s="1" t="inlineStr">
         <is>
           <t>1396568</t>
         </is>
       </c>
-      <c r="C310" s="1" t="inlineStr">
+      <c r="C314" s="1" t="inlineStr">
         <is>
           <t>SMART SPACE</t>
         </is>
       </c>
-      <c r="D310" s="1" t="inlineStr">
+      <c r="D314" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E310" s="1" t="inlineStr">
+      <c r="E314" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F310" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A311" s="1" t="inlineStr">
+      <c r="F314" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="315" customHeight="true" ht="140.0">
+      <c r="A315" s="1" t="inlineStr">
         <is>
           <t>1410369</t>
         </is>
       </c>
-      <c r="C311" s="1" t="inlineStr">
+      <c r="C315" s="1" t="inlineStr">
         <is>
           <t>POWER PASS</t>
         </is>
       </c>
-      <c r="D311" s="1" t="inlineStr">
+      <c r="D315" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E311" s="1" t="inlineStr">
+      <c r="E315" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F311" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A312" s="1" t="inlineStr">
+      <c r="F315" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="316" customHeight="true" ht="140.0">
+      <c r="A316" s="1" t="inlineStr">
         <is>
           <t>1430205</t>
         </is>
       </c>
-      <c r="C312" s="1" t="inlineStr">
+      <c r="C316" s="1" t="inlineStr">
         <is>
           <t>BUCKET MASTER</t>
         </is>
       </c>
-      <c r="D312" s="1" t="inlineStr">
+      <c r="D316" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E312" s="1" t="inlineStr">
+      <c r="E316" s="1" t="inlineStr">
         <is>
           <t>7, 21</t>
         </is>
       </c>
-      <c r="F312" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A313" s="1" t="inlineStr">
+      <c r="F316" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="317" customHeight="true" ht="140.0">
+      <c r="A317" s="1" t="inlineStr">
         <is>
           <t>1509470</t>
         </is>
       </c>
-      <c r="C313" s="1" t="inlineStr">
+      <c r="C317" s="1" t="inlineStr">
         <is>
           <t>G.Y.O.</t>
         </is>
       </c>
-      <c r="D313" s="1" t="inlineStr">
+      <c r="D317" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E313" s="1" t="inlineStr">
+      <c r="E317" s="1" t="inlineStr">
         <is>
           <t>1, 5, 8, 11, 19, 21, 31</t>
         </is>
       </c>
-      <c r="F313" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A314" s="1" t="inlineStr">
+      <c r="F317" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="318" customHeight="true" ht="140.0">
+      <c r="A318" s="1" t="inlineStr">
         <is>
           <t>1519049</t>
         </is>
       </c>
-      <c r="C314" s="1" t="inlineStr">
+      <c r="C318" s="1" t="inlineStr">
         <is>
           <t>SMART SPACE MODULAR BUILDINGS</t>
         </is>
       </c>
-      <c r="D314" s="1" t="inlineStr">
+      <c r="D318" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E314" s="1" t="inlineStr">
+      <c r="E318" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F314" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A315" s="1" t="inlineStr">
+      <c r="F318" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="319" customHeight="true" ht="140.0">
+      <c r="A319" s="1" t="inlineStr">
         <is>
           <t>1548277</t>
         </is>
       </c>
-      <c r="C315" s="1" t="inlineStr">
+      <c r="C319" s="1" t="inlineStr">
         <is>
           <t>MONDELLA VIVACE</t>
         </is>
       </c>
-      <c r="D315" s="1" t="inlineStr">
+      <c r="D319" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E315" s="1" t="inlineStr">
+      <c r="E319" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F315" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A316" s="1" t="inlineStr">
+      <c r="F319" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="320" customHeight="true" ht="140.0">
+      <c r="A320" s="1" t="inlineStr">
         <is>
           <t>1548278</t>
         </is>
       </c>
-      <c r="C316" s="1" t="inlineStr">
+      <c r="C320" s="1" t="inlineStr">
         <is>
           <t>MONDELLA MAESTRO</t>
         </is>
       </c>
-      <c r="D316" s="1" t="inlineStr">
+      <c r="D320" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E316" s="1" t="inlineStr">
+      <c r="E320" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F316" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A317" s="1" t="inlineStr">
+      <c r="F320" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="321" customHeight="true" ht="140.0">
+      <c r="A321" s="1" t="inlineStr">
         <is>
           <t>1548280</t>
         </is>
       </c>
-      <c r="C317" s="1" t="inlineStr">
+      <c r="C321" s="1" t="inlineStr">
         <is>
           <t>MONDELLA ROCOCO</t>
         </is>
       </c>
-      <c r="D317" s="1" t="inlineStr">
+      <c r="D321" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E317" s="1" t="inlineStr">
+      <c r="E321" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F317" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A318" s="1" t="inlineStr">
+      <c r="F321" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" customHeight="true" ht="140.0">
+      <c r="A322" s="1" t="inlineStr">
         <is>
           <t>1548282</t>
         </is>
       </c>
-      <c r="C318" s="1" t="inlineStr">
+      <c r="C322" s="1" t="inlineStr">
         <is>
           <t>MONDELLA CADENZA</t>
         </is>
       </c>
-      <c r="D318" s="1" t="inlineStr">
+      <c r="D322" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E318" s="1" t="inlineStr">
+      <c r="E322" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F318" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A319" s="1" t="inlineStr">
+      <c r="F322" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="323" customHeight="true" ht="140.0">
+      <c r="A323" s="1" t="inlineStr">
         <is>
           <t>1548283</t>
         </is>
       </c>
-      <c r="C319" s="1" t="inlineStr">
+      <c r="C323" s="1" t="inlineStr">
         <is>
           <t>MONDELLA RESONANCE</t>
         </is>
       </c>
-      <c r="D319" s="1" t="inlineStr">
+      <c r="D323" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E319" s="1" t="inlineStr">
+      <c r="E323" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F319" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A320" s="1" t="inlineStr">
+      <c r="F323" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="324" customHeight="true" ht="140.0">
+      <c r="A324" s="1" t="inlineStr">
         <is>
           <t>1548284</t>
         </is>
       </c>
-      <c r="C320" s="1" t="inlineStr">
+      <c r="C324" s="1" t="inlineStr">
         <is>
           <t>MONDELLA OVERTURE</t>
         </is>
       </c>
-      <c r="D320" s="1" t="inlineStr">
+      <c r="D324" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E320" s="1" t="inlineStr">
+      <c r="E324" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F320" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A321" s="1" t="inlineStr">
+      <c r="F324" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="325" customHeight="true" ht="140.0">
+      <c r="A325" s="1" t="inlineStr">
         <is>
           <t>1548285</t>
         </is>
       </c>
-      <c r="C321" s="1" t="inlineStr">
+      <c r="C325" s="1" t="inlineStr">
         <is>
           <t>MONDELLA CONCERTO</t>
         </is>
       </c>
-      <c r="D321" s="1" t="inlineStr">
+      <c r="D325" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E321" s="1" t="inlineStr">
+      <c r="E325" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F321" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A322" s="1" t="inlineStr">
+      <c r="F325" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="326" customHeight="true" ht="140.0">
+      <c r="A326" s="1" t="inlineStr">
         <is>
           <t>1555774</t>
         </is>
       </c>
-      <c r="C322" s="1" t="inlineStr">
+      <c r="C326" s="1" t="inlineStr">
         <is>
           <t>MONDELLA RUMBA</t>
         </is>
       </c>
-      <c r="D322" s="1" t="inlineStr">
+      <c r="D326" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E322" s="1" t="inlineStr">
+      <c r="E326" s="1" t="inlineStr">
         <is>
           <t>11, 21</t>
         </is>
       </c>
-      <c r="F322" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A323" s="1" t="inlineStr">
+      <c r="F326" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="327" customHeight="true" ht="140.0">
+      <c r="A327" s="1" t="inlineStr">
         <is>
           <t>1568779</t>
         </is>
       </c>
-      <c r="C323" s="1" t="inlineStr">
+      <c r="C327" s="1" t="inlineStr">
         <is>
           <t>REDLINE</t>
         </is>
       </c>
-      <c r="D323" s="1" t="inlineStr">
+      <c r="D327" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E323" s="1" t="inlineStr">
+      <c r="E327" s="1" t="inlineStr">
         <is>
           <t>7, 8</t>
         </is>
       </c>
-      <c r="F323" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A324" s="1" t="inlineStr">
+      <c r="F327" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="328" customHeight="true" ht="140.0">
+      <c r="A328" s="1" t="inlineStr">
         <is>
           <t>1600797</t>
         </is>
       </c>
-      <c r="C324" s="1" t="inlineStr">
+      <c r="C328" s="1" t="inlineStr">
         <is>
           <t>SMART SPACE HOMES</t>
         </is>
       </c>
-      <c r="D324" s="1" t="inlineStr">
+      <c r="D328" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E324" s="1" t="inlineStr">
+      <c r="E328" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F324" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A325" s="1" t="inlineStr">
+      <c r="F328" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="329" customHeight="true" ht="140.0">
+      <c r="A329" s="1" t="inlineStr">
         <is>
           <t>1605529</t>
         </is>
       </c>
-      <c r="C325" s="1" t="inlineStr">
+      <c r="C329" s="1" t="inlineStr">
         <is>
           <t>SMART SPACE HOMES</t>
         </is>
       </c>
-      <c r="D325" s="1" t="inlineStr">
+      <c r="D329" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E325" s="1" t="inlineStr">
+      <c r="E329" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F325" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A326" s="1" t="inlineStr">
+      <c r="F329" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="330" customHeight="true" ht="140.0">
+      <c r="A330" s="1" t="inlineStr">
         <is>
           <t>1617109</t>
         </is>
       </c>
-      <c r="C326" s="1" t="inlineStr">
+      <c r="C330" s="1" t="inlineStr">
         <is>
           <t>DO IT BEST</t>
         </is>
       </c>
-      <c r="D326" s="1" t="inlineStr">
+      <c r="D330" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E326" s="1" t="inlineStr">
+      <c r="E330" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 39, 40, 41, 42, 43, 44</t>
         </is>
       </c>
-      <c r="F326" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A327" s="1" t="inlineStr">
+      <c r="F330" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="331" customHeight="true" ht="140.0">
+      <c r="A331" s="1" t="inlineStr">
         <is>
           <t>1673076</t>
         </is>
       </c>
-      <c r="C327" s="1" t="inlineStr">
+      <c r="C331" s="1" t="inlineStr">
         <is>
           <t>TOPDRY</t>
         </is>
       </c>
-      <c r="D327" s="1" t="inlineStr">
+      <c r="D331" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E327" s="1" t="inlineStr">
+      <c r="E331" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F327" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A328" s="1" t="inlineStr">
+      <c r="F331" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" customHeight="true" ht="140.0">
+      <c r="A332" s="1" t="inlineStr">
         <is>
           <t>275936</t>
         </is>
       </c>
-      <c r="C328" s="1" t="inlineStr">
+      <c r="C332" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS PICKLED POSTS</t>
         </is>
       </c>
-      <c r="D328" s="1" t="inlineStr">
+      <c r="D332" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E328" s="1" t="inlineStr">
+      <c r="E332" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F328" s="1" t="inlineStr">
+      <c r="F332" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="329" customHeight="true" ht="140.0">
-      <c r="A329" s="1" t="inlineStr">
+    <row r="333" customHeight="true" ht="140.0">
+      <c r="A333" s="1" t="inlineStr">
         <is>
           <t>405023</t>
         </is>
       </c>
-      <c r="C329" s="1" t="inlineStr">
+      <c r="C333" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS
 GOOD WOOD</t>
         </is>
       </c>
-      <c r="D329" s="1" t="inlineStr">
+      <c r="D333" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E329" s="1" t="inlineStr">
+      <c r="E333" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F329" s="1" t="inlineStr">
+      <c r="F333" s="1" t="inlineStr">
         <is>
           <t>Bunning Bros Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="330" customHeight="true" ht="140.0">
-      <c r="A330" s="1" t="inlineStr">
+    <row r="334" customHeight="true" ht="140.0">
+      <c r="A334" s="1" t="inlineStr">
         <is>
           <t>418976</t>
         </is>
       </c>
-      <c r="C330" s="1" t="inlineStr">
+      <c r="C334" s="1" t="inlineStr">
         <is>
           <t>COLORFAST
 COLOR FAST</t>
         </is>
       </c>
-      <c r="D330" s="1" t="inlineStr">
+      <c r="D334" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E330" s="1" t="inlineStr">
+      <c r="E334" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F330" s="1" t="inlineStr">
+      <c r="F334" s="1" t="inlineStr">
         <is>
           <t>Bunning Bros. Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="331" customHeight="true" ht="140.0">
-      <c r="A331" s="1" t="inlineStr">
+    <row r="335" customHeight="true" ht="140.0">
+      <c r="A335" s="1" t="inlineStr">
         <is>
           <t>418977</t>
         </is>
       </c>
-      <c r="C331" s="1" t="inlineStr">
+      <c r="C335" s="1" t="inlineStr">
         <is>
           <t>COLOR GUARD
 COLORGUARD</t>
         </is>
       </c>
-      <c r="D331" s="1" t="inlineStr">
+      <c r="D335" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E331" s="1" t="inlineStr">
+      <c r="E335" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F331" s="1" t="inlineStr">
+      <c r="F335" s="1" t="inlineStr">
         <is>
           <t>Bunning Bros. Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="332" customHeight="true" ht="140.0">
-      <c r="A332" s="1" t="inlineStr">
+    <row r="336" customHeight="true" ht="140.0">
+      <c r="A336" s="1" t="inlineStr">
         <is>
           <t>429382</t>
         </is>
       </c>
-      <c r="C332" s="1" t="inlineStr">
+      <c r="C336" s="1" t="inlineStr">
         <is>
           <t>GUNBARREL JARRAH</t>
         </is>
       </c>
-      <c r="D332" s="1" t="inlineStr">
+      <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E332" s="1" t="inlineStr">
+      <c r="E336" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F332" s="1" t="inlineStr">
+      <c r="F336" s="1" t="inlineStr">
         <is>
           <t>Bunnings Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="333" customHeight="true" ht="140.0">
-      <c r="A333" s="1" t="inlineStr">
+    <row r="337" customHeight="true" ht="140.0">
+      <c r="A337" s="1" t="inlineStr">
         <is>
           <t>463249</t>
         </is>
       </c>
-      <c r="C333" s="1" t="inlineStr">
+      <c r="C337" s="1" t="inlineStr">
         <is>
           <t>COLOUR CODE</t>
         </is>
       </c>
-      <c r="D333" s="1" t="inlineStr">
+      <c r="D337" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E333" s="1" t="inlineStr">
+      <c r="E337" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F333" s="1" t="inlineStr">
+      <c r="F337" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="334" customHeight="true" ht="140.0">
-      <c r="A334" s="1" t="inlineStr">
+    <row r="338" customHeight="true" ht="140.0">
+      <c r="A338" s="1" t="inlineStr">
         <is>
           <t>463405</t>
         </is>
       </c>
-      <c r="C334" s="1" t="inlineStr">
+      <c r="C338" s="1" t="inlineStr">
         <is>
           <t>KIT KAT CLUB</t>
         </is>
       </c>
-      <c r="D334" s="1" t="inlineStr">
+      <c r="D338" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E334" s="1" t="inlineStr">
+      <c r="E338" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F334" s="1" t="inlineStr">
+      <c r="F338" s="1" t="inlineStr">
         <is>
           <t>John Terrence Bunning; Graham Howard Whyte</t>
         </is>
       </c>
     </row>
-    <row r="335" customHeight="true" ht="140.0">
-      <c r="A335" s="1" t="inlineStr">
+    <row r="339" customHeight="true" ht="140.0">
+      <c r="A339" s="1" t="inlineStr">
         <is>
           <t>521044</t>
         </is>
       </c>
-      <c r="C335" s="1" t="inlineStr">
+      <c r="C339" s="1" t="inlineStr">
         <is>
           <t>PERMAROD</t>
         </is>
       </c>
-      <c r="D335" s="1" t="inlineStr">
+      <c r="D339" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E335" s="1" t="inlineStr">
+      <c r="E339" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F335" s="1" t="inlineStr">
+      <c r="F339" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="336" customHeight="true" ht="140.0">
-      <c r="A336" s="1" t="inlineStr">
+    <row r="340" customHeight="true" ht="140.0">
+      <c r="A340" s="1" t="inlineStr">
         <is>
           <t>522852</t>
         </is>
       </c>
-      <c r="C336" s="1" t="inlineStr">
+      <c r="C340" s="1" t="inlineStr">
         <is>
           <t>PERMA</t>
         </is>
       </c>
-      <c r="D336" s="1" t="inlineStr">
+      <c r="D340" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E336" s="1" t="inlineStr">
+      <c r="E340" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F336" s="1" t="inlineStr">
+      <c r="F340" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="337" customHeight="true" ht="140.0">
-      <c r="A337" s="1" t="inlineStr">
+    <row r="341" customHeight="true" ht="140.0">
+      <c r="A341" s="1" t="inlineStr">
         <is>
           <t>532701</t>
         </is>
       </c>
-      <c r="C337" s="1" t="inlineStr">
+      <c r="C341" s="1" t="inlineStr">
         <is>
           <t>JP</t>
         </is>
       </c>
-      <c r="D337" s="1" t="inlineStr">
+      <c r="D341" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E337" s="1" t="inlineStr">
+      <c r="E341" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F337" s="1" t="inlineStr">
+      <c r="F341" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="338" customHeight="true" ht="140.0">
-      <c r="A338" s="1" t="inlineStr">
+    <row r="342" customHeight="true" ht="140.0">
+      <c r="A342" s="1" t="inlineStr">
         <is>
           <t>533266</t>
         </is>
       </c>
-      <c r="C338" s="1" t="inlineStr">
+      <c r="C342" s="1" t="inlineStr">
         <is>
           <t>FOREST</t>
         </is>
       </c>
-      <c r="D338" s="1" t="inlineStr">
+      <c r="D342" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E338" s="1" t="inlineStr">
+      <c r="E342" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F338" s="1" t="inlineStr">
+      <c r="F342" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Services Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="339" customHeight="true" ht="140.0">
-      <c r="A339" s="1" t="inlineStr">
+    <row r="343" customHeight="true" ht="140.0">
+      <c r="A343" s="1" t="inlineStr">
         <is>
           <t>533267</t>
         </is>
       </c>
-      <c r="C339" s="1" t="inlineStr">
+      <c r="C343" s="1" t="inlineStr">
         <is>
           <t>FOREST</t>
         </is>
       </c>
-      <c r="D339" s="1" t="inlineStr">
+      <c r="D343" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E339" s="1" t="inlineStr">
+      <c r="E343" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F339" s="1" t="inlineStr">
+      <c r="F343" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Services Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="340" customHeight="true" ht="140.0">
-      <c r="A340" s="1" t="inlineStr">
+    <row r="344" customHeight="true" ht="140.0">
+      <c r="A344" s="1" t="inlineStr">
         <is>
           <t>534682</t>
         </is>
       </c>
-      <c r="C340" s="1" t="inlineStr">
+      <c r="C344" s="1" t="inlineStr">
         <is>
           <t>PERMA LAP
 PERMALAP</t>
         </is>
       </c>
-      <c r="D340" s="1" t="inlineStr">
+      <c r="D344" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E340" s="1" t="inlineStr">
+      <c r="E344" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F340" s="1" t="inlineStr">
+      <c r="F344" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="341" customHeight="true" ht="140.0">
-      <c r="A341" s="1" t="inlineStr">
+    <row r="345" customHeight="true" ht="140.0">
+      <c r="A345" s="1" t="inlineStr">
         <is>
           <t>560856</t>
         </is>
       </c>
-      <c r="C341" s="1" t="inlineStr">
+      <c r="C345" s="1" t="inlineStr">
         <is>
           <t>B BUNNINGS</t>
         </is>
       </c>
-      <c r="D341" s="1" t="inlineStr">
+      <c r="D345" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E341" s="1" t="inlineStr">
+      <c r="E345" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F341" s="1" t="inlineStr">
+      <c r="F345" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="342" customHeight="true" ht="140.0">
-      <c r="A342" s="1" t="inlineStr">
+    <row r="346" customHeight="true" ht="140.0">
+      <c r="A346" s="1" t="inlineStr">
         <is>
           <t>566124</t>
         </is>
       </c>
-      <c r="C342" s="1" t="inlineStr">
+      <c r="C346" s="1" t="inlineStr">
         <is>
           <t>ECTO-PLUS</t>
         </is>
       </c>
-      <c r="D342" s="1" t="inlineStr">
+      <c r="D346" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E342" s="1" t="inlineStr">
+      <c r="E346" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F342" s="1" t="inlineStr">
+      <c r="F346" s="1" t="inlineStr">
         <is>
           <t>Bunnings Treefarms Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="343" customHeight="true" ht="140.0">
-      <c r="A343" s="1" t="inlineStr">
+    <row r="347" customHeight="true" ht="140.0">
+      <c r="A347" s="1" t="inlineStr">
         <is>
           <t>566125</t>
         </is>
       </c>
-      <c r="C343" s="1" t="inlineStr">
+      <c r="C347" s="1" t="inlineStr">
         <is>
           <t>TOP GUM</t>
         </is>
       </c>
-      <c r="D343" s="1" t="inlineStr">
+      <c r="D347" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E343" s="1" t="inlineStr">
+      <c r="E347" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F343" s="1" t="inlineStr">
+      <c r="F347" s="1" t="inlineStr">
         <is>
           <t>Bunnings Treefarms Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="344" customHeight="true" ht="140.0">
-      <c r="A344" s="1" t="inlineStr">
+    <row r="348" customHeight="true" ht="140.0">
+      <c r="A348" s="1" t="inlineStr">
         <is>
           <t>581496</t>
         </is>
       </c>
-      <c r="C344" s="1" t="inlineStr">
+      <c r="C348" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D344" s="1" t="inlineStr">
+      <c r="D348" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E344" s="1" t="inlineStr">
+      <c r="E348" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F344" s="1" t="inlineStr">
+      <c r="F348" s="1" t="inlineStr">
         <is>
           <t>Bunnings Manufacturing Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="345" customHeight="true" ht="140.0">
-      <c r="A345" s="1" t="inlineStr">
+    <row r="349" customHeight="true" ht="140.0">
+      <c r="A349" s="1" t="inlineStr">
         <is>
           <t>581497</t>
         </is>
       </c>
-      <c r="C345" s="1" t="inlineStr">
+      <c r="C349" s="1" t="inlineStr">
         <is>
           <t>AXION SYSTEMS</t>
         </is>
       </c>
-      <c r="D345" s="1" t="inlineStr">
+      <c r="D349" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E345" s="1" t="inlineStr">
+      <c r="E349" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F345" s="1" t="inlineStr">
+      <c r="F349" s="1" t="inlineStr">
         <is>
           <t>Bunnings Manufacturing Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="346" customHeight="true" ht="140.0">
-      <c r="A346" s="1" t="inlineStr">
+    <row r="350" customHeight="true" ht="140.0">
+      <c r="A350" s="1" t="inlineStr">
         <is>
           <t>621010</t>
         </is>
       </c>
-      <c r="C346" s="1" t="inlineStr">
+      <c r="C350" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS WAREHOUSE</t>
         </is>
       </c>
-      <c r="D346" s="1" t="inlineStr">
+      <c r="D350" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E346" s="1" t="inlineStr">
+      <c r="E350" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F346" s="1" t="inlineStr">
+      <c r="F350" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="347" customHeight="true" ht="140.0">
-      <c r="A347" s="1" t="inlineStr">
+    <row r="351" customHeight="true" ht="140.0">
+      <c r="A351" s="1" t="inlineStr">
         <is>
           <t>621011</t>
         </is>
       </c>
-      <c r="C347" s="1" t="inlineStr">
+      <c r="C351" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS WAREHOUSE</t>
         </is>
       </c>
-      <c r="D347" s="1" t="inlineStr">
+      <c r="D351" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E347" s="1" t="inlineStr">
+      <c r="E351" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F347" s="1" t="inlineStr">
+      <c r="F351" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="348" customHeight="true" ht="140.0">
-      <c r="A348" s="1" t="inlineStr">
+    <row r="352" customHeight="true" ht="140.0">
+      <c r="A352" s="1" t="inlineStr">
         <is>
           <t>621012</t>
         </is>
       </c>
-      <c r="C348" s="1" t="inlineStr">
+      <c r="C352" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS WAREHOUSE</t>
         </is>
       </c>
-      <c r="D348" s="1" t="inlineStr">
+      <c r="D352" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E348" s="1" t="inlineStr">
+      <c r="E352" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F348" s="1" t="inlineStr">
+      <c r="F352" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="349" customHeight="true" ht="140.0">
-      <c r="A349" s="1" t="inlineStr">
+    <row r="353" customHeight="true" ht="140.0">
+      <c r="A353" s="1" t="inlineStr">
         <is>
           <t>621014</t>
         </is>
       </c>
-      <c r="C349" s="1" t="inlineStr">
+      <c r="C353" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS</t>
         </is>
       </c>
-      <c r="D349" s="1" t="inlineStr">
+      <c r="D353" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E349" s="1" t="inlineStr">
+      <c r="E353" s="1" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="F349" s="1" t="inlineStr">
+      <c r="F353" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="350" customHeight="true" ht="140.0">
-      <c r="A350" s="1" t="inlineStr">
+    <row r="354" customHeight="true" ht="140.0">
+      <c r="A354" s="1" t="inlineStr">
         <is>
           <t>621015</t>
         </is>
       </c>
-      <c r="C350" s="1" t="inlineStr">
+      <c r="C354" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS</t>
         </is>
       </c>
-      <c r="D350" s="1" t="inlineStr">
+      <c r="D354" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E350" s="1" t="inlineStr">
+      <c r="E354" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F350" s="1" t="inlineStr">
+      <c r="F354" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="351" customHeight="true" ht="140.0">
-      <c r="A351" s="1" t="inlineStr">
+    <row r="355" customHeight="true" ht="140.0">
+      <c r="A355" s="1" t="inlineStr">
         <is>
           <t>621016</t>
         </is>
       </c>
-      <c r="C351" s="1" t="inlineStr">
+      <c r="C355" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS</t>
         </is>
       </c>
-      <c r="D351" s="1" t="inlineStr">
+      <c r="D355" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E351" s="1" t="inlineStr">
+      <c r="E355" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F351" s="1" t="inlineStr">
+      <c r="F355" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="352" customHeight="true" ht="140.0">
-      <c r="A352" s="1" t="inlineStr">
+    <row r="356" customHeight="true" ht="140.0">
+      <c r="A356" s="1" t="inlineStr">
         <is>
           <t>622782</t>
         </is>
       </c>
-      <c r="C352" s="1" t="inlineStr">
+      <c r="C356" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS</t>
         </is>
       </c>
-      <c r="D352" s="1" t="inlineStr">
+      <c r="D356" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E352" s="1" t="inlineStr">
+      <c r="E356" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F352" s="1" t="inlineStr">
+      <c r="F356" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="353" customHeight="true" ht="140.0">
-      <c r="A353" s="1" t="inlineStr">
+    <row r="357" customHeight="true" ht="140.0">
+      <c r="A357" s="1" t="inlineStr">
         <is>
           <t>622783</t>
         </is>
       </c>
-      <c r="C353" s="1" t="inlineStr">
+      <c r="C357" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS</t>
         </is>
       </c>
-      <c r="D353" s="1" t="inlineStr">
+      <c r="D357" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E353" s="1" t="inlineStr">
+      <c r="E357" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F353" s="1" t="inlineStr">
+      <c r="F357" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="354" customHeight="true" ht="140.0">
-      <c r="A354" s="1" t="inlineStr">
+    <row r="358" customHeight="true" ht="140.0">
+      <c r="A358" s="1" t="inlineStr">
         <is>
           <t>622784</t>
         </is>
       </c>
-      <c r="C354" s="1" t="inlineStr">
+      <c r="C358" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS</t>
         </is>
       </c>
-      <c r="D354" s="1" t="inlineStr">
+      <c r="D358" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E354" s="1" t="inlineStr">
+      <c r="E358" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F354" s="1" t="inlineStr">
+      <c r="F358" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="355" customHeight="true" ht="140.0">
-      <c r="A355" s="1" t="inlineStr">
+    <row r="359" customHeight="true" ht="140.0">
+      <c r="A359" s="1" t="inlineStr">
         <is>
           <t>652683</t>
         </is>
       </c>
-      <c r="C355" s="1" t="inlineStr">
+      <c r="C359" s="1" t="inlineStr">
         <is>
           <t>WESTWOOD TIMBERS</t>
         </is>
       </c>
-      <c r="D355" s="1" t="inlineStr">
+      <c r="D359" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E355" s="1" t="inlineStr">
+      <c r="E359" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F355" s="1" t="inlineStr">
+      <c r="F359" s="1" t="inlineStr">
         <is>
           <t>Bunnings Forest Products Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="356" customHeight="true" ht="140.0">
-      <c r="A356" s="1" t="inlineStr">
+    <row r="360" customHeight="true" ht="140.0">
+      <c r="A360" s="1" t="inlineStr">
         <is>
           <t>666066</t>
         </is>
       </c>
-      <c r="C356" s="1" t="inlineStr">
+      <c r="C360" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS WAREHOUSE</t>
         </is>
       </c>
-      <c r="D356" s="1" t="inlineStr">
+      <c r="D360" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E356" s="1" t="inlineStr">
+      <c r="E360" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F356" s="1" t="inlineStr">
+      <c r="F360" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="357" customHeight="true" ht="140.0">
-      <c r="A357" s="1" t="inlineStr">
+    <row r="361" customHeight="true" ht="140.0">
+      <c r="A361" s="1" t="inlineStr">
         <is>
           <t>666067</t>
         </is>
       </c>
-      <c r="C357" s="1" t="inlineStr">
+      <c r="C361" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS WAREHOUSE</t>
         </is>
       </c>
-      <c r="D357" s="1" t="inlineStr">
+      <c r="D361" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E357" s="1" t="inlineStr">
+      <c r="E361" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F357" s="1" t="inlineStr">
+      <c r="F361" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="358" customHeight="true" ht="140.0">
-      <c r="A358" s="1" t="inlineStr">
+    <row r="362" customHeight="true" ht="140.0">
+      <c r="A362" s="1" t="inlineStr">
         <is>
           <t>666068</t>
         </is>
       </c>
-      <c r="C358" s="1" t="inlineStr">
+      <c r="C362" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS WAREHOUSE</t>
         </is>
       </c>
-      <c r="D358" s="1" t="inlineStr">
+      <c r="D362" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E358" s="1" t="inlineStr">
+      <c r="E362" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F358" s="1" t="inlineStr">
+      <c r="F362" s="1" t="inlineStr">
         <is>
           <t>Bunnings Building Supplies Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="359" customHeight="true" ht="140.0">
-      <c r="A359" s="1" t="inlineStr">
+    <row r="363" customHeight="true" ht="140.0">
+      <c r="A363" s="1" t="inlineStr">
         <is>
           <t>790098</t>
         </is>
       </c>
-      <c r="C359" s="1" t="inlineStr">
+      <c r="C363" s="1" t="inlineStr">
         <is>
           <t>BUNNINGS 2000 PLUS</t>
         </is>
       </c>
-      <c r="D359" s="1" t="inlineStr">
+      <c r="D363" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E359" s="1" t="inlineStr">
+      <c r="E363" s="1" t="inlineStr">
         <is>
           <t>2, 3, 4, 21</t>
         </is>
       </c>
-      <c r="F359" s="1" t="inlineStr">
+      <c r="F363" s="1" t="inlineStr">
         <is>
           <t>Magnatex International Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="360" customHeight="true" ht="140.0">
-      <c r="A360" s="1" t="inlineStr">
+    <row r="364" customHeight="true" ht="140.0">
+      <c r="A364" s="1" t="inlineStr">
         <is>
           <t>926948</t>
         </is>
       </c>
-      <c r="C360" s="1" t="inlineStr">
+      <c r="C364" s="1" t="inlineStr">
         <is>
           <t>Auto Pages</t>
         </is>
       </c>
-      <c r="D360" s="1" t="inlineStr">
+      <c r="D364" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E360" s="1" t="inlineStr">
+      <c r="E364" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F360" s="1" t="inlineStr">
+      <c r="F364" s="1" t="inlineStr">
         <is>
           <t>Stuart Bunning</t>
         </is>
       </c>
     </row>
-    <row r="361" customHeight="true" ht="140.0">
-      <c r="A361" s="1" t="inlineStr">
+    <row r="365" customHeight="true" ht="140.0">
+      <c r="A365" s="1" t="inlineStr">
         <is>
           <t>1081444</t>
         </is>
       </c>
-      <c r="C361" s="1" t="inlineStr">
+      <c r="C365" s="1" t="inlineStr">
         <is>
           <t>ENDLESS CHOICES</t>
         </is>
       </c>
-      <c r="D361" s="1" t="inlineStr">
+      <c r="D365" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E361" s="1" t="inlineStr">
+      <c r="E365" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F361" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A362" s="1" t="inlineStr">
+      <c r="F365" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="366" customHeight="true" ht="140.0">
+      <c r="A366" s="1" t="inlineStr">
         <is>
           <t>1081445</t>
         </is>
       </c>
-      <c r="C362" s="1" t="inlineStr">
+      <c r="C366" s="1" t="inlineStr">
         <is>
           <t>ENDLESS AISLES</t>
         </is>
       </c>
-      <c r="D362" s="1" t="inlineStr">
+      <c r="D366" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E362" s="1" t="inlineStr">
+      <c r="E366" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F362" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A363" s="1" t="inlineStr">
+      <c r="F366" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="367" customHeight="true" ht="140.0">
+      <c r="A367" s="1" t="inlineStr">
         <is>
           <t>1084830</t>
         </is>
       </c>
-      <c r="C363" s="1" t="inlineStr">
+      <c r="C367" s="1" t="inlineStr">
         <is>
           <t>DO IT HERSELF</t>
         </is>
       </c>
-      <c r="D363" s="1" t="inlineStr">
+      <c r="D367" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E363" s="1" t="inlineStr">
+      <c r="E367" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F363" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A364" s="1" t="inlineStr">
+      <c r="F367" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="368" customHeight="true" ht="140.0">
+      <c r="A368" s="1" t="inlineStr">
         <is>
           <t>1084831</t>
         </is>
       </c>
-      <c r="C364" s="1" t="inlineStr">
+      <c r="C368" s="1" t="inlineStr">
         <is>
           <t>DIH</t>
         </is>
       </c>
-      <c r="D364" s="1" t="inlineStr">
+      <c r="D368" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E364" s="1" t="inlineStr">
+      <c r="E368" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F364" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A365" s="1" t="inlineStr">
+      <c r="F368" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="369" customHeight="true" ht="140.0">
+      <c r="A369" s="1" t="inlineStr">
         <is>
           <t>1105615</t>
         </is>
       </c>
-      <c r="C365" s="1" t="inlineStr">
+      <c r="C369" s="1" t="inlineStr">
         <is>
           <t>PAINTER'S MATE PREPARE APPLY PROTECT</t>
         </is>
       </c>
-      <c r="D365" s="1" t="inlineStr">
+      <c r="D369" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E365" s="1" t="inlineStr">
+      <c r="E369" s="1" t="inlineStr">
         <is>
           <t>3, 8, 16, 17, 21</t>
         </is>
       </c>
-      <c r="F365" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A366" s="1" t="inlineStr">
+      <c r="F369" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="370" customHeight="true" ht="140.0">
+      <c r="A370" s="1" t="inlineStr">
         <is>
           <t>1185088</t>
         </is>
       </c>
-      <c r="C366" s="1" t="inlineStr">
+      <c r="C370" s="1" t="inlineStr">
         <is>
           <t>Pet-Bunnings</t>
         </is>
       </c>
-      <c r="D366" s="1" t="inlineStr">
+      <c r="D370" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E366" s="1" t="inlineStr">
+      <c r="E370" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F366" s="1" t="inlineStr">
+      <c r="F370" s="1" t="inlineStr">
         <is>
           <t>Stormlee Enterprises Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="367" customHeight="true" ht="140.0">
-      <c r="A367" s="1" t="inlineStr">
+    <row r="371" customHeight="true" ht="140.0">
+      <c r="A371" s="1" t="inlineStr">
         <is>
           <t>1212820</t>
         </is>
       </c>
-      <c r="C367" s="1" t="inlineStr">
+      <c r="C371" s="1" t="inlineStr">
         <is>
           <t>ECO CHOICES</t>
         </is>
       </c>
-      <c r="D367" s="1" t="inlineStr">
+      <c r="D371" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E367" s="1" t="inlineStr">
+      <c r="E371" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F367" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A368" s="1" t="inlineStr">
+      <c r="F371" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="372" customHeight="true" ht="140.0">
+      <c r="A372" s="1" t="inlineStr">
         <is>
           <t>1299786</t>
         </is>
       </c>
-      <c r="C368" s="1" t="inlineStr">
+      <c r="C372" s="1" t="inlineStr">
         <is>
           <t>KING TOOL</t>
         </is>
       </c>
-      <c r="D368" s="1" t="inlineStr">
+      <c r="D372" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E368" s="1" t="inlineStr">
+      <c r="E372" s="1" t="inlineStr">
         <is>
           <t>7, 8</t>
         </is>
       </c>
-      <c r="F368" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A369" s="1" t="inlineStr">
+      <c r="F372" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="373" customHeight="true" ht="140.0">
+      <c r="A373" s="1" t="inlineStr">
         <is>
           <t>1440215</t>
         </is>
       </c>
-      <c r="C369" s="1" t="inlineStr">
+      <c r="C373" s="1" t="inlineStr">
         <is>
           <t>MORGAN</t>
         </is>
       </c>
-      <c r="D369" s="1" t="inlineStr">
+      <c r="D373" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E369" s="1" t="inlineStr">
+      <c r="E373" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F369" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A370" s="1" t="inlineStr">
+      <c r="F373" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="374" customHeight="true" ht="140.0">
+      <c r="A374" s="1" t="inlineStr">
         <is>
           <t>1440223</t>
         </is>
       </c>
-      <c r="C370" s="1" t="inlineStr">
+      <c r="C374" s="1" t="inlineStr">
         <is>
           <t>MONTGOMERY</t>
         </is>
       </c>
-      <c r="D370" s="1" t="inlineStr">
+      <c r="D374" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E370" s="1" t="inlineStr">
+      <c r="E374" s="1" t="inlineStr">
         <is>
           <t>6, 19, 20</t>
         </is>
       </c>
-      <c r="F370" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A371" s="1" t="inlineStr">
+      <c r="F374" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="375" customHeight="true" ht="140.0">
+      <c r="A375" s="1" t="inlineStr">
         <is>
           <t>1486282</t>
         </is>
       </c>
-      <c r="C371" s="1" t="inlineStr">
+      <c r="C375" s="1" t="inlineStr">
         <is>
           <t>SUNLINE CUSTOM OUTDOOR BLINDS</t>
         </is>
       </c>
-      <c r="D371" s="1" t="inlineStr">
+      <c r="D375" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E371" s="1" t="inlineStr">
+      <c r="E375" s="1" t="inlineStr">
         <is>
           <t>19, 24, 37</t>
         </is>
       </c>
-      <c r="F371" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A372" s="1" t="inlineStr">
+      <c r="F375" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="376" customHeight="true" ht="140.0">
+      <c r="A376" s="1" t="inlineStr">
         <is>
           <t>1486284</t>
         </is>
       </c>
-      <c r="C372" s="1" t="inlineStr">
+      <c r="C376" s="1" t="inlineStr">
         <is>
           <t>SUNLINE</t>
         </is>
       </c>
-      <c r="D372" s="1" t="inlineStr">
+      <c r="D376" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E372" s="1" t="inlineStr">
+      <c r="E376" s="1" t="inlineStr">
         <is>
           <t>19, 24, 37</t>
         </is>
       </c>
-      <c r="F372" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A373" s="1" t="inlineStr">
+      <c r="F376" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="377" customHeight="true" ht="140.0">
+      <c r="A377" s="1" t="inlineStr">
         <is>
           <t>1506803</t>
         </is>
       </c>
-      <c r="C373" s="1" t="inlineStr">
+      <c r="C377" s="1" t="inlineStr">
         <is>
           <t>RIGGA</t>
         </is>
       </c>
-      <c r="D373" s="1" t="inlineStr">
+      <c r="D377" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E373" s="1" t="inlineStr">
+      <c r="E377" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 20, 22</t>
         </is>
       </c>
-      <c r="F373" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A374" s="1" t="inlineStr">
+      <c r="F377" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="378" customHeight="true" ht="140.0">
+      <c r="A378" s="1" t="inlineStr">
         <is>
           <t>1556619</t>
         </is>
       </c>
-      <c r="C374" s="1" t="inlineStr">
+      <c r="C378" s="1" t="inlineStr">
         <is>
           <t>LOTUS CROP PROTECTION</t>
         </is>
       </c>
-      <c r="D374" s="1" t="inlineStr">
+      <c r="D378" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E374" s="1" t="inlineStr">
+      <c r="E378" s="1" t="inlineStr">
         <is>
           <t>6, 11, 19, 20, 21, 22</t>
         </is>
       </c>
-      <c r="F374" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A375" s="1" t="inlineStr">
+      <c r="F378" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="379" customHeight="true" ht="140.0">
+      <c r="A379" s="1" t="inlineStr">
         <is>
           <t>1561055</t>
         </is>
       </c>
-      <c r="C375" s="1" t="inlineStr">
+      <c r="C379" s="1" t="inlineStr">
         <is>
           <t>PROJECT SOURCE</t>
         </is>
       </c>
-      <c r="D375" s="1" t="inlineStr">
+      <c r="D379" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E375" s="1" t="inlineStr">
+      <c r="E379" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 11, 12, 16</t>
         </is>
       </c>
-      <c r="F375" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A376" s="1" t="inlineStr">
+      <c r="F379" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="380" customHeight="true" ht="140.0">
+      <c r="A380" s="1" t="inlineStr">
         <is>
           <t>1739557</t>
         </is>
       </c>
-      <c r="C376" s="1" t="inlineStr">
+      <c r="C380" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D376" s="1" t="inlineStr">
+      <c r="D380" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E376" s="1" t="inlineStr">
+      <c r="E380" s="1" t="inlineStr">
         <is>
           <t>8, 11</t>
         </is>
       </c>
-      <c r="F376" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A377" s="1" t="inlineStr">
+      <c r="F380" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="381" customHeight="true" ht="140.0">
+      <c r="A381" s="1" t="inlineStr">
         <is>
           <t>1814869</t>
         </is>
       </c>
-      <c r="C377" s="1" t="inlineStr">
+      <c r="C381" s="1" t="inlineStr">
         <is>
           <t>LECTRO</t>
         </is>
       </c>
-      <c r="D377" s="1" t="inlineStr">
+      <c r="D381" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E377" s="1" t="inlineStr">
+      <c r="E381" s="1" t="inlineStr">
         <is>
           <t>7, 9, 11, 21</t>
         </is>
       </c>
-      <c r="F377" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A378" s="1" t="inlineStr">
+      <c r="F381" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="382" customHeight="true" ht="140.0">
+      <c r="A382" s="1" t="inlineStr">
         <is>
           <t>1816694</t>
         </is>
       </c>
-      <c r="C378" s="1" t="inlineStr">
+      <c r="C382" s="1" t="inlineStr">
         <is>
           <t>OUR POLICY LOWEST PRICES EVERYDAY</t>
         </is>
       </c>
-      <c r="D378" s="1" t="inlineStr">
+      <c r="D382" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E378" s="1" t="inlineStr">
+      <c r="E382" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 39, 40, 41, 42, 43, 44</t>
         </is>
       </c>
-      <c r="F378" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A379" s="1" t="inlineStr">
+      <c r="F382" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="383" customHeight="true" ht="140.0">
+      <c r="A383" s="1" t="inlineStr">
         <is>
           <t>1836449</t>
         </is>
       </c>
-      <c r="C379" s="1" t="inlineStr">
+      <c r="C383" s="1" t="inlineStr">
         <is>
           <t>SOVEREIGN</t>
         </is>
       </c>
-      <c r="D379" s="1" t="inlineStr">
+      <c r="D383" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E379" s="1" t="inlineStr">
+      <c r="E383" s="1" t="inlineStr">
         <is>
           <t>3, 7, 8</t>
         </is>
       </c>
-      <c r="F379" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A380" s="1" t="inlineStr">
+      <c r="F383" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="384" customHeight="true" ht="140.0">
+      <c r="A384" s="1" t="inlineStr">
         <is>
           <t>1836452</t>
         </is>
       </c>
-      <c r="C380" s="1" t="inlineStr">
+      <c r="C384" s="1" t="inlineStr">
         <is>
           <t>SOVEREIGN</t>
         </is>
       </c>
-      <c r="D380" s="1" t="inlineStr">
+      <c r="D384" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E380" s="1" t="inlineStr">
+      <c r="E384" s="1" t="inlineStr">
         <is>
           <t>3, 7, 8</t>
         </is>
       </c>
-      <c r="F380" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A381" s="1" t="inlineStr">
+      <c r="F384" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="385" customHeight="true" ht="140.0">
+      <c r="A385" s="1" t="inlineStr">
         <is>
           <t>1966460</t>
         </is>
       </c>
-      <c r="C381" s="1" t="inlineStr">
+      <c r="C385" s="1" t="inlineStr">
         <is>
           <t>DREAM IT. PLAN IT. DO IT</t>
         </is>
       </c>
-      <c r="D381" s="1" t="inlineStr">
+      <c r="D385" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E381" s="1" t="inlineStr">
+      <c r="E385" s="1" t="inlineStr">
         <is>
           <t>16, 41</t>
         </is>
       </c>
-      <c r="F381" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A382" s="1" t="inlineStr">
+      <c r="F385" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="386" customHeight="true" ht="140.0">
+      <c r="A386" s="1" t="inlineStr">
         <is>
           <t>2031713</t>
         </is>
       </c>
-      <c r="C382" s="1" t="inlineStr">
+      <c r="C386" s="1" t="inlineStr">
         <is>
           <t>REDLINE</t>
         </is>
       </c>
-      <c r="D382" s="1" t="inlineStr">
+      <c r="D386" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E382" s="1" t="inlineStr">
+      <c r="E386" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 12, 20, 21</t>
         </is>
       </c>
-      <c r="F382" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A383" s="1" t="inlineStr">
+      <c r="F386" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="387" customHeight="true" ht="140.0">
+      <c r="A387" s="1" t="inlineStr">
         <is>
           <t>2031715</t>
         </is>
       </c>
-      <c r="C383" s="1" t="inlineStr">
+      <c r="C387" s="1" t="inlineStr">
         <is>
           <t>REDLINE</t>
         </is>
       </c>
-      <c r="D383" s="1" t="inlineStr">
+      <c r="D387" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E383" s="1" t="inlineStr">
+      <c r="E387" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 12, 20, 21</t>
         </is>
       </c>
-      <c r="F383" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A384" s="1" t="inlineStr">
+      <c r="F387" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="388" customHeight="true" ht="140.0">
+      <c r="A388" s="1" t="inlineStr">
         <is>
           <t>2037438</t>
         </is>
       </c>
-      <c r="C384" s="1" t="inlineStr">
+      <c r="C388" s="1" t="inlineStr">
         <is>
           <t>MIY</t>
         </is>
       </c>
-      <c r="D384" s="1" t="inlineStr">
+      <c r="D388" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E384" s="1" t="inlineStr">
+      <c r="E388" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F384" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A385" s="1" t="inlineStr">
+      <c r="F388" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="389" customHeight="true" ht="140.0">
+      <c r="A389" s="1" t="inlineStr">
         <is>
           <t>2043401</t>
         </is>
       </c>
-      <c r="C385" s="1" t="inlineStr">
+      <c r="C389" s="1" t="inlineStr">
         <is>
           <t>MARKETLINK</t>
         </is>
       </c>
-      <c r="D385" s="1" t="inlineStr">
+      <c r="D389" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E385" s="1" t="inlineStr">
+      <c r="E389" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 39, 42</t>
         </is>
       </c>
-      <c r="F385" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A386" s="1" t="inlineStr">
+      <c r="F389" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="390" customHeight="true" ht="140.0">
+      <c r="A390" s="1" t="inlineStr">
         <is>
           <t>2080921</t>
         </is>
       </c>
-      <c r="C386" s="1" t="inlineStr">
+      <c r="C390" s="1" t="inlineStr">
         <is>
           <t>DIYLive</t>
         </is>
       </c>
-      <c r="D386" s="1" t="inlineStr">
+      <c r="D390" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E386" s="1" t="inlineStr">
+      <c r="E390" s="1" t="inlineStr">
         <is>
           <t>9, 41</t>
         </is>
       </c>
-      <c r="F386" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A387" s="1" t="inlineStr">
+      <c r="F390" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="391" customHeight="true" ht="140.0">
+      <c r="A391" s="1" t="inlineStr">
         <is>
           <t>2080925</t>
         </is>
       </c>
-      <c r="C387" s="1" t="inlineStr">
+      <c r="C391" s="1" t="inlineStr">
         <is>
           <t>BUNDLES</t>
         </is>
       </c>
-      <c r="D387" s="1" t="inlineStr">
+      <c r="D391" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E387" s="1" t="inlineStr">
+      <c r="E391" s="1" t="inlineStr">
         <is>
           <t>35, 39, 41</t>
         </is>
       </c>
-      <c r="F387" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A388" s="1" t="inlineStr">
+      <c r="F391" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="392" customHeight="true" ht="140.0">
+      <c r="A392" s="1" t="inlineStr">
         <is>
           <t>2080927</t>
         </is>
       </c>
-      <c r="C388" s="1" t="inlineStr">
+      <c r="C392" s="1" t="inlineStr">
         <is>
           <t>BUNNDLES</t>
         </is>
       </c>
-      <c r="D388" s="1" t="inlineStr">
+      <c r="D392" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E388" s="1" t="inlineStr">
+      <c r="E392" s="1" t="inlineStr">
         <is>
           <t>35, 39, 41</t>
         </is>
       </c>
-      <c r="F388" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A389" s="1" t="inlineStr">
+      <c r="F392" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="393" customHeight="true" ht="140.0">
+      <c r="A393" s="1" t="inlineStr">
         <is>
           <t>2080928</t>
         </is>
       </c>
-      <c r="C389" s="1" t="inlineStr">
+      <c r="C393" s="1" t="inlineStr">
         <is>
           <t>BUNNDLES</t>
         </is>
       </c>
-      <c r="D389" s="1" t="inlineStr">
+      <c r="D393" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E389" s="1" t="inlineStr">
+      <c r="E393" s="1" t="inlineStr">
         <is>
           <t>35, 39, 41</t>
         </is>
       </c>
-      <c r="F389" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A390" s="1" t="inlineStr">
+      <c r="F393" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="394" customHeight="true" ht="140.0">
+      <c r="A394" s="1" t="inlineStr">
         <is>
           <t>2090622</t>
         </is>
       </c>
-      <c r="C390" s="1" t="inlineStr">
+      <c r="C394" s="1" t="inlineStr">
         <is>
           <t>MORETTI</t>
         </is>
       </c>
-      <c r="D390" s="1" t="inlineStr">
+      <c r="D394" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E390" s="1" t="inlineStr">
+      <c r="E394" s="1" t="inlineStr">
         <is>
           <t>7, 11</t>
         </is>
       </c>
-      <c r="F390" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A391" s="1" t="inlineStr">
+      <c r="F394" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="395" customHeight="true" ht="140.0">
+      <c r="A395" s="1" t="inlineStr">
         <is>
           <t>2090624</t>
         </is>
       </c>
-      <c r="C391" s="1" t="inlineStr">
+      <c r="C395" s="1" t="inlineStr">
         <is>
           <t>MORETTI</t>
         </is>
       </c>
-      <c r="D391" s="1" t="inlineStr">
+      <c r="D395" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E391" s="1" t="inlineStr">
+      <c r="E395" s="1" t="inlineStr">
         <is>
           <t>7, 11</t>
         </is>
       </c>
-      <c r="F391" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A392" s="1" t="inlineStr">
+      <c r="F395" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="396" customHeight="true" ht="140.0">
+      <c r="A396" s="1" t="inlineStr">
         <is>
           <t>2177336</t>
         </is>
       </c>
-      <c r="C392" s="1" t="inlineStr">
+      <c r="C396" s="1" t="inlineStr">
         <is>
           <t>ONYA TOOLS</t>
         </is>
       </c>
-      <c r="D392" s="1" t="inlineStr">
+      <c r="D396" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E392" s="1" t="inlineStr">
+      <c r="E396" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F392" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A393" s="1" t="inlineStr">
+      <c r="F396" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="397" customHeight="true" ht="140.0">
+      <c r="A397" s="1" t="inlineStr">
         <is>
           <t>2177639</t>
         </is>
       </c>
-      <c r="C393" s="1" t="inlineStr">
+      <c r="C397" s="1" t="inlineStr">
         <is>
           <t>ONYA PRO</t>
         </is>
       </c>
-      <c r="D393" s="1" t="inlineStr">
+      <c r="D397" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E393" s="1" t="inlineStr">
+      <c r="E397" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F393" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A394" s="1" t="inlineStr">
+      <c r="F397" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="398" customHeight="true" ht="140.0">
+      <c r="A398" s="1" t="inlineStr">
         <is>
           <t>2177958</t>
         </is>
       </c>
-      <c r="C394" s="1" t="inlineStr">
+      <c r="C398" s="1" t="inlineStr">
         <is>
           <t>PROJECT TOOLS</t>
         </is>
       </c>
-      <c r="D394" s="1" t="inlineStr">
+      <c r="D398" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E394" s="1" t="inlineStr">
+      <c r="E398" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F394" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A395" s="1" t="inlineStr">
+      <c r="F398" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="399" customHeight="true" ht="140.0">
+      <c r="A399" s="1" t="inlineStr">
         <is>
           <t>2177960</t>
         </is>
       </c>
-      <c r="C395" s="1" t="inlineStr">
+      <c r="C399" s="1" t="inlineStr">
         <is>
           <t>PROJECT GEAR</t>
         </is>
       </c>
-      <c r="D395" s="1" t="inlineStr">
+      <c r="D399" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E395" s="1" t="inlineStr">
+      <c r="E399" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F395" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A396" s="1" t="inlineStr">
+      <c r="F399" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="400" customHeight="true" ht="140.0">
+      <c r="A400" s="1" t="inlineStr">
         <is>
           <t>2177961</t>
         </is>
       </c>
-      <c r="C396" s="1" t="inlineStr">
+      <c r="C400" s="1" t="inlineStr">
         <is>
           <t>DONTAS WORKGEAR</t>
         </is>
       </c>
-      <c r="D396" s="1" t="inlineStr">
+      <c r="D400" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E396" s="1" t="inlineStr">
+      <c r="E400" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F396" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A397" s="1" t="inlineStr">
+      <c r="F400" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="401" customHeight="true" ht="140.0">
+      <c r="A401" s="1" t="inlineStr">
         <is>
           <t>2177963</t>
         </is>
       </c>
-      <c r="C397" s="1" t="inlineStr">
+      <c r="C401" s="1" t="inlineStr">
         <is>
           <t>BENCHMARK TOOLS</t>
         </is>
       </c>
-      <c r="D397" s="1" t="inlineStr">
+      <c r="D401" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E397" s="1" t="inlineStr">
+      <c r="E401" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F397" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A398" s="1" t="inlineStr">
+      <c r="F401" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="402" customHeight="true" ht="140.0">
+      <c r="A402" s="1" t="inlineStr">
         <is>
           <t>2177965</t>
         </is>
       </c>
-      <c r="C398" s="1" t="inlineStr">
+      <c r="C402" s="1" t="inlineStr">
         <is>
           <t>DONTAS TOOLS</t>
         </is>
       </c>
-      <c r="D398" s="1" t="inlineStr">
+      <c r="D402" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E398" s="1" t="inlineStr">
+      <c r="E402" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F398" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A399" s="1" t="inlineStr">
+      <c r="F402" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="403" customHeight="true" ht="140.0">
+      <c r="A403" s="1" t="inlineStr">
         <is>
           <t>2185023</t>
         </is>
       </c>
-      <c r="C399" s="1" t="inlineStr">
+      <c r="C403" s="1" t="inlineStr">
         <is>
           <t>DONTAS</t>
         </is>
       </c>
-      <c r="D399" s="1" t="inlineStr">
+      <c r="D403" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E399" s="1" t="inlineStr">
+      <c r="E403" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F399" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A400" s="1" t="inlineStr">
+      <c r="F403" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="404" customHeight="true" ht="140.0">
+      <c r="A404" s="1" t="inlineStr">
         <is>
           <t>2203555</t>
         </is>
       </c>
-      <c r="C400" s="1" t="inlineStr">
+      <c r="C404" s="1" t="inlineStr">
         <is>
           <t>D DONTAS</t>
         </is>
       </c>
-      <c r="D400" s="1" t="inlineStr">
+      <c r="D404" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E400" s="1" t="inlineStr">
+      <c r="E404" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F400" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A401" s="1" t="inlineStr">
+      <c r="F404" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="405" customHeight="true" ht="140.0">
+      <c r="A405" s="1" t="inlineStr">
         <is>
           <t>2208941</t>
         </is>
       </c>
-      <c r="C401" s="1" t="inlineStr">
+      <c r="C405" s="1" t="inlineStr">
         <is>
           <t>TOOL KIT DEPOT</t>
         </is>
       </c>
-      <c r="D401" s="1" t="inlineStr">
+      <c r="D405" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E401" s="1" t="inlineStr">
+      <c r="E405" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F401" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A402" s="1" t="inlineStr">
+      <c r="F405" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="406" customHeight="true" ht="140.0">
+      <c r="A406" s="1" t="inlineStr">
         <is>
           <t>2209677</t>
         </is>
       </c>
-      <c r="C402" s="1" t="inlineStr">
+      <c r="C406" s="1" t="inlineStr">
         <is>
           <t>TKD TOOL KIT DEPOT</t>
         </is>
       </c>
-      <c r="D402" s="1" t="inlineStr">
+      <c r="D406" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E402" s="1" t="inlineStr">
+      <c r="E406" s="1" t="inlineStr">
         <is>
           <t>6, 7, 8, 9, 12, 18, 20, 22, 25, 35, 36, 37, 39, 40, 41, 44</t>
         </is>
       </c>
-      <c r="F402" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A403" s="1" t="inlineStr">
+      <c r="F406" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="407" customHeight="true" ht="140.0">
+      <c r="A407" s="1" t="inlineStr">
         <is>
           <t>2269625</t>
         </is>
       </c>
-      <c r="C403" s="1" t="inlineStr">
+      <c r="C407" s="1" t="inlineStr">
         <is>
           <t>GARDEN BASICS</t>
         </is>
       </c>
-      <c r="D403" s="1" t="inlineStr">
+      <c r="D407" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E403" s="1" t="inlineStr">
+      <c r="E407" s="1" t="inlineStr">
         <is>
           <t>1, 4, 5, 6, 7, 8, 11, 12, 16, 17, 19, 20, 21, 22, 27, 31</t>
         </is>
       </c>
-      <c r="F403" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A404" s="1" t="inlineStr">
+      <c r="F407" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="408" customHeight="true" ht="140.0">
+      <c r="A408" s="1" t="inlineStr">
         <is>
           <t>2408674</t>
         </is>
       </c>
-      <c r="C404" s="1" t="inlineStr">
+      <c r="C408" s="1" t="inlineStr">
         <is>
           <t>YOUR VOICE, WORKER HELPLINE</t>
         </is>
       </c>
-      <c r="D404" s="1" t="inlineStr">
+      <c r="D408" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E404" s="1" t="inlineStr">
+      <c r="E408" s="1" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
-      <c r="F404" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A405" s="1" t="inlineStr">
+      <c r="F408" s="1" t="inlineStr">
+        <is>
+          <t>Bunnings Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="409" customHeight="true" ht="140.0">
+      <c r="A409" s="1" t="inlineStr">
         <is>
           <t>2419305</t>
         </is>
       </c>
-      <c r="C405" s="1" t="inlineStr">
+      <c r="C409" s="1" t="inlineStr">
         <is>
           <t>EVERYTHING YOU NEED TO GET THE JOB DONE</t>
         </is>
       </c>
-      <c r="D405" s="1" t="inlineStr">
+      <c r="D409" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E405" s="1" t="inlineStr">
+      <c r="E409" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
-      <c r="F405" s="1" t="inlineStr">
+      <c r="F409" s="1" t="inlineStr">
         <is>
           <t>Bunnings Group Limited</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>