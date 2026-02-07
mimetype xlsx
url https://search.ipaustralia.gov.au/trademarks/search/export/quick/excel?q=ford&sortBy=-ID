--- v1 (2025-12-24)
+++ v2 (2026-02-07)
@@ -12653,51 +12653,51 @@
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Hazelden Betty Ford Foundation</t>
         </is>
       </c>
     </row>
     <row r="12" customHeight="true" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>2580303</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>READY SET FORD</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
+Opposition period expired</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>12, 25, 35</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="13" customHeight="true" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2574767</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>MEG</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
@@ -12793,51 +12793,51 @@
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="17" customHeight="true" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>2574278</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>MYTHIC</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="18" customHeight="true" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2574277</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>HIVE</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
@@ -12849,79 +12849,79 @@
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="19" customHeight="true" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2574276</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>FUZE</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="20" customHeight="true" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>2574275</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>EVOS</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="21" customHeight="true" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>2573111</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Ford Zephyr &amp; Zodiac Club Of Victoria Inc</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
@@ -12933,79 +12933,79 @@
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Zephyr and Zodiac Club of Victoria</t>
         </is>
       </c>
     </row>
     <row r="22" customHeight="true" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2572284</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Flower Thief</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Ford and Ricio Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="23" customHeight="true" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>2567311</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>The Net Advantage Canvas</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
+In opposition period</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Dhugal Clive Ford as the Trustee for Authenticity Holdings Trust; Rachel Sarah Whelan as the Trustee for Authenticity Holdings Trust</t>
         </is>
       </c>
     </row>
     <row r="24" customHeight="true" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>2563109</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>FORD PRO CONVERTOR</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
@@ -13717,51 +13717,51 @@
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="50" customHeight="true" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>2412153</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>SOUNDSCREEN</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-In opposition period</t>
+Opposition period expired</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="51" customHeight="true" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>2407703</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>TOM FORD BOIS PACIFIQUE</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
@@ -18617,51 +18617,51 @@
       <c r="E224" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="225" customHeight="true" ht="140.0">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t>1842205</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
           <t>TOM FORD OUD MINERALE</t>
         </is>
       </c>
       <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E225" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t>001 DEL LLC</t>
         </is>
       </c>
     </row>
     <row r="226" customHeight="true" ht="140.0">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t>1840407</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
           <t>BEN FORD</t>
         </is>
       </c>
       <c r="D226" s="1" t="inlineStr">
@@ -18925,107 +18925,107 @@
       <c r="E235" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F235" s="1" t="inlineStr">
         <is>
           <t>Nathan Marcus Ford</t>
         </is>
       </c>
     </row>
     <row r="236" customHeight="true" ht="140.0">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t>1821659</t>
         </is>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E236" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="237" customHeight="true" ht="140.0">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t>1821658</t>
         </is>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
           <t>FORD MUSTANG</t>
         </is>
       </c>
       <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E237" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="238" customHeight="true" ht="140.0">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t>1821364</t>
         </is>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
           <t>EQUATOR</t>
         </is>
       </c>
       <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E238" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="239" customHeight="true" ht="140.0">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t>1819991</t>
         </is>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
           <t>OC OMNICRAFT</t>
         </is>
       </c>
       <c r="D239" s="1" t="inlineStr">
@@ -25510,51 +25510,51 @@
       <c r="E470" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="F470" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="471" customHeight="true" ht="140.0">
       <c r="A471" s="1" t="inlineStr">
         <is>
           <t>1208802</t>
         </is>
       </c>
       <c r="C471" s="1" t="inlineStr">
         <is>
           <t>TEAMRS</t>
         </is>
       </c>
       <c r="D471" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E471" s="1" t="inlineStr">
         <is>
           <t>14, 20, 21</t>
         </is>
       </c>
       <c r="F471" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="472" customHeight="true" ht="140.0">
       <c r="A472" s="1" t="inlineStr">
         <is>
           <t>1204947</t>
         </is>
       </c>
       <c r="C472" s="1" t="inlineStr">
         <is>
           <t>TOM FORD WHITE PATCHOULI</t>
         </is>
       </c>
       <c r="D472" s="1" t="inlineStr">
@@ -27750,51 +27750,51 @@
       <c r="E550" s="1" t="inlineStr">
         <is>
           <t>6, 16</t>
         </is>
       </c>
       <c r="F550" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="551" customHeight="true" ht="140.0">
       <c r="A551" s="1" t="inlineStr">
         <is>
           <t>1106224</t>
         </is>
       </c>
       <c r="C551" s="1" t="inlineStr">
         <is>
           <t>TEAMRS</t>
         </is>
       </c>
       <c r="D551" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E551" s="1" t="inlineStr">
         <is>
           <t>12, 18, 24, 25, 36, 41</t>
         </is>
       </c>
       <c r="F551" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="552" customHeight="true" ht="140.0">
       <c r="A552" s="1" t="inlineStr">
         <is>
           <t>1105654</t>
         </is>
       </c>
       <c r="C552" s="1" t="inlineStr">
         <is>
           <t>FORD SERV</t>
         </is>
       </c>
       <c r="D552" s="1" t="inlineStr">
@@ -37989,52 +37989,52 @@
       </c>
       <c r="E915" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F915" s="1" t="inlineStr">
         <is>
           <t>Ford Motor Company</t>
         </is>
       </c>
     </row>
     <row r="916" customHeight="true" ht="140.0">
       <c r="A916" s="1" t="inlineStr">
         <is>
           <t>668208</t>
         </is>
       </c>
       <c r="C916" s="1" t="inlineStr">
         <is>
           <t>FORD PILLS</t>
         </is>
       </c>
       <c r="D916" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Expired renewal possible</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E916" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="F916" s="1" t="inlineStr">
         <is>
           <t>sanofi-aventis healthcare pty ltd</t>
         </is>
       </c>
     </row>
     <row r="917" customHeight="true" ht="140.0">
       <c r="A917" s="1" t="inlineStr">
         <is>
           <t>668177</t>
         </is>
       </c>
       <c r="C917" s="1" t="inlineStr">
         <is>
           <t>FORD 1996 FORD AUSTRALIAN OPEN AUSTRALIA'S BIGGEST SPORTING EVENT
 DOUBLE THE ACTION</t>
         </is>
       </c>
@@ -39513,79 +39513,79 @@
       <c r="E969" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F969" s="1" t="inlineStr">
         <is>
           <t>John James Ford</t>
         </is>
       </c>
     </row>
     <row r="970" customHeight="true" ht="140.0">
       <c r="A970" s="1" t="inlineStr">
         <is>
           <t>526101</t>
         </is>
       </c>
       <c r="C970" s="1" t="inlineStr">
         <is>
           <t>HAZELDEN</t>
         </is>
       </c>
       <c r="D970" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E970" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F970" s="1" t="inlineStr">
         <is>
           <t>Hazelden Betty Ford Foundation</t>
         </is>
       </c>
     </row>
     <row r="971" customHeight="true" ht="140.0">
       <c r="A971" s="1" t="inlineStr">
         <is>
           <t>526100</t>
         </is>
       </c>
       <c r="C971" s="1" t="inlineStr">
         <is>
           <t>HAZELDEN</t>
         </is>
       </c>
       <c r="D971" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E971" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F971" s="1" t="inlineStr">
         <is>
           <t>Hazelden Betty Ford Foundation</t>
         </is>
       </c>
     </row>
     <row r="972" customHeight="true" ht="140.0">
       <c r="A972" s="1" t="inlineStr">
         <is>
           <t>521455</t>
         </is>
       </c>
       <c r="C972" s="1" t="inlineStr">
         <is>
           <t>I II III IV V VI VII VIII IX X XI XII</t>
         </is>
       </c>
       <c r="D972" s="1" t="inlineStr">