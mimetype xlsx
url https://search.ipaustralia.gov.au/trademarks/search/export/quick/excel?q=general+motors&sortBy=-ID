--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId178" Target="../media/image178.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId179" Target="../media/image179.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId180" Target="../media/image180.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId181" Target="../media/image181.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId182" Target="../media/image182.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId183" Target="../media/image183.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId184" Target="../media/image184.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId185" Target="../media/image185.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId186" Target="../media/image186.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId187" Target="../media/image187.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId188" Target="../media/image188.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId189" Target="../media/image189.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId190" Target="../media/image190.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId191" Target="../media/image191.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId192" Target="../media/image192.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId193" Target="../media/image193.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId194" Target="../media/image194.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId195" Target="../media/image195.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId196" Target="../media/image196.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId197" Target="../media/image197.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId198" Target="../media/image198.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId199" Target="../media/image199.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId200" Target="../media/image200.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId201" Target="../media/image201.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId202" Target="../media/image202.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId203" Target="../media/image203.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId204" Target="../media/image204.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId205" Target="../media/image205.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId206" Target="../media/image206.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId207" Target="../media/image207.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId208" Target="../media/image208.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId209" Target="../media/image209.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId210" Target="../media/image210.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId211" Target="../media/image211.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId212" Target="../media/image212.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId213" Target="../media/image213.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId214" Target="../media/image214.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId215" Target="../media/image215.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId216" Target="../media/image216.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId217" Target="../media/image217.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId218" Target="../media/image218.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId219" Target="../media/image219.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId220" Target="../media/image220.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId221" Target="../media/image221.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId222" Target="../media/image222.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId223" Target="../media/image223.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId224" Target="../media/image224.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId225" Target="../media/image225.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId226" Target="../media/image226.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId227" Target="../media/image227.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId228" Target="../media/image228.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId229" Target="../media/image229.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId230" Target="../media/image230.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId231" Target="../media/image231.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId232" Target="../media/image232.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId233" Target="../media/image233.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId234" Target="../media/image234.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId235" Target="../media/image235.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId236" Target="../media/image236.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId237" Target="../media/image237.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId238" Target="../media/image238.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId239" Target="../media/image239.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId240" Target="../media/image240.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId241" Target="../media/image241.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId242" Target="../media/image242.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId243" Target="../media/image243.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId244" Target="../media/image244.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId245" Target="../media/image245.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId246" Target="../media/image246.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId247" Target="../media/image247.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId248" Target="../media/image248.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId249" Target="../media/image249.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId250" Target="../media/image250.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId251" Target="../media/image251.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId252" Target="../media/image252.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId253" Target="../media/image253.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId254" Target="../media/image254.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId255" Target="../media/image255.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId256" Target="../media/image256.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId257" Target="../media/image257.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId258" Target="../media/image258.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId259" Target="../media/image259.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId260" Target="../media/image260.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId261" Target="../media/image261.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId262" Target="../media/image262.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId263" Target="../media/image263.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId264" Target="../media/image264.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId265" Target="../media/image265.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId266" Target="../media/image266.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId267" Target="../media/image267.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId268" Target="../media/image268.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId269" Target="../media/image269.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId270" Target="../media/image270.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId271" Target="../media/image271.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId272" Target="../media/image272.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId273" Target="../media/image273.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId274" Target="../media/image274.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId275" Target="../media/image275.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId276" Target="../media/image276.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId277" Target="../media/image277.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId278" Target="../media/image278.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId279" Target="../media/image279.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId280" Target="../media/image280.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId281" Target="../media/image281.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId282" Target="../media/image282.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId283" Target="../media/image283.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId284" Target="../media/image284.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId285" Target="../media/image285.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId286" Target="../media/image286.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId287" Target="../media/image287.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId288" Target="../media/image288.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId289" Target="../media/image289.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId290" Target="../media/image290.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId291" Target="../media/image291.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId292" Target="../media/image292.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId293" Target="../media/image293.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId294" Target="../media/image294.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId295" Target="../media/image295.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId296" Target="../media/image296.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId297" Target="../media/image297.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId298" Target="../media/image298.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId299" Target="../media/image299.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId300" Target="../media/image300.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId301" Target="../media/image301.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId302" Target="../media/image302.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId303" Target="../media/image303.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId304" Target="../media/image304.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId305" Target="../media/image305.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId306" Target="../media/image306.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId307" Target="../media/image307.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId308" Target="../media/image308.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId309" Target="../media/image309.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId178" Target="../media/image178.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId179" Target="../media/image179.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId180" Target="../media/image180.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId181" Target="../media/image181.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId182" Target="../media/image182.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId183" Target="../media/image183.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId184" Target="../media/image184.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId185" Target="../media/image185.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId186" Target="../media/image186.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId187" Target="../media/image187.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId188" Target="../media/image188.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId189" Target="../media/image189.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId190" Target="../media/image190.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId191" Target="../media/image191.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId192" Target="../media/image192.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId193" Target="../media/image193.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId194" Target="../media/image194.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId195" Target="../media/image195.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId196" Target="../media/image196.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId197" Target="../media/image197.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId198" Target="../media/image198.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId199" Target="../media/image199.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId200" Target="../media/image200.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId201" Target="../media/image201.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId202" Target="../media/image202.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId203" Target="../media/image203.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId204" Target="../media/image204.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId205" Target="../media/image205.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId206" Target="../media/image206.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId207" Target="../media/image207.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId208" Target="../media/image208.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId209" Target="../media/image209.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId210" Target="../media/image210.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId211" Target="../media/image211.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId212" Target="../media/image212.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId213" Target="../media/image213.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId214" Target="../media/image214.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId215" Target="../media/image215.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId216" Target="../media/image216.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId217" Target="../media/image217.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId218" Target="../media/image218.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId219" Target="../media/image219.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId220" Target="../media/image220.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId221" Target="../media/image221.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId222" Target="../media/image222.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId223" Target="../media/image223.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId224" Target="../media/image224.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId225" Target="../media/image225.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId226" Target="../media/image226.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId227" Target="../media/image227.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId228" Target="../media/image228.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId229" Target="../media/image229.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId230" Target="../media/image230.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId231" Target="../media/image231.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId232" Target="../media/image232.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId233" Target="../media/image233.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId234" Target="../media/image234.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId235" Target="../media/image235.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId236" Target="../media/image236.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId237" Target="../media/image237.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId238" Target="../media/image238.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId239" Target="../media/image239.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId240" Target="../media/image240.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId241" Target="../media/image241.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId242" Target="../media/image242.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId243" Target="../media/image243.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId244" Target="../media/image244.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId245" Target="../media/image245.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId246" Target="../media/image246.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId247" Target="../media/image247.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId248" Target="../media/image248.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId249" Target="../media/image249.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId250" Target="../media/image250.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId251" Target="../media/image251.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId252" Target="../media/image252.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId253" Target="../media/image253.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId254" Target="../media/image254.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId255" Target="../media/image255.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId256" Target="../media/image256.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId257" Target="../media/image257.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId258" Target="../media/image258.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId259" Target="../media/image259.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId260" Target="../media/image260.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId261" Target="../media/image261.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId262" Target="../media/image262.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId263" Target="../media/image263.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId264" Target="../media/image264.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId265" Target="../media/image265.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId266" Target="../media/image266.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId267" Target="../media/image267.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId268" Target="../media/image268.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId269" Target="../media/image269.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId270" Target="../media/image270.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId271" Target="../media/image271.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId272" Target="../media/image272.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId273" Target="../media/image273.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId274" Target="../media/image274.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId275" Target="../media/image275.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId276" Target="../media/image276.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId277" Target="../media/image277.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId278" Target="../media/image278.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId279" Target="../media/image279.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId280" Target="../media/image280.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId281" Target="../media/image281.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId282" Target="../media/image282.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId283" Target="../media/image283.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId284" Target="../media/image284.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId285" Target="../media/image285.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId286" Target="../media/image286.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId287" Target="../media/image287.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId288" Target="../media/image288.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId289" Target="../media/image289.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId290" Target="../media/image290.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId291" Target="../media/image291.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId292" Target="../media/image292.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId293" Target="../media/image293.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId294" Target="../media/image294.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId295" Target="../media/image295.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId296" Target="../media/image296.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId297" Target="../media/image297.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId298" Target="../media/image298.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId299" Target="../media/image299.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId300" Target="../media/image300.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId301" Target="../media/image301.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId302" Target="../media/image302.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId303" Target="../media/image303.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId304" Target="../media/image304.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId305" Target="../media/image305.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId306" Target="../media/image306.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId307" Target="../media/image307.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId308" Target="../media/image308.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId309" Target="../media/image309.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -11840,26823 +11840,26823 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F958"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>954</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>2592812</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>SUPER CRUISE</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2487056</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>SV SPECIALTY VEHICLES</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>General Motors, LLC</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2402739</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>TOGETHER LET'S DRIVE</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>2394403</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>DEXDRIVE EV GM APPROVED</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>2378278</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>VISTIQ</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>2370956</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>ESCALADE IQ</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>2370945</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>OPTIQ</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>2370922</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>CADILLAC OPTIQ</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2346054</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>TURBOMAX</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>2342711</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>GMC YUKON</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>2342702</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>YUKON</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>2336403</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>CADIA</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>2314664</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>LYRIQ</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2314663</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>CADILLAC LYRIQ</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2258039</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>GMSV</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 41</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>General Motors, LLC</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>2257359</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>2245063</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>HOLDEN RESTORATION PARTS.</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>12, 35, 37</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2245062</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>HOLDEN RESTORATION PARTS.</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>12, 35, 37</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>2225766</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>ACDELCO</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>2193973</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Z06</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>2190252</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>HOLDEN RESTORATION PARTS. BY RARE SPARES</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>12, 35, 37</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>2190244</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>HOLDEN RESTORATION PARTS. BY RARE SPARES</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>12, 35, 37</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>2172164</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 6, 7, 8, 9, 11, 12, 14, 16, 17, 18, 20, 21, 22, 24, 25, 26, 27, 28, 34, 35, 36, 37, 38, 39, 40, 41, 42, 45</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>2116099</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>GM SPECIALTY VEHICLES</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>General Motors, LLC</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2116095</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>CADILLAC</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>General Motors, LLC</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2116093</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>General Motors, LLC</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2101035</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>SV SPECIALTY VEHICLES</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>General Motors, LLC</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2097457</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>GMSV</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>3, 6, 9, 11, 12, 14, 18, 19, 20, 21, 24, 27, 28, 30, 34, 35, 36, 37, 38, 39, 41, 42</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>General Motors, LLC</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2025943</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>GENUINE GM OE ORIGINAL EQUIPMENT</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>1, 4, 7, 9, 11, 12</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2007774</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>1999332</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>AV</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>1999324</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>ARIV</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>1999321</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>ARIV</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>1999001</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>FORWARD MARINE</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>1966396</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>1966393</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>GM FINANCIAL</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>1966368</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>GM FINANCIAL</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>1966362</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>CHEVROLET</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>1955326</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>DURAGRIP</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>1954874</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>MELD</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
+    <row r="45" customHeight="1" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>1952213</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>HOLDEN GUARANTEED VALUE</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 39</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
+    <row r="46" customHeight="1" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>1946081</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>HOLDEN GUARANTEED VALUE</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
+    <row r="47" customHeight="1" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>1937979</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>SMARTBUY</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
+    <row r="48" customHeight="1" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>1937763</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>BLACK EDITION</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
+    <row r="49" customHeight="1" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>1937738</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>CHANGE YOUR PERSPECTIVE</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
+    <row r="50" customHeight="1" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>1912166</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>ZL1</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>1897266</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>MERGE</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
+    <row r="52" customHeight="1" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>1897261</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>MAVEN MERGE</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS LLC</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
+    <row r="53" customHeight="1" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>1896660</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>BE CERTAIN.</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>1, 4, 7, 9, 11, 12, 35, 37</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC a Delaware corporation</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
+    <row r="54" customHeight="1" ht="140.0">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>1894910</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>HSV</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>3, 6, 9, 11, 12, 14, 16, 18, 19, 20, 21, 24, 25, 27, 28, 30, 34, 35, 36, 37, 38, 39, 41, 42</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
+    <row r="55" customHeight="1" ht="140.0">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>1894909</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>3, 6, 9, 11, 12, 14, 16, 18, 19, 20, 21, 24, 25, 27, 28, 30, 34, 35, 36, 37, 38, 39, 41, 42</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
+    <row r="56" customHeight="1" ht="140.0">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>1893941</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>SPORTSCAT</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>12, 16, 25, 35, 37</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
+    <row r="57" customHeight="1" ht="140.0">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>1893940</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>SILVERADO</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>12, 16, 25, 35, 37</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
+    <row r="58" customHeight="1" ht="140.0">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>1893939</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>SPORTS CAT</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>12, 16, 25, 35, 37</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
+    <row r="59" customHeight="1" ht="140.0">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>1888484</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>CAMARO</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
           <t>16, 25, 35, 37</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
+    <row r="60" customHeight="1" ht="140.0">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>1887730</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>ENCORE</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
+    <row r="61" customHeight="1" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>1887018</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>MAVEN RIDE</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
+    <row r="62" customHeight="1" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>1867794</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>CHEVROLET BOLT</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
+    <row r="63" customHeight="1" ht="140.0">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>1867782</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>BOLT</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
+    <row r="64" customHeight="1" ht="140.0">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>1864265</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>ACADIA</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
+    <row r="65" customHeight="1" ht="140.0">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>1851439</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>BROWSE CLICK DRIVE</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
+    <row r="66" customHeight="1" ht="140.0">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>1836928</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>BLACKOUT</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
+    <row r="67" customHeight="1" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>1827968</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>MOTORSPORT EDITION</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
+    <row r="68" customHeight="1" ht="140.0">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>1823233</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>GTSR-W1</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 20</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>1819694</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>A MAVEN</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>9, 35</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>1819540</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>MAVEN</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>9, 35</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>1806343</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>MAVEN</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>1802681</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 11, 12, 14, 16, 18, 19, 20, 21, 24, 25, 27, 28, 30, 34, 35, 36, 37, 38, 39, 41, 42</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>1792890</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOBILITY</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>1792624</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>GTSR</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>14, 16, 18, 21, 24, 25, 27, 28</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>1786519</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>1, 4</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>1779947</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>A MAVEN</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>12, 39</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>1779940</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 35, 39</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>1778869</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>BE THERE</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 35, 39</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>1777380</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>BLACK EDITION</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>1776814</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN EYE</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>1775126</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>MAVEN</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>12, 39</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>1767912</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN COMPLETE CARE</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 36, 37</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>1764897</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>MAXX</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>1752080</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN FINANCIAL SERVICES</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 36</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>1744594</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="1" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>1743003</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>General Motors, LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>1738442</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>GTSR</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>6, 9, 12, 20</t>
         </is>
       </c>
-      <c r="F68" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D69" s="1" t="inlineStr">
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>1735345</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>CRUZE PREMIER</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>1730559</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>COMPLETE CARE</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>1726988</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>1, 4</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>1700568</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>MAGNUM</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>1700567</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>BATHURST</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>1683832</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>LS-X</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>1665655</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET APPSHOP</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>9, 35</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>1656265</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>ACTIVE TOW</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="1" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>1653620</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>DIRECTOR</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="1" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>1650482</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>HOME GROUND ADVANTAGE</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Removed:
+Non-use</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="1" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>1645945</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>LET'S GO THERE</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 18, 25, 35, 36, 37, 38, 39, 42</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="1" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>1628345</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>ZORA</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="1" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>1618205</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>Z71</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="1" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>1618204</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>EQUINOX</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="1" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>1603535</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="1" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>1601444</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>GM</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="1" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>1600930</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>TECH 2</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="1" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>1591529</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>CUBS CLUB</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D70" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>25, 35, 41</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>1591528</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>ONLINE PRIDE</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>25, 35, 41</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>1591527</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>LIONS ROAR</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>25, 35, 41</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>1569645</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>SUPERBAR</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>1566130</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" customHeight="1" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>1566110</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>STINGRAY</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>1565109</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Rejected:
+Examination requirements not met</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>1558950</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>VF</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>1558501</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>HF-20</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>1558297</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>VAPOUR</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>1558295</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>FLAME</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>1557792</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>2.0 TD</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>1555061</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>KNOW ME, REMEMBER ME</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 41</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="1" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>1551378</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC, a limited liability company organised</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>1551178</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>GMC PROFESSIONAL GRADE</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>1550791</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>LTX</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC, a limited liability company organised</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>1550789</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>LT5</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC, a limited liability company organised an</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>1550786</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>LT1</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC, a limited liability company organised</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>1549566</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>VI</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>1543024</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>SPIN ACTIV</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>1542938</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>SPARK ACTIV</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>1542869</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET SPIN</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>1536521</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>FIND NEW ROADS</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>1536484</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>GEN F</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 18, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" customHeight="1" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>1531855</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>Z-SPEC</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>6, 7, 12, 16, 27</t>
+        </is>
+      </c>
+      <c r="F129" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" customHeight="1" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>1530458</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>PANORAMA</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" customHeight="1" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>1523736</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>DOCKSPOT</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" customHeight="1" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>1521464</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>DURALIFE</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" customHeight="1" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>1482277</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>APPSHOP</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>9, 35</t>
         </is>
       </c>
-      <c r="F70" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D71" s="1" t="inlineStr">
+      <c r="F133" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" customHeight="1" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>1482276</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN APPSHOP</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>9, 35</t>
+        </is>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" customHeight="1" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>1475311</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>BUCKLE UP KIDS</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" customHeight="1" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>1474501</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>MYLINK</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 37, 39, 42</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" customHeight="1" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>1474500</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MYLINK</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 37, 39, 42</t>
+        </is>
+      </c>
+      <c r="F137" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" customHeight="1" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>1460510</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>INTELLILINK</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F138" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" customHeight="1" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>1458164</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET MYLINK</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F139" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" customHeight="1" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>1455931</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN HABITATS</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" customHeight="1" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>1452258</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>MALIBU</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" customHeight="1" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>1445569</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>HSV SVR</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="1" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>1444868</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 35, 36, 37, 38, 39, 41</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" customHeight="1" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>1444866</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 35, 36, 37, 38, 39, 41</t>
+        </is>
+      </c>
+      <c r="F144" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" customHeight="1" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>1440188</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>TRAX</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F145" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" customHeight="1" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>1433586</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>DURAMAX</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" customHeight="1" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>1428914</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>ACTIVE FUEL MANAGEMENT</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F147" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC, a Delaware corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" customHeight="1" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>1428055</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC CUE</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F148" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" customHeight="1" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>1425627</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>CROSSVOLT</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" customHeight="1" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>1422459</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET SONIC</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" customHeight="1" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>1421120</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>ECOLOGIC</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" customHeight="1" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>1421119</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>ECO</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" customHeight="1" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>1414886</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>SV BLACK</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 18, 20, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F153" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" customHeight="1" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>1404282</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>SIDI DIRECT INJECTION</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" customHeight="1" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>1403947</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" customHeight="1" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>1403946</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>HSV CARBON</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 16, 18, 20, 24, 25, 35, 37</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" customHeight="1" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>1402012</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>SensorKey</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" customHeight="1" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>1400510</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 30, 32, 33, 35, 36</t>
+        </is>
+      </c>
+      <c r="F158" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" customHeight="1" ht="140.0">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>1387877</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>BUCKLE UP KIDS</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F159" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" customHeight="1" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>1381602</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>BARINA SPARK</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>20, 35</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" customHeight="1" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>1378991</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>FIRELINE</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC, a Delaware corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" customHeight="1" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>1378989</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>REDSTORM</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC, a Delaware corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" customHeight="1" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>1378733</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>IQ</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="1" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>1374335</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>-IQ</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" customHeight="1" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>1373941</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>SBZA</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 37</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" customHeight="1" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>1371114</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 25</t>
+        </is>
+      </c>
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" customHeight="1" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>1370084</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>Holden-iQ</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" customHeight="1" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>1370080</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>H-iQ</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>9, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" customHeight="1" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>1367497</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>HSV E SERIES 3</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 35</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" customHeight="1" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>1367494</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>HSVE3</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 35</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" customHeight="1" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>1364304</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RESTORATION PARTS BY RARE SPARES</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F171" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" customHeight="1" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>1364303</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RESTORATION PARTS BY RARE SPARES</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" customHeight="1" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>1361644</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>ACDELCO</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" customHeight="1" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>1357100</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" customHeight="1" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>1353560</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>E5 E SERIES 5</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 35</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" customHeight="1" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>1353558</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>E4 E SERIES 4</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 35</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" customHeight="1" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>1349662</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>20 HOLDEN RACING TEAM 20TH ANNIVERSARY</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>6, 14, 16, 18, 20, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F177" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" customHeight="1" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>1342238</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>HSV EDT</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" customHeight="1" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>1342237</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>E3 E SERIES 3</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F179" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" customHeight="1" ht="140.0">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>1340606</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>FUTURE FRIENDLY</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F180" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC,</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" customHeight="1" ht="140.0">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>1337168</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>XTS</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F181" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" customHeight="1" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>1335078</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>HSV EDI</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" customHeight="1" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>1330712</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>GXP</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" customHeight="1" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>1330711</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>GXP</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F184" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" customHeight="1" ht="140.0">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>1330710</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F185" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" customHeight="1" ht="140.0">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>1329720</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC CTX</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F186" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" customHeight="1" ht="140.0">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>1329356</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC ATS</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" customHeight="1" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>1317063</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN TRADE CLUB</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" customHeight="1" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>1314385</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>I JUST GOT ONE</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>6, 7, 12, 16, 18, 20, 21, 24, 25, 28, 35, 37</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" customHeight="1" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>1314242</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>VOLT</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F190" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" customHeight="1" ht="140.0">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>1314241</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>VOLT</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F191" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" customHeight="1" ht="140.0">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>1312064</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>INTELLIGENT TURBO INJECTION</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F192" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" customHeight="1" ht="140.0">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>1312063</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>iTi</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F193" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" customHeight="1" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>1312062</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>ACTIVE FUEL MANAGEMENT</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" customHeight="1" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>1312061</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>AFM</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 37</t>
+        </is>
+      </c>
+      <c r="F195" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" customHeight="1" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>1312060</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>SPARK IGNITION DIRECT INJECTION</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" customHeight="1" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>1312059</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>SIDI DIRECT INJECTION</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F197" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" customHeight="1" ht="140.0">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>1312058</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>SIDI</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F198" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" customHeight="1" ht="140.0">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>1310580</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>GO BETTER</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 35</t>
+        </is>
+      </c>
+      <c r="F199" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" customHeight="1" ht="140.0">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>1308781</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>PRIDE</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" customHeight="1" ht="140.0">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>1306209</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>21, 25</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" customHeight="1" ht="140.0">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>1287228</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>PITSTOP TYRE SERVICE</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F202" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" customHeight="1" ht="140.0">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>1287227</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>1 HOUR SERVICE EXPRESS</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F203" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" customHeight="1" ht="140.0">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>1282033</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>KINGSWOOD</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F204" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" customHeight="1" ht="140.0">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>1282031</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>PREMIER</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" customHeight="1" ht="140.0">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>1282008</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>DEXOS</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" customHeight="1" ht="140.0">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>1278684</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>CONVERJ</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F207" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" customHeight="1" ht="140.0">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>1276334</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>VOLTEC</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F208" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" customHeight="1" ht="140.0">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>1266799</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>BARINA SPARK</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" customHeight="1" ht="140.0">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>1264902</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN ECOLINE FUTURE FRIENDLY</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F210" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" customHeight="1" ht="140.0">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>1263679</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F211" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" customHeight="1" ht="140.0">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>1263678</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>FUTURE FRIENDLY</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" customHeight="1" ht="140.0">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>1263677</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>ECOLINE</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F213" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" customHeight="1" ht="140.0">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>1259721</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>MALIBU</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F214" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" customHeight="1" ht="140.0">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>1259720</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F215" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" customHeight="1" ht="140.0">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>1259719</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F216" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" customHeight="1" ht="140.0">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>1258508</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN SPORTWAGON</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F217" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" customHeight="1" ht="140.0">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>1245863</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t>ORLANDO</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F218" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" customHeight="1" ht="140.0">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>1244321</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>FLEXFUEL</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F219" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" customHeight="1" ht="140.0">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>1237492</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F220" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" customHeight="1" ht="140.0">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>1231030</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>14, 34</t>
+        </is>
+      </c>
+      <c r="F221" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" customHeight="1" ht="140.0">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>1231029</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F222" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" customHeight="1" ht="140.0">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>1226925</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>W 427</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Removed:
+Non-use</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>12, 25</t>
+        </is>
+      </c>
+      <c r="F223" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" customHeight="1" ht="140.0">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>1222650</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F224" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" customHeight="1" ht="140.0">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>1222649</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F225" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" customHeight="1" ht="140.0">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>1221423</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>STORM</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F226" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" customHeight="1" ht="140.0">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>1220799</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>GO HARDER</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>12, 28, 35</t>
+        </is>
+      </c>
+      <c r="F227" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" customHeight="1" ht="140.0">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>1217880</t>
+        </is>
+      </c>
+      <c r="C228" s="1" t="inlineStr">
+        <is>
+          <t>PROVOQ</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F228" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" customHeight="1" ht="140.0">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>1217705</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>V8</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F229" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" customHeight="1" ht="140.0">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>1215124</t>
+        </is>
+      </c>
+      <c r="C230" s="1" t="inlineStr">
+        <is>
+          <t>AT1</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F230" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" customHeight="1" ht="140.0">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>1215123</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>BTX</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F231" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" customHeight="1" ht="140.0">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>1215054</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>DEXRON</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F232" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" customHeight="1" ht="140.0">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>1211418</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>DTX</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F233" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" customHeight="1" ht="140.0">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>1211410</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>CT5</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F234" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" customHeight="1" ht="140.0">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>1211408</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC DT7</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F235" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" customHeight="1" ht="140.0">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>1211407</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>DT7</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F236" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" customHeight="1" ht="140.0">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>1211406</t>
+        </is>
+      </c>
+      <c r="C237" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC DTX</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F237" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" customHeight="1" ht="140.0">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>1211405</t>
+        </is>
+      </c>
+      <c r="C238" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC BT3</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F238" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" customHeight="1" ht="140.0">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>1211403</t>
+        </is>
+      </c>
+      <c r="C239" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC CTX</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F239" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" customHeight="1" ht="140.0">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>1211402</t>
+        </is>
+      </c>
+      <c r="C240" s="1" t="inlineStr">
+        <is>
+          <t>CTX</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F240" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" customHeight="1" ht="140.0">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>1211359</t>
+        </is>
+      </c>
+      <c r="C241" s="1" t="inlineStr">
+        <is>
+          <t>BT3</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F241" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" customHeight="1" ht="140.0">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>1211358</t>
+        </is>
+      </c>
+      <c r="C242" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC CT5</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F242" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" customHeight="1" ht="140.0">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>1211357</t>
+        </is>
+      </c>
+      <c r="C243" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC CT6</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F243" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" customHeight="1" ht="140.0">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>1211356</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>CT6</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F244" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" customHeight="1" ht="140.0">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>1210498</t>
+        </is>
+      </c>
+      <c r="C245" s="1" t="inlineStr">
+        <is>
+          <t>VAPOR</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E245" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F245" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" customHeight="1" ht="140.0">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>1206810</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
+        <is>
+          <t>GM PERFORMANCE PARTS</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E246" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F246" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" customHeight="1" ht="140.0">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>1204693</t>
+        </is>
+      </c>
+      <c r="C247" s="1" t="inlineStr">
+        <is>
+          <t>LIKE NOTHING ELSE</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F247" s="1" t="inlineStr">
+        <is>
+          <t>GENERAL MOTORS CORPORATION</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" customHeight="1" ht="140.0">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>1200570</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET VOLT</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F248" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="249" customHeight="1" ht="140.0">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>1200569</t>
+        </is>
+      </c>
+      <c r="C249" s="1" t="inlineStr">
+        <is>
+          <t>VOLT</t>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F249" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" customHeight="1" ht="140.0">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>1200568</t>
+        </is>
+      </c>
+      <c r="C250" s="1" t="inlineStr">
+        <is>
+          <t>VOLT</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F250" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" customHeight="1" ht="140.0">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>1194984</t>
+        </is>
+      </c>
+      <c r="C251" s="1" t="inlineStr">
+        <is>
+          <t>20 YEARS 87 - 07 PERFORMANCE LEADERSHIP.</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 16, 25</t>
+        </is>
+      </c>
+      <c r="F251" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="252" customHeight="1" ht="140.0">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>1194983</t>
+        </is>
+      </c>
+      <c r="C252" s="1" t="inlineStr">
+        <is>
+          <t>PERFORMANCE LEADERSHIP</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 16, 25</t>
+        </is>
+      </c>
+      <c r="F252" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="253" customHeight="1" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>1194982</t>
+        </is>
+      </c>
+      <c r="C253" s="1" t="inlineStr">
+        <is>
+          <t>...TO THE POWER 20</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 16, 25</t>
+        </is>
+      </c>
+      <c r="F253" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" customHeight="1" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>1176143</t>
+        </is>
+      </c>
+      <c r="C254" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RXU</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E254" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F254" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="255" customHeight="1" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>1176142</t>
+        </is>
+      </c>
+      <c r="C255" s="1" t="inlineStr">
+        <is>
+          <t>RXU</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E255" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F255" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="256" customHeight="1" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>1171483</t>
+        </is>
+      </c>
+      <c r="C256" s="1" t="inlineStr">
+        <is>
+          <t>EXCEL</t>
+        </is>
+      </c>
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E256" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F256" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="257" customHeight="1" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>1170307</t>
+        </is>
+      </c>
+      <c r="C257" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN R-MAXX</t>
+        </is>
+      </c>
+      <c r="D257" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E257" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F257" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="258" customHeight="1" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>1170306</t>
+        </is>
+      </c>
+      <c r="C258" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN D-MAXX</t>
+        </is>
+      </c>
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E258" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F258" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" customHeight="1" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>1169918</t>
+        </is>
+      </c>
+      <c r="C259" s="1" t="inlineStr">
+        <is>
+          <t>COLORADO</t>
+        </is>
+      </c>
+      <c r="D259" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E259" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F259" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" customHeight="1" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>1165869</t>
+        </is>
+      </c>
+      <c r="C260" s="1" t="inlineStr">
+        <is>
+          <t>COLORADO</t>
+        </is>
+      </c>
+      <c r="D260" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E260" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F260" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="261" customHeight="1" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>1164586</t>
+        </is>
+      </c>
+      <c r="C261" s="1" t="inlineStr">
+        <is>
+          <t>GM PERFORMANCE PARTS</t>
+        </is>
+      </c>
+      <c r="D261" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E261" s="1" t="inlineStr">
+        <is>
+          <t>7, 12, 35</t>
+        </is>
+      </c>
+      <c r="F261" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="262" customHeight="1" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>1164585</t>
+        </is>
+      </c>
+      <c r="C262" s="1" t="inlineStr">
+        <is>
+          <t>HSV RACE BRED TOOLS</t>
+        </is>
+      </c>
+      <c r="D262" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E262" s="1" t="inlineStr">
+        <is>
+          <t>7, 8</t>
+        </is>
+      </c>
+      <c r="F262" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="263" customHeight="1" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>1164421</t>
+        </is>
+      </c>
+      <c r="C263" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET</t>
+        </is>
+      </c>
+      <c r="D263" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E263" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F263" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="264" customHeight="1" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>1164420</t>
+        </is>
+      </c>
+      <c r="C264" s="1" t="inlineStr">
+        <is>
+          <t>EXCEL - THE WORLD OF HSV MAGAZINE</t>
+        </is>
+      </c>
+      <c r="D264" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E264" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F264" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="265" customHeight="1" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>1164106</t>
+        </is>
+      </c>
+      <c r="C265" s="1" t="inlineStr">
+        <is>
+          <t>HSV RACE BRED TOOLS</t>
+        </is>
+      </c>
+      <c r="D265" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E265" s="1" t="inlineStr">
+        <is>
+          <t>7, 8</t>
+        </is>
+      </c>
+      <c r="F265" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="266" customHeight="1" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>1157272</t>
+        </is>
+      </c>
+      <c r="C266" s="1" t="inlineStr">
+        <is>
+          <t>HSV L8</t>
+        </is>
+      </c>
+      <c r="D266" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E266" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F266" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="267" customHeight="1" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>1151796</t>
+        </is>
+      </c>
+      <c r="C267" s="1" t="inlineStr">
+        <is>
+          <t>RED ARMY</t>
+        </is>
+      </c>
+      <c r="D267" s="1" t="inlineStr">
+        <is>
+          <t>Removed:
+Non-use</t>
+        </is>
+      </c>
+      <c r="E267" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 16, 18, 20, 21, 28</t>
+        </is>
+      </c>
+      <c r="F267" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="268" customHeight="1" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>1151795</t>
+        </is>
+      </c>
+      <c r="C268" s="1" t="inlineStr">
+        <is>
+          <t>222</t>
+        </is>
+      </c>
+      <c r="D268" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E268" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 18, 20, 21, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F268" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="269" customHeight="1" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>1151794</t>
+        </is>
+      </c>
+      <c r="C269" s="1" t="inlineStr">
+        <is>
+          <t>GO HRT</t>
+        </is>
+      </c>
+      <c r="D269" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E269" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 18, 20, 21, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F269" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="270" customHeight="1" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>1151155</t>
+        </is>
+      </c>
+      <c r="C270" s="1" t="inlineStr">
+        <is>
+          <t>COBALT</t>
+        </is>
+      </c>
+      <c r="D270" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E270" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F71" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D72" s="1" t="inlineStr">
+      <c r="F270" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="271" customHeight="1" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>1142809</t>
+        </is>
+      </c>
+      <c r="C271" s="1" t="inlineStr">
+        <is>
+          <t>HSV R8</t>
+        </is>
+      </c>
+      <c r="D271" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D73" s="1" t="inlineStr">
+      <c r="E271" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 35, 37</t>
+        </is>
+      </c>
+      <c r="F271" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" customHeight="1" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>1135836</t>
+        </is>
+      </c>
+      <c r="C272" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN LINEAR CONTROL SUSPENSION</t>
+        </is>
+      </c>
+      <c r="D272" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E272" s="1" t="inlineStr">
+        <is>
+          <t>9, 12</t>
+        </is>
+      </c>
+      <c r="F272" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" customHeight="1" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>1135834</t>
+        </is>
+      </c>
+      <c r="C273" s="1" t="inlineStr">
+        <is>
+          <t>HSV DNA</t>
+        </is>
+      </c>
+      <c r="D273" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E273" s="1" t="inlineStr">
+        <is>
+          <t>9, 12</t>
+        </is>
+      </c>
+      <c r="F273" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" customHeight="1" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>1133020</t>
+        </is>
+      </c>
+      <c r="C274" s="1" t="inlineStr">
+        <is>
+          <t>SS</t>
+        </is>
+      </c>
+      <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D74" s="1" t="inlineStr">
+      <c r="E274" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F274" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" customHeight="1" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>1133019</t>
+        </is>
+      </c>
+      <c r="C275" s="1" t="inlineStr">
+        <is>
+          <t>SV6</t>
+        </is>
+      </c>
+      <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C75" s="1" t="inlineStr">
+      <c r="E275" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F275" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="276" customHeight="1" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>1132257</t>
+        </is>
+      </c>
+      <c r="C276" s="1" t="inlineStr">
+        <is>
+          <t>SSV</t>
+        </is>
+      </c>
+      <c r="D276" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E276" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F276" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="277" customHeight="1" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>1130565</t>
+        </is>
+      </c>
+      <c r="C277" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D76" s="1" t="inlineStr">
+      <c r="E277" s="1" t="inlineStr">
+        <is>
+          <t>27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F277" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="278" customHeight="1" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>1130564</t>
+        </is>
+      </c>
+      <c r="C278" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET</t>
+        </is>
+      </c>
+      <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D77" s="1" t="inlineStr">
+      <c r="E278" s="1" t="inlineStr">
+        <is>
+          <t>16, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F278" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="279" customHeight="1" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>1130563</t>
+        </is>
+      </c>
+      <c r="C279" s="1" t="inlineStr">
+        <is>
+          <t>GM PERFORMANCE PARTS</t>
+        </is>
+      </c>
+      <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D78" s="1" t="inlineStr">
+      <c r="E279" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 35</t>
+        </is>
+      </c>
+      <c r="F279" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="280" customHeight="1" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>1129817</t>
+        </is>
+      </c>
+      <c r="C280" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D280" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E280" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 30, 32, 33, 35, 36</t>
+        </is>
+      </c>
+      <c r="F280" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="281" customHeight="1" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>1129440</t>
+        </is>
+      </c>
+      <c r="C281" s="1" t="inlineStr">
+        <is>
+          <t>GO</t>
+        </is>
+      </c>
+      <c r="D281" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E281" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 35, 37</t>
+        </is>
+      </c>
+      <c r="F281" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="282" customHeight="1" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>1127240</t>
+        </is>
+      </c>
+      <c r="C282" s="1" t="inlineStr">
+        <is>
+          <t>LIFE.LIBERTY. AND THE PURSUIT.</t>
+        </is>
+      </c>
+      <c r="D282" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E282" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F282" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="283" customHeight="1" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>1124599</t>
+        </is>
+      </c>
+      <c r="C283" s="1" t="inlineStr">
+        <is>
+          <t>HSVI INDIVIDUAL</t>
+        </is>
+      </c>
+      <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D79" s="1" t="inlineStr">
+      <c r="E283" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 35, 37</t>
+        </is>
+      </c>
+      <c r="F283" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="284" customHeight="1" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>1124364</t>
+        </is>
+      </c>
+      <c r="C284" s="1" t="inlineStr">
+        <is>
+          <t>SANDMAN</t>
+        </is>
+      </c>
+      <c r="D284" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E284" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 28</t>
+        </is>
+      </c>
+      <c r="F284" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="285" customHeight="1" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>1124226</t>
+        </is>
+      </c>
+      <c r="C285" s="1" t="inlineStr">
+        <is>
+          <t>GO TO NEW HEIGHTS</t>
+        </is>
+      </c>
+      <c r="D285" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E285" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 35, 37</t>
+        </is>
+      </c>
+      <c r="F285" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="286" customHeight="1" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>1124225</t>
+        </is>
+      </c>
+      <c r="C286" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN GO</t>
+        </is>
+      </c>
+      <c r="D286" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E286" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 35, 37</t>
+        </is>
+      </c>
+      <c r="F286" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="287" customHeight="1" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>1121601</t>
+        </is>
+      </c>
+      <c r="C287" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D287" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E287" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F287" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" customHeight="1" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>1119490</t>
+        </is>
+      </c>
+      <c r="C288" s="1" t="inlineStr">
+        <is>
+          <t>SANDMAN</t>
+        </is>
+      </c>
+      <c r="D288" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E288" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 28</t>
+        </is>
+      </c>
+      <c r="F288" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" customHeight="1" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>1113741</t>
+        </is>
+      </c>
+      <c r="C289" s="1" t="inlineStr">
+        <is>
+          <t>COMMODORE</t>
+        </is>
+      </c>
+      <c r="D289" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E289" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F289" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="290" customHeight="1" ht="140.0">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>1113740</t>
+        </is>
+      </c>
+      <c r="C290" s="1" t="inlineStr">
+        <is>
+          <t>MONARO</t>
+        </is>
+      </c>
+      <c r="D290" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E290" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F290" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="291" customHeight="1" ht="140.0">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>1113739</t>
+        </is>
+      </c>
+      <c r="C291" s="1" t="inlineStr">
+        <is>
+          <t>MONARO</t>
+        </is>
+      </c>
+      <c r="D291" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E291" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F291" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="292" customHeight="1" ht="140.0">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>1106578</t>
+        </is>
+      </c>
+      <c r="C292" s="1" t="inlineStr">
+        <is>
+          <t>H4</t>
+        </is>
+      </c>
+      <c r="D292" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E292" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F292" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="293" customHeight="1" ht="140.0">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>1106209</t>
+        </is>
+      </c>
+      <c r="C293" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D293" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E293" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F293" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="294" customHeight="1" ht="140.0">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>1106208</t>
+        </is>
+      </c>
+      <c r="C294" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D294" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E294" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F294" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="295" customHeight="1" ht="140.0">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>1106179</t>
+        </is>
+      </c>
+      <c r="C295" s="1" t="inlineStr">
+        <is>
+          <t>HSV E SERIES</t>
+        </is>
+      </c>
+      <c r="D295" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E295" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F295" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="296" customHeight="1" ht="140.0">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>1101076</t>
+        </is>
+      </c>
+      <c r="C296" s="1" t="inlineStr">
+        <is>
+          <t>WORLD OF HSV WHERE EVERYTHING HIGH PERFORMANCE LIVES.</t>
+        </is>
+      </c>
+      <c r="D296" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E296" s="1" t="inlineStr">
+        <is>
+          <t>4, 6, 9, 12, 16, 25, 28, 36, 41</t>
+        </is>
+      </c>
+      <c r="F296" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="297" customHeight="1" ht="140.0">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>1094366</t>
+        </is>
+      </c>
+      <c r="C297" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D297" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E297" s="1" t="inlineStr">
+        <is>
+          <t>6, 19, 20</t>
+        </is>
+      </c>
+      <c r="F297" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="298" customHeight="1" ht="140.0">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>1094365</t>
+        </is>
+      </c>
+      <c r="C298" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN PERFORMANCE</t>
+        </is>
+      </c>
+      <c r="D298" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E298" s="1" t="inlineStr">
+        <is>
+          <t>24, 25</t>
+        </is>
+      </c>
+      <c r="F298" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="299" customHeight="1" ht="140.0">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>1093745</t>
+        </is>
+      </c>
+      <c r="C299" s="1" t="inlineStr">
+        <is>
+          <t>OFFICIAL FACTORY RACING TEAM OF HOLDEN</t>
+        </is>
+      </c>
+      <c r="D299" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E299" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 24, 25, 28</t>
+        </is>
+      </c>
+      <c r="F299" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="300" customHeight="1" ht="140.0">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>1093744</t>
+        </is>
+      </c>
+      <c r="C300" s="1" t="inlineStr">
+        <is>
+          <t>OFFICIAL FACTORY RACING TEAM OF HOLDEN</t>
+        </is>
+      </c>
+      <c r="D300" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E300" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 16, 24, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F300" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="301" customHeight="1" ht="140.0">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>1093743</t>
+        </is>
+      </c>
+      <c r="C301" s="1" t="inlineStr">
+        <is>
+          <t>TOLL HSV DEALER TEAM</t>
+        </is>
+      </c>
+      <c r="D301" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E301" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 30, 32, 33, 35, 36</t>
+        </is>
+      </c>
+      <c r="F301" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="302" customHeight="1" ht="140.0">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>1089112</t>
+        </is>
+      </c>
+      <c r="C302" s="1" t="inlineStr">
+        <is>
+          <t>TEAM RED</t>
+        </is>
+      </c>
+      <c r="D302" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E302" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 24, 25, 28</t>
+        </is>
+      </c>
+      <c r="F302" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="303" customHeight="1" ht="140.0">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>1086698</t>
+        </is>
+      </c>
+      <c r="C303" s="1" t="inlineStr">
+        <is>
+          <t>HSV MAGNETIC RIDE CONTROL</t>
+        </is>
+      </c>
+      <c r="D303" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E303" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F303" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="304" customHeight="1" ht="140.0">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>1086697</t>
+        </is>
+      </c>
+      <c r="C304" s="1" t="inlineStr">
+        <is>
+          <t>MAGNETIC RIDE CONTROL</t>
+        </is>
+      </c>
+      <c r="D304" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E304" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F304" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="305" customHeight="1" ht="140.0">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>1086696</t>
+        </is>
+      </c>
+      <c r="C305" s="1" t="inlineStr">
+        <is>
+          <t>HSV MRC</t>
+        </is>
+      </c>
+      <c r="D305" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E305" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 20, 25, 35</t>
+        </is>
+      </c>
+      <c r="F305" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="306" customHeight="1" ht="140.0">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>1086695</t>
+        </is>
+      </c>
+      <c r="C306" s="1" t="inlineStr">
+        <is>
+          <t>MRC</t>
+        </is>
+      </c>
+      <c r="D306" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E306" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F306" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="307" customHeight="1" ht="140.0">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>1083927</t>
+        </is>
+      </c>
+      <c r="C307" s="1" t="inlineStr">
+        <is>
+          <t>CAPTIVA</t>
+        </is>
+      </c>
+      <c r="D307" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E307" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F79" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D80" s="1" t="inlineStr">
+      <c r="F307" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="308" customHeight="1" ht="140.0">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>1083925</t>
+        </is>
+      </c>
+      <c r="C308" s="1" t="inlineStr">
+        <is>
+          <t>CAPTIVA MAXX</t>
+        </is>
+      </c>
+      <c r="D308" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E308" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F308" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="309" customHeight="1" ht="140.0">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>1081421</t>
+        </is>
+      </c>
+      <c r="C309" s="1" t="inlineStr">
+        <is>
+          <t>H3</t>
+        </is>
+      </c>
+      <c r="D309" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E309" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F309" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="310" customHeight="1" ht="140.0">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>1081073</t>
+        </is>
+      </c>
+      <c r="C310" s="1" t="inlineStr">
+        <is>
+          <t>SSZ</t>
+        </is>
+      </c>
+      <c r="D310" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E310" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F310" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" customHeight="1" ht="140.0">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>1080480</t>
+        </is>
+      </c>
+      <c r="C311" s="1" t="inlineStr">
+        <is>
+          <t>EFIJY</t>
+        </is>
+      </c>
+      <c r="D311" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E311" s="1" t="inlineStr">
+        <is>
+          <t>3, 16, 25, 26</t>
+        </is>
+      </c>
+      <c r="F311" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" customHeight="1" ht="140.0">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>1080479</t>
+        </is>
+      </c>
+      <c r="C312" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D312" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E312" s="1" t="inlineStr">
+        <is>
+          <t>3, 16, 25, 26</t>
+        </is>
+      </c>
+      <c r="F312" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" customHeight="1" ht="140.0">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>1077834</t>
+        </is>
+      </c>
+      <c r="C313" s="1" t="inlineStr">
+        <is>
+          <t>SVZ</t>
+        </is>
+      </c>
+      <c r="D313" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E313" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F313" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="314" customHeight="1" ht="140.0">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>1077258</t>
+        </is>
+      </c>
+      <c r="C314" s="1" t="inlineStr">
+        <is>
+          <t>VXR</t>
+        </is>
+      </c>
+      <c r="D314" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E314" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F314" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="315" customHeight="1" ht="140.0">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>1076993</t>
+        </is>
+      </c>
+      <c r="C315" s="1" t="inlineStr">
+        <is>
+          <t>EQUINOX</t>
+        </is>
+      </c>
+      <c r="D315" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E315" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F315" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="316" customHeight="1" ht="140.0">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>1076992</t>
+        </is>
+      </c>
+      <c r="C316" s="1" t="inlineStr">
+        <is>
+          <t>CALAIS V-SERIES</t>
+        </is>
+      </c>
+      <c r="D316" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E316" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F316" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="317" customHeight="1" ht="140.0">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>1076991</t>
+        </is>
+      </c>
+      <c r="C317" s="1" t="inlineStr">
+        <is>
+          <t>EQUINOX MAXX</t>
+        </is>
+      </c>
+      <c r="D317" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E317" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F317" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="318" customHeight="1" ht="140.0">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>1076990</t>
+        </is>
+      </c>
+      <c r="C318" s="1" t="inlineStr">
+        <is>
+          <t>SS V-SERIES</t>
+        </is>
+      </c>
+      <c r="D318" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E318" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F318" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="319" customHeight="1" ht="140.0">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>1074763</t>
+        </is>
+      </c>
+      <c r="C319" s="1" t="inlineStr">
+        <is>
+          <t>HSVDDI</t>
+        </is>
+      </c>
+      <c r="D319" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E319" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 16, 35</t>
+        </is>
+      </c>
+      <c r="F319" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="320" customHeight="1" ht="140.0">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>1074237</t>
+        </is>
+      </c>
+      <c r="C320" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D320" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E320" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 30, 32, 33, 35, 36</t>
+        </is>
+      </c>
+      <c r="F320" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="321" customHeight="1" ht="140.0">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>1072044</t>
+        </is>
+      </c>
+      <c r="C321" s="1" t="inlineStr">
+        <is>
+          <t>LINEA ROSSA</t>
+        </is>
+      </c>
+      <c r="D321" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E321" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F321" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" customHeight="1" ht="140.0">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>1071254</t>
+        </is>
+      </c>
+      <c r="C322" s="1" t="inlineStr">
+        <is>
+          <t>H2</t>
+        </is>
+      </c>
+      <c r="D322" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E322" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F322" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="323" customHeight="1" ht="140.0">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>1071253</t>
+        </is>
+      </c>
+      <c r="C323" s="1" t="inlineStr">
+        <is>
+          <t>H1</t>
+        </is>
+      </c>
+      <c r="D323" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E323" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F323" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="324" customHeight="1" ht="140.0">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>1070692</t>
+        </is>
+      </c>
+      <c r="C324" s="1" t="inlineStr">
+        <is>
+          <t>SANDMAN</t>
+        </is>
+      </c>
+      <c r="D324" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E324" s="1" t="inlineStr">
+        <is>
+          <t>9, 16, 28</t>
+        </is>
+      </c>
+      <c r="F324" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="325" customHeight="1" ht="140.0">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>1070450</t>
+        </is>
+      </c>
+      <c r="C325" s="1" t="inlineStr">
+        <is>
+          <t>MONARO</t>
+        </is>
+      </c>
+      <c r="D325" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E325" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F325" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="326" customHeight="1" ht="140.0">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>1069921</t>
+        </is>
+      </c>
+      <c r="C326" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D326" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E326" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F326" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="327" customHeight="1" ht="140.0">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>1068861</t>
+        </is>
+      </c>
+      <c r="C327" s="1" t="inlineStr">
+        <is>
+          <t>DEALER TEAM SPEC</t>
+        </is>
+      </c>
+      <c r="D327" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E327" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F327" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="328" customHeight="1" ht="140.0">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>1068860</t>
+        </is>
+      </c>
+      <c r="C328" s="1" t="inlineStr">
+        <is>
+          <t>HSV VXR</t>
+        </is>
+      </c>
+      <c r="D328" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E328" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F328" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="329" customHeight="1" ht="140.0">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>1068859</t>
+        </is>
+      </c>
+      <c r="C329" s="1" t="inlineStr">
+        <is>
+          <t>VXR</t>
+        </is>
+      </c>
+      <c r="D329" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E329" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F329" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="330" customHeight="1" ht="140.0">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>1068858</t>
+        </is>
+      </c>
+      <c r="C330" s="1" t="inlineStr">
+        <is>
+          <t>15 YEARS OF THUNDER</t>
+        </is>
+      </c>
+      <c r="D330" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E330" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F330" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="331" customHeight="1" ht="140.0">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>1068857</t>
+        </is>
+      </c>
+      <c r="C331" s="1" t="inlineStr">
+        <is>
+          <t>MALOO 15 YEARS OF THUNDER</t>
+        </is>
+      </c>
+      <c r="D331" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E331" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F331" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" customHeight="1" ht="140.0">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>1068124</t>
+        </is>
+      </c>
+      <c r="C332" s="1" t="inlineStr">
+        <is>
+          <t>TURIZMO</t>
+        </is>
+      </c>
+      <c r="D332" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E332" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F332" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="333" customHeight="1" ht="140.0">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>1068123</t>
+        </is>
+      </c>
+      <c r="C333" s="1" t="inlineStr">
+        <is>
+          <t>CREWMAN THUNDER</t>
+        </is>
+      </c>
+      <c r="D333" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E333" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F333" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="334" customHeight="1" ht="140.0">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>1068122</t>
+        </is>
+      </c>
+      <c r="C334" s="1" t="inlineStr">
+        <is>
+          <t>UTE THUNDER</t>
+        </is>
+      </c>
+      <c r="D334" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E334" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F334" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="335" customHeight="1" ht="140.0">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>1067621</t>
+        </is>
+      </c>
+      <c r="C335" s="1" t="inlineStr">
+        <is>
+          <t>ACTEVA MAXX</t>
+        </is>
+      </c>
+      <c r="D335" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E335" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F335" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="336" customHeight="1" ht="140.0">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>1067620</t>
+        </is>
+      </c>
+      <c r="C336" s="1" t="inlineStr">
+        <is>
+          <t>ACTEVA</t>
+        </is>
+      </c>
+      <c r="D336" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E336" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F336" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="337" customHeight="1" ht="140.0">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>1067619</t>
+        </is>
+      </c>
+      <c r="C337" s="1" t="inlineStr">
+        <is>
+          <t>EVOKE</t>
+        </is>
+      </c>
+      <c r="D337" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E337" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F337" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="338" customHeight="1" ht="140.0">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>1067618</t>
+        </is>
+      </c>
+      <c r="C338" s="1" t="inlineStr">
+        <is>
+          <t>ACTEVO MAXX</t>
+        </is>
+      </c>
+      <c r="D338" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E338" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F338" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="339" customHeight="1" ht="140.0">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>1067617</t>
+        </is>
+      </c>
+      <c r="C339" s="1" t="inlineStr">
+        <is>
+          <t>ACTEVO</t>
+        </is>
+      </c>
+      <c r="D339" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E339" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F339" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="340" customHeight="1" ht="140.0">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>1067616</t>
+        </is>
+      </c>
+      <c r="C340" s="1" t="inlineStr">
+        <is>
+          <t>EVOKE MAXX</t>
+        </is>
+      </c>
+      <c r="D340" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E340" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F340" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="341" customHeight="1" ht="140.0">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>1063907</t>
+        </is>
+      </c>
+      <c r="C341" s="1" t="inlineStr">
+        <is>
+          <t>COUPE4</t>
+        </is>
+      </c>
+      <c r="D341" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E341" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F341" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="342" customHeight="1" ht="140.0">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>1063003</t>
+        </is>
+      </c>
+      <c r="C342" s="1" t="inlineStr">
+        <is>
+          <t>VCDI</t>
+        </is>
+      </c>
+      <c r="D342" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E342" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F342" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="343" customHeight="1" ht="140.0">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>1058742</t>
+        </is>
+      </c>
+      <c r="C343" s="1" t="inlineStr">
+        <is>
+          <t>HSV DEALER TEAM</t>
+        </is>
+      </c>
+      <c r="D343" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E343" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 16, 18, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F343" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="344" customHeight="1" ht="140.0">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>1058741</t>
+        </is>
+      </c>
+      <c r="C344" s="1" t="inlineStr">
+        <is>
+          <t>HSV DEALER TEAM</t>
+        </is>
+      </c>
+      <c r="D344" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E344" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 16, 18, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F344" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="345" customHeight="1" ht="140.0">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>1057749</t>
+        </is>
+      </c>
+      <c r="C345" s="1" t="inlineStr">
+        <is>
+          <t>hsv.com.au</t>
+        </is>
+      </c>
+      <c r="D345" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E345" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F345" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="346" customHeight="1" ht="140.0">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>1057748</t>
+        </is>
+      </c>
+      <c r="C346" s="1" t="inlineStr">
+        <is>
+          <t>MALOO</t>
+        </is>
+      </c>
+      <c r="D346" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E346" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F346" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" customHeight="1" ht="140.0">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>1057746</t>
+        </is>
+      </c>
+      <c r="C347" s="1" t="inlineStr">
+        <is>
+          <t>MALOO R8</t>
+        </is>
+      </c>
+      <c r="D347" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E347" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F347" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="348" customHeight="1" ht="140.0">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>1057745</t>
+        </is>
+      </c>
+      <c r="C348" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT</t>
+        </is>
+      </c>
+      <c r="D348" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E348" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F348" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="349" customHeight="1" ht="140.0">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>1057742</t>
+        </is>
+      </c>
+      <c r="C349" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT R8</t>
+        </is>
+      </c>
+      <c r="D349" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E349" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F349" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="350" customHeight="1" ht="140.0">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>1057740</t>
+        </is>
+      </c>
+      <c r="C350" s="1" t="inlineStr">
+        <is>
+          <t>SENATOR</t>
+        </is>
+      </c>
+      <c r="D350" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E350" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F350" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="351" customHeight="1" ht="140.0">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>1056108</t>
+        </is>
+      </c>
+      <c r="C351" s="1" t="inlineStr">
+        <is>
+          <t>ADVENTRA SX6
+ADVENTRA SX8</t>
+        </is>
+      </c>
+      <c r="D351" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E351" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F351" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="352" customHeight="1" ht="140.0">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>1052524</t>
+        </is>
+      </c>
+      <c r="C352" s="1" t="inlineStr">
+        <is>
+          <t>DRIVER DYNAMIC INTERFACE</t>
+        </is>
+      </c>
+      <c r="D352" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E352" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 16, 35</t>
+        </is>
+      </c>
+      <c r="F352" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="353" customHeight="1" ht="140.0">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>1050846</t>
+        </is>
+      </c>
+      <c r="C353" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D353" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E353" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F353" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="354" customHeight="1" ht="140.0">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>1050845</t>
+        </is>
+      </c>
+      <c r="C354" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D354" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E354" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F354" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="355" customHeight="1" ht="140.0">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>1050843</t>
+        </is>
+      </c>
+      <c r="C355" s="1" t="inlineStr">
+        <is>
+          <t>MONARO</t>
+        </is>
+      </c>
+      <c r="D355" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E355" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F355" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="356" customHeight="1" ht="140.0">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>1050840</t>
+        </is>
+      </c>
+      <c r="C356" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D356" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E356" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F356" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="357" customHeight="1" ht="140.0">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>1050188</t>
+        </is>
+      </c>
+      <c r="C357" s="1" t="inlineStr">
+        <is>
+          <t>GMH</t>
+        </is>
+      </c>
+      <c r="D357" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E357" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F357" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="358" customHeight="1" ht="140.0">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>1050187</t>
+        </is>
+      </c>
+      <c r="C358" s="1" t="inlineStr">
+        <is>
+          <t>GM HOLDEN</t>
+        </is>
+      </c>
+      <c r="D358" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E358" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F358" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="359" customHeight="1" ht="140.0">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>1050185</t>
+        </is>
+      </c>
+      <c r="C359" s="1" t="inlineStr">
+        <is>
+          <t>HSV CERTIFIED USED VEHICLES</t>
+        </is>
+      </c>
+      <c r="D359" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E359" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F359" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="360" customHeight="1" ht="140.0">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>1050184</t>
+        </is>
+      </c>
+      <c r="C360" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D360" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E360" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F360" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="361" customHeight="1" ht="140.0">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>1048571</t>
+        </is>
+      </c>
+      <c r="C361" s="1" t="inlineStr">
+        <is>
+          <t>HQ PREMIER</t>
+        </is>
+      </c>
+      <c r="D361" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E361" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F361" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="362" customHeight="1" ht="140.0">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>1047966</t>
+        </is>
+      </c>
+      <c r="C362" s="1" t="inlineStr">
+        <is>
+          <t>HSV K2</t>
+        </is>
+      </c>
+      <c r="D362" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E362" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F362" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="363" customHeight="1" ht="140.0">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>1047965</t>
+        </is>
+      </c>
+      <c r="C363" s="1" t="inlineStr">
+        <is>
+          <t>HSV GOES RACING</t>
+        </is>
+      </c>
+      <c r="D363" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E363" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 41</t>
+        </is>
+      </c>
+      <c r="F363" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" customHeight="1" ht="140.0">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>1047515</t>
+        </is>
+      </c>
+      <c r="C364" s="1" t="inlineStr">
+        <is>
+          <t>HSV DEALER TEAM</t>
+        </is>
+      </c>
+      <c r="D364" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E364" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 21, 25, 27, 28, 35, 36, 37, 41</t>
+        </is>
+      </c>
+      <c r="F364" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="365" customHeight="1" ht="140.0">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>1047514</t>
+        </is>
+      </c>
+      <c r="C365" s="1" t="inlineStr">
+        <is>
+          <t>HSV DEALER TEAM</t>
+        </is>
+      </c>
+      <c r="D365" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E365" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 21, 25, 27, 28, 35, 36, 37, 41</t>
+        </is>
+      </c>
+      <c r="F365" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="366" customHeight="1" ht="140.0">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>1047513</t>
+        </is>
+      </c>
+      <c r="C366" s="1" t="inlineStr">
+        <is>
+          <t>HSV DEALER TEAM</t>
+        </is>
+      </c>
+      <c r="D366" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E366" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 21, 25, 27, 28, 35, 36, 37, 41</t>
+        </is>
+      </c>
+      <c r="F366" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="367" customHeight="1" ht="140.0">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>1045079</t>
+        </is>
+      </c>
+      <c r="C367" s="1" t="inlineStr">
+        <is>
+          <t>H2</t>
+        </is>
+      </c>
+      <c r="D367" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E367" s="1" t="inlineStr">
+        <is>
+          <t>18, 20, 21, 22, 24</t>
+        </is>
+      </c>
+      <c r="F367" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="368" customHeight="1" ht="140.0">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>1045078</t>
+        </is>
+      </c>
+      <c r="C368" s="1" t="inlineStr">
+        <is>
+          <t>H1</t>
+        </is>
+      </c>
+      <c r="D368" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E368" s="1" t="inlineStr">
+        <is>
+          <t>18, 20, 21, 22, 24</t>
+        </is>
+      </c>
+      <c r="F368" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="369" customHeight="1" ht="140.0">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>1045077</t>
+        </is>
+      </c>
+      <c r="C369" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D369" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E369" s="1" t="inlineStr">
+        <is>
+          <t>11, 18, 20, 21, 22, 24</t>
+        </is>
+      </c>
+      <c r="F369" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="370" customHeight="1" ht="140.0">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>1043501</t>
+        </is>
+      </c>
+      <c r="C370" s="1" t="inlineStr">
+        <is>
+          <t>DDI</t>
+        </is>
+      </c>
+      <c r="D370" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E370" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 16, 35</t>
+        </is>
+      </c>
+      <c r="F370" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="371" customHeight="1" ht="140.0">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>1043313</t>
+        </is>
+      </c>
+      <c r="C371" s="1" t="inlineStr">
+        <is>
+          <t>DYNAMIC DRIVER INTERFACE</t>
+        </is>
+      </c>
+      <c r="D371" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E371" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 16, 35</t>
+        </is>
+      </c>
+      <c r="F371" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="372" customHeight="1" ht="140.0">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>1042502</t>
+        </is>
+      </c>
+      <c r="C372" s="1" t="inlineStr">
+        <is>
+          <t>TEAM RED</t>
+        </is>
+      </c>
+      <c r="D372" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E372" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 16, 24, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F372" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="373" customHeight="1" ht="140.0">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>1042501</t>
+        </is>
+      </c>
+      <c r="C373" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D373" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E373" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F373" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="374" customHeight="1" ht="140.0">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>1042500</t>
+        </is>
+      </c>
+      <c r="C374" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D374" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E374" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 28</t>
+        </is>
+      </c>
+      <c r="F374" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="375" customHeight="1" ht="140.0">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>1041022</t>
+        </is>
+      </c>
+      <c r="C375" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN GOLF</t>
+        </is>
+      </c>
+      <c r="D375" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E375" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 18, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F375" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="376" customHeight="1" ht="140.0">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>1040851</t>
+        </is>
+      </c>
+      <c r="C376" s="1" t="inlineStr">
+        <is>
+          <t>BLC</t>
+        </is>
+      </c>
+      <c r="D376" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E376" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F376" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="377" customHeight="1" ht="140.0">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>1040850</t>
+        </is>
+      </c>
+      <c r="C377" s="1" t="inlineStr">
+        <is>
+          <t>BRX</t>
+        </is>
+      </c>
+      <c r="D377" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E377" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F377" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="378" customHeight="1" ht="140.0">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>1040849</t>
+        </is>
+      </c>
+      <c r="C378" s="1" t="inlineStr">
+        <is>
+          <t>BLS</t>
+        </is>
+      </c>
+      <c r="D378" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E378" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F378" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="379" customHeight="1" ht="140.0">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>1040848</t>
+        </is>
+      </c>
+      <c r="C379" s="1" t="inlineStr">
+        <is>
+          <t>BLW</t>
+        </is>
+      </c>
+      <c r="D379" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E379" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F379" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="380" customHeight="1" ht="140.0">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>1040500</t>
+        </is>
+      </c>
+      <c r="C380" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D380" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E380" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F380" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="381" customHeight="1" ht="140.0">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>1040499</t>
+        </is>
+      </c>
+      <c r="C381" s="1" t="inlineStr">
+        <is>
+          <t>HRT</t>
+        </is>
+      </c>
+      <c r="D381" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E381" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F381" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="382" customHeight="1" ht="140.0">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>1039575</t>
+        </is>
+      </c>
+      <c r="C382" s="1" t="inlineStr">
+        <is>
+          <t>GM</t>
+        </is>
+      </c>
+      <c r="D382" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E382" s="1" t="inlineStr">
+        <is>
+          <t>3, 11, 14, 16, 18, 20, 21, 24, 25, 27, 28, 35, 36, 39, 41, 42</t>
+        </is>
+      </c>
+      <c r="F382" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="383" customHeight="1" ht="140.0">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>1039136</t>
+        </is>
+      </c>
+      <c r="C383" s="1" t="inlineStr">
+        <is>
+          <t>HSV SV6000</t>
+        </is>
+      </c>
+      <c r="D383" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E383" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F383" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="384" customHeight="1" ht="140.0">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>1037778</t>
+        </is>
+      </c>
+      <c r="C384" s="1" t="inlineStr">
+        <is>
+          <t>HFV6</t>
+        </is>
+      </c>
+      <c r="D384" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E384" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F384" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="385" customHeight="1" ht="140.0">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>1032686</t>
+        </is>
+      </c>
+      <c r="C385" s="1" t="inlineStr">
+        <is>
+          <t>SANDMAN</t>
+        </is>
+      </c>
+      <c r="D385" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E385" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F385" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="386" customHeight="1" ht="140.0">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>1031464</t>
+        </is>
+      </c>
+      <c r="C386" s="1" t="inlineStr">
+        <is>
+          <t>HSV Z SERIES</t>
+        </is>
+      </c>
+      <c r="D386" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E386" s="1" t="inlineStr">
+        <is>
+          <t>12, 28, 35</t>
+        </is>
+      </c>
+      <c r="F386" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="387" customHeight="1" ht="140.0">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>1030621</t>
+        </is>
+      </c>
+      <c r="C387" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN WORK FORCE</t>
+        </is>
+      </c>
+      <c r="D387" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E387" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F387" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="388" customHeight="1" ht="140.0">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>1030615</t>
+        </is>
+      </c>
+      <c r="C388" s="1" t="inlineStr">
+        <is>
+          <t>GMC</t>
+        </is>
+      </c>
+      <c r="D388" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E388" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F388" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="389" customHeight="1" ht="140.0">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>1030614</t>
+        </is>
+      </c>
+      <c r="C389" s="1" t="inlineStr">
+        <is>
+          <t>GRAPHYTE</t>
+        </is>
+      </c>
+      <c r="D389" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E389" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F389" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="390" customHeight="1" ht="140.0">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>1028521</t>
+        </is>
+      </c>
+      <c r="C390" s="1" t="inlineStr">
+        <is>
+          <t>COUPE4</t>
+        </is>
+      </c>
+      <c r="D390" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E390" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 25, 27, 28</t>
+        </is>
+      </c>
+      <c r="F390" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="391" customHeight="1" ht="140.0">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>1023807</t>
+        </is>
+      </c>
+      <c r="C391" s="1" t="inlineStr">
+        <is>
+          <t>GTSR</t>
+        </is>
+      </c>
+      <c r="D391" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E391" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21</t>
+        </is>
+      </c>
+      <c r="F391" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="392" customHeight="1" ht="140.0">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>1022090</t>
+        </is>
+      </c>
+      <c r="C392" s="1" t="inlineStr">
+        <is>
+          <t>THE RACING LION</t>
+        </is>
+      </c>
+      <c r="D392" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E392" s="1" t="inlineStr">
+        <is>
+          <t>16, 35</t>
+        </is>
+      </c>
+      <c r="F392" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="393" customHeight="1" ht="140.0">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>1021689</t>
+        </is>
+      </c>
+      <c r="C393" s="1" t="inlineStr">
+        <is>
+          <t>LIONS DEN</t>
+        </is>
+      </c>
+      <c r="D393" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E393" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 25</t>
+        </is>
+      </c>
+      <c r="F393" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="394" customHeight="1" ht="140.0">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>1020550</t>
+        </is>
+      </c>
+      <c r="C394" s="1" t="inlineStr">
+        <is>
+          <t>MALAGARA</t>
+        </is>
+      </c>
+      <c r="D394" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E394" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F394" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="395" customHeight="1" ht="140.0">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>1020549</t>
+        </is>
+      </c>
+      <c r="C395" s="1" t="inlineStr">
+        <is>
+          <t>GTSR</t>
+        </is>
+      </c>
+      <c r="D395" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E395" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 20, 21</t>
+        </is>
+      </c>
+      <c r="F395" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="396" customHeight="1" ht="140.0">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>1019573</t>
+        </is>
+      </c>
+      <c r="C396" s="1" t="inlineStr">
+        <is>
+          <t>HRT CLUB 1</t>
+        </is>
+      </c>
+      <c r="D396" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E396" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 16, 35, 41</t>
+        </is>
+      </c>
+      <c r="F396" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="397" customHeight="1" ht="140.0">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>1019356</t>
+        </is>
+      </c>
+      <c r="C397" s="1" t="inlineStr">
+        <is>
+          <t>TURN IT ON</t>
+        </is>
+      </c>
+      <c r="D397" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E397" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37, 41</t>
+        </is>
+      </c>
+      <c r="F397" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="398" customHeight="1" ht="140.0">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>1018456</t>
+        </is>
+      </c>
+      <c r="C398" s="1" t="inlineStr">
+        <is>
+          <t>EXCELERATE</t>
+        </is>
+      </c>
+      <c r="D398" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E398" s="1" t="inlineStr">
+        <is>
+          <t>16, 35, 41</t>
+        </is>
+      </c>
+      <c r="F398" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="399" customHeight="1" ht="140.0">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>1017530</t>
+        </is>
+      </c>
+      <c r="C399" s="1" t="inlineStr">
+        <is>
+          <t>LS2 6.0L</t>
+        </is>
+      </c>
+      <c r="D399" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E399" s="1" t="inlineStr">
+        <is>
+          <t>1, 3, 6, 12, 14, 16, 18, 21, 24, 25, 27, 28, 35, 36, 37</t>
+        </is>
+      </c>
+      <c r="F399" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="400" customHeight="1" ht="140.0">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>1017033</t>
+        </is>
+      </c>
+      <c r="C400" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D400" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E400" s="1" t="inlineStr">
+        <is>
+          <t>32, 33</t>
+        </is>
+      </c>
+      <c r="F400" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="401" customHeight="1" ht="140.0">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>1016511</t>
+        </is>
+      </c>
+      <c r="C401" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D401" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E401" s="1" t="inlineStr">
+        <is>
+          <t>12, 20</t>
+        </is>
+      </c>
+      <c r="F401" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="402" customHeight="1" ht="140.0">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>1016510</t>
+        </is>
+      </c>
+      <c r="C402" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D402" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E402" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F402" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="403" customHeight="1" ht="140.0">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>1016509</t>
+        </is>
+      </c>
+      <c r="C403" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D403" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E403" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F403" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="404" customHeight="1" ht="140.0">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>1016508</t>
+        </is>
+      </c>
+      <c r="C404" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D404" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E404" s="1" t="inlineStr">
+        <is>
+          <t>12, 20</t>
+        </is>
+      </c>
+      <c r="F404" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="405" customHeight="1" ht="140.0">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>1009556</t>
+        </is>
+      </c>
+      <c r="C405" s="1" t="inlineStr">
+        <is>
+          <t>SEQUEL</t>
+        </is>
+      </c>
+      <c r="D405" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E405" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F405" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="406" customHeight="1" ht="140.0">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>1003208</t>
+        </is>
+      </c>
+      <c r="C406" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D406" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E406" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 14, 16, 18, 20, 21, 24, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F406" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="407" customHeight="1" ht="140.0">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>1003207</t>
+        </is>
+      </c>
+      <c r="C407" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN SPECIAL VEHICLES</t>
+        </is>
+      </c>
+      <c r="D407" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E407" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 14, 16, 18, 20, 21, 24, 25, 27, 28, 37</t>
+        </is>
+      </c>
+      <c r="F407" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="408" customHeight="1" ht="140.0">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>1003205</t>
+        </is>
+      </c>
+      <c r="C408" s="1" t="inlineStr">
+        <is>
+          <t>I JUST WANT ONE</t>
+        </is>
+      </c>
+      <c r="D408" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E408" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 11, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 30, 36, 38, 39, 41</t>
+        </is>
+      </c>
+      <c r="F408" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="409" customHeight="1" ht="140.0">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>1003203</t>
+        </is>
+      </c>
+      <c r="C409" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D409" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E409" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F409" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="410" customHeight="1" ht="140.0">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>1003202</t>
+        </is>
+      </c>
+      <c r="C410" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D410" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E410" s="1" t="inlineStr">
+        <is>
+          <t>11, 20, 27</t>
+        </is>
+      </c>
+      <c r="F410" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="411" customHeight="1" ht="140.0">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>1003159</t>
+        </is>
+      </c>
+      <c r="C411" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D411" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E411" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F411" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="412" customHeight="1" ht="140.0">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>1003158</t>
+        </is>
+      </c>
+      <c r="C412" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN SANDMAN</t>
+        </is>
+      </c>
+      <c r="D412" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E412" s="1" t="inlineStr">
+        <is>
+          <t>6, 14, 20, 21, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F412" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="413" customHeight="1" ht="140.0">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>1002408</t>
+        </is>
+      </c>
+      <c r="C413" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D413" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E413" s="1" t="inlineStr">
+        <is>
+          <t>6, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F413" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="414" customHeight="1" ht="140.0">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>1002407</t>
+        </is>
+      </c>
+      <c r="C414" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D414" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E414" s="1" t="inlineStr">
+        <is>
+          <t>6, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F414" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="415" customHeight="1" ht="140.0">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>1002406</t>
+        </is>
+      </c>
+      <c r="C415" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D415" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E415" s="1" t="inlineStr">
+        <is>
+          <t>6, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F415" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="416" customHeight="1" ht="140.0">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>1002405</t>
+        </is>
+      </c>
+      <c r="C416" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D416" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E416" s="1" t="inlineStr">
+        <is>
+          <t>6, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F416" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="417" customHeight="1" ht="140.0">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>1002403</t>
+        </is>
+      </c>
+      <c r="C417" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D417" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E417" s="1" t="inlineStr">
+        <is>
+          <t>6, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F417" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="418" customHeight="1" ht="140.0">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>1002402</t>
+        </is>
+      </c>
+      <c r="C418" s="1" t="inlineStr">
+        <is>
+          <t>GMAC</t>
+        </is>
+      </c>
+      <c r="D418" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E418" s="1" t="inlineStr">
+        <is>
+          <t>35, 36, 39</t>
+        </is>
+      </c>
+      <c r="F418" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="419" customHeight="1" ht="140.0">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>1000215</t>
+        </is>
+      </c>
+      <c r="C419" s="1" t="inlineStr">
+        <is>
+          <t>Viva</t>
+        </is>
+      </c>
+      <c r="D419" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E419" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F419" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="420" customHeight="1" ht="140.0">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>997308</t>
+        </is>
+      </c>
+      <c r="C420" s="1" t="inlineStr">
+        <is>
+          <t>SS</t>
+        </is>
+      </c>
+      <c r="D420" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E420" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F420" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="421" customHeight="1" ht="140.0">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>997307</t>
+        </is>
+      </c>
+      <c r="C421" s="1" t="inlineStr">
+        <is>
+          <t>DE VILLE</t>
+        </is>
+      </c>
+      <c r="D421" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E421" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F421" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="422" customHeight="1" ht="140.0">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>997306</t>
+        </is>
+      </c>
+      <c r="C422" s="1" t="inlineStr">
+        <is>
+          <t>SV300</t>
+        </is>
+      </c>
+      <c r="D422" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E422" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F422" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="423" customHeight="1" ht="140.0">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>997305</t>
+        </is>
+      </c>
+      <c r="C423" s="1" t="inlineStr">
+        <is>
+          <t>SENATOR</t>
+        </is>
+      </c>
+      <c r="D423" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E423" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F423" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="424" customHeight="1" ht="140.0">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>997304</t>
+        </is>
+      </c>
+      <c r="C424" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT</t>
+        </is>
+      </c>
+      <c r="D424" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E424" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F424" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="425" customHeight="1" ht="140.0">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>997303</t>
+        </is>
+      </c>
+      <c r="C425" s="1" t="inlineStr">
+        <is>
+          <t>BELMONT</t>
+        </is>
+      </c>
+      <c r="D425" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E425" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F425" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="426" customHeight="1" ht="140.0">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>997302</t>
+        </is>
+      </c>
+      <c r="C426" s="1" t="inlineStr">
+        <is>
+          <t>PREMIER</t>
+        </is>
+      </c>
+      <c r="D426" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E426" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F426" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="427" customHeight="1" ht="140.0">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>997301</t>
+        </is>
+      </c>
+      <c r="C427" s="1" t="inlineStr">
+        <is>
+          <t>KINGSWOOD</t>
+        </is>
+      </c>
+      <c r="D427" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E427" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F427" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="428" customHeight="1" ht="140.0">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>997300</t>
+        </is>
+      </c>
+      <c r="C428" s="1" t="inlineStr">
+        <is>
+          <t>CAPRICE</t>
+        </is>
+      </c>
+      <c r="D428" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E428" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F428" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="429" customHeight="1" ht="140.0">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>997298</t>
+        </is>
+      </c>
+      <c r="C429" s="1" t="inlineStr">
+        <is>
+          <t>STATESMAN</t>
+        </is>
+      </c>
+      <c r="D429" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E429" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F429" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="430" customHeight="1" ht="140.0">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>997297</t>
+        </is>
+      </c>
+      <c r="C430" s="1" t="inlineStr">
+        <is>
+          <t>CALAIS</t>
+        </is>
+      </c>
+      <c r="D430" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E430" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F430" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="431" customHeight="1" ht="140.0">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>997296</t>
+        </is>
+      </c>
+      <c r="C431" s="1" t="inlineStr">
+        <is>
+          <t>BERLINA</t>
+        </is>
+      </c>
+      <c r="D431" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E431" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F431" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="432" customHeight="1" ht="140.0">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>997295</t>
+        </is>
+      </c>
+      <c r="C432" s="1" t="inlineStr">
+        <is>
+          <t>ACCLAIM</t>
+        </is>
+      </c>
+      <c r="D432" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E432" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F432" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="433" customHeight="1" ht="140.0">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>995808</t>
+        </is>
+      </c>
+      <c r="C433" s="1" t="inlineStr">
+        <is>
+          <t>COMMODORE</t>
+        </is>
+      </c>
+      <c r="D433" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E433" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F433" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="434" customHeight="1" ht="140.0">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>990926</t>
+        </is>
+      </c>
+      <c r="C434" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D434" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E434" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F434" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="435" customHeight="1" ht="140.0">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>989123</t>
+        </is>
+      </c>
+      <c r="C435" s="1" t="inlineStr">
+        <is>
+          <t>ALTO</t>
+        </is>
+      </c>
+      <c r="D435" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E435" s="1" t="inlineStr">
+        <is>
+          <t>36, 39</t>
+        </is>
+      </c>
+      <c r="F435" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="436" customHeight="1" ht="140.0">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>984379</t>
+        </is>
+      </c>
+      <c r="C436" s="1" t="inlineStr">
+        <is>
+          <t>SANDMAN</t>
+        </is>
+      </c>
+      <c r="D436" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E436" s="1" t="inlineStr">
+        <is>
+          <t>6, 14, 18, 20, 21, 24, 25, 35</t>
+        </is>
+      </c>
+      <c r="F436" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="437" customHeight="1" ht="140.0">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>984378</t>
+        </is>
+      </c>
+      <c r="C437" s="1" t="inlineStr">
+        <is>
+          <t>TORANA</t>
+        </is>
+      </c>
+      <c r="D437" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E437" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 14, 16, 18, 20, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F437" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="438" customHeight="1" ht="140.0">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>983561</t>
+        </is>
+      </c>
+      <c r="C438" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D438" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E438" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F438" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="439" customHeight="1" ht="140.0">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>983560</t>
+        </is>
+      </c>
+      <c r="C439" s="1" t="inlineStr">
+        <is>
+          <t>COUPE LE</t>
+        </is>
+      </c>
+      <c r="D439" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E439" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F439" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="440" customHeight="1" ht="140.0">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>983559</t>
+        </is>
+      </c>
+      <c r="C440" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D440" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E440" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F440" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="441" customHeight="1" ht="140.0">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>981158</t>
+        </is>
+      </c>
+      <c r="C441" s="1" t="inlineStr">
+        <is>
+          <t>GRANGE</t>
+        </is>
+      </c>
+      <c r="D441" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E441" s="1" t="inlineStr">
+        <is>
+          <t>28, 35, 37</t>
+        </is>
+      </c>
+      <c r="F441" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="442" customHeight="1" ht="140.0">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>980400</t>
+        </is>
+      </c>
+      <c r="C442" s="1" t="inlineStr">
+        <is>
+          <t>CROSS 8</t>
+        </is>
+      </c>
+      <c r="D442" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E442" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F442" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="443" customHeight="1" ht="140.0">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>976322</t>
+        </is>
+      </c>
+      <c r="C443" s="1" t="inlineStr">
+        <is>
+          <t>VDA</t>
+        </is>
+      </c>
+      <c r="D443" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E443" s="1" t="inlineStr">
+        <is>
+          <t>37, 40, 42</t>
+        </is>
+      </c>
+      <c r="F443" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="444" customHeight="1" ht="140.0">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>975778</t>
+        </is>
+      </c>
+      <c r="C444" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D444" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E444" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 24</t>
+        </is>
+      </c>
+      <c r="F444" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="445" customHeight="1" ht="140.0">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>973403</t>
+        </is>
+      </c>
+      <c r="C445" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN SPECIAL VEHICLES</t>
+        </is>
+      </c>
+      <c r="D445" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E445" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F445" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="446" customHeight="1" ht="140.0">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>972194</t>
+        </is>
+      </c>
+      <c r="C446" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D446" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E446" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 28, 35</t>
+        </is>
+      </c>
+      <c r="F446" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="447" customHeight="1" ht="140.0">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>971003</t>
+        </is>
+      </c>
+      <c r="C447" s="1" t="inlineStr">
+        <is>
+          <t>EFIJY</t>
+        </is>
+      </c>
+      <c r="D447" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E447" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 28, 35</t>
+        </is>
+      </c>
+      <c r="F447" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="448" customHeight="1" ht="140.0">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>969010</t>
+        </is>
+      </c>
+      <c r="C448" s="1" t="inlineStr">
+        <is>
+          <t>STORMRIDERS</t>
+        </is>
+      </c>
+      <c r="D448" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E448" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F448" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="449" customHeight="1" ht="140.0">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>965997</t>
+        </is>
+      </c>
+      <c r="C449" s="1" t="inlineStr">
+        <is>
+          <t>QUADDRIVE</t>
+        </is>
+      </c>
+      <c r="D449" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E449" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 35</t>
+        </is>
+      </c>
+      <c r="F449" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="450" customHeight="1" ht="140.0">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>963594</t>
+        </is>
+      </c>
+      <c r="C450" s="1" t="inlineStr">
+        <is>
+          <t>CREWMAN</t>
+        </is>
+      </c>
+      <c r="D450" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E450" s="1" t="inlineStr">
+        <is>
+          <t>28, 35</t>
+        </is>
+      </c>
+      <c r="F450" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="451" customHeight="1" ht="140.0">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>963487</t>
+        </is>
+      </c>
+      <c r="C451" s="1" t="inlineStr">
+        <is>
+          <t>QUADRASPORT</t>
+        </is>
+      </c>
+      <c r="D451" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E451" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 35</t>
+        </is>
+      </c>
+      <c r="F451" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="452" customHeight="1" ht="140.0">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>962746</t>
+        </is>
+      </c>
+      <c r="C452" s="1" t="inlineStr">
+        <is>
+          <t>CROSS 8
+CROSS 6</t>
+        </is>
+      </c>
+      <c r="D452" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E452" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F452" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="453" customHeight="1" ht="140.0">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>962591</t>
+        </is>
+      </c>
+      <c r="C453" s="1" t="inlineStr">
+        <is>
+          <t>MALOO</t>
+        </is>
+      </c>
+      <c r="D453" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E453" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F453" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="454" customHeight="1" ht="140.0">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>962590</t>
+        </is>
+      </c>
+      <c r="C454" s="1" t="inlineStr">
+        <is>
+          <t>COUPE</t>
+        </is>
+      </c>
+      <c r="D454" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E454" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F454" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="455" customHeight="1" ht="140.0">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>962589</t>
+        </is>
+      </c>
+      <c r="C455" s="1" t="inlineStr">
+        <is>
+          <t>GTS</t>
+        </is>
+      </c>
+      <c r="D455" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E455" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F455" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="456" customHeight="1" ht="140.0">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>962588</t>
+        </is>
+      </c>
+      <c r="C456" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT</t>
+        </is>
+      </c>
+      <c r="D456" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E456" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F456" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="457" customHeight="1" ht="140.0">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>962461</t>
+        </is>
+      </c>
+      <c r="C457" s="1" t="inlineStr">
+        <is>
+          <t>FJ HOLDEN 50TH ANNIVERSARY</t>
+        </is>
+      </c>
+      <c r="D457" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E457" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 14, 16, 20, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F457" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="458" customHeight="1" ht="140.0">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>962231</t>
+        </is>
+      </c>
+      <c r="C458" s="1" t="inlineStr">
+        <is>
+          <t>COMMODORE 25TH ANNIVERSARY</t>
+        </is>
+      </c>
+      <c r="D458" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E458" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 16, 20, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F458" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="459" customHeight="1" ht="140.0">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>961122</t>
+        </is>
+      </c>
+      <c r="C459" s="1" t="inlineStr">
+        <is>
+          <t>CLUB HOLDEN</t>
+        </is>
+      </c>
+      <c r="D459" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E459" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F459" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="460" customHeight="1" ht="140.0">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>961119</t>
+        </is>
+      </c>
+      <c r="C460" s="1" t="inlineStr">
+        <is>
+          <t>MY DREAM HOLDEN</t>
+        </is>
+      </c>
+      <c r="D460" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E460" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F460" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="461" customHeight="1" ht="140.0">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>957966</t>
+        </is>
+      </c>
+      <c r="C461" s="1" t="inlineStr">
+        <is>
+          <t>HSV XUV</t>
+        </is>
+      </c>
+      <c r="D461" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E461" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 14, 16, 21, 24, 25, 27, 35</t>
+        </is>
+      </c>
+      <c r="F461" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="462" customHeight="1" ht="140.0">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>957142</t>
+        </is>
+      </c>
+      <c r="C462" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D462" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E462" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 30, 35, 36</t>
+        </is>
+      </c>
+      <c r="F462" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="463" customHeight="1" ht="140.0">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>957141</t>
+        </is>
+      </c>
+      <c r="C463" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D463" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E463" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 14, 16, 18, 20, 21, 24, 28, 41, 42</t>
+        </is>
+      </c>
+      <c r="F463" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="464" customHeight="1" ht="140.0">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>955785</t>
+        </is>
+      </c>
+      <c r="C464" s="1" t="inlineStr">
+        <is>
+          <t>ALLOYTEC</t>
+        </is>
+      </c>
+      <c r="D464" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E464" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F464" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="465" customHeight="1" ht="140.0">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>954843</t>
+        </is>
+      </c>
+      <c r="C465" s="1" t="inlineStr">
+        <is>
+          <t>ADVENTRA</t>
+        </is>
+      </c>
+      <c r="D465" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E465" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F465" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="466" customHeight="1" ht="140.0">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>954280</t>
+        </is>
+      </c>
+      <c r="C466" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT R8</t>
+        </is>
+      </c>
+      <c r="D466" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E466" s="1" t="inlineStr">
+        <is>
+          <t>12, 28, 35, 37</t>
+        </is>
+      </c>
+      <c r="F466" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="467" customHeight="1" ht="140.0">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>954277</t>
+        </is>
+      </c>
+      <c r="C467" s="1" t="inlineStr">
+        <is>
+          <t>MALOO R8</t>
+        </is>
+      </c>
+      <c r="D467" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E467" s="1" t="inlineStr">
+        <is>
+          <t>12, 28, 35, 37</t>
+        </is>
+      </c>
+      <c r="F467" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="468" customHeight="1" ht="140.0">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>954164</t>
+        </is>
+      </c>
+      <c r="C468" s="1" t="inlineStr">
+        <is>
+          <t>CROSS TRAC</t>
+        </is>
+      </c>
+      <c r="D468" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E468" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F468" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="469" customHeight="1" ht="140.0">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>953034</t>
+        </is>
+      </c>
+      <c r="C469" s="1" t="inlineStr">
+        <is>
+          <t>ADVENTRA LX6
+ADVENTRA LX8</t>
+        </is>
+      </c>
+      <c r="D469" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E469" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F469" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="470" customHeight="1" ht="140.0">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>953033</t>
+        </is>
+      </c>
+      <c r="C470" s="1" t="inlineStr">
+        <is>
+          <t>ADVENTRA CX6
+ADVENTRA CX8</t>
+        </is>
+      </c>
+      <c r="D470" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E470" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F470" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="471" customHeight="1" ht="140.0">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>952910</t>
+        </is>
+      </c>
+      <c r="C471" s="1" t="inlineStr">
+        <is>
+          <t>CREWMAN</t>
+        </is>
+      </c>
+      <c r="D471" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E471" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F471" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="472" customHeight="1" ht="140.0">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>952909</t>
+        </is>
+      </c>
+      <c r="C472" s="1" t="inlineStr">
+        <is>
+          <t>AVALANCHE</t>
+        </is>
+      </c>
+      <c r="D472" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E472" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F472" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="473" customHeight="1" ht="140.0">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>951239</t>
+        </is>
+      </c>
+      <c r="C473" s="1" t="inlineStr">
+        <is>
+          <t>MALOO R8</t>
+        </is>
+      </c>
+      <c r="D473" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E473" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F473" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="474" customHeight="1" ht="140.0">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>951238</t>
+        </is>
+      </c>
+      <c r="C474" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT R8</t>
+        </is>
+      </c>
+      <c r="D474" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E474" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F474" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="475" customHeight="1" ht="140.0">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>951237</t>
+        </is>
+      </c>
+      <c r="C475" s="1" t="inlineStr">
+        <is>
+          <t>RACE RELATIONS</t>
+        </is>
+      </c>
+      <c r="D475" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E475" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F475" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="476" customHeight="1" ht="140.0">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>947837</t>
+        </is>
+      </c>
+      <c r="C476" s="1" t="inlineStr">
+        <is>
+          <t>XUV</t>
+        </is>
+      </c>
+      <c r="D476" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E476" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 14, 16, 21, 24, 25, 27, 35</t>
+        </is>
+      </c>
+      <c r="F476" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="477" customHeight="1" ht="140.0">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>946029</t>
+        </is>
+      </c>
+      <c r="C477" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D477" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E477" s="1" t="inlineStr">
+        <is>
+          <t>16, 24</t>
+        </is>
+      </c>
+      <c r="F477" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="478" customHeight="1" ht="140.0">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>945600</t>
+        </is>
+      </c>
+      <c r="C478" s="1" t="inlineStr">
+        <is>
+          <t>V-SERIES</t>
+        </is>
+      </c>
+      <c r="D478" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E478" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F478" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="479" customHeight="1" ht="140.0">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>945191</t>
+        </is>
+      </c>
+      <c r="C479" s="1" t="inlineStr">
+        <is>
+          <t>SV300</t>
+        </is>
+      </c>
+      <c r="D479" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E479" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F479" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="480" customHeight="1" ht="140.0">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>944777</t>
+        </is>
+      </c>
+      <c r="C480" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D480" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E480" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F480" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="481" customHeight="1" ht="140.0">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>944776</t>
+        </is>
+      </c>
+      <c r="C481" s="1" t="inlineStr">
+        <is>
+          <t>SV3000</t>
+        </is>
+      </c>
+      <c r="D481" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E481" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F481" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="482" customHeight="1" ht="140.0">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>944775</t>
+        </is>
+      </c>
+      <c r="C482" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT</t>
+        </is>
+      </c>
+      <c r="D482" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E482" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F482" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="483" customHeight="1" ht="140.0">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>944774</t>
+        </is>
+      </c>
+      <c r="C483" s="1" t="inlineStr">
+        <is>
+          <t>MALOO</t>
+        </is>
+      </c>
+      <c r="D483" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E483" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F483" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="484" customHeight="1" ht="140.0">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>944773</t>
+        </is>
+      </c>
+      <c r="C484" s="1" t="inlineStr">
+        <is>
+          <t>SENATOR</t>
+        </is>
+      </c>
+      <c r="D484" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E484" s="1" t="inlineStr">
+        <is>
+          <t>35, 37</t>
+        </is>
+      </c>
+      <c r="F484" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="485" customHeight="1" ht="140.0">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>944407</t>
+        </is>
+      </c>
+      <c r="C485" s="1" t="inlineStr">
+        <is>
+          <t>U TURN</t>
+        </is>
+      </c>
+      <c r="D485" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E485" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F485" s="1" t="inlineStr">
+        <is>
+          <t>National Motor Vehicle Theft Reduction Council Inc.; Commonwealth of Australia Represented by the Attorney General's Dept</t>
+        </is>
+      </c>
+    </row>
+    <row r="486" customHeight="1" ht="140.0">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>944325</t>
+        </is>
+      </c>
+      <c r="C486" s="1" t="inlineStr">
+        <is>
+          <t>CROSS TRAC</t>
+        </is>
+      </c>
+      <c r="D486" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E486" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F486" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="487" customHeight="1" ht="140.0">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>944085</t>
+        </is>
+      </c>
+      <c r="C487" s="1" t="inlineStr">
+        <is>
+          <t>STORMRIDERS</t>
+        </is>
+      </c>
+      <c r="D487" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E487" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F487" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="488" customHeight="1" ht="140.0">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>941059</t>
+        </is>
+      </c>
+      <c r="C488" s="1" t="inlineStr">
+        <is>
+          <t>VORTEC</t>
+        </is>
+      </c>
+      <c r="D488" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E488" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F488" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="489" customHeight="1" ht="140.0">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>938509</t>
+        </is>
+      </c>
+      <c r="C489" s="1" t="inlineStr">
+        <is>
+          <t>SIGNATURE</t>
+        </is>
+      </c>
+      <c r="D489" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E489" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F489" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="490" customHeight="1" ht="140.0">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>938508</t>
+        </is>
+      </c>
+      <c r="C490" s="1" t="inlineStr">
+        <is>
+          <t>GTS</t>
+        </is>
+      </c>
+      <c r="D490" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E490" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F490" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="491" customHeight="1" ht="140.0">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>938507</t>
+        </is>
+      </c>
+      <c r="C491" s="1" t="inlineStr">
+        <is>
+          <t>CLUBSPORT</t>
+        </is>
+      </c>
+      <c r="D491" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E491" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F491" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="492" customHeight="1" ht="140.0">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>937077</t>
+        </is>
+      </c>
+      <c r="C492" s="1" t="inlineStr">
+        <is>
+          <t>GIGAMAX</t>
+        </is>
+      </c>
+      <c r="D492" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E492" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F492" s="1" t="inlineStr">
+        <is>
+          <t>Isuzu - General Motors Australia Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="493" customHeight="1" ht="140.0">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>936901</t>
+        </is>
+      </c>
+      <c r="C493" s="1" t="inlineStr">
+        <is>
+          <t>INTERNATIONAL LS8</t>
+        </is>
+      </c>
+      <c r="D493" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E493" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F493" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="494" customHeight="1" ht="140.0">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>930487</t>
+        </is>
+      </c>
+      <c r="C494" s="1" t="inlineStr">
+        <is>
+          <t>SSX</t>
+        </is>
+      </c>
+      <c r="D494" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E494" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28</t>
+        </is>
+      </c>
+      <c r="F494" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="495" customHeight="1" ht="140.0">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>929936</t>
+        </is>
+      </c>
+      <c r="C495" s="1" t="inlineStr">
+        <is>
+          <t>SSX</t>
+        </is>
+      </c>
+      <c r="D495" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E495" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F495" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="496" customHeight="1" ht="140.0">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>929443</t>
+        </is>
+      </c>
+      <c r="C496" s="1" t="inlineStr">
+        <is>
+          <t>MALOO</t>
+        </is>
+      </c>
+      <c r="D496" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E496" s="1" t="inlineStr">
+        <is>
+          <t>16, 28, 35</t>
+        </is>
+      </c>
+      <c r="F496" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="497" customHeight="1" ht="140.0">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>928864</t>
+        </is>
+      </c>
+      <c r="C497" s="1" t="inlineStr">
+        <is>
+          <t>GM QUICKSERVICE</t>
+        </is>
+      </c>
+      <c r="D497" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E497" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F497" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="498" customHeight="1" ht="140.0">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>927150</t>
+        </is>
+      </c>
+      <c r="C498" s="1" t="inlineStr">
+        <is>
+          <t>GMAC MASTERLEASE</t>
+        </is>
+      </c>
+      <c r="D498" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E498" s="1" t="inlineStr">
+        <is>
+          <t>36, 39</t>
+        </is>
+      </c>
+      <c r="F498" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="499" customHeight="1" ht="140.0">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>926940</t>
+        </is>
+      </c>
+      <c r="C499" s="1" t="inlineStr">
+        <is>
+          <t>HRT427</t>
+        </is>
+      </c>
+      <c r="D499" s="1" t="inlineStr">
+        <is>
+          <t>Removed:
+Non-use</t>
+        </is>
+      </c>
+      <c r="E499" s="1" t="inlineStr">
+        <is>
+          <t>12, 28, 35</t>
+        </is>
+      </c>
+      <c r="F499" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="500" customHeight="1" ht="140.0">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>924304</t>
+        </is>
+      </c>
+      <c r="C500" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D500" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E500" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F500" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="501" customHeight="1" ht="140.0">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>924303</t>
+        </is>
+      </c>
+      <c r="C501" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D501" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E501" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F501" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="502" customHeight="1" ht="140.0">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>924302</t>
+        </is>
+      </c>
+      <c r="C502" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTORSPORT</t>
+        </is>
+      </c>
+      <c r="D502" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E502" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F502" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="503" customHeight="1" ht="140.0">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>924301</t>
+        </is>
+      </c>
+      <c r="C503" s="1" t="inlineStr">
+        <is>
+          <t>MOTORSPORT</t>
+        </is>
+      </c>
+      <c r="D503" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E503" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F503" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="504" customHeight="1" ht="140.0">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>924300</t>
+        </is>
+      </c>
+      <c r="C504" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D504" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E504" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F504" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="505" customHeight="1" ht="140.0">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>924299</t>
+        </is>
+      </c>
+      <c r="C505" s="1" t="inlineStr">
+        <is>
+          <t>COMMODORE SS</t>
+        </is>
+      </c>
+      <c r="D505" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E505" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F505" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="506" customHeight="1" ht="140.0">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>924298</t>
+        </is>
+      </c>
+      <c r="C506" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTORSPORT</t>
+        </is>
+      </c>
+      <c r="D506" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E506" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F506" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="507" customHeight="1" ht="140.0">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>924297</t>
+        </is>
+      </c>
+      <c r="C507" s="1" t="inlineStr">
+        <is>
+          <t>SS</t>
+        </is>
+      </c>
+      <c r="D507" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E507" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 25, 35</t>
+        </is>
+      </c>
+      <c r="F507" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="508" customHeight="1" ht="140.0">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>924296</t>
+        </is>
+      </c>
+      <c r="C508" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D508" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E508" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F508" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="509" customHeight="1" ht="140.0">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>924295</t>
+        </is>
+      </c>
+      <c r="C509" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D509" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E509" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F509" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="510" customHeight="1" ht="140.0">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>924294</t>
+        </is>
+      </c>
+      <c r="C510" s="1" t="inlineStr">
+        <is>
+          <t>SS UTE</t>
+        </is>
+      </c>
+      <c r="D510" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E510" s="1" t="inlineStr">
+        <is>
+          <t>16, 25, 28, 35, 36</t>
+        </is>
+      </c>
+      <c r="F510" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="511" customHeight="1" ht="140.0">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>923380</t>
+        </is>
+      </c>
+      <c r="C511" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D511" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E511" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F511" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="512" customHeight="1" ht="140.0">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>922433</t>
+        </is>
+      </c>
+      <c r="C512" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D512" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E512" s="1" t="inlineStr">
+        <is>
+          <t>16, 35</t>
+        </is>
+      </c>
+      <c r="F512" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="513" customHeight="1" ht="140.0">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>922430</t>
+        </is>
+      </c>
+      <c r="C513" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D513" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E513" s="1" t="inlineStr">
+        <is>
+          <t>16, 35</t>
+        </is>
+      </c>
+      <c r="F513" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="514" customHeight="1" ht="140.0">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>922429</t>
+        </is>
+      </c>
+      <c r="C514" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D514" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E514" s="1" t="inlineStr">
+        <is>
+          <t>16, 35</t>
+        </is>
+      </c>
+      <c r="F514" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="515" customHeight="1" ht="140.0">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>922428</t>
+        </is>
+      </c>
+      <c r="C515" s="1" t="inlineStr">
+        <is>
+          <t>CALAIS</t>
+        </is>
+      </c>
+      <c r="D515" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E515" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F515" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="516" customHeight="1" ht="140.0">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>922427</t>
+        </is>
+      </c>
+      <c r="C516" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D516" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E516" s="1" t="inlineStr">
+        <is>
+          <t>16, 35</t>
+        </is>
+      </c>
+      <c r="F516" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="517" customHeight="1" ht="140.0">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>922426</t>
+        </is>
+      </c>
+      <c r="C517" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN GMH</t>
+        </is>
+      </c>
+      <c r="D517" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E517" s="1" t="inlineStr">
+        <is>
+          <t>16, 35</t>
+        </is>
+      </c>
+      <c r="F517" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="518" customHeight="1" ht="140.0">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>920359</t>
+        </is>
+      </c>
+      <c r="C518" s="1" t="inlineStr">
+        <is>
+          <t>HYDRONOMY</t>
+        </is>
+      </c>
+      <c r="D518" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E518" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F518" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="519" customHeight="1" ht="140.0">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>919923</t>
+        </is>
+      </c>
+      <c r="C519" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D519" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E519" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 29, 30, 35, 36</t>
+        </is>
+      </c>
+      <c r="F519" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="520" customHeight="1" ht="140.0">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>919602</t>
+        </is>
+      </c>
+      <c r="C520" s="1" t="inlineStr">
+        <is>
+          <t>HY-WIRE</t>
+        </is>
+      </c>
+      <c r="D520" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E520" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F520" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="521" customHeight="1" ht="140.0">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>919601</t>
+        </is>
+      </c>
+      <c r="C521" s="1" t="inlineStr">
+        <is>
+          <t>NULLARBOR</t>
+        </is>
+      </c>
+      <c r="D521" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E521" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F521" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="522" customHeight="1" ht="140.0">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>918590</t>
+        </is>
+      </c>
+      <c r="C522" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D522" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E522" s="1" t="inlineStr">
+        <is>
+          <t>6, 12, 14, 16, 18, 20, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F522" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="523" customHeight="1" ht="140.0">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>918142</t>
+        </is>
+      </c>
+      <c r="C523" s="1" t="inlineStr">
+        <is>
+          <t>SPARK</t>
+        </is>
+      </c>
+      <c r="D523" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E523" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F523" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="524" customHeight="1" ht="140.0">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>918141</t>
+        </is>
+      </c>
+      <c r="C524" s="1" t="inlineStr">
+        <is>
+          <t>OPTRA</t>
+        </is>
+      </c>
+      <c r="D524" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E524" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F524" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="525" customHeight="1" ht="140.0">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>918138</t>
+        </is>
+      </c>
+      <c r="C525" s="1" t="inlineStr">
+        <is>
+          <t>EPICA</t>
+        </is>
+      </c>
+      <c r="D525" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E525" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F525" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="526" customHeight="1" ht="140.0">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>918136</t>
+        </is>
+      </c>
+      <c r="C526" s="1" t="inlineStr">
+        <is>
+          <t>AVEO</t>
+        </is>
+      </c>
+      <c r="D526" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E526" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F526" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="527" customHeight="1" ht="140.0">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>917985</t>
+        </is>
+      </c>
+      <c r="C527" s="1" t="inlineStr">
+        <is>
+          <t>VIVANT</t>
+        </is>
+      </c>
+      <c r="D527" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E527" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F527" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="528" customHeight="1" ht="140.0">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>917127</t>
+        </is>
+      </c>
+      <c r="C528" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D528" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E528" s="1" t="inlineStr">
+        <is>
+          <t>6, 20</t>
+        </is>
+      </c>
+      <c r="F528" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="529" customHeight="1" ht="140.0">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>917126</t>
+        </is>
+      </c>
+      <c r="C529" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D529" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E529" s="1" t="inlineStr">
+        <is>
+          <t>6, 20</t>
+        </is>
+      </c>
+      <c r="F529" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="530" customHeight="1" ht="140.0">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>916728</t>
+        </is>
+      </c>
+      <c r="C530" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D530" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E530" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 35, 36, 37, 38, 39, 41</t>
+        </is>
+      </c>
+      <c r="F530" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="531" customHeight="1" ht="140.0">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>916727</t>
+        </is>
+      </c>
+      <c r="C531" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D531" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E531" s="1" t="inlineStr">
+        <is>
+          <t>20, 24</t>
+        </is>
+      </c>
+      <c r="F531" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="532" customHeight="1" ht="140.0">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>916726</t>
+        </is>
+      </c>
+      <c r="C532" s="1" t="inlineStr">
+        <is>
+          <t>RACER THE LION</t>
+        </is>
+      </c>
+      <c r="D532" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E532" s="1" t="inlineStr">
+        <is>
+          <t>25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F532" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="533" customHeight="1" ht="140.0">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>916725</t>
+        </is>
+      </c>
+      <c r="C533" s="1" t="inlineStr">
+        <is>
+          <t>RACER CHASER</t>
+        </is>
+      </c>
+      <c r="D533" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E533" s="1" t="inlineStr">
+        <is>
+          <t>25, 35</t>
+        </is>
+      </c>
+      <c r="F533" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="534" customHeight="1" ht="140.0">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>916724</t>
+        </is>
+      </c>
+      <c r="C534" s="1" t="inlineStr">
+        <is>
+          <t>HRT</t>
+        </is>
+      </c>
+      <c r="D534" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E534" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 35, 36, 37, 38, 39, 41</t>
+        </is>
+      </c>
+      <c r="F534" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="535" customHeight="1" ht="140.0">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>916629</t>
+        </is>
+      </c>
+      <c r="C535" s="1" t="inlineStr">
+        <is>
+          <t>CROSS 8</t>
+        </is>
+      </c>
+      <c r="D535" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E535" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F535" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="536" customHeight="1" ht="140.0">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>915591</t>
+        </is>
+      </c>
+      <c r="C536" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D536" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E536" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 30, 35, 36</t>
+        </is>
+      </c>
+      <c r="F536" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="537" customHeight="1" ht="140.0">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>910461</t>
+        </is>
+      </c>
+      <c r="C537" s="1" t="inlineStr">
+        <is>
+          <t>DIRECTOR</t>
+        </is>
+      </c>
+      <c r="D537" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E537" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 12, 14, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F537" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="538" customHeight="1" ht="140.0">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>909982</t>
+        </is>
+      </c>
+      <c r="C538" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN TARGET PARTS</t>
+        </is>
+      </c>
+      <c r="D538" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E538" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F538" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="539" customHeight="1" ht="140.0">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>908478</t>
+        </is>
+      </c>
+      <c r="C539" s="1" t="inlineStr">
+        <is>
+          <t>ADVENTRA</t>
+        </is>
+      </c>
+      <c r="D539" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E539" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37, 39, 42</t>
+        </is>
+      </c>
+      <c r="F539" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="540" customHeight="1" ht="140.0">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>907467</t>
+        </is>
+      </c>
+      <c r="C540" s="1" t="inlineStr">
+        <is>
+          <t>YOUNG LIONS</t>
+        </is>
+      </c>
+      <c r="D540" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E540" s="1" t="inlineStr">
+        <is>
+          <t>25, 28, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F540" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="541" customHeight="1" ht="140.0">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>906251</t>
+        </is>
+      </c>
+      <c r="C541" s="1" t="inlineStr">
+        <is>
+          <t>SKATEBOARD</t>
+        </is>
+      </c>
+      <c r="D541" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E541" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F541" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="542" customHeight="1" ht="140.0">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>906215</t>
+        </is>
+      </c>
+      <c r="C542" s="1" t="inlineStr">
+        <is>
+          <t>iTD</t>
+        </is>
+      </c>
+      <c r="D542" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E542" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F542" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="543" customHeight="1" ht="140.0">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>906214</t>
+        </is>
+      </c>
+      <c r="C543" s="1" t="inlineStr">
+        <is>
+          <t>MONARO</t>
+        </is>
+      </c>
+      <c r="D543" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E543" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F543" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="544" customHeight="1" ht="140.0">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>905827</t>
+        </is>
+      </c>
+      <c r="C544" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN FINANCIAL SERVICES</t>
+        </is>
+      </c>
+      <c r="D544" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E544" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 36</t>
+        </is>
+      </c>
+      <c r="F544" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="545" customHeight="1" ht="140.0">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>905175</t>
+        </is>
+      </c>
+      <c r="C545" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D545" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E545" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 20, 21, 22, 25</t>
+        </is>
+      </c>
+      <c r="F545" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="546" customHeight="1" ht="140.0">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>905174</t>
+        </is>
+      </c>
+      <c r="C546" s="1" t="inlineStr">
+        <is>
+          <t>CHEVROLET</t>
+        </is>
+      </c>
+      <c r="D546" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E546" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 20, 21, 22, 25</t>
+        </is>
+      </c>
+      <c r="F546" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="547" customHeight="1" ht="140.0">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>904765</t>
+        </is>
+      </c>
+      <c r="C547" s="1" t="inlineStr">
+        <is>
+          <t>JUST A LION'S ROAR</t>
+        </is>
+      </c>
+      <c r="D547" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E547" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F547" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="548" customHeight="1" ht="140.0">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>904733</t>
+        </is>
+      </c>
+      <c r="C548" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN LEASING</t>
+        </is>
+      </c>
+      <c r="D548" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E548" s="1" t="inlineStr">
+        <is>
+          <t>12, 36, 39</t>
+        </is>
+      </c>
+      <c r="F548" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="549" customHeight="1" ht="140.0">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>904024</t>
+        </is>
+      </c>
+      <c r="C549" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D549" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E549" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F549" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="550" customHeight="1" ht="140.0">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>904023</t>
+        </is>
+      </c>
+      <c r="C550" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D550" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E550" s="1" t="inlineStr">
+        <is>
+          <t>29, 30</t>
+        </is>
+      </c>
+      <c r="F550" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="551" customHeight="1" ht="140.0">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>903756</t>
+        </is>
+      </c>
+      <c r="C551" s="1" t="inlineStr">
+        <is>
+          <t>VECTRA INTERNATIONAL</t>
+        </is>
+      </c>
+      <c r="D551" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E551" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F551" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="552" customHeight="1" ht="140.0">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>903755</t>
+        </is>
+      </c>
+      <c r="C552" s="1" t="inlineStr">
+        <is>
+          <t>STATESMAN INTERNATIONAL</t>
+        </is>
+      </c>
+      <c r="D552" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E552" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F552" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="553" customHeight="1" ht="140.0">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>903754</t>
+        </is>
+      </c>
+      <c r="C553" s="1" t="inlineStr">
+        <is>
+          <t>CALAIS INTERNATIONAL</t>
+        </is>
+      </c>
+      <c r="D553" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E553" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F553" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="554" customHeight="1" ht="140.0">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>903753</t>
+        </is>
+      </c>
+      <c r="C554" s="1" t="inlineStr">
+        <is>
+          <t>INTERNATIONAL SERIES</t>
+        </is>
+      </c>
+      <c r="D554" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E554" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F554" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="555" customHeight="1" ht="140.0">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>901484</t>
+        </is>
+      </c>
+      <c r="C555" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D555" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E555" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F555" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="556" customHeight="1" ht="140.0">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>901483</t>
+        </is>
+      </c>
+      <c r="C556" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D556" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E556" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F556" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="557" customHeight="1" ht="140.0">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>899580</t>
+        </is>
+      </c>
+      <c r="C557" s="1" t="inlineStr">
+        <is>
+          <t>ENERGM</t>
+        </is>
+      </c>
+      <c r="D557" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E557" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F557" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="558" customHeight="1" ht="140.0">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>899579</t>
+        </is>
+      </c>
+      <c r="C558" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D558" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E558" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F558" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="559" customHeight="1" ht="140.0">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>898535</t>
+        </is>
+      </c>
+      <c r="C559" s="1" t="inlineStr">
+        <is>
+          <t>SMARTLINK BY GMAC</t>
+        </is>
+      </c>
+      <c r="D559" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E559" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F559" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="560" customHeight="1" ht="140.0">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>894402</t>
+        </is>
+      </c>
+      <c r="C560" s="1" t="inlineStr">
+        <is>
+          <t>General Electric Motors</t>
+        </is>
+      </c>
+      <c r="D560" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E560" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F560" s="1" t="inlineStr">
+        <is>
+          <t>General Electric Motors</t>
+        </is>
+      </c>
+    </row>
+    <row r="561" customHeight="1" ht="140.0">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>887500</t>
+        </is>
+      </c>
+      <c r="C561" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D561" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E561" s="1" t="inlineStr">
+        <is>
+          <t>14, 16, 18, 20, 21, 24, 25, 28, 35, 36, 41</t>
+        </is>
+      </c>
+      <c r="F561" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="562" customHeight="1" ht="140.0">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>885867</t>
+        </is>
+      </c>
+      <c r="C562" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D562" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E562" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F562" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="563" customHeight="1" ht="140.0">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>885864</t>
+        </is>
+      </c>
+      <c r="C563" s="1" t="inlineStr">
+        <is>
+          <t>MONARO</t>
+        </is>
+      </c>
+      <c r="D563" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E563" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 12, 14, 16, 18, 20, 21, 24, 25, 27, 28, 35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F563" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="564" customHeight="1" ht="140.0">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>881543</t>
+        </is>
+      </c>
+      <c r="C564" s="1" t="inlineStr">
+        <is>
+          <t>STORM</t>
+        </is>
+      </c>
+      <c r="D564" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E564" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F564" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="565" customHeight="1" ht="140.0">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>881183</t>
+        </is>
+      </c>
+      <c r="C565" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN BY DESIGN</t>
+        </is>
+      </c>
+      <c r="D565" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E565" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F565" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="566" customHeight="1" ht="140.0">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>881182</t>
+        </is>
+      </c>
+      <c r="C566" s="1" t="inlineStr">
+        <is>
+          <t>HBD</t>
+        </is>
+      </c>
+      <c r="D566" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E566" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F566" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="567" customHeight="1" ht="140.0">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>880335</t>
+        </is>
+      </c>
+      <c r="C567" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN CONTROL-LINK</t>
+        </is>
+      </c>
+      <c r="D567" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E567" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F567" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="568" customHeight="1" ht="140.0">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>880280</t>
+        </is>
+      </c>
+      <c r="C568" s="1" t="inlineStr">
+        <is>
+          <t>MALOO LIGHTNING</t>
+        </is>
+      </c>
+      <c r="D568" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E568" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F568" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="569" customHeight="1" ht="140.0">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>878637</t>
+        </is>
+      </c>
+      <c r="C569" s="1" t="inlineStr">
+        <is>
+          <t>GTO</t>
+        </is>
+      </c>
+      <c r="D569" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Registration fee not paid on time</t>
+        </is>
+      </c>
+      <c r="E569" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F569" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="570" customHeight="1" ht="140.0">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>878515</t>
+        </is>
+      </c>
+      <c r="C570" s="1" t="inlineStr">
+        <is>
+          <t>GTO</t>
+        </is>
+      </c>
+      <c r="D570" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E570" s="1" t="inlineStr">
+        <is>
+          <t>12, 25</t>
+        </is>
+      </c>
+      <c r="F570" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="571" customHeight="1" ht="140.0">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>877674</t>
+        </is>
+      </c>
+      <c r="C571" s="1" t="inlineStr">
+        <is>
+          <t>SRX</t>
+        </is>
+      </c>
+      <c r="D571" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E571" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F571" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="572" customHeight="1" ht="140.0">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>876947</t>
+        </is>
+      </c>
+      <c r="C572" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN COLLEGE</t>
+        </is>
+      </c>
+      <c r="D572" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E572" s="1" t="inlineStr">
+        <is>
+          <t>16, 18, 20, 25, 41</t>
+        </is>
+      </c>
+      <c r="F572" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="573" customHeight="1" ht="140.0">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>876443</t>
+        </is>
+      </c>
+      <c r="C573" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTORSPORT</t>
+        </is>
+      </c>
+      <c r="D573" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E573" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 12, 14, 16, 18, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F573" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="574" customHeight="1" ht="140.0">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>876442</t>
+        </is>
+      </c>
+      <c r="C574" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN PERFORMANCE DRIVING CENTRE</t>
+        </is>
+      </c>
+      <c r="D574" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E574" s="1" t="inlineStr">
+        <is>
+          <t>25, 41</t>
+        </is>
+      </c>
+      <c r="F574" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="575" customHeight="1" ht="140.0">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>873972</t>
+        </is>
+      </c>
+      <c r="C575" s="1" t="inlineStr">
+        <is>
+          <t>MONARO CV8</t>
+        </is>
+      </c>
+      <c r="D575" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E575" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F575" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="576" customHeight="1" ht="140.0">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>873970</t>
+        </is>
+      </c>
+      <c r="C576" s="1" t="inlineStr">
+        <is>
+          <t>MONARO CV6</t>
+        </is>
+      </c>
+      <c r="D576" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E576" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F576" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="577" customHeight="1" ht="140.0">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>873471</t>
+        </is>
+      </c>
+      <c r="C577" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D577" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E577" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F577" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="578" customHeight="1" ht="140.0">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>873154</t>
+        </is>
+      </c>
+      <c r="C578" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D578" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E578" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 14, 16, 18, 20, 21, 24, 28, 42</t>
+        </is>
+      </c>
+      <c r="F578" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="579" customHeight="1" ht="140.0">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>873153</t>
+        </is>
+      </c>
+      <c r="C579" s="1" t="inlineStr">
+        <is>
+          <t>MONARO</t>
+        </is>
+      </c>
+      <c r="D579" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E579" s="1" t="inlineStr">
+        <is>
+          <t>3, 6, 9, 14, 16, 18, 21, 24, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F579" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="580" customHeight="1" ht="140.0">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>873152</t>
+        </is>
+      </c>
+      <c r="C580" s="1" t="inlineStr">
+        <is>
+          <t>UTESTER</t>
+        </is>
+      </c>
+      <c r="D580" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E580" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 14, 16, 18, 25, 27, 28, 35</t>
+        </is>
+      </c>
+      <c r="F580" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="581" customHeight="1" ht="140.0">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>873150</t>
+        </is>
+      </c>
+      <c r="C581" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN PERFORMANCE DRIVING CENTRE</t>
+        </is>
+      </c>
+      <c r="D581" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E581" s="1" t="inlineStr">
+        <is>
+          <t>25, 41</t>
+        </is>
+      </c>
+      <c r="F581" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="582" customHeight="1" ht="140.0">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>873149</t>
+        </is>
+      </c>
+      <c r="C582" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D582" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E582" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 11, 14, 16, 18, 20, 21, 24, 27, 28, 35, 37, 38, 39, 41, 42</t>
+        </is>
+      </c>
+      <c r="F582" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="583" customHeight="1" ht="140.0">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>871432</t>
+        </is>
+      </c>
+      <c r="C583" s="1" t="inlineStr">
+        <is>
+          <t>CRUZE</t>
+        </is>
+      </c>
+      <c r="D583" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E583" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F583" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="584" customHeight="1" ht="140.0">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>871431</t>
+        </is>
+      </c>
+      <c r="C584" s="1" t="inlineStr">
+        <is>
+          <t>TAVERA</t>
+        </is>
+      </c>
+      <c r="D584" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E584" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F584" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="585" customHeight="1" ht="140.0">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>870799</t>
+        </is>
+      </c>
+      <c r="C585" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN NATIONAL LEASING</t>
+        </is>
+      </c>
+      <c r="D585" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E585" s="1" t="inlineStr">
+        <is>
+          <t>12, 36, 39</t>
+        </is>
+      </c>
+      <c r="F585" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="586" customHeight="1" ht="140.0">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>870795</t>
+        </is>
+      </c>
+      <c r="C586" s="1" t="inlineStr">
+        <is>
+          <t>HNL</t>
+        </is>
+      </c>
+      <c r="D586" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E586" s="1" t="inlineStr">
+        <is>
+          <t>12, 36, 39</t>
+        </is>
+      </c>
+      <c r="F586" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="587" customHeight="1" ht="140.0">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>866416</t>
+        </is>
+      </c>
+      <c r="C587" s="1" t="inlineStr">
+        <is>
+          <t>GM DEFENSE</t>
+        </is>
+      </c>
+      <c r="D587" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E587" s="1" t="inlineStr">
+        <is>
+          <t>12, 13, 37, 40, 42</t>
+        </is>
+      </c>
+      <c r="F587" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="588" customHeight="1" ht="140.0">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>863029</t>
+        </is>
+      </c>
+      <c r="C588" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN ASSIST</t>
+        </is>
+      </c>
+      <c r="D588" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E588" s="1" t="inlineStr">
+        <is>
+          <t>9, 37, 38, 39, 42</t>
+        </is>
+      </c>
+      <c r="F588" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="589" customHeight="1" ht="140.0">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>861739</t>
+        </is>
+      </c>
+      <c r="C589" s="1" t="inlineStr">
+        <is>
+          <t>PARADIGM</t>
+        </is>
+      </c>
+      <c r="D589" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E589" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F589" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="590" customHeight="1" ht="140.0">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>851185</t>
+        </is>
+      </c>
+      <c r="C590" s="1" t="inlineStr">
+        <is>
+          <t>DTS</t>
+        </is>
+      </c>
+      <c r="D590" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E590" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F590" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="591" customHeight="1" ht="140.0">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>851184</t>
+        </is>
+      </c>
+      <c r="C591" s="1" t="inlineStr">
+        <is>
+          <t>XLR</t>
+        </is>
+      </c>
+      <c r="D591" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E591" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F591" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="592" customHeight="1" ht="140.0">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>851183</t>
+        </is>
+      </c>
+      <c r="C592" s="1" t="inlineStr">
+        <is>
+          <t>STS</t>
+        </is>
+      </c>
+      <c r="D592" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E592" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F592" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="593" customHeight="1" ht="140.0">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>840378</t>
+        </is>
+      </c>
+      <c r="C593" s="1" t="inlineStr">
+        <is>
+          <t>BUYPOWER</t>
+        </is>
+      </c>
+      <c r="D593" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E593" s="1" t="inlineStr">
+        <is>
+          <t>35, 41, 42</t>
+        </is>
+      </c>
+      <c r="F593" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="594" customHeight="1" ht="140.0">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>839984</t>
+        </is>
+      </c>
+      <c r="C594" s="1" t="inlineStr">
+        <is>
+          <t>SERVICE EXPRESS</t>
+        </is>
+      </c>
+      <c r="D594" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E594" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F594" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="595" customHeight="1" ht="140.0">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>839854</t>
+        </is>
+      </c>
+      <c r="C595" s="1" t="inlineStr">
+        <is>
+          <t>YGM-1</t>
+        </is>
+      </c>
+      <c r="D595" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E595" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F595" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="596" customHeight="1" ht="140.0">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>839070</t>
+        </is>
+      </c>
+      <c r="C596" s="1" t="inlineStr">
+        <is>
+          <t>TRAPALERT</t>
+        </is>
+      </c>
+      <c r="D596" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E596" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F596" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="597" customHeight="1" ht="140.0">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>837888</t>
+        </is>
+      </c>
+      <c r="C597" s="1" t="inlineStr">
+        <is>
+          <t>UTESTER</t>
+        </is>
+      </c>
+      <c r="D597" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E597" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F597" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="598" customHeight="1" ht="140.0">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>837887</t>
+        </is>
+      </c>
+      <c r="C598" s="1" t="inlineStr">
+        <is>
+          <t>CV8</t>
+        </is>
+      </c>
+      <c r="D598" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E598" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F598" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="599" customHeight="1" ht="140.0">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>837886</t>
+        </is>
+      </c>
+      <c r="C599" s="1" t="inlineStr">
+        <is>
+          <t>CV6</t>
+        </is>
+      </c>
+      <c r="D599" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E599" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F599" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="600" customHeight="1" ht="140.0">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>834034</t>
+        </is>
+      </c>
+      <c r="C600" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D600" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E600" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 11, 12, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F600" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="601" customHeight="1" ht="140.0">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>832027</t>
+        </is>
+      </c>
+      <c r="C601" s="1" t="inlineStr">
+        <is>
+          <t>CTS</t>
+        </is>
+      </c>
+      <c r="D601" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E601" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F601" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="602" customHeight="1" ht="140.0">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>831207</t>
+        </is>
+      </c>
+      <c r="C602" s="1" t="inlineStr">
+        <is>
+          <t>HSV</t>
+        </is>
+      </c>
+      <c r="D602" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E602" s="1" t="inlineStr">
+        <is>
+          <t>6, 9, 12, 14, 16, 18, 20, 21, 24, 25, 28, 35, 36, 37, 39</t>
+        </is>
+      </c>
+      <c r="F602" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="603" customHeight="1" ht="140.0">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>827948</t>
+        </is>
+      </c>
+      <c r="C603" s="1" t="inlineStr">
+        <is>
+          <t>CASSIA</t>
+        </is>
+      </c>
+      <c r="D603" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E603" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F603" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="604" customHeight="1" ht="140.0">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>826997</t>
+        </is>
+      </c>
+      <c r="C604" s="1" t="inlineStr">
+        <is>
+          <t>AUTHENTIC MEMORABILIA HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D604" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E604" s="1" t="inlineStr">
+        <is>
+          <t>12, 14, 16, 21, 25, 28, 35</t>
+        </is>
+      </c>
+      <c r="F604" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="605" customHeight="1" ht="140.0">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>826712</t>
+        </is>
+      </c>
+      <c r="C605" s="1" t="inlineStr">
+        <is>
+          <t>RIGHT FIRST TIME</t>
+        </is>
+      </c>
+      <c r="D605" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E605" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F605" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="606" customHeight="1" ht="140.0">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>824534</t>
+        </is>
+      </c>
+      <c r="C606" s="1" t="inlineStr">
+        <is>
+          <t>LIONHEART</t>
+        </is>
+      </c>
+      <c r="D606" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E606" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 38, 42</t>
+        </is>
+      </c>
+      <c r="F606" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="607" customHeight="1" ht="140.0">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>824191</t>
+        </is>
+      </c>
+      <c r="C607" s="1" t="inlineStr">
+        <is>
+          <t>INTERNATIONAL</t>
+        </is>
+      </c>
+      <c r="D607" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E607" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F607" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="608" customHeight="1" ht="140.0">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>823539</t>
+        </is>
+      </c>
+      <c r="C608" s="1" t="inlineStr">
+        <is>
+          <t>ECOmmodore</t>
+        </is>
+      </c>
+      <c r="D608" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E608" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F608" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="609" customHeight="1" ht="140.0">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>821641</t>
+        </is>
+      </c>
+      <c r="C609" s="1" t="inlineStr">
+        <is>
+          <t>MASTERLEASE</t>
+        </is>
+      </c>
+      <c r="D609" s="1" t="inlineStr">
+        <is>
+          <t>Rejected:
+Examination requirements not met</t>
+        </is>
+      </c>
+      <c r="E609" s="1" t="inlineStr">
+        <is>
+          <t>36, 39</t>
+        </is>
+      </c>
+      <c r="F609" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="610" customHeight="1" ht="140.0">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>817680</t>
+        </is>
+      </c>
+      <c r="C610" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D610" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E610" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F610" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="611" customHeight="1" ht="140.0">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>817099</t>
+        </is>
+      </c>
+      <c r="C611" s="1" t="inlineStr">
+        <is>
+          <t>HOLDENBUYPOWER</t>
+        </is>
+      </c>
+      <c r="D611" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E611" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F611" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="612" customHeight="1" ht="140.0">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>813350</t>
+        </is>
+      </c>
+      <c r="C612" s="1" t="inlineStr">
+        <is>
+          <t>DURASTOP</t>
+        </is>
+      </c>
+      <c r="D612" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E612" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F612" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="613" customHeight="1" ht="140.0">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>809031</t>
+        </is>
+      </c>
+      <c r="C613" s="1" t="inlineStr">
+        <is>
+          <t>I JUST WANT ONE</t>
+        </is>
+      </c>
+      <c r="D613" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E613" s="1" t="inlineStr">
+        <is>
+          <t>7, 12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F613" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="614" customHeight="1" ht="140.0">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>808809</t>
+        </is>
+      </c>
+      <c r="C614" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN ALLROAD</t>
+        </is>
+      </c>
+      <c r="D614" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E614" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F614" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="615" customHeight="1" ht="140.0">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>803957</t>
+        </is>
+      </c>
+      <c r="C615" s="1" t="inlineStr">
+        <is>
+          <t>CORVETTE</t>
+        </is>
+      </c>
+      <c r="D615" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E615" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F615" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="616" customHeight="1" ht="140.0">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>803956</t>
+        </is>
+      </c>
+      <c r="C616" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D616" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E616" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F616" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="617" customHeight="1" ht="140.0">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>797722</t>
+        </is>
+      </c>
+      <c r="C617" s="1" t="inlineStr">
+        <is>
+          <t>TRAILBLAZER</t>
+        </is>
+      </c>
+      <c r="D617" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E617" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F617" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="618" customHeight="1" ht="140.0">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>797374</t>
+        </is>
+      </c>
+      <c r="C618" s="1" t="inlineStr">
+        <is>
+          <t>BG</t>
+        </is>
+      </c>
+      <c r="D618" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E618" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 18, 25</t>
+        </is>
+      </c>
+      <c r="F618" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="619" customHeight="1" ht="140.0">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>797373</t>
+        </is>
+      </c>
+      <c r="C619" s="1" t="inlineStr">
+        <is>
+          <t>BARINA GIRL</t>
+        </is>
+      </c>
+      <c r="D619" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E619" s="1" t="inlineStr">
+        <is>
+          <t>6, 16, 18, 25</t>
+        </is>
+      </c>
+      <c r="F619" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="620" customHeight="1" ht="140.0">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>795162</t>
+        </is>
+      </c>
+      <c r="C620" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D620" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E620" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F620" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="621" customHeight="1" ht="140.0">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>793003</t>
+        </is>
+      </c>
+      <c r="C621" s="1" t="inlineStr">
+        <is>
+          <t>DURAGUARD</t>
+        </is>
+      </c>
+      <c r="D621" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E621" s="1" t="inlineStr">
+        <is>
+          <t>7, 12</t>
+        </is>
+      </c>
+      <c r="F621" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="622" customHeight="1" ht="140.0">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>793002</t>
+        </is>
+      </c>
+      <c r="C622" s="1" t="inlineStr">
+        <is>
+          <t>RAPID FIRE</t>
+        </is>
+      </c>
+      <c r="D622" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E622" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F622" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="623" customHeight="1" ht="140.0">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>791009</t>
+        </is>
+      </c>
+      <c r="C623" s="1" t="inlineStr">
+        <is>
+          <t>DRIVE ON</t>
+        </is>
+      </c>
+      <c r="D623" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E623" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F623" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="624" customHeight="1" ht="140.0">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>788172</t>
+        </is>
+      </c>
+      <c r="C624" s="1" t="inlineStr">
+        <is>
+          <t>DEX-COOL</t>
+        </is>
+      </c>
+      <c r="D624" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E624" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F624" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="625" customHeight="1" ht="140.0">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>784960</t>
+        </is>
+      </c>
+      <c r="C625" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D625" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E625" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F625" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="626" customHeight="1" ht="140.0">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>781880</t>
+        </is>
+      </c>
+      <c r="C626" s="1" t="inlineStr">
+        <is>
+          <t>SMARTCHOICES BY HOLDEN FINANCIAL SERVICES</t>
+        </is>
+      </c>
+      <c r="D626" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E626" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F626" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation Australia</t>
+        </is>
+      </c>
+    </row>
+    <row r="627" customHeight="1" ht="140.0">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>780409</t>
+        </is>
+      </c>
+      <c r="C627" s="1" t="inlineStr">
+        <is>
+          <t>SMARTDRIVE BY HOLDEN FINANCIAL SERVICES</t>
+        </is>
+      </c>
+      <c r="D627" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E627" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F627" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation Australia</t>
+        </is>
+      </c>
+    </row>
+    <row r="628" customHeight="1" ht="140.0">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>780366</t>
+        </is>
+      </c>
+      <c r="C628" s="1" t="inlineStr">
+        <is>
+          <t>SMARTBUY BY HOLDEN FINANCIAL SERVICES</t>
+        </is>
+      </c>
+      <c r="D628" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Owner request</t>
+        </is>
+      </c>
+      <c r="E628" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F628" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation Australia</t>
+        </is>
+      </c>
+    </row>
+    <row r="629" customHeight="1" ht="140.0">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>779082</t>
+        </is>
+      </c>
+      <c r="C629" s="1" t="inlineStr">
+        <is>
+          <t>GENUINE HUMMER</t>
+        </is>
+      </c>
+      <c r="D629" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E629" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F629" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="630" customHeight="1" ht="140.0">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>774124</t>
+        </is>
+      </c>
+      <c r="C630" s="1" t="inlineStr">
+        <is>
+          <t>SATNAV</t>
+        </is>
+      </c>
+      <c r="D630" s="1" t="inlineStr">
+        <is>
+          <t>Refused:
+Opposition successful</t>
+        </is>
+      </c>
+      <c r="E630" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F630" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="631" customHeight="1" ht="140.0">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>773477</t>
+        </is>
+      </c>
+      <c r="C631" s="1" t="inlineStr">
+        <is>
+          <t>SANDMAN</t>
+        </is>
+      </c>
+      <c r="D631" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E631" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F631" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="632" customHeight="1" ht="140.0">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>771784</t>
+        </is>
+      </c>
+      <c r="C632" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D632" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E632" s="1" t="inlineStr">
+        <is>
+          <t>9, 11, 12, 16, 18, 21, 25</t>
+        </is>
+      </c>
+      <c r="F632" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="633" customHeight="1" ht="140.0">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>767953</t>
+        </is>
+      </c>
+      <c r="C633" s="1" t="inlineStr">
+        <is>
+          <t>INTERCEPTOR</t>
+        </is>
+      </c>
+      <c r="D633" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E633" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F633" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="634" customHeight="1" ht="140.0">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>765976</t>
+        </is>
+      </c>
+      <c r="C634" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC SEVILLE STS</t>
+        </is>
+      </c>
+      <c r="D634" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E634" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F634" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="635" customHeight="1" ht="140.0">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>762481</t>
+        </is>
+      </c>
+      <c r="C635" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D635" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E635" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 16, 25, 28</t>
+        </is>
+      </c>
+      <c r="F635" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="636" customHeight="1" ht="140.0">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>761694</t>
+        </is>
+      </c>
+      <c r="C636" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D636" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E636" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F636" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="637" customHeight="1" ht="140.0">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>759797</t>
+        </is>
+      </c>
+      <c r="C637" s="1" t="inlineStr">
+        <is>
+          <t>CONCEPT:CURE</t>
+        </is>
+      </c>
+      <c r="D637" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E637" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F637" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="638" customHeight="1" ht="140.0">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>759399</t>
+        </is>
+      </c>
+      <c r="C638" s="1" t="inlineStr">
+        <is>
+          <t>STABILITRAK</t>
+        </is>
+      </c>
+      <c r="D638" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E638" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F638" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="639" customHeight="1" ht="140.0">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>753072</t>
+        </is>
+      </c>
+      <c r="C639" s="1" t="inlineStr">
+        <is>
+          <t>CHEVY</t>
+        </is>
+      </c>
+      <c r="D639" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E639" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F639" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="640" customHeight="1" ht="140.0">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>752882</t>
+        </is>
+      </c>
+      <c r="C640" s="1" t="inlineStr">
+        <is>
+          <t>50TH ANNIVERSARY HOLDEN</t>
+        </is>
+      </c>
+      <c r="D640" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E640" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F640" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="641" customHeight="1" ht="140.0">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>745630</t>
+        </is>
+      </c>
+      <c r="C641" s="1" t="inlineStr">
+        <is>
+          <t>ID</t>
+        </is>
+      </c>
+      <c r="D641" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E641" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F641" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="642" customHeight="1" ht="140.0">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>738104</t>
+        </is>
+      </c>
+      <c r="C642" s="1" t="inlineStr">
+        <is>
+          <t>SUNFIRE</t>
+        </is>
+      </c>
+      <c r="D642" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E642" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F642" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="643" customHeight="1" ht="140.0">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>738103</t>
+        </is>
+      </c>
+      <c r="C643" s="1" t="inlineStr">
+        <is>
+          <t>ROADMASTER</t>
+        </is>
+      </c>
+      <c r="D643" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E643" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F643" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="644" customHeight="1" ht="140.0">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>738102</t>
+        </is>
+      </c>
+      <c r="C644" s="1" t="inlineStr">
+        <is>
+          <t>SIERRA</t>
+        </is>
+      </c>
+      <c r="D644" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E644" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F644" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="645" customHeight="1" ht="140.0">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>738101</t>
+        </is>
+      </c>
+      <c r="C645" s="1" t="inlineStr">
+        <is>
+          <t>TAHOE</t>
+        </is>
+      </c>
+      <c r="D645" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E645" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F645" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="646" customHeight="1" ht="140.0">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>738100</t>
+        </is>
+      </c>
+      <c r="C646" s="1" t="inlineStr">
+        <is>
+          <t>TOPKICK</t>
+        </is>
+      </c>
+      <c r="D646" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E646" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F646" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="647" customHeight="1" ht="140.0">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>738099</t>
+        </is>
+      </c>
+      <c r="C647" s="1" t="inlineStr">
+        <is>
+          <t>CAVALIER</t>
+        </is>
+      </c>
+      <c r="D647" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E647" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F647" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="648" customHeight="1" ht="140.0">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>738098</t>
+        </is>
+      </c>
+      <c r="C648" s="1" t="inlineStr">
+        <is>
+          <t>CENTURY</t>
+        </is>
+      </c>
+      <c r="D648" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E648" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F648" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="649" customHeight="1" ht="140.0">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>738097</t>
+        </is>
+      </c>
+      <c r="C649" s="1" t="inlineStr">
+        <is>
+          <t>DEVILLE</t>
+        </is>
+      </c>
+      <c r="D649" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E649" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F649" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="650" customHeight="1" ht="140.0">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>738096</t>
+        </is>
+      </c>
+      <c r="C650" s="1" t="inlineStr">
+        <is>
+          <t>EXPRESS</t>
+        </is>
+      </c>
+      <c r="D650" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E650" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F650" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="651" customHeight="1" ht="140.0">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>738095</t>
+        </is>
+      </c>
+      <c r="C651" s="1" t="inlineStr">
+        <is>
+          <t>FLEETWOOD</t>
+        </is>
+      </c>
+      <c r="D651" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E651" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F651" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="652" customHeight="1" ht="140.0">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>738094</t>
+        </is>
+      </c>
+      <c r="C652" s="1" t="inlineStr">
+        <is>
+          <t>MALIBU</t>
+        </is>
+      </c>
+      <c r="D652" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E652" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F652" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="653" customHeight="1" ht="140.0">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>738093</t>
+        </is>
+      </c>
+      <c r="C653" s="1" t="inlineStr">
+        <is>
+          <t>JIMMY</t>
+        </is>
+      </c>
+      <c r="D653" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E653" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F653" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="654" customHeight="1" ht="140.0">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>738092</t>
+        </is>
+      </c>
+      <c r="C654" s="1" t="inlineStr">
+        <is>
+          <t>LUMINA</t>
+        </is>
+      </c>
+      <c r="D654" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E654" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F654" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="655" customHeight="1" ht="140.0">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>738091</t>
+        </is>
+      </c>
+      <c r="C655" s="1" t="inlineStr">
+        <is>
+          <t>BONNEVILLE</t>
+        </is>
+      </c>
+      <c r="D655" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E655" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F655" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="656" customHeight="1" ht="140.0">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>738090</t>
+        </is>
+      </c>
+      <c r="C656" s="1" t="inlineStr">
+        <is>
+          <t>PARK AVENUE</t>
+        </is>
+      </c>
+      <c r="D656" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E656" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F656" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="657" customHeight="1" ht="140.0">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>738089</t>
+        </is>
+      </c>
+      <c r="C657" s="1" t="inlineStr">
+        <is>
+          <t>REGAL</t>
+        </is>
+      </c>
+      <c r="D657" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E657" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F657" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="658" customHeight="1" ht="140.0">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>733321</t>
+        </is>
+      </c>
+      <c r="C658" s="1" t="inlineStr">
+        <is>
+          <t>LIONS DEN</t>
+        </is>
+      </c>
+      <c r="D658" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E658" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F658" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="659" customHeight="1" ht="140.0">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>732999</t>
+        </is>
+      </c>
+      <c r="C659" s="1" t="inlineStr">
+        <is>
+          <t>ACDELCO</t>
+        </is>
+      </c>
+      <c r="D659" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E659" s="1" t="inlineStr">
+        <is>
+          <t>1, 4, 7, 9, 11, 12, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F659" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="660" customHeight="1" ht="140.0">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>732274</t>
+        </is>
+      </c>
+      <c r="C660" s="1" t="inlineStr">
+        <is>
+          <t>JACKAROO</t>
+        </is>
+      </c>
+      <c r="D660" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E660" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F660" s="1" t="inlineStr">
+        <is>
+          <t>Isuzu - General Motors Australia Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="661" customHeight="1" ht="140.0">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>731146</t>
+        </is>
+      </c>
+      <c r="C661" s="1" t="inlineStr">
+        <is>
+          <t>DealerCare</t>
+        </is>
+      </c>
+      <c r="D661" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E661" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F661" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation Australia</t>
+        </is>
+      </c>
+    </row>
+    <row r="662" customHeight="1" ht="140.0">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>728293</t>
+        </is>
+      </c>
+      <c r="C662" s="1" t="inlineStr">
+        <is>
+          <t>SMARTCARE</t>
+        </is>
+      </c>
+      <c r="D662" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E662" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F662" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation Australia</t>
+        </is>
+      </c>
+    </row>
+    <row r="663" customHeight="1" ht="140.0">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>724528</t>
+        </is>
+      </c>
+      <c r="C663" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D663" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E663" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F663" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="664" customHeight="1" ht="140.0">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>720751</t>
+        </is>
+      </c>
+      <c r="C664" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D664" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E664" s="1" t="inlineStr">
+        <is>
+          <t>37, 39</t>
+        </is>
+      </c>
+      <c r="F664" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="665" customHeight="1" ht="140.0">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>720555</t>
+        </is>
+      </c>
+      <c r="C665" s="1" t="inlineStr">
+        <is>
+          <t>THERE'S NOTHING QUITE LIKE A HOLDEN</t>
+        </is>
+      </c>
+      <c r="D665" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E665" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F80" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D81" s="1" t="inlineStr">
+      <c r="F665" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="666" customHeight="1" ht="140.0">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>720021</t>
+        </is>
+      </c>
+      <c r="C666" s="1" t="inlineStr">
+        <is>
+          <t>SUBURBAN</t>
+        </is>
+      </c>
+      <c r="D666" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D82" s="1" t="inlineStr">
+      <c r="E666" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F666" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="667" customHeight="1" ht="140.0">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>718829</t>
+        </is>
+      </c>
+      <c r="C667" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D667" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D83" s="1" t="inlineStr">
+      <c r="E667" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F667" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="668" customHeight="1" ht="140.0">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>718828</t>
+        </is>
+      </c>
+      <c r="C668" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D668" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D84" s="1" t="inlineStr">
+      <c r="E668" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F668" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="669" customHeight="1" ht="140.0">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>718490</t>
+        </is>
+      </c>
+      <c r="C669" s="1" t="inlineStr">
+        <is>
+          <t>SEVILLE STS</t>
+        </is>
+      </c>
+      <c r="D669" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E669" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F669" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="670" customHeight="1" ht="140.0">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>717899</t>
+        </is>
+      </c>
+      <c r="C670" s="1" t="inlineStr">
+        <is>
+          <t>LAMBADA</t>
+        </is>
+      </c>
+      <c r="D670" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E670" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F670" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="671" customHeight="1" ht="140.0">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>709447</t>
+        </is>
+      </c>
+      <c r="C671" s="1" t="inlineStr">
+        <is>
+          <t>GRANGE</t>
+        </is>
+      </c>
+      <c r="D671" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D85" s="1" t="inlineStr">
+      <c r="E671" s="1" t="inlineStr">
+        <is>
+          <t>12, 25</t>
+        </is>
+      </c>
+      <c r="F671" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="672" customHeight="1" ht="140.0">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>707043</t>
+        </is>
+      </c>
+      <c r="C672" s="1" t="inlineStr">
+        <is>
+          <t>AC DELCO</t>
+        </is>
+      </c>
+      <c r="D672" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E672" s="1" t="inlineStr">
+        <is>
+          <t>1, 4, 7, 9, 11, 12, 37</t>
+        </is>
+      </c>
+      <c r="F672" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="673" customHeight="1" ht="140.0">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>675267</t>
+        </is>
+      </c>
+      <c r="C673" s="1" t="inlineStr">
+        <is>
+          <t>JACKAROO</t>
+        </is>
+      </c>
+      <c r="D673" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E673" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F673" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="674" customHeight="1" ht="140.0">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>669412</t>
+        </is>
+      </c>
+      <c r="C674" s="1" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="D674" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E674" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F674" s="1" t="inlineStr">
+        <is>
+          <t>General Motors UK Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="675" customHeight="1" ht="140.0">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>664128</t>
+        </is>
+      </c>
+      <c r="C675" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D675" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C86" s="1" t="inlineStr">
+      <c r="E675" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F675" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="676" customHeight="1" ht="140.0">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>664127</t>
+        </is>
+      </c>
+      <c r="C676" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D676" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E676" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F676" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="677" customHeight="1" ht="140.0">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>659749</t>
+        </is>
+      </c>
+      <c r="C677" s="1" t="inlineStr">
+        <is>
+          <t>SMARTBUY</t>
+        </is>
+      </c>
+      <c r="D677" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E677" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F677" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation Australia</t>
+        </is>
+      </c>
+    </row>
+    <row r="678" customHeight="1" ht="140.0">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>648488</t>
+        </is>
+      </c>
+      <c r="C678" s="1" t="inlineStr">
+        <is>
+          <t>MANTA</t>
+        </is>
+      </c>
+      <c r="D678" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E678" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F86" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D87" s="1" t="inlineStr">
+      <c r="F678" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="679" customHeight="1" ht="140.0">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>648485</t>
+        </is>
+      </c>
+      <c r="C679" s="1" t="inlineStr">
+        <is>
+          <t>ALLISON</t>
+        </is>
+      </c>
+      <c r="D679" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E679" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F679" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="680" customHeight="1" ht="140.0">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>648484</t>
+        </is>
+      </c>
+      <c r="C680" s="1" t="inlineStr">
+        <is>
+          <t>ALLISON</t>
+        </is>
+      </c>
+      <c r="D680" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E680" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F680" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="681" customHeight="1" ht="140.0">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>644414</t>
+        </is>
+      </c>
+      <c r="C681" s="1" t="inlineStr">
+        <is>
+          <t>NOVA</t>
+        </is>
+      </c>
+      <c r="D681" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E681" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F681" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="682" customHeight="1" ht="140.0">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>643960</t>
+        </is>
+      </c>
+      <c r="C682" s="1" t="inlineStr">
+        <is>
+          <t>LET'S WORK</t>
+        </is>
+      </c>
+      <c r="D682" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E682" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F682" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="683" customHeight="1" ht="140.0">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>639718</t>
+        </is>
+      </c>
+      <c r="C683" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D683" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E683" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F683" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="684" customHeight="1" ht="140.0">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>639717</t>
+        </is>
+      </c>
+      <c r="C684" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D684" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D88" s="1" t="inlineStr">
+      <c r="E684" s="1" t="inlineStr">
+        <is>
+          <t>12, 36</t>
+        </is>
+      </c>
+      <c r="F684" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="685" customHeight="1" ht="140.0">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>639297</t>
+        </is>
+      </c>
+      <c r="C685" s="1" t="inlineStr">
+        <is>
+          <t>SANDMAN
+SAND MAN</t>
+        </is>
+      </c>
+      <c r="D685" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E685" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F685" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="686" customHeight="1" ht="140.0">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>638963</t>
+        </is>
+      </c>
+      <c r="C686" s="1" t="inlineStr">
+        <is>
+          <t>CATERA</t>
+        </is>
+      </c>
+      <c r="D686" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E686" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F686" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="687" customHeight="1" ht="140.0">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>638231</t>
+        </is>
+      </c>
+      <c r="C687" s="1" t="inlineStr">
+        <is>
+          <t>PREDATOR</t>
+        </is>
+      </c>
+      <c r="D687" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E687" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F687" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="688" customHeight="1" ht="140.0">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>633777</t>
+        </is>
+      </c>
+      <c r="C688" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D688" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E688" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F688" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="689" customHeight="1" ht="140.0">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>633776</t>
+        </is>
+      </c>
+      <c r="C689" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D689" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E689" s="1" t="inlineStr">
+        <is>
+          <t>14, 18</t>
+        </is>
+      </c>
+      <c r="F689" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="690" customHeight="1" ht="140.0">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>633392</t>
+        </is>
+      </c>
+      <c r="C690" s="1" t="inlineStr">
+        <is>
+          <t>JUST ADD SPANNERS</t>
+        </is>
+      </c>
+      <c r="D690" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E690" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F690" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="691" customHeight="1" ht="140.0">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>632741</t>
+        </is>
+      </c>
+      <c r="C691" s="1" t="inlineStr">
+        <is>
+          <t>ESTEEM</t>
+        </is>
+      </c>
+      <c r="D691" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E691" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F691" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="692" customHeight="1" ht="140.0">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>632738</t>
+        </is>
+      </c>
+      <c r="C692" s="1" t="inlineStr">
+        <is>
+          <t>EQUIPE</t>
+        </is>
+      </c>
+      <c r="D692" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E692" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F692" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="693" customHeight="1" ht="140.0">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>632395</t>
+        </is>
+      </c>
+      <c r="C693" s="1" t="inlineStr">
+        <is>
+          <t>BERLINA</t>
+        </is>
+      </c>
+      <c r="D693" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E693" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F693" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="694" customHeight="1" ht="140.0">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>627746</t>
+        </is>
+      </c>
+      <c r="C694" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D694" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E694" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F694" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="695" customHeight="1" ht="140.0">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>627745</t>
+        </is>
+      </c>
+      <c r="C695" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D695" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E695" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F695" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="696" customHeight="1" ht="140.0">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>627744</t>
+        </is>
+      </c>
+      <c r="C696" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D696" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E696" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F696" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="697" customHeight="1" ht="140.0">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>627743</t>
+        </is>
+      </c>
+      <c r="C697" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D697" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E697" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F697" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="698" customHeight="1" ht="140.0">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>627742</t>
+        </is>
+      </c>
+      <c r="C698" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D698" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E698" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F698" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="699" customHeight="1" ht="140.0">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>627741</t>
+        </is>
+      </c>
+      <c r="C699" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D699" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E699" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F699" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="700" customHeight="1" ht="140.0">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>627740</t>
+        </is>
+      </c>
+      <c r="C700" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D700" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E700" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F700" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="701" customHeight="1" ht="140.0">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>627739</t>
+        </is>
+      </c>
+      <c r="C701" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D701" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E701" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F701" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="702" customHeight="1" ht="140.0">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>627738</t>
+        </is>
+      </c>
+      <c r="C702" s="1" t="inlineStr">
+        <is>
+          <t>NETWORK Q</t>
+        </is>
+      </c>
+      <c r="D702" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E702" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F702" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="703" customHeight="1" ht="140.0">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>621595</t>
+        </is>
+      </c>
+      <c r="C703" s="1" t="inlineStr">
+        <is>
+          <t>ACG</t>
+        </is>
+      </c>
+      <c r="D703" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E703" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F703" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="704" customHeight="1" ht="140.0">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>610618</t>
+        </is>
+      </c>
+      <c r="C704" s="1" t="inlineStr">
+        <is>
+          <t>SPORTS UTE SU</t>
+        </is>
+      </c>
+      <c r="D704" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E704" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F704" s="1" t="inlineStr">
+        <is>
+          <t>Isuzu - General Motors Australia Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="705" customHeight="1" ht="140.0">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>610617</t>
+        </is>
+      </c>
+      <c r="C705" s="1" t="inlineStr">
+        <is>
+          <t>MONTEREY</t>
+        </is>
+      </c>
+      <c r="D705" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E705" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F705" s="1" t="inlineStr">
+        <is>
+          <t>Isuzu - General Motors Australia Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="706" customHeight="1" ht="140.0">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>608939</t>
+        </is>
+      </c>
+      <c r="C706" s="1" t="inlineStr">
+        <is>
+          <t>SmartBuy by GMAC</t>
+        </is>
+      </c>
+      <c r="D706" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E706" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F706" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="707" customHeight="1" ht="140.0">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>608938</t>
+        </is>
+      </c>
+      <c r="C707" s="1" t="inlineStr">
+        <is>
+          <t>SmartDrive by GMAC</t>
+        </is>
+      </c>
+      <c r="D707" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E707" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F707" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="708" customHeight="1" ht="140.0">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>606700</t>
+        </is>
+      </c>
+      <c r="C708" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D708" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E708" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F708" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="709" customHeight="1" ht="140.0">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>604324</t>
+        </is>
+      </c>
+      <c r="C709" s="1" t="inlineStr">
+        <is>
+          <t>SWING</t>
+        </is>
+      </c>
+      <c r="D709" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E709" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F709" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="710" customHeight="1" ht="140.0">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>604323</t>
+        </is>
+      </c>
+      <c r="C710" s="1" t="inlineStr">
+        <is>
+          <t>JOY</t>
+        </is>
+      </c>
+      <c r="D710" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E710" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F710" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="711" customHeight="1" ht="140.0">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>604322</t>
+        </is>
+      </c>
+      <c r="C711" s="1" t="inlineStr">
+        <is>
+          <t>ACCLAIM</t>
+        </is>
+      </c>
+      <c r="D711" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E711" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F711" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="712" customHeight="1" ht="140.0">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>589804</t>
+        </is>
+      </c>
+      <c r="C712" s="1" t="inlineStr">
+        <is>
+          <t>SmartBuy</t>
+        </is>
+      </c>
+      <c r="D712" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E712" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F712" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Acceptance Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="713" customHeight="1" ht="140.0">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>573710</t>
+        </is>
+      </c>
+      <c r="C713" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D713" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E713" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F713" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="714" customHeight="1" ht="140.0">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>573709</t>
+        </is>
+      </c>
+      <c r="C714" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D714" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E714" s="1" t="inlineStr">
+        <is>
+          <t>28, 41</t>
+        </is>
+      </c>
+      <c r="F714" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="715" customHeight="1" ht="140.0">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>573708</t>
+        </is>
+      </c>
+      <c r="C715" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D715" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E715" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F715" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="716" customHeight="1" ht="140.0">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>573707</t>
+        </is>
+      </c>
+      <c r="C716" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D716" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E716" s="1" t="inlineStr">
+        <is>
+          <t>28, 41</t>
+        </is>
+      </c>
+      <c r="F716" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="717" customHeight="1" ht="140.0">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>572550</t>
+        </is>
+      </c>
+      <c r="C717" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D717" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E717" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F717" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="718" customHeight="1" ht="140.0">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>572549</t>
+        </is>
+      </c>
+      <c r="C718" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D718" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E718" s="1" t="inlineStr">
+        <is>
+          <t>25, 41</t>
+        </is>
+      </c>
+      <c r="F718" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="719" customHeight="1" ht="140.0">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>572196</t>
+        </is>
+      </c>
+      <c r="C719" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE
+HOLDEN SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D719" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E719" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F719" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holdens Automotive Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="720" customHeight="1" ht="140.0">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>571908</t>
+        </is>
+      </c>
+      <c r="C720" s="1" t="inlineStr">
+        <is>
+          <t>SCRAMBLE
+HOLDEN SCRAMBLE</t>
+        </is>
+      </c>
+      <c r="D720" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E720" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F720" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holdens Automotive Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="721" customHeight="1" ht="140.0">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>571223</t>
+        </is>
+      </c>
+      <c r="C721" s="1" t="inlineStr">
+        <is>
+          <t>HUMMER</t>
+        </is>
+      </c>
+      <c r="D721" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E721" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F721" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="722" customHeight="1" ht="140.0">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>571209</t>
+        </is>
+      </c>
+      <c r="C722" s="1" t="inlineStr">
+        <is>
+          <t>CHALLENGE</t>
+        </is>
+      </c>
+      <c r="D722" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E722" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F722" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holdens Automotive Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="723" customHeight="1" ht="140.0">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>563709</t>
+        </is>
+      </c>
+      <c r="C723" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D723" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E723" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F723" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="724" customHeight="1" ht="140.0">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>563708</t>
+        </is>
+      </c>
+      <c r="C724" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D724" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E724" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F724" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="725" customHeight="1" ht="140.0">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>563707</t>
+        </is>
+      </c>
+      <c r="C725" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D725" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E725" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F725" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="726" customHeight="1" ht="140.0">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>563705</t>
+        </is>
+      </c>
+      <c r="C726" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D726" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E726" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F726" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="727" customHeight="1" ht="140.0">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>563704</t>
+        </is>
+      </c>
+      <c r="C727" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D727" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E727" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F727" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="728" customHeight="1" ht="140.0">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>563702</t>
+        </is>
+      </c>
+      <c r="C728" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D728" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E728" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 21, 25, 28, 37</t>
+        </is>
+      </c>
+      <c r="F728" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="729" customHeight="1" ht="140.0">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>558208</t>
+        </is>
+      </c>
+      <c r="C729" s="1" t="inlineStr">
+        <is>
+          <t>HOLDENWISE</t>
+        </is>
+      </c>
+      <c r="D729" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E729" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F729" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="730" customHeight="1" ht="140.0">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>558207</t>
+        </is>
+      </c>
+      <c r="C730" s="1" t="inlineStr">
+        <is>
+          <t>HOLDENWISE</t>
+        </is>
+      </c>
+      <c r="D730" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E730" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F730" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="731" customHeight="1" ht="140.0">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>549284</t>
+        </is>
+      </c>
+      <c r="C731" s="1" t="inlineStr">
+        <is>
+          <t>ALLANTE</t>
+        </is>
+      </c>
+      <c r="D731" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E731" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F731" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="732" customHeight="1" ht="140.0">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>545383</t>
+        </is>
+      </c>
+      <c r="C732" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D732" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E732" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F732" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="733" customHeight="1" ht="140.0">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>545382</t>
+        </is>
+      </c>
+      <c r="C733" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D733" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E733" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F733" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="734" customHeight="1" ht="140.0">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>545381</t>
+        </is>
+      </c>
+      <c r="C734" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D734" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E734" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F734" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="735" customHeight="1" ht="140.0">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>545380</t>
+        </is>
+      </c>
+      <c r="C735" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D735" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E735" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F735" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="736" customHeight="1" ht="140.0">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>545379</t>
+        </is>
+      </c>
+      <c r="C736" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D736" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E736" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F736" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="737" customHeight="1" ht="140.0">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>545378</t>
+        </is>
+      </c>
+      <c r="C737" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D737" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E737" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F737" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="738" customHeight="1" ht="140.0">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>545377</t>
+        </is>
+      </c>
+      <c r="C738" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D738" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E738" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F738" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="739" customHeight="1" ht="140.0">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>545376</t>
+        </is>
+      </c>
+      <c r="C739" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D739" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E739" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F739" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="740" customHeight="1" ht="140.0">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>545375</t>
+        </is>
+      </c>
+      <c r="C740" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D740" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E740" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F740" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="741" customHeight="1" ht="140.0">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>545374</t>
+        </is>
+      </c>
+      <c r="C741" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D741" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E741" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F741" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="742" customHeight="1" ht="140.0">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>545373</t>
+        </is>
+      </c>
+      <c r="C742" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D742" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E742" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F742" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="743" customHeight="1" ht="140.0">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>545372</t>
+        </is>
+      </c>
+      <c r="C743" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D743" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E743" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F743" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="744" customHeight="1" ht="140.0">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>545371</t>
+        </is>
+      </c>
+      <c r="C744" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D744" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E744" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F744" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="745" customHeight="1" ht="140.0">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>545370</t>
+        </is>
+      </c>
+      <c r="C745" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D745" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E745" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F745" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="746" customHeight="1" ht="140.0">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>542659</t>
+        </is>
+      </c>
+      <c r="C746" s="1" t="inlineStr">
+        <is>
+          <t>MALOO</t>
+        </is>
+      </c>
+      <c r="D746" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E746" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F746" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="747" customHeight="1" ht="140.0">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>533656</t>
+        </is>
+      </c>
+      <c r="C747" s="1" t="inlineStr">
+        <is>
+          <t>RIGOUT</t>
+        </is>
+      </c>
+      <c r="D747" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E747" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F747" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="748" customHeight="1" ht="140.0">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>533334</t>
+        </is>
+      </c>
+      <c r="C748" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D748" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E748" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F748" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="749" customHeight="1" ht="140.0">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>533333</t>
+        </is>
+      </c>
+      <c r="C749" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D749" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E749" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F749" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="750" customHeight="1" ht="140.0">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>532243</t>
+        </is>
+      </c>
+      <c r="C750" s="1" t="inlineStr">
+        <is>
+          <t>LE SV LIMITED EDITION</t>
+        </is>
+      </c>
+      <c r="D750" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E750" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F750" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="751" customHeight="1" ht="140.0">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>532242</t>
+        </is>
+      </c>
+      <c r="C751" s="1" t="inlineStr">
+        <is>
+          <t>LE SV LIMITED EDITION</t>
+        </is>
+      </c>
+      <c r="D751" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E751" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F751" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="752" customHeight="1" ht="140.0">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>532241</t>
+        </is>
+      </c>
+      <c r="C752" s="1" t="inlineStr">
+        <is>
+          <t>HOSV</t>
+        </is>
+      </c>
+      <c r="D752" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E752" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F752" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="753" customHeight="1" ht="140.0">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>532240</t>
+        </is>
+      </c>
+      <c r="C753" s="1" t="inlineStr">
+        <is>
+          <t>HOSV</t>
+        </is>
+      </c>
+      <c r="D753" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E753" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F753" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="754" customHeight="1" ht="140.0">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>518305</t>
+        </is>
+      </c>
+      <c r="C754" s="1" t="inlineStr">
+        <is>
+          <t>TILT-WHEEL</t>
+        </is>
+      </c>
+      <c r="D754" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E754" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F754" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="755" customHeight="1" ht="140.0">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>516179</t>
+        </is>
+      </c>
+      <c r="C755" s="1" t="inlineStr">
+        <is>
+          <t>HOLDENWISE</t>
+        </is>
+      </c>
+      <c r="D755" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E755" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F755" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="756" customHeight="1" ht="140.0">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>515770</t>
+        </is>
+      </c>
+      <c r="C756" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D756" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E756" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F756" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="757" customHeight="1" ht="140.0">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>515769</t>
+        </is>
+      </c>
+      <c r="C757" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D757" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E757" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F757" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="758" customHeight="1" ht="140.0">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>515768</t>
+        </is>
+      </c>
+      <c r="C758" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN RACING TEAM</t>
+        </is>
+      </c>
+      <c r="D758" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E758" s="1" t="inlineStr">
+        <is>
+          <t>12, 25, 37</t>
+        </is>
+      </c>
+      <c r="F758" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="759" customHeight="1" ht="140.0">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>502443</t>
+        </is>
+      </c>
+      <c r="C759" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D759" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E759" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F759" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="760" customHeight="1" ht="140.0">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>502442</t>
+        </is>
+      </c>
+      <c r="C760" s="1" t="inlineStr">
+        <is>
+          <t>CORVETTE</t>
+        </is>
+      </c>
+      <c r="D760" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E760" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F760" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="761" customHeight="1" ht="140.0">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>502441</t>
+        </is>
+      </c>
+      <c r="C761" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D761" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E761" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F761" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="762" customHeight="1" ht="140.0">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>502440</t>
+        </is>
+      </c>
+      <c r="C762" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D762" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E762" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F762" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="763" customHeight="1" ht="140.0">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>486448</t>
+        </is>
+      </c>
+      <c r="C763" s="1" t="inlineStr">
+        <is>
+          <t>CRESTA</t>
+        </is>
+      </c>
+      <c r="D763" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E763" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F763" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="764" customHeight="1" ht="140.0">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>486447</t>
+        </is>
+      </c>
+      <c r="C764" s="1" t="inlineStr">
+        <is>
+          <t>CRESTA</t>
+        </is>
+      </c>
+      <c r="D764" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E764" s="1" t="inlineStr">
+        <is>
+          <t>12, 37</t>
+        </is>
+      </c>
+      <c r="F764" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="765" customHeight="1" ht="140.0">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>486229</t>
+        </is>
+      </c>
+      <c r="C765" s="1" t="inlineStr">
+        <is>
+          <t>BARETTA</t>
+        </is>
+      </c>
+      <c r="D765" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E765" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F765" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="766" customHeight="1" ht="140.0">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>486228</t>
+        </is>
+      </c>
+      <c r="C766" s="1" t="inlineStr">
+        <is>
+          <t>BARETTA</t>
+        </is>
+      </c>
+      <c r="D766" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E766" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F766" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="767" customHeight="1" ht="140.0">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>486227</t>
+        </is>
+      </c>
+      <c r="C767" s="1" t="inlineStr">
+        <is>
+          <t>BARETTA</t>
+        </is>
+      </c>
+      <c r="D767" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E767" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 37</t>
+        </is>
+      </c>
+      <c r="F767" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="768" customHeight="1" ht="140.0">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>481944</t>
+        </is>
+      </c>
+      <c r="C768" s="1" t="inlineStr">
+        <is>
+          <t>CADILLAC</t>
+        </is>
+      </c>
+      <c r="D768" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E768" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F768" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="769" customHeight="1" ht="140.0">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>480989</t>
+        </is>
+      </c>
+      <c r="C769" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D769" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E769" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F769" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="770" customHeight="1" ht="140.0">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>480988</t>
+        </is>
+      </c>
+      <c r="C770" s="1" t="inlineStr">
+        <is>
+          <t>CALAIS</t>
+        </is>
+      </c>
+      <c r="D770" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E770" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F770" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="771" customHeight="1" ht="140.0">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>476857</t>
+        </is>
+      </c>
+      <c r="C771" s="1" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="D771" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E771" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F771" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="772" customHeight="1" ht="140.0">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>476856</t>
+        </is>
+      </c>
+      <c r="C772" s="1" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="D772" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E772" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F772" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="773" customHeight="1" ht="140.0">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>476855</t>
+        </is>
+      </c>
+      <c r="C773" s="1" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="D773" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E773" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F773" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="774" customHeight="1" ht="140.0">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>476854</t>
+        </is>
+      </c>
+      <c r="C774" s="1" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="D774" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E774" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F774" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="775" customHeight="1" ht="140.0">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>476853</t>
+        </is>
+      </c>
+      <c r="C775" s="1" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="D775" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged after registration</t>
+        </is>
+      </c>
+      <c r="E775" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F775" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="776" customHeight="1" ht="140.0">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>476852</t>
+        </is>
+      </c>
+      <c r="C776" s="1" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="D776" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E776" s="1" t="inlineStr">
+        <is>
+          <t>12, 16, 21, 25, 28, 37</t>
+        </is>
+      </c>
+      <c r="F776" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="777" customHeight="1" ht="140.0">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>473529</t>
+        </is>
+      </c>
+      <c r="C777" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN'S ENGINE COMPANY</t>
+        </is>
+      </c>
+      <c r="D777" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E777" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F777" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="778" customHeight="1" ht="140.0">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>473528</t>
+        </is>
+      </c>
+      <c r="C778" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN'S ENGINE COMPANY</t>
+        </is>
+      </c>
+      <c r="D778" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E778" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F778" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="779" customHeight="1" ht="140.0">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>473527</t>
+        </is>
+      </c>
+      <c r="C779" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN'S ENGINE COMPANY</t>
+        </is>
+      </c>
+      <c r="D779" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E779" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F779" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="780" customHeight="1" ht="140.0">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>473526</t>
+        </is>
+      </c>
+      <c r="C780" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN'S ENGINE COMPANY</t>
+        </is>
+      </c>
+      <c r="D780" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E780" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F780" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="781" customHeight="1" ht="140.0">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>472986</t>
+        </is>
+      </c>
+      <c r="C781" s="1" t="inlineStr">
+        <is>
+          <t>BLAZER</t>
+        </is>
+      </c>
+      <c r="D781" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E781" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F781" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="782" customHeight="1" ht="140.0">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>465742</t>
+        </is>
+      </c>
+      <c r="C782" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTOR SPORT</t>
+        </is>
+      </c>
+      <c r="D782" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E782" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F782" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="783" customHeight="1" ht="140.0">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>465741</t>
+        </is>
+      </c>
+      <c r="C783" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTOR SPORT</t>
+        </is>
+      </c>
+      <c r="D783" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E783" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F783" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="784" customHeight="1" ht="140.0">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>465740</t>
+        </is>
+      </c>
+      <c r="C784" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTOR SPORT</t>
+        </is>
+      </c>
+      <c r="D784" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E784" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F784" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="785" customHeight="1" ht="140.0">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>465739</t>
+        </is>
+      </c>
+      <c r="C785" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTOR SPORT</t>
+        </is>
+      </c>
+      <c r="D785" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E785" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F785" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="786" customHeight="1" ht="140.0">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>465738</t>
+        </is>
+      </c>
+      <c r="C786" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTOR SPORT</t>
+        </is>
+      </c>
+      <c r="D786" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E786" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F786" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="787" customHeight="1" ht="140.0">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>465737</t>
+        </is>
+      </c>
+      <c r="C787" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN MOTOR SPORT</t>
+        </is>
+      </c>
+      <c r="D787" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E787" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F787" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="788" customHeight="1" ht="140.0">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>463100</t>
+        </is>
+      </c>
+      <c r="C788" s="1" t="inlineStr">
+        <is>
+          <t>GMACA INSURANCE SERVICES</t>
+        </is>
+      </c>
+      <c r="D788" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E788" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F788" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="789" customHeight="1" ht="140.0">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>458708</t>
+        </is>
+      </c>
+      <c r="C789" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D789" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E789" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F789" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="790" customHeight="1" ht="140.0">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>458707</t>
+        </is>
+      </c>
+      <c r="C790" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D790" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E790" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F790" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="791" customHeight="1" ht="140.0">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>456322</t>
+        </is>
+      </c>
+      <c r="C791" s="1" t="inlineStr">
+        <is>
+          <t>SHUTTLE</t>
+        </is>
+      </c>
+      <c r="D791" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E791" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F791" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="792" customHeight="1" ht="140.0">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>452843</t>
+        </is>
+      </c>
+      <c r="C792" s="1" t="inlineStr">
+        <is>
+          <t>DEDEC</t>
+        </is>
+      </c>
+      <c r="D792" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E792" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F792" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="793" customHeight="1" ht="140.0">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>452842</t>
+        </is>
+      </c>
+      <c r="C793" s="1" t="inlineStr">
+        <is>
+          <t>DEDEC</t>
+        </is>
+      </c>
+      <c r="D793" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E793" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F793" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="794" customHeight="1" ht="140.0">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>452841</t>
+        </is>
+      </c>
+      <c r="C794" s="1" t="inlineStr">
+        <is>
+          <t>DEDEC</t>
+        </is>
+      </c>
+      <c r="D794" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E794" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F794" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="795" customHeight="1" ht="140.0">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>418996</t>
+        </is>
+      </c>
+      <c r="C795" s="1" t="inlineStr">
+        <is>
+          <t>SCURRY</t>
+        </is>
+      </c>
+      <c r="D795" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E795" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F795" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="796" customHeight="1" ht="140.0">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>418995</t>
+        </is>
+      </c>
+      <c r="C796" s="1" t="inlineStr">
+        <is>
+          <t>BARINA</t>
+        </is>
+      </c>
+      <c r="D796" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E796" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F88" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D89" s="1" t="inlineStr">
+      <c r="F796" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="797" customHeight="1" ht="140.0">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>418994</t>
+        </is>
+      </c>
+      <c r="C797" s="1" t="inlineStr">
+        <is>
+          <t>DROVER</t>
+        </is>
+      </c>
+      <c r="D797" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E797" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F797" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="798" customHeight="1" ht="140.0">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>410461</t>
+        </is>
+      </c>
+      <c r="C798" s="1" t="inlineStr">
+        <is>
+          <t>ASTRA</t>
+        </is>
+      </c>
+      <c r="D798" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E798" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F798" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="799" customHeight="1" ht="140.0">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>404490</t>
+        </is>
+      </c>
+      <c r="C799" s="1" t="inlineStr">
+        <is>
+          <t>CALAIS</t>
+        </is>
+      </c>
+      <c r="D799" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E799" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F799" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="800" customHeight="1" ht="140.0">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>400942</t>
+        </is>
+      </c>
+      <c r="C800" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D800" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E800" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F800" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="801" customHeight="1" ht="140.0">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>400941</t>
+        </is>
+      </c>
+      <c r="C801" s="1" t="inlineStr">
+        <is>
+          <t>CAMIRA</t>
+        </is>
+      </c>
+      <c r="D801" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E801" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F801" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="802" customHeight="1" ht="140.0">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>400663</t>
+        </is>
+      </c>
+      <c r="C802" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D802" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E802" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F802" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="803" customHeight="1" ht="140.0">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>400662</t>
+        </is>
+      </c>
+      <c r="C803" s="1" t="inlineStr">
+        <is>
+          <t>HOLDEN</t>
+        </is>
+      </c>
+      <c r="D803" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E803" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F803" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="804" customHeight="1" ht="140.0">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>397011</t>
+        </is>
+      </c>
+      <c r="C804" s="1" t="inlineStr">
+        <is>
+          <t>EXECUTIVE</t>
+        </is>
+      </c>
+      <c r="D804" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E804" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F804" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="805" customHeight="1" ht="140.0">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>390938</t>
+        </is>
+      </c>
+      <c r="C805" s="1" t="inlineStr">
+        <is>
+          <t>GIPSY</t>
+        </is>
+      </c>
+      <c r="D805" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E805" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F805" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="806" customHeight="1" ht="140.0">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>390256</t>
+        </is>
+      </c>
+      <c r="C806" s="1" t="inlineStr">
+        <is>
+          <t>SHUTTLE</t>
+        </is>
+      </c>
+      <c r="D806" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E806" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F806" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="807" customHeight="1" ht="140.0">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>388157</t>
+        </is>
+      </c>
+      <c r="C807" s="1" t="inlineStr">
+        <is>
+          <t>TRUCKPOWER</t>
+        </is>
+      </c>
+      <c r="D807" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E807" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F807" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="808" customHeight="1" ht="140.0">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>388156</t>
+        </is>
+      </c>
+      <c r="C808" s="1" t="inlineStr">
+        <is>
+          <t>TRUCKPOWER</t>
+        </is>
+      </c>
+      <c r="D808" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E808" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F808" s="1" t="inlineStr">
+        <is>
+          <t>General Motors-Holden's Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="809" customHeight="1" ht="140.0">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>383159</t>
+        </is>
+      </c>
+      <c r="C809" s="1" t="inlineStr">
+        <is>
+          <t>CAMIRA</t>
+        </is>
+      </c>
+      <c r="D809" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E809" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F809" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="810" customHeight="1" ht="140.0">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>379671</t>
+        </is>
+      </c>
+      <c r="C810" s="1" t="inlineStr">
+        <is>
+          <t>ZNZ/Z</t>
+        </is>
+      </c>
+      <c r="D810" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E810" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F91" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="E93" s="1" t="inlineStr">
+      <c r="F810" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="811" customHeight="1" ht="140.0">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>372491</t>
+        </is>
+      </c>
+      <c r="C811" s="1" t="inlineStr">
+        <is>
+          <t>CAMTECH 4</t>
+        </is>
+      </c>
+      <c r="D811" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E811" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F93" s="1" t="inlineStr">
-[...162 lines deleted...]
-      <c r="E99" s="1" t="inlineStr">
+      <c r="F811" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="812" customHeight="1" ht="140.0">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>372490</t>
+        </is>
+      </c>
+      <c r="C812" s="1" t="inlineStr">
+        <is>
+          <t>CAMTECH 4</t>
+        </is>
+      </c>
+      <c r="D812" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E812" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F812" s="1" t="inlineStr">
+        <is>
+          <t>General Motors Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="813" customHeight="1" ht="140.0">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>350556</t>
+        </is>
+      </c>
+      <c r="C813" s="1" t="inlineStr">
+        <is>
+          <t>CAMIRA</t>
+        </is>
+      </c>
+      <c r="D813" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E813" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F99" s="1" t="inlineStr">
-[...246 lines deleted...]
-      <c r="E108" s="1" t="inlineStr">
+      <c r="F813" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="814" customHeight="1" ht="140.0">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>341963</t>
+        </is>
+      </c>
+      <c r="C814" s="1" t="inlineStr">
+        <is>
+          <t>CHEVETTE</t>
+        </is>
+      </c>
+      <c r="D814" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E814" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F108" s="1" t="inlineStr">
-[...10968 lines deleted...]
-      <c r="D500" s="1" t="inlineStr">
+      <c r="F814" s="1" t="inlineStr">
+        <is>
+          <t>General Motors LLC</t>
+        </is>
+      </c>
+    </row>
+    <row r="815" customHeight="1" ht="140.0">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>341913</t>
+        </is>
+      </c>
+      <c r="C815" s="1" t="inlineStr">
+        <is>
+          <t>GMH TRUCKPOWER</t>
+        </is>
+      </c>
+      <c r="D815" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
-      <c r="E500" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F500" s="1" t="inlineStr">
+      <c r="E815" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F815" s="1" t="inlineStr">
         <is>
           <t>General Motors Company</t>
         </is>
       </c>
     </row>
-    <row r="501" customHeight="true" ht="140.0">
-[...6431 lines deleted...]
-      <c r="E730" s="1" t="inlineStr">
+    <row r="816" customHeight="1" ht="140.0">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>341912</t>
+        </is>
+      </c>
+      <c r="C816" s="1" t="inlineStr">
+        <is>
+          <t>GMH TRUCKPOWER</t>
+        </is>
+      </c>
+      <c r="D816" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E816" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F730" s="1" t="inlineStr">
-[...2406 lines deleted...]
-      </c>
       <c r="F816" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="817" customHeight="true" ht="140.0">
+    <row r="817" customHeight="1" ht="140.0">
       <c r="A817" s="1" t="inlineStr">
         <is>
           <t>340319</t>
         </is>
       </c>
       <c r="C817" s="1" t="inlineStr">
         <is>
           <t>GMH
 QT
 QUALITY TESTED</t>
         </is>
       </c>
       <c r="D817" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E817" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F817" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="818" customHeight="true" ht="140.0">
+    <row r="818" customHeight="1" ht="140.0">
       <c r="A818" s="1" t="inlineStr">
         <is>
           <t>338608</t>
         </is>
       </c>
       <c r="C818" s="1" t="inlineStr">
         <is>
           <t>GMAC FINANCING</t>
         </is>
       </c>
       <c r="D818" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E818" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F818" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="819" customHeight="true" ht="140.0">
+    <row r="819" customHeight="1" ht="140.0">
       <c r="A819" s="1" t="inlineStr">
         <is>
           <t>334687</t>
         </is>
       </c>
       <c r="C819" s="1" t="inlineStr">
         <is>
           <t>ALLISON
 DETROIT DIESEL</t>
         </is>
       </c>
       <c r="D819" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E819" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F819" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="820" customHeight="true" ht="140.0">
+    <row r="820" customHeight="1" ht="140.0">
       <c r="A820" s="1" t="inlineStr">
         <is>
           <t>334685</t>
         </is>
       </c>
       <c r="C820" s="1" t="inlineStr">
         <is>
           <t>ALLISON
 DETROIT DIESEL</t>
         </is>
       </c>
       <c r="D820" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
       <c r="E820" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F820" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="821" customHeight="true" ht="140.0">
+    <row r="821" customHeight="1" ht="140.0">
       <c r="A821" s="1" t="inlineStr">
         <is>
           <t>332428</t>
         </is>
       </c>
       <c r="C821" s="1" t="inlineStr">
         <is>
           <t>CITATION</t>
         </is>
       </c>
       <c r="D821" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E821" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F821" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="822" customHeight="true" ht="140.0">
+    <row r="822" customHeight="1" ht="140.0">
       <c r="A822" s="1" t="inlineStr">
         <is>
           <t>328005</t>
         </is>
       </c>
       <c r="C822" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D822" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E822" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F822" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="823" customHeight="true" ht="140.0">
+    <row r="823" customHeight="1" ht="140.0">
       <c r="A823" s="1" t="inlineStr">
         <is>
           <t>328004</t>
         </is>
       </c>
       <c r="C823" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D823" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E823" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F823" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="824" customHeight="true" ht="140.0">
+    <row r="824" customHeight="1" ht="140.0">
       <c r="A824" s="1" t="inlineStr">
         <is>
           <t>328003</t>
         </is>
       </c>
       <c r="C824" s="1" t="inlineStr">
         <is>
           <t>COMMODORE</t>
         </is>
       </c>
       <c r="D824" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E824" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F824" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="825" customHeight="true" ht="140.0">
+    <row r="825" customHeight="1" ht="140.0">
       <c r="A825" s="1" t="inlineStr">
         <is>
           <t>327862</t>
         </is>
       </c>
       <c r="C825" s="1" t="inlineStr">
         <is>
           <t>STATESMAN</t>
         </is>
       </c>
       <c r="D825" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E825" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F825" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="826" customHeight="true" ht="140.0">
+    <row r="826" customHeight="1" ht="140.0">
       <c r="A826" s="1" t="inlineStr">
         <is>
           <t>327861</t>
         </is>
       </c>
       <c r="C826" s="1" t="inlineStr">
         <is>
           <t>GMH</t>
         </is>
       </c>
       <c r="D826" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E826" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F826" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="827" customHeight="true" ht="140.0">
+    <row r="827" customHeight="1" ht="140.0">
       <c r="A827" s="1" t="inlineStr">
         <is>
           <t>327860</t>
         </is>
       </c>
       <c r="C827" s="1" t="inlineStr">
         <is>
           <t>PREMIER</t>
         </is>
       </c>
       <c r="D827" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E827" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F827" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="828" customHeight="true" ht="140.0">
+    <row r="828" customHeight="1" ht="140.0">
       <c r="A828" s="1" t="inlineStr">
         <is>
           <t>327859</t>
         </is>
       </c>
       <c r="C828" s="1" t="inlineStr">
         <is>
           <t>MONARO</t>
         </is>
       </c>
       <c r="D828" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E828" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F828" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="829" customHeight="true" ht="140.0">
+    <row r="829" customHeight="1" ht="140.0">
       <c r="A829" s="1" t="inlineStr">
         <is>
           <t>327858</t>
         </is>
       </c>
       <c r="C829" s="1" t="inlineStr">
         <is>
           <t>KINGSWOOD</t>
         </is>
       </c>
       <c r="D829" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E829" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F829" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="830" customHeight="true" ht="140.0">
+    <row r="830" customHeight="1" ht="140.0">
       <c r="A830" s="1" t="inlineStr">
         <is>
           <t>327857</t>
         </is>
       </c>
       <c r="C830" s="1" t="inlineStr">
         <is>
           <t>TORANA</t>
         </is>
       </c>
       <c r="D830" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E830" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F830" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="831" customHeight="true" ht="140.0">
+    <row r="831" customHeight="1" ht="140.0">
       <c r="A831" s="1" t="inlineStr">
         <is>
           <t>327830</t>
         </is>
       </c>
       <c r="C831" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS</t>
         </is>
       </c>
       <c r="D831" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E831" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F831" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="832" customHeight="true" ht="140.0">
+    <row r="832" customHeight="1" ht="140.0">
       <c r="A832" s="1" t="inlineStr">
         <is>
           <t>327829</t>
         </is>
       </c>
       <c r="C832" s="1" t="inlineStr">
         <is>
           <t>PONTIAC</t>
         </is>
       </c>
       <c r="D832" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E832" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F832" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="833" customHeight="true" ht="140.0">
+    <row r="833" customHeight="1" ht="140.0">
       <c r="A833" s="1" t="inlineStr">
         <is>
           <t>327828</t>
         </is>
       </c>
       <c r="C833" s="1" t="inlineStr">
         <is>
           <t>OLDSMOBILE</t>
         </is>
       </c>
       <c r="D833" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E833" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F833" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="834" customHeight="true" ht="140.0">
+    <row r="834" customHeight="1" ht="140.0">
       <c r="A834" s="1" t="inlineStr">
         <is>
           <t>327827</t>
         </is>
       </c>
       <c r="C834" s="1" t="inlineStr">
         <is>
           <t>CADILLAC</t>
         </is>
       </c>
       <c r="D834" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E834" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F834" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="835" customHeight="true" ht="140.0">
+    <row r="835" customHeight="1" ht="140.0">
       <c r="A835" s="1" t="inlineStr">
         <is>
           <t>327826</t>
         </is>
       </c>
       <c r="C835" s="1" t="inlineStr">
         <is>
           <t>BUICK</t>
         </is>
       </c>
       <c r="D835" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E835" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F835" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="836" customHeight="true" ht="140.0">
+    <row r="836" customHeight="1" ht="140.0">
       <c r="A836" s="1" t="inlineStr">
         <is>
           <t>327824</t>
         </is>
       </c>
       <c r="C836" s="1" t="inlineStr">
         <is>
           <t>CAPRICE</t>
         </is>
       </c>
       <c r="D836" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E836" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F836" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="837" customHeight="true" ht="140.0">
+    <row r="837" customHeight="1" ht="140.0">
       <c r="A837" s="1" t="inlineStr">
         <is>
           <t>327822</t>
         </is>
       </c>
       <c r="C837" s="1" t="inlineStr">
         <is>
           <t>SUNBIRD</t>
         </is>
       </c>
       <c r="D837" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E837" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F837" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="838" customHeight="true" ht="140.0">
+    <row r="838" customHeight="1" ht="140.0">
       <c r="A838" s="1" t="inlineStr">
         <is>
           <t>327821</t>
         </is>
       </c>
       <c r="C838" s="1" t="inlineStr">
         <is>
           <t>CHEVROLET</t>
         </is>
       </c>
       <c r="D838" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E838" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F838" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="839" customHeight="true" ht="140.0">
+    <row r="839" customHeight="1" ht="140.0">
       <c r="A839" s="1" t="inlineStr">
         <is>
           <t>327794</t>
         </is>
       </c>
       <c r="C839" s="1" t="inlineStr">
         <is>
           <t>CHEVROLET</t>
         </is>
       </c>
       <c r="D839" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E839" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F839" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="840" customHeight="true" ht="140.0">
+    <row r="840" customHeight="1" ht="140.0">
       <c r="A840" s="1" t="inlineStr">
         <is>
           <t>327778</t>
         </is>
       </c>
       <c r="C840" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D840" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E840" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F840" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="841" customHeight="true" ht="140.0">
+    <row r="841" customHeight="1" ht="140.0">
       <c r="A841" s="1" t="inlineStr">
         <is>
           <t>327769</t>
         </is>
       </c>
       <c r="C841" s="1" t="inlineStr">
         <is>
           <t>HOLDEN
 GMH</t>
         </is>
       </c>
       <c r="D841" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E841" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F841" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="842" customHeight="true" ht="140.0">
+    <row r="842" customHeight="1" ht="140.0">
       <c r="A842" s="1" t="inlineStr">
         <is>
           <t>327760</t>
         </is>
       </c>
       <c r="C842" s="1" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="D842" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E842" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F842" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="843" customHeight="true" ht="140.0">
+    <row r="843" customHeight="1" ht="140.0">
       <c r="A843" s="1" t="inlineStr">
         <is>
           <t>327759</t>
         </is>
       </c>
       <c r="C843" s="1" t="inlineStr">
         <is>
           <t>DETROIT DIESEL</t>
         </is>
       </c>
       <c r="D843" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E843" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F843" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="844" customHeight="true" ht="140.0">
+    <row r="844" customHeight="1" ht="140.0">
       <c r="A844" s="1" t="inlineStr">
         <is>
           <t>327758</t>
         </is>
       </c>
       <c r="C844" s="1" t="inlineStr">
         <is>
           <t>GMACA</t>
         </is>
       </c>
       <c r="D844" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E844" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F844" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="845" customHeight="true" ht="140.0">
+    <row r="845" customHeight="1" ht="140.0">
       <c r="A845" s="1" t="inlineStr">
         <is>
           <t>327757</t>
         </is>
       </c>
       <c r="C845" s="1" t="inlineStr">
         <is>
           <t>GMAC</t>
         </is>
       </c>
       <c r="D845" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E845" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F845" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="846" customHeight="true" ht="140.0">
+    <row r="846" customHeight="1" ht="140.0">
       <c r="A846" s="1" t="inlineStr">
         <is>
           <t>327756</t>
         </is>
       </c>
       <c r="C846" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D846" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E846" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="F846" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="847" customHeight="true" ht="140.0">
+    <row r="847" customHeight="1" ht="140.0">
       <c r="A847" s="1" t="inlineStr">
         <is>
           <t>327755</t>
         </is>
       </c>
       <c r="C847" s="1" t="inlineStr">
         <is>
           <t>GMAC
 WE UNCOMPLICATE THINGS</t>
         </is>
       </c>
       <c r="D847" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E847" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="F847" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="848" customHeight="true" ht="140.0">
+    <row r="848" customHeight="1" ht="140.0">
       <c r="A848" s="1" t="inlineStr">
         <is>
           <t>326192</t>
         </is>
       </c>
       <c r="C848" s="1" t="inlineStr">
         <is>
           <t>RTS
 RADIAL TUNED SUSPENSION</t>
         </is>
       </c>
       <c r="D848" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E848" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F848" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="849" customHeight="true" ht="140.0">
+    <row r="849" customHeight="1" ht="140.0">
       <c r="A849" s="1" t="inlineStr">
         <is>
           <t>321984</t>
         </is>
       </c>
       <c r="C849" s="1" t="inlineStr">
         <is>
           <t>STARFIRE</t>
         </is>
       </c>
       <c r="D849" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E849" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F849" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="850" customHeight="true" ht="140.0">
+    <row r="850" customHeight="1" ht="140.0">
       <c r="A850" s="1" t="inlineStr">
         <is>
           <t>321983</t>
         </is>
       </c>
       <c r="C850" s="1" t="inlineStr">
         <is>
           <t>STARFIRE</t>
         </is>
       </c>
       <c r="D850" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E850" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F850" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="851" customHeight="true" ht="140.0">
+    <row r="851" customHeight="1" ht="140.0">
       <c r="A851" s="1" t="inlineStr">
         <is>
           <t>303602</t>
         </is>
       </c>
       <c r="C851" s="1" t="inlineStr">
         <is>
           <t>VARAJET</t>
         </is>
       </c>
       <c r="D851" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E851" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F851" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="852" customHeight="true" ht="140.0">
+    <row r="852" customHeight="1" ht="140.0">
       <c r="A852" s="1" t="inlineStr">
         <is>
           <t>291001</t>
         </is>
       </c>
       <c r="C852" s="1" t="inlineStr">
         <is>
           <t>SUNBIRD</t>
         </is>
       </c>
       <c r="D852" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E852" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F852" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="853" customHeight="true" ht="140.0">
+    <row r="853" customHeight="1" ht="140.0">
       <c r="A853" s="1" t="inlineStr">
         <is>
           <t>288501</t>
         </is>
       </c>
       <c r="C853" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D853" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E853" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F853" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="854" customHeight="true" ht="140.0">
+    <row r="854" customHeight="1" ht="140.0">
       <c r="A854" s="1" t="inlineStr">
         <is>
           <t>288221</t>
         </is>
       </c>
       <c r="C854" s="1" t="inlineStr">
         <is>
           <t>HATCH HUTCH</t>
         </is>
       </c>
       <c r="D854" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E854" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F854" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="855" customHeight="true" ht="140.0">
+    <row r="855" customHeight="1" ht="140.0">
       <c r="A855" s="1" t="inlineStr">
         <is>
           <t>281358</t>
         </is>
       </c>
       <c r="C855" s="1" t="inlineStr">
         <is>
           <t>VACATIONER</t>
         </is>
       </c>
       <c r="D855" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E855" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F855" s="1" t="inlineStr">
         <is>
           <t>General Motors Company</t>
         </is>
       </c>
     </row>
-    <row r="856" customHeight="true" ht="140.0">
+    <row r="856" customHeight="1" ht="140.0">
       <c r="A856" s="1" t="inlineStr">
         <is>
           <t>280273</t>
         </is>
       </c>
       <c r="C856" s="1" t="inlineStr">
         <is>
           <t>CAPRICE</t>
         </is>
       </c>
       <c r="D856" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E856" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F856" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="857" customHeight="true" ht="140.0">
+    <row r="857" customHeight="1" ht="140.0">
       <c r="A857" s="1" t="inlineStr">
         <is>
           <t>276696</t>
         </is>
       </c>
       <c r="C857" s="1" t="inlineStr">
         <is>
           <t>SKYLARK</t>
         </is>
       </c>
       <c r="D857" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E857" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F857" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="858" customHeight="true" ht="140.0">
+    <row r="858" customHeight="1" ht="140.0">
       <c r="A858" s="1" t="inlineStr">
         <is>
           <t>270228</t>
         </is>
       </c>
       <c r="C858" s="1" t="inlineStr">
         <is>
           <t>APOLLO</t>
         </is>
       </c>
       <c r="D858" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
       <c r="E858" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F858" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="859" customHeight="true" ht="140.0">
+    <row r="859" customHeight="1" ht="140.0">
       <c r="A859" s="1" t="inlineStr">
         <is>
           <t>267398</t>
         </is>
       </c>
       <c r="C859" s="1" t="inlineStr">
         <is>
           <t>PREMIER</t>
         </is>
       </c>
       <c r="D859" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E859" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F859" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="860" customHeight="true" ht="140.0">
+    <row r="860" customHeight="1" ht="140.0">
       <c r="A860" s="1" t="inlineStr">
         <is>
           <t>267397</t>
         </is>
       </c>
       <c r="C860" s="1" t="inlineStr">
         <is>
           <t>MONARO</t>
         </is>
       </c>
       <c r="D860" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E860" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F860" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="861" customHeight="true" ht="140.0">
+    <row r="861" customHeight="1" ht="140.0">
       <c r="A861" s="1" t="inlineStr">
         <is>
           <t>267396</t>
         </is>
       </c>
       <c r="C861" s="1" t="inlineStr">
         <is>
           <t>KINGSWOOD</t>
         </is>
       </c>
       <c r="D861" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E861" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F861" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="862" customHeight="true" ht="140.0">
+    <row r="862" customHeight="1" ht="140.0">
       <c r="A862" s="1" t="inlineStr">
         <is>
           <t>267395</t>
         </is>
       </c>
       <c r="C862" s="1" t="inlineStr">
         <is>
           <t>BELMONT</t>
         </is>
       </c>
       <c r="D862" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E862" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F862" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="863" customHeight="true" ht="140.0">
+    <row r="863" customHeight="1" ht="140.0">
       <c r="A863" s="1" t="inlineStr">
         <is>
           <t>265170</t>
         </is>
       </c>
       <c r="C863" s="1" t="inlineStr">
         <is>
           <t>LUV</t>
         </is>
       </c>
       <c r="D863" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E863" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F863" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="864" customHeight="true" ht="140.0">
+    <row r="864" customHeight="1" ht="140.0">
       <c r="A864" s="1" t="inlineStr">
         <is>
           <t>258786</t>
         </is>
       </c>
       <c r="C864" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS</t>
         </is>
       </c>
       <c r="D864" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E864" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F864" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="865" customHeight="true" ht="140.0">
+    <row r="865" customHeight="1" ht="140.0">
       <c r="A865" s="1" t="inlineStr">
         <is>
           <t>252284</t>
         </is>
       </c>
       <c r="C865" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D865" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E865" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F865" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="866" customHeight="true" ht="140.0">
+    <row r="866" customHeight="1" ht="140.0">
       <c r="A866" s="1" t="inlineStr">
         <is>
           <t>252283</t>
         </is>
       </c>
       <c r="C866" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D866" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E866" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F866" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="867" customHeight="true" ht="140.0">
+    <row r="867" customHeight="1" ht="140.0">
       <c r="A867" s="1" t="inlineStr">
         <is>
           <t>248834</t>
         </is>
       </c>
       <c r="C867" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS</t>
         </is>
       </c>
       <c r="D867" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E867" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F867" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="868" customHeight="true" ht="140.0">
+    <row r="868" customHeight="1" ht="140.0">
       <c r="A868" s="1" t="inlineStr">
         <is>
           <t>247717</t>
         </is>
       </c>
       <c r="C868" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D868" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E868" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F868" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="869" customHeight="true" ht="140.0">
+    <row r="869" customHeight="1" ht="140.0">
       <c r="A869" s="1" t="inlineStr">
         <is>
           <t>243097</t>
         </is>
       </c>
       <c r="C869" s="1" t="inlineStr">
         <is>
           <t>CORVETTE</t>
         </is>
       </c>
       <c r="D869" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E869" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F869" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="870" customHeight="true" ht="140.0">
+    <row r="870" customHeight="1" ht="140.0">
       <c r="A870" s="1" t="inlineStr">
         <is>
           <t>240495</t>
         </is>
       </c>
       <c r="C870" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D870" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E870" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F870" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="871" customHeight="true" ht="140.0">
+    <row r="871" customHeight="1" ht="140.0">
       <c r="A871" s="1" t="inlineStr">
         <is>
           <t>238798</t>
         </is>
       </c>
       <c r="C871" s="1" t="inlineStr">
         <is>
           <t>VEGA 2300</t>
         </is>
       </c>
       <c r="D871" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E871" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F871" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="872" customHeight="true" ht="140.0">
+    <row r="872" customHeight="1" ht="140.0">
       <c r="A872" s="1" t="inlineStr">
         <is>
           <t>237704</t>
         </is>
       </c>
       <c r="C872" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D872" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E872" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F872" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="873" customHeight="true" ht="140.0">
+    <row r="873" customHeight="1" ht="140.0">
       <c r="A873" s="1" t="inlineStr">
         <is>
           <t>230717</t>
         </is>
       </c>
       <c r="C873" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D873" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E873" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="F873" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="874" customHeight="true" ht="140.0">
+    <row r="874" customHeight="1" ht="140.0">
       <c r="A874" s="1" t="inlineStr">
         <is>
           <t>230682</t>
         </is>
       </c>
       <c r="C874" s="1" t="inlineStr">
         <is>
           <t>TORANA</t>
         </is>
       </c>
       <c r="D874" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E874" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F874" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="875" customHeight="true" ht="140.0">
+    <row r="875" customHeight="1" ht="140.0">
       <c r="A875" s="1" t="inlineStr">
         <is>
           <t>226332</t>
         </is>
       </c>
       <c r="C875" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D875" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E875" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F875" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="876" customHeight="true" ht="140.0">
+    <row r="876" customHeight="1" ht="140.0">
       <c r="A876" s="1" t="inlineStr">
         <is>
           <t>226331</t>
         </is>
       </c>
       <c r="C876" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D876" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E876" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F876" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="877" customHeight="true" ht="140.0">
+    <row r="877" customHeight="1" ht="140.0">
       <c r="A877" s="1" t="inlineStr">
         <is>
           <t>226330</t>
         </is>
       </c>
       <c r="C877" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D877" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E877" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F877" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="878" customHeight="true" ht="140.0">
+    <row r="878" customHeight="1" ht="140.0">
       <c r="A878" s="1" t="inlineStr">
         <is>
           <t>226329</t>
         </is>
       </c>
       <c r="C878" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D878" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E878" s="1" t="inlineStr">
         <is>
           <t>7, 9, 11, 12</t>
         </is>
       </c>
       <c r="F878" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="879" customHeight="true" ht="140.0">
+    <row r="879" customHeight="1" ht="140.0">
       <c r="A879" s="1" t="inlineStr">
         <is>
           <t>224186</t>
         </is>
       </c>
       <c r="C879" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D879" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E879" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F879" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="880" customHeight="true" ht="140.0">
+    <row r="880" customHeight="1" ht="140.0">
       <c r="A880" s="1" t="inlineStr">
         <is>
           <t>221702</t>
         </is>
       </c>
       <c r="C880" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D880" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E880" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F880" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="881" customHeight="true" ht="140.0">
+    <row r="881" customHeight="1" ht="140.0">
       <c r="A881" s="1" t="inlineStr">
         <is>
           <t>221557</t>
         </is>
       </c>
       <c r="C881" s="1" t="inlineStr">
         <is>
           <t>TRI-MATIC</t>
         </is>
       </c>
       <c r="D881" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E881" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F881" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="882" customHeight="true" ht="140.0">
+    <row r="882" customHeight="1" ht="140.0">
       <c r="A882" s="1" t="inlineStr">
         <is>
           <t>220035</t>
         </is>
       </c>
       <c r="C882" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D882" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E882" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F882" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="883" customHeight="true" ht="140.0">
+    <row r="883" customHeight="1" ht="140.0">
       <c r="A883" s="1" t="inlineStr">
         <is>
           <t>220034</t>
         </is>
       </c>
       <c r="C883" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D883" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E883" s="1" t="inlineStr">
         <is>
           <t>3, 4</t>
         </is>
       </c>
       <c r="F883" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="884" customHeight="true" ht="140.0">
+    <row r="884" customHeight="1" ht="140.0">
       <c r="A884" s="1" t="inlineStr">
         <is>
           <t>218223</t>
         </is>
       </c>
       <c r="C884" s="1" t="inlineStr">
         <is>
           <t>AIR CHIEF</t>
         </is>
       </c>
       <c r="D884" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
       <c r="E884" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F884" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS-HOLDEN'S Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="885" customHeight="true" ht="140.0">
+    <row r="885" customHeight="1" ht="140.0">
       <c r="A885" s="1" t="inlineStr">
         <is>
           <t>216282</t>
         </is>
       </c>
       <c r="C885" s="1" t="inlineStr">
         <is>
           <t>STATESMAN</t>
         </is>
       </c>
       <c r="D885" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E885" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F885" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="886" customHeight="true" ht="140.0">
+    <row r="886" customHeight="1" ht="140.0">
       <c r="A886" s="1" t="inlineStr">
         <is>
           <t>210098</t>
         </is>
       </c>
       <c r="C886" s="1" t="inlineStr">
         <is>
           <t>TORANA SL</t>
         </is>
       </c>
       <c r="D886" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E886" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F886" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="887" customHeight="true" ht="140.0">
+    <row r="887" customHeight="1" ht="140.0">
       <c r="A887" s="1" t="inlineStr">
         <is>
           <t>210029</t>
         </is>
       </c>
       <c r="C887" s="1" t="inlineStr">
         <is>
           <t>DEXRON</t>
         </is>
       </c>
       <c r="D887" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E887" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F887" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="888" customHeight="true" ht="140.0">
+    <row r="888" customHeight="1" ht="140.0">
       <c r="A888" s="1" t="inlineStr">
         <is>
           <t>209873</t>
         </is>
       </c>
       <c r="C888" s="1" t="inlineStr">
         <is>
           <t>ND</t>
         </is>
       </c>
       <c r="D888" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E888" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F888" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="889" customHeight="true" ht="140.0">
+    <row r="889" customHeight="1" ht="140.0">
       <c r="A889" s="1" t="inlineStr">
         <is>
           <t>209520</t>
         </is>
       </c>
       <c r="C889" s="1" t="inlineStr">
         <is>
           <t>TORANA</t>
         </is>
       </c>
       <c r="D889" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E889" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F889" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="890" customHeight="true" ht="140.0">
+    <row r="890" customHeight="1" ht="140.0">
       <c r="A890" s="1" t="inlineStr">
         <is>
           <t>209295</t>
         </is>
       </c>
       <c r="C890" s="1" t="inlineStr">
         <is>
           <t>GEMINI</t>
         </is>
       </c>
       <c r="D890" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E890" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F890" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="891" customHeight="true" ht="140.0">
+    <row r="891" customHeight="1" ht="140.0">
       <c r="A891" s="1" t="inlineStr">
         <is>
           <t>209294</t>
         </is>
       </c>
       <c r="C891" s="1" t="inlineStr">
         <is>
           <t>TEMPEST</t>
         </is>
       </c>
       <c r="D891" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E891" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F891" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="892" customHeight="true" ht="140.0">
+    <row r="892" customHeight="1" ht="140.0">
       <c r="A892" s="1" t="inlineStr">
         <is>
           <t>203249</t>
         </is>
       </c>
       <c r="C892" s="1" t="inlineStr">
         <is>
           <t>GMH</t>
         </is>
       </c>
       <c r="D892" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E892" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F892" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="893" customHeight="true" ht="140.0">
+    <row r="893" customHeight="1" ht="140.0">
       <c r="A893" s="1" t="inlineStr">
         <is>
           <t>203176</t>
         </is>
       </c>
       <c r="C893" s="1" t="inlineStr">
         <is>
           <t>CAMARO</t>
         </is>
       </c>
       <c r="D893" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E893" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F893" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="894" customHeight="true" ht="140.0">
+    <row r="894" customHeight="1" ht="140.0">
       <c r="A894" s="1" t="inlineStr">
         <is>
           <t>203047</t>
         </is>
       </c>
       <c r="C894" s="1" t="inlineStr">
         <is>
           <t>DELCO-REMY</t>
         </is>
       </c>
       <c r="D894" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E894" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F894" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="895" customHeight="true" ht="140.0">
+    <row r="895" customHeight="1" ht="140.0">
       <c r="A895" s="1" t="inlineStr">
         <is>
           <t>203046</t>
         </is>
       </c>
       <c r="C895" s="1" t="inlineStr">
         <is>
           <t>DELCO-REMY</t>
         </is>
       </c>
       <c r="D895" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E895" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F895" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="896" customHeight="true" ht="140.0">
+    <row r="896" customHeight="1" ht="140.0">
       <c r="A896" s="1" t="inlineStr">
         <is>
           <t>203045</t>
         </is>
       </c>
       <c r="C896" s="1" t="inlineStr">
         <is>
           <t>DELCO-REMY</t>
         </is>
       </c>
       <c r="D896" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E896" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="F896" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="897" customHeight="true" ht="140.0">
+    <row r="897" customHeight="1" ht="140.0">
       <c r="A897" s="1" t="inlineStr">
         <is>
           <t>203044</t>
         </is>
       </c>
       <c r="C897" s="1" t="inlineStr">
         <is>
           <t>DELCO-REMY</t>
         </is>
       </c>
       <c r="D897" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E897" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F897" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="898" customHeight="true" ht="140.0">
+    <row r="898" customHeight="1" ht="140.0">
       <c r="A898" s="1" t="inlineStr">
         <is>
           <t>201736</t>
         </is>
       </c>
       <c r="C898" s="1" t="inlineStr">
         <is>
           <t>COMMODORE</t>
         </is>
       </c>
       <c r="D898" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E898" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F898" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="899" customHeight="true" ht="140.0">
+    <row r="899" customHeight="1" ht="140.0">
       <c r="A899" s="1" t="inlineStr">
         <is>
           <t>199320</t>
         </is>
       </c>
       <c r="C899" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D899" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E899" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F899" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="900" customHeight="true" ht="140.0">
+    <row r="900" customHeight="1" ht="140.0">
       <c r="A900" s="1" t="inlineStr">
         <is>
           <t>196674</t>
         </is>
       </c>
       <c r="C900" s="1" t="inlineStr">
         <is>
           <t>NASCO</t>
         </is>
       </c>
       <c r="D900" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E900" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F900" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="901" customHeight="true" ht="140.0">
+    <row r="901" customHeight="1" ht="140.0">
       <c r="A901" s="1" t="inlineStr">
         <is>
           <t>184919</t>
         </is>
       </c>
       <c r="C901" s="1" t="inlineStr">
         <is>
           <t>PONTIAC</t>
         </is>
       </c>
       <c r="D901" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E901" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F901" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="902" customHeight="true" ht="140.0">
+    <row r="902" customHeight="1" ht="140.0">
       <c r="A902" s="1" t="inlineStr">
         <is>
           <t>184918</t>
         </is>
       </c>
       <c r="C902" s="1" t="inlineStr">
         <is>
           <t>PONTIAC</t>
         </is>
       </c>
       <c r="D902" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E902" s="1" t="inlineStr">
         <is>
           <t>7, 11</t>
         </is>
       </c>
       <c r="F902" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="903" customHeight="true" ht="140.0">
+    <row r="903" customHeight="1" ht="140.0">
       <c r="A903" s="1" t="inlineStr">
         <is>
           <t>180148</t>
         </is>
       </c>
       <c r="C903" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D903" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E903" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F903" s="1" t="inlineStr">
         <is>
           <t>General Motors Company</t>
         </is>
       </c>
     </row>
-    <row r="904" customHeight="true" ht="140.0">
+    <row r="904" customHeight="1" ht="140.0">
       <c r="A904" s="1" t="inlineStr">
         <is>
           <t>180147</t>
         </is>
       </c>
       <c r="C904" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D904" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E904" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F904" s="1" t="inlineStr">
         <is>
           <t>General Motors Company</t>
         </is>
       </c>
     </row>
-    <row r="905" customHeight="true" ht="140.0">
+    <row r="905" customHeight="1" ht="140.0">
       <c r="A905" s="1" t="inlineStr">
         <is>
           <t>180146</t>
         </is>
       </c>
       <c r="C905" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D905" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E905" s="1" t="inlineStr">
         <is>
           <t>9, 11, 12</t>
         </is>
       </c>
       <c r="F905" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="906" customHeight="true" ht="140.0">
+    <row r="906" customHeight="1" ht="140.0">
       <c r="A906" s="1" t="inlineStr">
         <is>
           <t>179997</t>
         </is>
       </c>
       <c r="C906" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D906" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E906" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="F906" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="907" customHeight="true" ht="140.0">
+    <row r="907" customHeight="1" ht="140.0">
       <c r="A907" s="1" t="inlineStr">
         <is>
           <t>179996</t>
         </is>
       </c>
       <c r="C907" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D907" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E907" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="F907" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="908" customHeight="true" ht="140.0">
+    <row r="908" customHeight="1" ht="140.0">
       <c r="A908" s="1" t="inlineStr">
         <is>
           <t>179995</t>
         </is>
       </c>
       <c r="C908" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D908" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E908" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F908" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="909" customHeight="true" ht="140.0">
+    <row r="909" customHeight="1" ht="140.0">
       <c r="A909" s="1" t="inlineStr">
         <is>
           <t>179994</t>
         </is>
       </c>
       <c r="C909" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D909" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E909" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F909" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="910" customHeight="true" ht="140.0">
+    <row r="910" customHeight="1" ht="140.0">
       <c r="A910" s="1" t="inlineStr">
         <is>
           <t>179993</t>
         </is>
       </c>
       <c r="C910" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D910" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E910" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F910" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="911" customHeight="true" ht="140.0">
+    <row r="911" customHeight="1" ht="140.0">
       <c r="A911" s="1" t="inlineStr">
         <is>
           <t>179992</t>
         </is>
       </c>
       <c r="C911" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D911" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E911" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F911" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="912" customHeight="true" ht="140.0">
+    <row r="912" customHeight="1" ht="140.0">
       <c r="A912" s="1" t="inlineStr">
         <is>
           <t>179991</t>
         </is>
       </c>
       <c r="C912" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D912" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E912" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F912" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="913" customHeight="true" ht="140.0">
+    <row r="913" customHeight="1" ht="140.0">
       <c r="A913" s="1" t="inlineStr">
         <is>
           <t>179990</t>
         </is>
       </c>
       <c r="C913" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D913" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E913" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="F913" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="914" customHeight="true" ht="140.0">
+    <row r="914" customHeight="1" ht="140.0">
       <c r="A914" s="1" t="inlineStr">
         <is>
           <t>179989</t>
         </is>
       </c>
       <c r="C914" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D914" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E914" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F914" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="915" customHeight="true" ht="140.0">
+    <row r="915" customHeight="1" ht="140.0">
       <c r="A915" s="1" t="inlineStr">
         <is>
           <t>179558</t>
         </is>
       </c>
       <c r="C915" s="1" t="inlineStr">
         <is>
           <t>DELCOTRON</t>
         </is>
       </c>
       <c r="D915" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E915" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F915" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="916" customHeight="true" ht="140.0">
+    <row r="916" customHeight="1" ht="140.0">
       <c r="A916" s="1" t="inlineStr">
         <is>
           <t>171748</t>
         </is>
       </c>
       <c r="C916" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D916" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E916" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="F916" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="917" customHeight="true" ht="140.0">
+    <row r="917" customHeight="1" ht="140.0">
       <c r="A917" s="1" t="inlineStr">
         <is>
           <t>165119</t>
         </is>
       </c>
       <c r="C917" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D917" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E917" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F917" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="918" customHeight="true" ht="140.0">
+    <row r="918" customHeight="1" ht="140.0">
       <c r="A918" s="1" t="inlineStr">
         <is>
           <t>159592</t>
         </is>
       </c>
       <c r="C918" s="1" t="inlineStr">
         <is>
           <t>HYDRA-MATIC</t>
         </is>
       </c>
       <c r="D918" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E918" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F918" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="919" customHeight="true" ht="140.0">
+    <row r="919" customHeight="1" ht="140.0">
       <c r="A919" s="1" t="inlineStr">
         <is>
           <t>153785</t>
         </is>
       </c>
       <c r="C919" s="1" t="inlineStr">
         <is>
           <t>DIPLOMAT</t>
         </is>
       </c>
       <c r="D919" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E919" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F919" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="920" customHeight="true" ht="140.0">
+    <row r="920" customHeight="1" ht="140.0">
       <c r="A920" s="1" t="inlineStr">
         <is>
           <t>153784</t>
         </is>
       </c>
       <c r="C920" s="1" t="inlineStr">
         <is>
           <t>SENATOR</t>
         </is>
       </c>
       <c r="D920" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E920" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F920" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="921" customHeight="true" ht="140.0">
+    <row r="921" customHeight="1" ht="140.0">
       <c r="A921" s="1" t="inlineStr">
         <is>
           <t>153439</t>
         </is>
       </c>
       <c r="C921" s="1" t="inlineStr">
         <is>
           <t>GMH</t>
         </is>
       </c>
       <c r="D921" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E921" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F921" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="922" customHeight="true" ht="140.0">
+    <row r="922" customHeight="1" ht="140.0">
       <c r="A922" s="1" t="inlineStr">
         <is>
           <t>135323</t>
         </is>
       </c>
       <c r="C922" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS</t>
         </is>
       </c>
       <c r="D922" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E922" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F922" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="923" customHeight="true" ht="140.0">
+    <row r="923" customHeight="1" ht="140.0">
       <c r="A923" s="1" t="inlineStr">
         <is>
           <t>132691</t>
         </is>
       </c>
       <c r="C923" s="1" t="inlineStr">
         <is>
           <t>WARMARIDE</t>
         </is>
       </c>
       <c r="D923" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E923" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F923" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="924" customHeight="true" ht="140.0">
+    <row r="924" customHeight="1" ht="140.0">
       <c r="A924" s="1" t="inlineStr">
         <is>
           <t>130595</t>
         </is>
       </c>
       <c r="C924" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D924" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E924" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F924" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="925" customHeight="true" ht="140.0">
+    <row r="925" customHeight="1" ht="140.0">
       <c r="A925" s="1" t="inlineStr">
         <is>
           <t>127153</t>
         </is>
       </c>
       <c r="C925" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D925" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E925" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="F925" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="926" customHeight="true" ht="140.0">
+    <row r="926" customHeight="1" ht="140.0">
       <c r="A926" s="1" t="inlineStr">
         <is>
           <t>127152</t>
         </is>
       </c>
       <c r="C926" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D926" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E926" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F926" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="927" customHeight="true" ht="140.0">
+    <row r="927" customHeight="1" ht="140.0">
       <c r="A927" s="1" t="inlineStr">
         <is>
           <t>127151</t>
         </is>
       </c>
       <c r="C927" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D927" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E927" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F927" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="928" customHeight="true" ht="140.0">
+    <row r="928" customHeight="1" ht="140.0">
       <c r="A928" s="1" t="inlineStr">
         <is>
           <t>127150</t>
         </is>
       </c>
       <c r="C928" s="1" t="inlineStr">
         <is>
           <t>GM</t>
         </is>
       </c>
       <c r="D928" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E928" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F928" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="929" customHeight="true" ht="140.0">
+    <row r="929" customHeight="1" ht="140.0">
       <c r="A929" s="1" t="inlineStr">
         <is>
           <t>122960</t>
         </is>
       </c>
       <c r="C929" s="1" t="inlineStr">
         <is>
           <t>HOLDEN STATION SEDAN</t>
         </is>
       </c>
       <c r="D929" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E929" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F929" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="930" customHeight="true" ht="140.0">
+    <row r="930" customHeight="1" ht="140.0">
       <c r="A930" s="1" t="inlineStr">
         <is>
           <t>121296</t>
         </is>
       </c>
       <c r="C930" s="1" t="inlineStr">
         <is>
           <t>HOLDEN
 GMH</t>
         </is>
       </c>
       <c r="D930" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E930" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F930" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="931" customHeight="true" ht="140.0">
+    <row r="931" customHeight="1" ht="140.0">
       <c r="A931" s="1" t="inlineStr">
         <is>
           <t>120941</t>
         </is>
       </c>
       <c r="C931" s="1" t="inlineStr">
         <is>
           <t>AEROBILT</t>
         </is>
       </c>
       <c r="D931" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E931" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F931" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="932" customHeight="true" ht="140.0">
+    <row r="932" customHeight="1" ht="140.0">
       <c r="A932" s="1" t="inlineStr">
         <is>
           <t>117402</t>
         </is>
       </c>
       <c r="C932" s="1" t="inlineStr">
         <is>
           <t>HYATT</t>
         </is>
       </c>
       <c r="D932" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E932" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F932" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="933" customHeight="true" ht="140.0">
+    <row r="933" customHeight="1" ht="140.0">
       <c r="A933" s="1" t="inlineStr">
         <is>
           <t>109560</t>
         </is>
       </c>
       <c r="C933" s="1" t="inlineStr">
         <is>
           <t>LE SABRE</t>
         </is>
       </c>
       <c r="D933" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E933" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F933" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="934" customHeight="true" ht="140.0">
+    <row r="934" customHeight="1" ht="140.0">
       <c r="A934" s="1" t="inlineStr">
         <is>
           <t>107106</t>
         </is>
       </c>
       <c r="C934" s="1" t="inlineStr">
         <is>
           <t>DELCO-REMY</t>
         </is>
       </c>
       <c r="D934" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E934" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F934" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="935" customHeight="true" ht="140.0">
+    <row r="935" customHeight="1" ht="140.0">
       <c r="A935" s="1" t="inlineStr">
         <is>
           <t>98129</t>
         </is>
       </c>
       <c r="C935" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D935" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E935" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F935" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="936" customHeight="true" ht="140.0">
+    <row r="936" customHeight="1" ht="140.0">
       <c r="A936" s="1" t="inlineStr">
         <is>
           <t>96599</t>
         </is>
       </c>
       <c r="C936" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D936" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E936" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F936" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="937" customHeight="true" ht="140.0">
+    <row r="937" customHeight="1" ht="140.0">
       <c r="A937" s="1" t="inlineStr">
         <is>
           <t>94084</t>
         </is>
       </c>
       <c r="C937" s="1" t="inlineStr">
         <is>
           <t>HOLDEN</t>
         </is>
       </c>
       <c r="D937" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E937" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F937" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="938" customHeight="true" ht="140.0">
+    <row r="938" customHeight="1" ht="140.0">
       <c r="A938" s="1" t="inlineStr">
         <is>
           <t>93171</t>
         </is>
       </c>
       <c r="C938" s="1" t="inlineStr">
         <is>
           <t>GMC</t>
         </is>
       </c>
       <c r="D938" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E938" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F938" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="939" customHeight="true" ht="140.0">
+    <row r="939" customHeight="1" ht="140.0">
       <c r="A939" s="1" t="inlineStr">
         <is>
           <t>85338</t>
         </is>
       </c>
       <c r="C939" s="1" t="inlineStr">
         <is>
           <t>ADVANCEMENT OF TRANSPORTATION
 G.M.H.</t>
         </is>
       </c>
       <c r="D939" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E939" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="F939" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="940" customHeight="true" ht="140.0">
+    <row r="940" customHeight="1" ht="140.0">
       <c r="A940" s="1" t="inlineStr">
         <is>
           <t>76446</t>
         </is>
       </c>
       <c r="C940" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D940" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
       <c r="E940" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F940" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="941" customHeight="true" ht="140.0">
+    <row r="941" customHeight="1" ht="140.0">
       <c r="A941" s="1" t="inlineStr">
         <is>
           <t>74474</t>
         </is>
       </c>
       <c r="C941" s="1" t="inlineStr">
         <is>
           <t>MAPLE LEAF</t>
         </is>
       </c>
       <c r="D941" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E941" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F941" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS OF CANADA Ltd</t>
         </is>
       </c>
     </row>
-    <row r="942" customHeight="true" ht="140.0">
+    <row r="942" customHeight="1" ht="140.0">
       <c r="A942" s="1" t="inlineStr">
         <is>
           <t>69262</t>
         </is>
       </c>
       <c r="C942" s="1" t="inlineStr">
         <is>
           <t>AIR CHIEF</t>
         </is>
       </c>
       <c r="D942" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
       <c r="E942" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F942" s="1" t="inlineStr">
         <is>
           <t>GENERAL MOTORS-HOLDEN'S Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="943" customHeight="true" ht="140.0">
+    <row r="943" customHeight="1" ht="140.0">
       <c r="A943" s="1" t="inlineStr">
         <is>
           <t>67020</t>
         </is>
       </c>
       <c r="C943" s="1" t="inlineStr">
         <is>
           <t>DELCO</t>
         </is>
       </c>
       <c r="D943" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
       <c r="E943" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F943" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="944" customHeight="true" ht="140.0">
+    <row r="944" customHeight="1" ht="140.0">
       <c r="A944" s="1" t="inlineStr">
         <is>
           <t>65550</t>
         </is>
       </c>
       <c r="C944" s="1" t="inlineStr">
         <is>
           <t>CHEVROLET</t>
         </is>
       </c>
       <c r="D944" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E944" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F944" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="945" customHeight="true" ht="140.0">
+    <row r="945" customHeight="1" ht="140.0">
       <c r="A945" s="1" t="inlineStr">
         <is>
           <t>65549</t>
         </is>
       </c>
       <c r="C945" s="1" t="inlineStr">
         <is>
           <t>BUICK</t>
         </is>
       </c>
       <c r="D945" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E945" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F945" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="946" customHeight="true" ht="140.0">
+    <row r="946" customHeight="1" ht="140.0">
       <c r="A946" s="1" t="inlineStr">
         <is>
           <t>64046</t>
         </is>
       </c>
       <c r="C946" s="1" t="inlineStr">
         <is>
           <t>A.C.</t>
         </is>
       </c>
       <c r="D946" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged after registration</t>
         </is>
       </c>
       <c r="E946" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F946" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="947" customHeight="true" ht="140.0">
+    <row r="947" customHeight="1" ht="140.0">
       <c r="A947" s="1" t="inlineStr">
         <is>
           <t>64045</t>
         </is>
       </c>
       <c r="C947" s="1" t="inlineStr">
         <is>
           <t>A.C.</t>
         </is>
       </c>
       <c r="D947" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E947" s="1" t="inlineStr">
         <is>
           <t>7, 9</t>
         </is>
       </c>
       <c r="F947" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="948" customHeight="true" ht="140.0">
+    <row r="948" customHeight="1" ht="140.0">
       <c r="A948" s="1" t="inlineStr">
         <is>
           <t>61377</t>
         </is>
       </c>
       <c r="C948" s="1" t="inlineStr">
         <is>
           <t>KLAXON</t>
         </is>
       </c>
       <c r="D948" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E948" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="F948" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="949" customHeight="true" ht="140.0">
+    <row r="949" customHeight="1" ht="140.0">
       <c r="A949" s="1" t="inlineStr">
         <is>
           <t>60470</t>
         </is>
       </c>
       <c r="C949" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D949" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E949" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F949" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="950" customHeight="true" ht="140.0">
+    <row r="950" customHeight="1" ht="140.0">
       <c r="A950" s="1" t="inlineStr">
         <is>
           <t>49657</t>
         </is>
       </c>
       <c r="C950" s="1" t="inlineStr">
         <is>
           <t>CHEVROLET</t>
         </is>
       </c>
       <c r="D950" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E950" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F950" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="951" customHeight="true" ht="140.0">
+    <row r="951" customHeight="1" ht="140.0">
       <c r="A951" s="1" t="inlineStr">
         <is>
           <t>47965</t>
         </is>
       </c>
       <c r="C951" s="1" t="inlineStr">
         <is>
           <t>VAUXHALL</t>
         </is>
       </c>
       <c r="D951" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E951" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
       <c r="F951" s="1" t="inlineStr">
         <is>
           <t>General Motors UK Ltd</t>
         </is>
       </c>
     </row>
-    <row r="952" customHeight="true" ht="140.0">
+    <row r="952" customHeight="1" ht="140.0">
       <c r="A952" s="1" t="inlineStr">
         <is>
           <t>47376</t>
         </is>
       </c>
       <c r="C952" s="1" t="inlineStr">
         <is>
           <t>OLDSMOBILE</t>
         </is>
       </c>
       <c r="D952" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E952" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F952" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="953" customHeight="true" ht="140.0">
+    <row r="953" customHeight="1" ht="140.0">
       <c r="A953" s="1" t="inlineStr">
         <is>
           <t>46158</t>
         </is>
       </c>
       <c r="C953" s="1" t="inlineStr">
         <is>
           <t>PONTIAC</t>
         </is>
       </c>
       <c r="D953" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E953" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F953" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="954" customHeight="true" ht="140.0">
+    <row r="954" customHeight="1" ht="140.0">
       <c r="A954" s="1" t="inlineStr">
         <is>
           <t>44470</t>
         </is>
       </c>
       <c r="C954" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D954" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E954" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F954" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="955" customHeight="true" ht="140.0">
+    <row r="955" customHeight="1" ht="140.0">
       <c r="A955" s="1" t="inlineStr">
         <is>
           <t>44110</t>
         </is>
       </c>
       <c r="C955" s="1" t="inlineStr">
         <is>
           <t>CHEVROLET</t>
         </is>
       </c>
       <c r="D955" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E955" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F955" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="956" customHeight="true" ht="140.0">
+    <row r="956" customHeight="1" ht="140.0">
       <c r="A956" s="1" t="inlineStr">
         <is>
           <t>44109</t>
         </is>
       </c>
       <c r="C956" s="1" t="inlineStr">
         <is>
           <t>CADILLAC</t>
         </is>
       </c>
       <c r="D956" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E956" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F956" s="1" t="inlineStr">
         <is>
           <t>General Motors LLC</t>
         </is>
       </c>
     </row>
-    <row r="957" customHeight="true" ht="140.0">
+    <row r="957" customHeight="1" ht="140.0">
       <c r="A957" s="1" t="inlineStr">
         <is>
           <t>41269</t>
         </is>
       </c>
       <c r="C957" s="1" t="inlineStr">
         <is>
           <t>BODY BY FISHER
 FISHER</t>
         </is>
       </c>
       <c r="D957" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E957" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F957" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>
       </c>
     </row>
-    <row r="958" customHeight="true" ht="140.0">
+    <row r="958" customHeight="1" ht="140.0">
       <c r="A958" s="1" t="inlineStr">
         <is>
           <t>40579</t>
         </is>
       </c>
       <c r="C958" s="1" t="inlineStr">
         <is>
           <t>N.D.</t>
         </is>
       </c>
       <c r="D958" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E958" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="F958" s="1" t="inlineStr">
         <is>
           <t>General Motors Corporation</t>
         </is>