--- v0 (2025-11-09)
+++ v1 (2025-12-31)
@@ -90,37524 +90,37646 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId178" Target="../media/image178.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId179" Target="../media/image179.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId180" Target="../media/image180.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId181" Target="../media/image181.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId182" Target="../media/image182.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId183" Target="../media/image183.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId184" Target="../media/image184.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId185" Target="../media/image185.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId186" Target="../media/image186.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId187" Target="../media/image187.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId188" Target="../media/image188.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId189" Target="../media/image189.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId190" Target="../media/image190.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId191" Target="../media/image191.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId192" Target="../media/image192.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId193" Target="../media/image193.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId194" Target="../media/image194.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId195" Target="../media/image195.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId196" Target="../media/image196.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId197" Target="../media/image197.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId198" Target="../media/image198.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId199" Target="../media/image199.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId200" Target="../media/image200.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId201" Target="../media/image201.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId202" Target="../media/image202.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId203" Target="../media/image203.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId204" Target="../media/image204.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId205" Target="../media/image205.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId206" Target="../media/image206.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId207" Target="../media/image207.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId208" Target="../media/image208.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId209" Target="../media/image209.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId210" Target="../media/image210.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId211" Target="../media/image211.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId212" Target="../media/image212.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId213" Target="../media/image213.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId214" Target="../media/image214.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId215" Target="../media/image215.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId216" Target="../media/image216.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId217" Target="../media/image217.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId218" Target="../media/image218.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId219" Target="../media/image219.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId220" Target="../media/image220.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId221" Target="../media/image221.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId222" Target="../media/image222.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId223" Target="../media/image223.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId224" Target="../media/image224.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId225" Target="../media/image225.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId226" Target="../media/image226.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId227" Target="../media/image227.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId228" Target="../media/image228.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId229" Target="../media/image229.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId230" Target="../media/image230.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId231" Target="../media/image231.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId232" Target="../media/image232.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId233" Target="../media/image233.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId234" Target="../media/image234.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId235" Target="../media/image235.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId236" Target="../media/image236.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId237" Target="../media/image237.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId238" Target="../media/image238.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId239" Target="../media/image239.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId240" Target="../media/image240.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId241" Target="../media/image241.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId242" Target="../media/image242.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId243" Target="../media/image243.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId244" Target="../media/image244.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId245" Target="../media/image245.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId246" Target="../media/image246.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId247" Target="../media/image247.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId248" Target="../media/image248.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId249" Target="../media/image249.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId250" Target="../media/image250.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId251" Target="../media/image251.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId252" Target="../media/image252.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId253" Target="../media/image253.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId254" Target="../media/image254.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId255" Target="../media/image255.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId256" Target="../media/image256.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId257" Target="../media/image257.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId258" Target="../media/image258.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId259" Target="../media/image259.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId260" Target="../media/image260.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId261" Target="../media/image261.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId262" Target="../media/image262.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId263" Target="../media/image263.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId264" Target="../media/image264.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId265" Target="../media/image265.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId266" Target="../media/image266.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId267" Target="../media/image267.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId268" Target="../media/image268.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId269" Target="../media/image269.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId270" Target="../media/image270.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId271" Target="../media/image271.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId272" Target="../media/image272.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId273" Target="../media/image273.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId274" Target="../media/image274.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId275" Target="../media/image275.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId276" Target="../media/image276.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId277" Target="../media/image277.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId278" Target="../media/image278.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId279" Target="../media/image279.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId280" Target="../media/image280.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId281" Target="../media/image281.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId282" Target="../media/image282.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId283" Target="../media/image283.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId284" Target="../media/image284.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId285" Target="../media/image285.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId286" Target="../media/image286.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId287" Target="../media/image287.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId288" Target="../media/image288.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId289" Target="../media/image289.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId290" Target="../media/image290.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId291" Target="../media/image291.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId292" Target="../media/image292.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId293" Target="../media/image293.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId294" Target="../media/image294.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId295" Target="../media/image295.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId296" Target="../media/image296.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId297" Target="../media/image297.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId298" Target="../media/image298.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId299" Target="../media/image299.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId300" Target="../media/image300.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId301" Target="../media/image301.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId302" Target="../media/image302.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId303" Target="../media/image303.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId304" Target="../media/image304.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId305" Target="../media/image305.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId306" Target="../media/image306.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId307" Target="../media/image307.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId308" Target="../media/image308.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId309" Target="../media/image309.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId310" Target="../media/image310.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId311" Target="../media/image311.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId312" Target="../media/image312.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId313" Target="../media/image313.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId314" Target="../media/image314.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId315" Target="../media/image315.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId316" Target="../media/image316.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId317" Target="../media/image317.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId318" Target="../media/image318.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId319" Target="../media/image319.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId320" Target="../media/image320.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId321" Target="../media/image321.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId322" Target="../media/image322.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId323" Target="../media/image323.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId324" Target="../media/image324.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId325" Target="../media/image325.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId326" Target="../media/image326.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId327" Target="../media/image327.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId328" Target="../media/image328.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId329" Target="../media/image329.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId330" Target="../media/image330.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId331" Target="../media/image331.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId332" Target="../media/image332.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId333" Target="../media/image333.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId334" Target="../media/image334.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId335" Target="../media/image335.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId336" Target="../media/image336.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId337" Target="../media/image337.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId338" Target="../media/image338.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId339" Target="../media/image339.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId340" Target="../media/image340.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId341" Target="../media/image341.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId342" Target="../media/image342.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId343" Target="../media/image343.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId344" Target="../media/image344.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId345" Target="../media/image345.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId346" Target="../media/image346.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId347" Target="../media/image347.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId348" Target="../media/image348.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId349" Target="../media/image349.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId350" Target="../media/image350.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId351" Target="../media/image351.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId352" Target="../media/image352.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId353" Target="../media/image353.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId354" Target="../media/image354.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId355" Target="../media/image355.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId356" Target="../media/image356.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId357" Target="../media/image357.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId358" Target="../media/image358.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId359" Target="../media/image359.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId360" Target="../media/image360.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId361" Target="../media/image361.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId362" Target="../media/image362.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId363" Target="../media/image363.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId364" Target="../media/image364.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId365" Target="../media/image365.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId366" Target="../media/image366.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId367" Target="../media/image367.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId368" Target="../media/image368.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId369" Target="../media/image369.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId370" Target="../media/image370.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId371" Target="../media/image371.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId372" Target="../media/image372.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId373" Target="../media/image373.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId374" Target="../media/image374.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId375" Target="../media/image375.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId376" Target="../media/image376.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId377" Target="../media/image377.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId378" Target="../media/image378.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId379" Target="../media/image379.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId380" Target="../media/image380.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId381" Target="../media/image381.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId382" Target="../media/image382.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId383" Target="../media/image383.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId384" Target="../media/image384.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId385" Target="../media/image385.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId386" Target="../media/image386.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId387" Target="../media/image387.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId388" Target="../media/image388.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId389" Target="../media/image389.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId390" Target="../media/image390.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId391" Target="../media/image391.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId392" Target="../media/image392.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId393" Target="../media/image393.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId394" Target="../media/image394.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId395" Target="../media/image395.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId396" Target="../media/image396.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId397" Target="../media/image397.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId398" Target="../media/image398.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId399" Target="../media/image399.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId400" Target="../media/image400.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId401" Target="../media/image401.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId402" Target="../media/image402.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId403" Target="../media/image403.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId404" Target="../media/image404.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId405" Target="../media/image405.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId406" Target="../media/image406.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId407" Target="../media/image407.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId408" Target="../media/image408.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId409" Target="../media/image409.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId410" Target="../media/image410.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId411" Target="../media/image411.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId412" Target="../media/image412.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId413" Target="../media/image413.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId178" Target="../media/image178.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId179" Target="../media/image179.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId180" Target="../media/image180.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId181" Target="../media/image181.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId182" Target="../media/image182.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId183" Target="../media/image183.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId184" Target="../media/image184.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId185" Target="../media/image185.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId186" Target="../media/image186.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId187" Target="../media/image187.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId188" Target="../media/image188.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId189" Target="../media/image189.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId190" Target="../media/image190.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId191" Target="../media/image191.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId192" Target="../media/image192.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId193" Target="../media/image193.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId194" Target="../media/image194.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId195" Target="../media/image195.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId196" Target="../media/image196.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId197" Target="../media/image197.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId198" Target="../media/image198.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId199" Target="../media/image199.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId200" Target="../media/image200.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId201" Target="../media/image201.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId202" Target="../media/image202.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId203" Target="../media/image203.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId204" Target="../media/image204.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId205" Target="../media/image205.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId206" Target="../media/image206.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId207" Target="../media/image207.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId208" Target="../media/image208.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId209" Target="../media/image209.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId210" Target="../media/image210.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId211" Target="../media/image211.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId212" Target="../media/image212.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId213" Target="../media/image213.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId214" Target="../media/image214.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId215" Target="../media/image215.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId216" Target="../media/image216.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId217" Target="../media/image217.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId218" Target="../media/image218.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId219" Target="../media/image219.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId220" Target="../media/image220.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId221" Target="../media/image221.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId222" Target="../media/image222.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId223" Target="../media/image223.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId224" Target="../media/image224.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId225" Target="../media/image225.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId226" Target="../media/image226.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId227" Target="../media/image227.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId228" Target="../media/image228.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId229" Target="../media/image229.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId230" Target="../media/image230.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId231" Target="../media/image231.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId232" Target="../media/image232.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId233" Target="../media/image233.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId234" Target="../media/image234.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId235" Target="../media/image235.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId236" Target="../media/image236.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId237" Target="../media/image237.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId238" Target="../media/image238.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId239" Target="../media/image239.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId240" Target="../media/image240.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId241" Target="../media/image241.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId242" Target="../media/image242.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId243" Target="../media/image243.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId244" Target="../media/image244.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId245" Target="../media/image245.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId246" Target="../media/image246.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId247" Target="../media/image247.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId248" Target="../media/image248.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId249" Target="../media/image249.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId250" Target="../media/image250.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId251" Target="../media/image251.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId252" Target="../media/image252.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId253" Target="../media/image253.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId254" Target="../media/image254.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId255" Target="../media/image255.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId256" Target="../media/image256.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId257" Target="../media/image257.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId258" Target="../media/image258.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId259" Target="../media/image259.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId260" Target="../media/image260.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId261" Target="../media/image261.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId262" Target="../media/image262.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId263" Target="../media/image263.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId264" Target="../media/image264.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId265" Target="../media/image265.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId266" Target="../media/image266.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId267" Target="../media/image267.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId268" Target="../media/image268.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId269" Target="../media/image269.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId270" Target="../media/image270.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId271" Target="../media/image271.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId272" Target="../media/image272.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId273" Target="../media/image273.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId274" Target="../media/image274.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId275" Target="../media/image275.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId276" Target="../media/image276.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId277" Target="../media/image277.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId278" Target="../media/image278.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId279" Target="../media/image279.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId280" Target="../media/image280.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId281" Target="../media/image281.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId282" Target="../media/image282.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId283" Target="../media/image283.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId284" Target="../media/image284.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId285" Target="../media/image285.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId286" Target="../media/image286.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId287" Target="../media/image287.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId288" Target="../media/image288.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId289" Target="../media/image289.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId290" Target="../media/image290.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId291" Target="../media/image291.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId292" Target="../media/image292.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId293" Target="../media/image293.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId294" Target="../media/image294.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId295" Target="../media/image295.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId296" Target="../media/image296.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId297" Target="../media/image297.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId298" Target="../media/image298.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId299" Target="../media/image299.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId300" Target="../media/image300.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId301" Target="../media/image301.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId302" Target="../media/image302.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId303" Target="../media/image303.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId304" Target="../media/image304.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId305" Target="../media/image305.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId306" Target="../media/image306.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId307" Target="../media/image307.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId308" Target="../media/image308.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId309" Target="../media/image309.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId310" Target="../media/image310.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId311" Target="../media/image311.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId312" Target="../media/image312.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId313" Target="../media/image313.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId314" Target="../media/image314.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId315" Target="../media/image315.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId316" Target="../media/image316.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId317" Target="../media/image317.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId318" Target="../media/image318.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId319" Target="../media/image319.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId320" Target="../media/image320.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId321" Target="../media/image321.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId322" Target="../media/image322.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId323" Target="../media/image323.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId324" Target="../media/image324.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId325" Target="../media/image325.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId326" Target="../media/image326.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId327" Target="../media/image327.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId328" Target="../media/image328.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId329" Target="../media/image329.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId330" Target="../media/image330.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId331" Target="../media/image331.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId332" Target="../media/image332.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId333" Target="../media/image333.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId334" Target="../media/image334.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId335" Target="../media/image335.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId336" Target="../media/image336.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId337" Target="../media/image337.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId338" Target="../media/image338.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId339" Target="../media/image339.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId340" Target="../media/image340.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId341" Target="../media/image341.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId342" Target="../media/image342.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId343" Target="../media/image343.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId344" Target="../media/image344.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId345" Target="../media/image345.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId346" Target="../media/image346.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId347" Target="../media/image347.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId348" Target="../media/image348.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId349" Target="../media/image349.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId350" Target="../media/image350.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId351" Target="../media/image351.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId352" Target="../media/image352.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId353" Target="../media/image353.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId354" Target="../media/image354.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId355" Target="../media/image355.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId356" Target="../media/image356.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId357" Target="../media/image357.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId358" Target="../media/image358.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId359" Target="../media/image359.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId360" Target="../media/image360.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId361" Target="../media/image361.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId362" Target="../media/image362.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId363" Target="../media/image363.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId364" Target="../media/image364.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId365" Target="../media/image365.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId366" Target="../media/image366.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId367" Target="../media/image367.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId368" Target="../media/image368.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId369" Target="../media/image369.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId370" Target="../media/image370.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId371" Target="../media/image371.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId372" Target="../media/image372.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId373" Target="../media/image373.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId374" Target="../media/image374.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId375" Target="../media/image375.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId376" Target="../media/image376.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId377" Target="../media/image377.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId378" Target="../media/image378.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId379" Target="../media/image379.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId380" Target="../media/image380.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId381" Target="../media/image381.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId382" Target="../media/image382.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId383" Target="../media/image383.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId384" Target="../media/image384.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId385" Target="../media/image385.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId386" Target="../media/image386.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId387" Target="../media/image387.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId388" Target="../media/image388.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId389" Target="../media/image389.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId390" Target="../media/image390.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId391" Target="../media/image391.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId392" Target="../media/image392.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId393" Target="../media/image393.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId394" Target="../media/image394.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId395" Target="../media/image395.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId396" Target="../media/image396.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId397" Target="../media/image397.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId398" Target="../media/image398.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId399" Target="../media/image399.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId400" Target="../media/image400.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId401" Target="../media/image401.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId402" Target="../media/image402.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId403" Target="../media/image403.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId404" Target="../media/image404.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId405" Target="../media/image405.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId406" Target="../media/image406.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId407" Target="../media/image407.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId408" Target="../media/image408.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId409" Target="../media/image409.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId410" Target="../media/image410.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId411" Target="../media/image411.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId412" Target="../media/image412.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId413" Target="../media/image413.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId414" Target="../media/image414.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>4</xdr:row>
-[...74 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>6</xdr:row>
+      <xdr:rowOff>428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId3"/>
+        <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>619047</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="619047"/>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>609523</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1404000" cy="600000"/>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>11</xdr:row>
-      <xdr:rowOff>933333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="933333"/>
+      <xdr:rowOff>619047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="619047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>12</xdr:row>
-      <xdr:rowOff>933333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="933333"/>
+      <xdr:rowOff>609523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>13</xdr:row>
-      <xdr:rowOff>933333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="933333"/>
+      <xdr:rowOff>600000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>933333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="933333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>933333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="933333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>933333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="933333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>933333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="933333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>205366</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId11"/>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="205366"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId15"/>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId16"/>
+        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1044000</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1044000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1044000</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1044000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1044000</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
+          <a:ext cx="1044000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId18"/>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>466666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId19"/>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="466666"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>33</xdr:row>
+      <xdr:rowOff>209523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="209523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId21"/>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId22"/>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>809523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId23"/>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="809523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>1314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId24"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>305928</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId25"/>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="305928"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>305928</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId26"/>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="305928"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>51</xdr:row>
-      <xdr:rowOff>571428</xdr:rowOff>
+      <xdr:rowOff>1028571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="571428"/>
-[...75 lines deleted...]
-          <a:ext cx="1404000" cy="761904"/>
+          <a:ext cx="1404000" cy="1028571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>54</xdr:row>
+      <xdr:rowOff>571428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="571428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>761904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="761904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>761904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="761904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>761904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="761904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId32"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId33"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>78</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1404000" cy="1114285"/>
+      <xdr:rowOff>390476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>80</xdr:row>
-      <xdr:rowOff>904761</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="904761"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>81</xdr:row>
-      <xdr:rowOff>904761</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="904761"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>82</xdr:row>
+      <xdr:rowOff>1114285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1114285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>904761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="904761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>904761</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="904761"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId40"/>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId41"/>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId42"/>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>234417</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId43"/>
+        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="234417"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId44"/>
+        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>102</xdr:row>
+      <xdr:rowOff>1276190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1276190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>295238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="295238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId47"/>
+        <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="266666"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>110</xdr:row>
-      <xdr:rowOff>685714</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="685714"/>
+      <xdr:rowOff>266666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId51"/>
+        <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1548000" cy="280421"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>113</xdr:row>
-      <xdr:rowOff>628571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="628571"/>
+      <xdr:rowOff>685714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="685714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>114</xdr:row>
-      <xdr:rowOff>600000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="600000"/>
+      <xdr:rowOff>628571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>115</xdr:row>
+      <xdr:rowOff>280421</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="280421"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>628571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="628571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>600000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="600000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>287257</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId55"/>
+        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="287257"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>297537</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId56"/>
+        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="297537"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>3996000</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>1548000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId57"/>
+        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3996000" cy="1548000"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>136</xdr:row>
-      <xdr:rowOff>216000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="216000"/>
+      <xdr:rowOff>128012</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="128012"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>137</xdr:row>
-      <xdr:rowOff>242526</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="242526"/>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>138</xdr:row>
-      <xdr:rowOff>216000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="216000"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>139</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>216000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="216000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>140</xdr:row>
-      <xdr:rowOff>216000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="216000"/>
+      <xdr:rowOff>242526</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="242526"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>141</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>141</xdr:row>
-      <xdr:rowOff>242526</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="242526"/>
+      <xdr:rowOff>216000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="216000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>142</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>142</xdr:row>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>216000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId67"/>
+        <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="216000"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>144</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>144</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>242526</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="242526"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>145</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>145</xdr:row>
+      <xdr:rowOff>216000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="216000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>230391</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId70"/>
+        <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230391"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>149</xdr:row>
-      <xdr:rowOff>226843</xdr:rowOff>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="226843"/>
-[...75 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>152</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>152</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>226843</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="226843"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>153</xdr:row>
-      <xdr:rowOff>742857</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="742857"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>154</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>155</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>155</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>156</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>156</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>157</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>157</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>158</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>158</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>159</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>160</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>160</xdr:row>
       <xdr:rowOff>240758</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId85"/>
+        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>161</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId86"/>
+        <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>162</xdr:row>
-      <xdr:rowOff>242526</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="242526"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>163</xdr:row>
-      <xdr:rowOff>752380</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId89"/>
+        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>165</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
+      <xdr:rowOff>242526</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="242526"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="240758"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>168</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>168</xdr:row>
       <xdr:rowOff>240758</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId93"/>
+        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>169</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>169</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>170</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>171</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>171</xdr:row>
       <xdr:rowOff>240758</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId96"/>
+        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>172</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>172</xdr:row>
-      <xdr:rowOff>752380</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>173</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>173</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>174</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>174</xdr:row>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>177</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>177</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId102"/>
+        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>178</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>178</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId103"/>
+        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId104"/>
+        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>181</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>181</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId106"/>
+        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1548000" cy="226843"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>185</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId110"/>
+        <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>186</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>186</xdr:row>
-      <xdr:rowOff>278832</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="278832"/>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>187</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>226843</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="226843"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>188</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>188</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>189</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>189</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>278832</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="278832"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>190</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>190</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>191</xdr:row>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId116"/>
+        <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>193</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>194</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>195</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>752380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>230959</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId121"/>
+        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>197</xdr:row>
-      <xdr:rowOff>230959</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230959"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>198</xdr:row>
-      <xdr:rowOff>235295</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="235295"/>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>199</xdr:row>
-      <xdr:rowOff>240758</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="240758"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>200</xdr:row>
-      <xdr:rowOff>230391</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="230391"/>
+      <xdr:rowOff>230959</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>201</xdr:row>
-      <xdr:rowOff>242526</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="242526"/>
+      <xdr:rowOff>235295</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="235295"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>240758</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="240758"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>203</xdr:row>
+      <xdr:rowOff>230391</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="230391"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>242526</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="242526"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>278832</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId127"/>
+        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="278832"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1512000" cy="237037"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>209</xdr:row>
+      <xdr:rowOff>628571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="628571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>210</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1512000</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>237037</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="371428"/>
-[...75 lines deleted...]
-          <a:ext cx="1548000" cy="278832"/>
+          <a:ext cx="1512000" cy="237037"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>212</xdr:row>
-      <xdr:rowOff>790476</xdr:rowOff>
+      <xdr:rowOff>371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1152000</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1152000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>278832</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="790476"/>
-[...36 lines deleted...]
-          <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="278832"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="771428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>215</xdr:row>
+      <xdr:rowOff>790476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="790476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>278832</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="278832"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>771428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="771428"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1548000" cy="276654"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>218</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>218</xdr:row>
+      <xdr:rowOff>771428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="771428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>771428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="771428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>276654</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="276654"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId140"/>
+        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>229</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>229</xdr:row>
-      <xdr:rowOff>314285</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="314285"/>
+      <xdr:rowOff>628571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId145"/>
+        <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId146"/>
+        <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId147"/>
+        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>233</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>236</xdr:row>
       <xdr:rowOff>238095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId148"/>
+        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="238095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>240</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>240</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>638095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId149"/>
+        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>320802</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId150"/>
+        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="320802"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>247</xdr:row>
+      <xdr:rowOff>1371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>1380952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1380952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>250</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId153"/>
+        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId157"/>
+        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>258</xdr:row>
-      <xdr:rowOff>742857</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="742857"/>
+      <xdr:rowOff>1095238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>259</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId159"/>
+        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId160"/>
+        <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId161"/>
+        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>262</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>263</xdr:row>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>742857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>263</xdr:row>
-[...112 lines deleted...]
-      <xdr:colOff>1188000</xdr:colOff>
       <xdr:row>266</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1224000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>268</xdr:row>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1188000</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1188000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>268</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId167"/>
+        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="295238"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>279</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>279</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
-[...43 lines deleted...]
-        <a:blip r:embed="rId171"/>
+        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>281</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId172"/>
+        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>282</xdr:row>
-      <xdr:rowOff>685714</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="685714"/>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>285</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>285</xdr:row>
+      <xdr:rowOff>685714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="174" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="314285"/>
-[...12 lines deleted...]
-      <xdr:row>287</xdr:row>
+          <a:ext cx="1404000" cy="685714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>287</xdr:row>
+      <xdr:row>286</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="175" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId175"/>
-        <a:stretch>
-[...74 lines deleted...]
-        <a:blip r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>290</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>290</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId178"/>
+        <xdr:cNvPr id="176" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>291</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="314285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>314285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="179" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>294</xdr:row>
-      <xdr:rowOff>342857</xdr:rowOff>
+      <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="180" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="342857"/>
-[...75 lines deleted...]
-          <a:ext cx="1404000" cy="342857"/>
+          <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>297</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>297</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId183"/>
+        <xdr:cNvPr id="181" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>298</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>298</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId184"/>
+        <xdr:cNvPr id="182" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>299</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId185"/>
+        <xdr:cNvPr id="183" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>300</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>300</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="186" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId186"/>
+        <xdr:cNvPr id="184" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>301</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId187"/>
+        <xdr:cNvPr id="185" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>302</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="188" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId188"/>
+        <xdr:cNvPr id="186" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>303</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId189"/>
+        <xdr:cNvPr id="187" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>304</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>304</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId190"/>
+        <xdr:cNvPr id="188" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>305</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>305</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="342857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="342857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>307</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>307</xdr:row>
+      <xdr:rowOff>342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="191" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>306</xdr:row>
-[...6 lines deleted...]
-      <xdr:rowOff>146406</xdr:rowOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="192" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="146406"/>
-[...37 lines deleted...]
-          <a:ext cx="1548000" cy="150016"/>
+          <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>309</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>309</xdr:row>
+      <xdr:rowOff>146406</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="146406"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>310</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>310</xdr:row>
       <xdr:rowOff>150016</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="194" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="150016"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>311</xdr:row>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>311</xdr:row>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>150016</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="150016"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>314</xdr:row>
       <xdr:rowOff>150227</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId195"/>
+        <xdr:cNvPr id="196" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="150227"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1548000" cy="383513"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>319</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>319</xdr:row>
-      <xdr:rowOff>383513</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="383513"/>
+      <xdr:rowOff>356950</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="356950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>320</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>320</xdr:row>
-      <xdr:rowOff>387000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="387000"/>
+      <xdr:rowOff>295238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>321</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>321</xdr:row>
-      <xdr:rowOff>515999</xdr:rowOff>
+      <xdr:rowOff>383513</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="383513"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>322</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>322</xdr:row>
+      <xdr:rowOff>383513</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="383513"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>387000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="515999"/>
-[...37 lines deleted...]
-          <a:ext cx="1404000" cy="495238"/>
+          <a:ext cx="1548000" cy="387000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>324</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>324</xdr:row>
+      <xdr:rowOff>515999</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="515999"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>325</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>325</xdr:row>
+      <xdr:rowOff>495238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="495238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>327</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>327</xdr:row>
       <xdr:rowOff>520690</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId203"/>
+        <xdr:cNvPr id="204" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="520690"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1548000" cy="178030"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>328</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>328</xdr:row>
+      <xdr:rowOff>515999</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="515999"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>329</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>329</xdr:row>
+      <xdr:rowOff>178030</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="178030"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>331</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>403200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="206" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId206"/>
+        <xdr:cNvPr id="207" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="403200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId207"/>
+        <xdr:cNvPr id="208" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>338</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>338</xdr:row>
+      <xdr:rowOff>1085714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1085714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>341</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>341</xdr:row>
       <xdr:rowOff>285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="209" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId209"/>
+        <xdr:cNvPr id="210" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="210" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId210"/>
+        <xdr:cNvPr id="211" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>352</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>352</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>733333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="211" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId211"/>
+        <xdr:cNvPr id="212" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="733333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>430886</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="212" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId212"/>
+        <xdr:cNvPr id="213" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="430886"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>252774</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="213" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId213"/>
+        <xdr:cNvPr id="214" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="252774"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>365</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>365</xdr:row>
-      <xdr:rowOff>847619</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="847619"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>366</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>366</xdr:row>
       <xdr:rowOff>847619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="218" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId218"/>
+        <xdr:cNvPr id="216" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>367</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>367</xdr:row>
       <xdr:rowOff>847619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="219" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId219"/>
+        <xdr:cNvPr id="217" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>368</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>368</xdr:row>
-      <xdr:rowOff>685714</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="685714"/>
+      <xdr:rowOff>847619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>369</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>369</xdr:row>
-      <xdr:rowOff>685714</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="685714"/>
+      <xdr:rowOff>847619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>370</xdr:row>
-      <xdr:rowOff>685714</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="685714"/>
+      <xdr:rowOff>847619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>371</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>371</xdr:row>
-      <xdr:rowOff>476190</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="476190"/>
+      <xdr:rowOff>685714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="685714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>372</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>372</xdr:row>
+      <xdr:rowOff>685714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="685714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>373</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>373</xdr:row>
+      <xdr:rowOff>685714</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="685714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>374</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>374</xdr:row>
+      <xdr:rowOff>476190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="476190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>376</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>376</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="224" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId224"/>
+        <xdr:cNvPr id="225" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>380</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>380</xdr:row>
+      <xdr:rowOff>333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="333333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>381</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>381</xdr:row>
+      <xdr:rowOff>333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="333333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>382</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>382</xdr:row>
+      <xdr:rowOff>333333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="333333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>383</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>383</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="228" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId228"/>
+        <xdr:cNvPr id="229" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>384</xdr:row>
+      <xdr:row>387</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>384</xdr:row>
+      <xdr:row>387</xdr:row>
       <xdr:rowOff>333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="229" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId229"/>
+        <xdr:cNvPr id="230" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="333333"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>388</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>388</xdr:row>
-      <xdr:rowOff>352380</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="352380"/>
+      <xdr:rowOff>342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>389</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>389</xdr:row>
+      <xdr:rowOff>342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="342857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>352380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="352380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>392</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>392</xdr:row>
       <xdr:rowOff>876190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="233" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId233"/>
+        <xdr:cNvPr id="234" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="876190"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>398</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>398</xdr:row>
-      <xdr:rowOff>409523</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="409523"/>
+      <xdr:rowOff>628571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>399</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>399</xdr:row>
-      <xdr:rowOff>619047</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="619047"/>
+      <xdr:rowOff>666666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>400</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>400</xdr:row>
-      <xdr:rowOff>464400</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="464400"/>
+      <xdr:rowOff>628571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>401</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>401</xdr:row>
+      <xdr:rowOff>409523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="409523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>402</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>402</xdr:row>
+      <xdr:rowOff>619047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="619047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>403</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>403</xdr:row>
+      <xdr:rowOff>464400</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="464400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>404</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>404</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="240" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId240"/>
+        <xdr:cNvPr id="241" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1548000" cy="462322"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>405</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>405</xdr:row>
-      <xdr:rowOff>474303</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="474303"/>
+      <xdr:rowOff>479515</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="479515"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>406</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>406</xdr:row>
-      <xdr:rowOff>479880</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="479880"/>
+      <xdr:rowOff>428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>407</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>407</xdr:row>
+      <xdr:rowOff>462322</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="462322"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>408</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>408</xdr:row>
+      <xdr:rowOff>474303</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="474303"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>409</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>409</xdr:row>
+      <xdr:rowOff>479880</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="479880"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>410</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>410</xdr:row>
       <xdr:rowOff>458289</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="246" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId246"/>
+        <xdr:cNvPr id="247" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="458289"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>411</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>411</xdr:row>
-      <xdr:rowOff>438095</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="438095"/>
+      <xdr:rowOff>419047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>412</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>412</xdr:row>
+      <xdr:rowOff>428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>413</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>413</xdr:row>
-      <xdr:rowOff>438095</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="438095"/>
+      <xdr:rowOff>447619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>414</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>414</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="252" name="Picture 1" descr="Picture"/>
-[...43 lines deleted...]
-        <a:blip r:embed="rId253"/>
+        <xdr:cNvPr id="251" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>416</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>416</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId254"/>
+        <xdr:cNvPr id="252" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>417</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>417</xdr:row>
-      <xdr:rowOff>419047</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="419047"/>
+      <xdr:rowOff>438095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>418</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>418</xdr:row>
-      <xdr:rowOff>419047</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="419047"/>
+      <xdr:rowOff>438095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>419</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>419</xdr:row>
+      <xdr:rowOff>438095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="438095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>420</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>420</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>421</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>421</xdr:row>
+      <xdr:rowOff>419047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="257" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>420</xdr:row>
+      <xdr:row>422</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>422</xdr:row>
+      <xdr:rowOff>419047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>423</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5076000</xdr:colOff>
-      <xdr:row>420</xdr:row>
+      <xdr:row>423</xdr:row>
       <xdr:rowOff>1548000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId258"/>
+        <xdr:cNvPr id="259" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="5076000" cy="1548000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>424</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>424</xdr:row>
       <xdr:rowOff>663428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="259" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId259"/>
+        <xdr:cNvPr id="260" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="663428"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1548000" cy="666624"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>425</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>425</xdr:row>
+      <xdr:rowOff>665329</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="261" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId261"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="665329"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>426</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>426</xdr:row>
+      <xdr:rowOff>666624</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="262" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId262"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="666624"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>428</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>428</xdr:row>
       <xdr:rowOff>301244</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="262" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId262"/>
+        <xdr:cNvPr id="263" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="301244"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>426</xdr:row>
+      <xdr:row>429</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>426</xdr:row>
+      <xdr:row>429</xdr:row>
       <xdr:rowOff>457142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="263" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId263"/>
+        <xdr:cNvPr id="264" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="457142"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1548000" cy="358456"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>430</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>430</xdr:row>
-      <xdr:rowOff>419047</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1548000" cy="341829"/>
+      <xdr:rowOff>371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>432</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>432</xdr:row>
+      <xdr:rowOff>358456</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="358456"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>433</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>433</xdr:row>
+      <xdr:rowOff>419047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="419047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>434</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>434</xdr:row>
+      <xdr:rowOff>341829</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="341829"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>435</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>435</xdr:row>
       <xdr:rowOff>144819</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="268" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId268"/>
+        <xdr:cNvPr id="269" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="144819"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>433</xdr:row>
+      <xdr:row>436</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>433</xdr:row>
+      <xdr:row>436</xdr:row>
       <xdr:rowOff>144819</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="269" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId269"/>
+        <xdr:cNvPr id="270" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId270"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="144819"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>434</xdr:row>
+      <xdr:row>437</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>434</xdr:row>
+      <xdr:row>437</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="270" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId270"/>
+        <xdr:cNvPr id="271" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId271"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>436</xdr:row>
+      <xdr:row>439</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>436</xdr:row>
+      <xdr:row>439</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="271" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId271"/>
+        <xdr:cNvPr id="272" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>439</xdr:row>
+      <xdr:row>442</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>439</xdr:row>
+      <xdr:row>442</xdr:row>
       <xdr:rowOff>244129</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="272" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId272"/>
+        <xdr:cNvPr id="273" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId273"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="244129"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>441</xdr:row>
+      <xdr:row>444</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>441</xdr:row>
+      <xdr:row>444</xdr:row>
       <xdr:rowOff>322643</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="273" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId273"/>
+        <xdr:cNvPr id="274" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId274"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="322643"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>442</xdr:row>
+      <xdr:row>445</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>442</xdr:row>
+      <xdr:row>445</xdr:row>
       <xdr:rowOff>295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="274" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId274"/>
+        <xdr:cNvPr id="275" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="295238"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1548000" cy="228896"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>446</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>446</xdr:row>
-      <xdr:rowOff>590476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="590476"/>
+      <xdr:rowOff>580952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="276" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="580952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>447</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>447</xdr:row>
       <xdr:rowOff>590476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="279" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId279"/>
+        <xdr:cNvPr id="277" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId277"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>448</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>448</xdr:row>
-      <xdr:rowOff>600000</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="600000"/>
+      <xdr:rowOff>228896</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="228896"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>449</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>449</xdr:row>
       <xdr:rowOff>590476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="281" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId281"/>
+        <xdr:cNvPr id="279" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId279"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>450</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>450</xdr:row>
-      <xdr:rowOff>533333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="533333"/>
+      <xdr:rowOff>590476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="280" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>451</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>451</xdr:row>
-      <xdr:rowOff>457142</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="457142"/>
+      <xdr:rowOff>600000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>452</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>452</xdr:row>
-      <xdr:rowOff>403200</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="403200"/>
+      <xdr:rowOff>590476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>453</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>453</xdr:row>
-      <xdr:rowOff>371428</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="371428"/>
+      <xdr:rowOff>533333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="283" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>454</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>454</xdr:row>
+      <xdr:rowOff>457142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="284" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="457142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>455</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>455</xdr:row>
+      <xdr:rowOff>403200</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="403200"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>456</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>456</xdr:row>
+      <xdr:rowOff>371428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>457</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>457</xdr:row>
       <xdr:rowOff>866666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="286" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId286"/>
+        <xdr:cNvPr id="287" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="866666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>455</xdr:row>
+      <xdr:row>458</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>455</xdr:row>
+      <xdr:row>458</xdr:row>
       <xdr:rowOff>358141</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="287" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId287"/>
+        <xdr:cNvPr id="288" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="358141"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>456</xdr:row>
+      <xdr:row>459</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>456</xdr:row>
+      <xdr:row>459</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="288" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId288"/>
+        <xdr:cNvPr id="289" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>458</xdr:row>
+      <xdr:row>461</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>458</xdr:row>
+      <xdr:row>461</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="289" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId289"/>
+        <xdr:cNvPr id="290" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>459</xdr:row>
+      <xdr:row>462</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>459</xdr:row>
+      <xdr:row>462</xdr:row>
       <xdr:rowOff>248961</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="290" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId290"/>
+        <xdr:cNvPr id="291" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="248961"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>460</xdr:row>
+      <xdr:row>463</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>460</xdr:row>
+      <xdr:row>463</xdr:row>
       <xdr:rowOff>633272</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="291" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId291"/>
+        <xdr:cNvPr id="292" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="633272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>463</xdr:row>
+      <xdr:row>466</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>463</xdr:row>
+      <xdr:row>466</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="292" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId292"/>
+        <xdr:cNvPr id="293" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>466</xdr:row>
+      <xdr:row>469</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>466</xdr:row>
+      <xdr:row>469</xdr:row>
       <xdr:rowOff>252091</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="293" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId293"/>
+        <xdr:cNvPr id="294" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="252091"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1404000" cy="180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>470</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>470</xdr:row>
+      <xdr:rowOff>171428</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="295" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId295"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="171428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>471</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>471</xdr:row>
       <xdr:rowOff>180952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="296" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId296"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="180952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>472</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>472</xdr:row>
+      <xdr:rowOff>180952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="297" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>479</xdr:row>
+      <xdr:row>473</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>473</xdr:row>
+      <xdr:rowOff>180952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="298" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId298"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="180952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>482</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>479</xdr:row>
+      <xdr:row>482</xdr:row>
       <xdr:rowOff>320756</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="298" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId298"/>
+        <xdr:cNvPr id="299" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="320756"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>483</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>483</xdr:row>
+      <xdr:rowOff>352380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="300" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId300"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="352380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>486</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>486</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="300" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId300"/>
+        <xdr:cNvPr id="301" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>484</xdr:row>
+      <xdr:row>487</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>484</xdr:row>
+      <xdr:row>487</xdr:row>
       <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="301" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId301"/>
+        <xdr:cNvPr id="302" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>485</xdr:row>
+      <xdr:row>488</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>485</xdr:row>
+      <xdr:row>488</xdr:row>
       <xdr:rowOff>314285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="302" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId302"/>
+        <xdr:cNvPr id="303" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="314285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>487</xdr:row>
+      <xdr:row>490</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>936000</xdr:colOff>
-      <xdr:row>487</xdr:row>
+      <xdr:row>490</xdr:row>
       <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="303" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId303"/>
+        <xdr:cNvPr id="304" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="936000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>488</xdr:row>
+      <xdr:row>491</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>488</xdr:row>
+      <xdr:row>491</xdr:row>
       <xdr:rowOff>219634</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="304" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId304"/>
+        <xdr:cNvPr id="305" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="219634"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>489</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>489</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>216917</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="305" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId305"/>
+        <xdr:cNvPr id="306" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="216917"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>490</xdr:row>
+      <xdr:row>493</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>490</xdr:row>
+      <xdr:row>493</xdr:row>
       <xdr:rowOff>351452</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="306" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId306"/>
+        <xdr:cNvPr id="307" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="351452"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>492</xdr:row>
+      <xdr:row>495</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>492</xdr:row>
+      <xdr:row>495</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="307" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId307"/>
+        <xdr:cNvPr id="308" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>503</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>503</xdr:row>
       <xdr:rowOff>285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="308" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId308"/>
+        <xdr:cNvPr id="309" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="285714"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1512000" cy="186470"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>505</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>505</xdr:row>
-      <xdr:rowOff>189793</xdr:rowOff>
+      <xdr:rowOff>416769</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="310" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId310"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="416769"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>507</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1512000</xdr:colOff>
+      <xdr:row>507</xdr:row>
+      <xdr:rowOff>186470</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="311" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="189793"/>
-[...75 lines deleted...]
-          <a:ext cx="1548000" cy="190929"/>
+          <a:ext cx="1512000" cy="186470"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>508</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>508</xdr:row>
+      <xdr:rowOff>189793</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="312" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId312"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="189793"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>509</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>509</xdr:row>
+      <xdr:rowOff>192066</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="313" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId313"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="192066"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>510</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>510</xdr:row>
+      <xdr:rowOff>190929</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="314" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId314"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="190929"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>511</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>511</xdr:row>
       <xdr:rowOff>198166</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="314" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId314"/>
+        <xdr:cNvPr id="315" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="198166"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>513</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>513</xdr:row>
       <xdr:rowOff>278541</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="315" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId315"/>
+        <xdr:cNvPr id="316" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId316"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="278541"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1548000" cy="145694"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>516</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>516</xdr:row>
-      <xdr:rowOff>342857</xdr:rowOff>
+      <xdr:rowOff>714285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="317" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId317"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="714285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>517</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>517</xdr:row>
+      <xdr:rowOff>341401</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="318" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId318"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="341401"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>518</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>518</xdr:row>
+      <xdr:rowOff>145694</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="319" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId319"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="342857"/>
-[...75 lines deleted...]
-          <a:ext cx="1404000" cy="1428571"/>
+          <a:ext cx="1548000" cy="145694"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>519</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>519</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1428571"/>
+      <xdr:rowOff>342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="320" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId320"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>520</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>520</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1009523"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="321" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId321"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>521</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>521</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1009523"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="322" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId322"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>522</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>522</xdr:row>
-      <xdr:rowOff>1009523</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1009523"/>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="323" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId323"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>523</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>523</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="326" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId326"/>
+        <xdr:cNvPr id="324" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId324"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>524</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>524</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="327" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId327"/>
+        <xdr:cNvPr id="325" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId325"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>525</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>525</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="328" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId328"/>
+        <xdr:cNvPr id="326" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId326"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>526</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>526</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="329" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId329"/>
+        <xdr:cNvPr id="327" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId327"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>527</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>527</xdr:row>
       <xdr:rowOff>1009523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
+        <xdr:cNvPr id="328" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId328"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>528</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>528</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="329" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId329"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>529</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>529</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
         <xdr:cNvPr id="330" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId330"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1009523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>537</xdr:row>
+      <xdr:row>530</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>530</xdr:row>
+      <xdr:rowOff>1009523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="331" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId331"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1009523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>540</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>537</xdr:row>
+      <xdr:row>540</xdr:row>
       <xdr:rowOff>121796</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="331" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId331"/>
+        <xdr:cNvPr id="332" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId332"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="121796"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>538</xdr:row>
+      <xdr:row>541</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>538</xdr:row>
+      <xdr:row>541</xdr:row>
       <xdr:rowOff>295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="332" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId332"/>
+        <xdr:cNvPr id="333" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId333"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>539</xdr:row>
+      <xdr:row>542</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>539</xdr:row>
+      <xdr:row>542</xdr:row>
       <xdr:rowOff>104518</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="333" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId333"/>
+        <xdr:cNvPr id="334" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId334"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="104518"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>540</xdr:row>
+      <xdr:row>543</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>540</xdr:row>
+      <xdr:row>543</xdr:row>
       <xdr:rowOff>304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="334" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId334"/>
+        <xdr:cNvPr id="335" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId335"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="304761"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>559</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>559</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="336" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId336"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>562</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>562</xdr:row>
       <xdr:rowOff>476190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="336" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId336"/>
+        <xdr:cNvPr id="337" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId337"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="476190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>566</xdr:row>
+      <xdr:row>569</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>566</xdr:row>
+      <xdr:row>569</xdr:row>
       <xdr:rowOff>302709</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="337" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId337"/>
+        <xdr:cNvPr id="338" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId338"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="302709"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>585</xdr:row>
+      <xdr:row>588</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>585</xdr:row>
+      <xdr:row>588</xdr:row>
       <xdr:rowOff>638095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="338" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId338"/>
+        <xdr:cNvPr id="339" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId339"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>586</xdr:row>
+      <xdr:row>589</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>586</xdr:row>
+      <xdr:row>589</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="339" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId339"/>
+        <xdr:cNvPr id="340" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId340"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>591</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>591</xdr:row>
       <xdr:rowOff>183871</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="340" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId340"/>
+        <xdr:cNvPr id="341" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId341"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="183871"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>590</xdr:row>
+      <xdr:row>593</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>590</xdr:row>
+      <xdr:row>593</xdr:row>
       <xdr:rowOff>194732</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="341" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId341"/>
+        <xdr:cNvPr id="342" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId342"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="194732"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>591</xdr:row>
+      <xdr:row>594</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>591</xdr:row>
+      <xdr:row>594</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="342" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId342"/>
+        <xdr:cNvPr id="343" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId343"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>592</xdr:row>
+      <xdr:row>595</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>592</xdr:row>
+      <xdr:row>595</xdr:row>
       <xdr:rowOff>342164</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="343" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId343"/>
+        <xdr:cNvPr id="344" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="342164"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>599</xdr:row>
+      <xdr:row>602</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>599</xdr:row>
+      <xdr:row>602</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="344" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId344"/>
+        <xdr:cNvPr id="345" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>600</xdr:row>
+      <xdr:row>603</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>600</xdr:row>
+      <xdr:row>603</xdr:row>
       <xdr:rowOff>379698</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="345" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId345"/>
+        <xdr:cNvPr id="346" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId346"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="379698"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>604</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>604</xdr:row>
       <xdr:rowOff>276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="346" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId346"/>
+        <xdr:cNvPr id="347" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId347"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>616</xdr:row>
+      <xdr:row>619</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>616</xdr:row>
+      <xdr:row>619</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="347" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId347"/>
+        <xdr:cNvPr id="348" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId348"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>617</xdr:row>
+      <xdr:row>620</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>617</xdr:row>
+      <xdr:row>620</xdr:row>
       <xdr:rowOff>352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="348" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId348"/>
+        <xdr:cNvPr id="349" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId349"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="352380"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1296000" cy="1457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>624</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>624</xdr:row>
+      <xdr:rowOff>923809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="350" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId350"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="923809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>625</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1296000</xdr:colOff>
+      <xdr:row>625</xdr:row>
+      <xdr:rowOff>1457142</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="351" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId351"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1296000" cy="1457142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>627</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>627</xdr:row>
       <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="351" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId351"/>
+        <xdr:cNvPr id="352" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>625</xdr:row>
+      <xdr:row>628</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>625</xdr:row>
+      <xdr:row>628</xdr:row>
       <xdr:rowOff>321897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="352" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId352"/>
+        <xdr:cNvPr id="353" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId353"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="321897"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>635</xdr:row>
+      <xdr:row>638</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>635</xdr:row>
+      <xdr:row>638</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="353" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId353"/>
+        <xdr:cNvPr id="354" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId354"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>636</xdr:row>
+      <xdr:row>639</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>636</xdr:row>
+      <xdr:row>639</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="354" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId354"/>
+        <xdr:cNvPr id="355" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId355"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>640</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>640</xdr:row>
+      <xdr:rowOff>847619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="356" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId356"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="847619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>643</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>643</xdr:row>
       <xdr:rowOff>495238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="356" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId356"/>
+        <xdr:cNvPr id="357" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId357"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>653</xdr:row>
+      <xdr:row>656</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>653</xdr:row>
+      <xdr:row>656</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="357" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId357"/>
+        <xdr:cNvPr id="358" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId358"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>657</xdr:row>
+      <xdr:row>660</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>657</xdr:row>
+      <xdr:row>660</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="358" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId358"/>
+        <xdr:cNvPr id="359" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId359"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>658</xdr:row>
+      <xdr:row>661</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>658</xdr:row>
+      <xdr:row>661</xdr:row>
       <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="359" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId359"/>
+        <xdr:cNvPr id="360" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>659</xdr:row>
+      <xdr:row>662</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>659</xdr:row>
+      <xdr:row>662</xdr:row>
       <xdr:rowOff>247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="360" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId360"/>
+        <xdr:cNvPr id="361" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId361"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>670</xdr:row>
+      <xdr:row>673</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>670</xdr:row>
+      <xdr:row>673</xdr:row>
       <xdr:rowOff>1409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="361" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId361"/>
+        <xdr:cNvPr id="362" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId362"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1409523"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1404000" cy="676190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>686</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>686</xdr:row>
-      <xdr:rowOff>1342857</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1342857"/>
+      <xdr:rowOff>419047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="363" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId363"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>687</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>687</xdr:row>
+      <xdr:rowOff>676190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="364" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId364"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="676190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>689</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>689</xdr:row>
+      <xdr:rowOff>1342857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="365" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId365"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1342857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>690</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>690</xdr:row>
       <xdr:rowOff>1266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="365" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId365"/>
+        <xdr:cNvPr id="366" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId366"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>688</xdr:row>
+      <xdr:row>691</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>688</xdr:row>
+      <xdr:row>691</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="366" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId366"/>
+        <xdr:cNvPr id="367" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId367"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>697</xdr:row>
+      <xdr:row>700</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>697</xdr:row>
+      <xdr:row>700</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="367" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId367"/>
+        <xdr:cNvPr id="368" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId368"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>698</xdr:row>
+      <xdr:row>701</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>698</xdr:row>
+      <xdr:row>701</xdr:row>
       <xdr:rowOff>523809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="368" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId368"/>
+        <xdr:cNvPr id="369" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId369"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="523809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>710</xdr:row>
+      <xdr:row>713</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>710</xdr:row>
+      <xdr:row>713</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="369" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId369"/>
+        <xdr:cNvPr id="370" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId370"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>712</xdr:row>
+      <xdr:row>715</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>712</xdr:row>
+      <xdr:row>715</xdr:row>
       <xdr:rowOff>1276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="370" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId370"/>
+        <xdr:cNvPr id="371" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId371"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>716</xdr:row>
+      <xdr:row>719</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>716</xdr:row>
+      <xdr:row>719</xdr:row>
       <xdr:rowOff>304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="371" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId371"/>
+        <xdr:cNvPr id="372" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId372"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>717</xdr:row>
+      <xdr:row>720</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>717</xdr:row>
+      <xdr:row>720</xdr:row>
       <xdr:rowOff>380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="372" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId372"/>
+        <xdr:cNvPr id="373" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId373"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>718</xdr:row>
+      <xdr:row>721</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>718</xdr:row>
+      <xdr:row>721</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="373" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId373"/>
+        <xdr:cNvPr id="374" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId374"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>721</xdr:row>
+      <xdr:row>724</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>721</xdr:row>
+      <xdr:row>724</xdr:row>
       <xdr:rowOff>212895</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="374" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId374"/>
+        <xdr:cNvPr id="375" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId375"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="212895"/>
-        </a:xfrm>
-[...36 lines deleted...]
-          <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>725</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>725</xdr:row>
-      <xdr:rowOff>933333</xdr:rowOff>
+      <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="376" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId376"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="933333"/>
-[...37 lines deleted...]
-          <a:ext cx="1404000" cy="428571"/>
+          <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>728</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>728</xdr:row>
-      <xdr:rowOff>638095</xdr:rowOff>
+      <xdr:rowOff>933333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="377" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId377"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="933333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>730</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>730</xdr:row>
+      <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="378" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId378"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1404000" cy="638095"/>
-[...37 lines deleted...]
-          <a:ext cx="1404000" cy="447619"/>
+          <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>731</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>731</xdr:row>
-      <xdr:rowOff>914285</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="914285"/>
+      <xdr:rowOff>638095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="379" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId379"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>732</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>732</xdr:row>
-      <xdr:rowOff>638095</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="638095"/>
+      <xdr:rowOff>447619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="380" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId380"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>734</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>734</xdr:row>
-      <xdr:rowOff>1180952</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1180952"/>
+      <xdr:rowOff>914285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="381" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId381"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>735</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>735</xdr:row>
-      <xdr:rowOff>1200000</xdr:rowOff>
-[...55 lines deleted...]
-          <a:ext cx="1404000" cy="1190476"/>
+      <xdr:rowOff>638095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="382" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId382"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="638095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>737</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>737</xdr:row>
-      <xdr:rowOff>1190476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1190476"/>
+      <xdr:rowOff>1180952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="383" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId383"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>738</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>738</xdr:row>
-      <xdr:rowOff>1152380</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1152380"/>
+      <xdr:rowOff>1200000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="384" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId384"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1200000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>739</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>739</xdr:row>
-      <xdr:rowOff>1142857</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="1142857"/>
+      <xdr:rowOff>1190476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="385" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId385"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>740</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>740</xdr:row>
+      <xdr:rowOff>1190476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="386" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId386"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1190476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>741</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>741</xdr:row>
+      <xdr:rowOff>1152380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="387" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId387"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1152380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>742</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>742</xdr:row>
+      <xdr:rowOff>1142857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="388" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId388"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1142857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>743</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>743</xdr:row>
       <xdr:rowOff>1171428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="388" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId388"/>
+        <xdr:cNvPr id="389" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId389"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1171428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>745</xdr:row>
+      <xdr:row>748</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>745</xdr:row>
+      <xdr:row>748</xdr:row>
       <xdr:rowOff>233732</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="389" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId389"/>
+        <xdr:cNvPr id="390" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId390"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="233732"/>
-        </a:xfrm>
-[...112 lines deleted...]
-          <a:ext cx="1548000" cy="171422"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>753</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>753</xdr:row>
-      <xdr:rowOff>190476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="190476"/>
+      <xdr:rowOff>200000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="391" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId391"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="200000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>754</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>754</xdr:row>
-      <xdr:rowOff>180952</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="180952"/>
+      <xdr:rowOff>266666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="392" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId392"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>755</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>755</xdr:row>
-      <xdr:rowOff>190476</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="190476"/>
+      <xdr:rowOff>171422</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="393" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId393"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="171422"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>756</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>756</xdr:row>
-      <xdr:rowOff>533333</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1404000" cy="533333"/>
+      <xdr:rowOff>190476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="394" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId394"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>757</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>757</xdr:row>
+      <xdr:rowOff>180952</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="395" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId395"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="180952"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>758</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>758</xdr:row>
+      <xdr:rowOff>190476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="396" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId396"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="190476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>759</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>759</xdr:row>
+      <xdr:rowOff>533333</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="397" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId397"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="533333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>760</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>760</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="397" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId397"/>
+        <xdr:cNvPr id="398" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId398"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>758</xdr:row>
+      <xdr:row>761</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>758</xdr:row>
+      <xdr:row>761</xdr:row>
       <xdr:rowOff>154800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="398" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId398"/>
+        <xdr:cNvPr id="399" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId399"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="154800"/>
-        </a:xfrm>
-[...74 lines deleted...]
-          <a:ext cx="1548000" cy="580500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>762</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>762</xdr:row>
-      <xdr:rowOff>154427</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="154427"/>
+      <xdr:rowOff>244421</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="400" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId400"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="244421"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>763</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>763</xdr:row>
-      <xdr:rowOff>215443</xdr:rowOff>
+      <xdr:rowOff>580500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="401" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId401"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="580500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>765</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>765</xdr:row>
+      <xdr:rowOff>154427</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="402" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId402"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="215443"/>
-[...75 lines deleted...]
-          <a:ext cx="1404000" cy="276190"/>
+          <a:ext cx="1548000" cy="154427"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>766</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>766</xdr:row>
-      <xdr:rowOff>276160</xdr:rowOff>
+      <xdr:rowOff>215443</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="403" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId403"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="215443"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>767</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>767</xdr:row>
+      <xdr:rowOff>219978</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="404" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId404"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="219978"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>768</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>768</xdr:row>
+      <xdr:rowOff>276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="405" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId405"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1548000" cy="276160"/>
-[...75 lines deleted...]
-          <a:ext cx="1548000" cy="224460"/>
+          <a:ext cx="1404000" cy="276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>769</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>769</xdr:row>
-      <xdr:rowOff>214165</xdr:rowOff>
-[...17 lines deleted...]
-          <a:ext cx="1548000" cy="214165"/>
+      <xdr:rowOff>276160</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="406" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId406"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="276160"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>770</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>770</xdr:row>
+      <xdr:rowOff>266666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="407" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId407"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>771</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
       <xdr:row>771</xdr:row>
+      <xdr:rowOff>224460</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="408" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId408"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="224460"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>772</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>772</xdr:row>
+      <xdr:rowOff>214165</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="409" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId409"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1548000" cy="214165"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>774</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1548000</xdr:colOff>
+      <xdr:row>774</xdr:row>
       <xdr:rowOff>556117</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="409" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId409"/>
+        <xdr:cNvPr id="410" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId410"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="556117"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>772</xdr:row>
+      <xdr:row>775</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>772</xdr:row>
+      <xdr:row>775</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="410" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId410"/>
+        <xdr:cNvPr id="411" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId411"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>774</xdr:row>
+      <xdr:row>777</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>774</xdr:row>
+      <xdr:row>777</xdr:row>
       <xdr:rowOff>1057142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="411" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId411"/>
+        <xdr:cNvPr id="412" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId412"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>776</xdr:row>
+      <xdr:row>779</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>776</xdr:row>
+      <xdr:row>779</xdr:row>
       <xdr:rowOff>249135</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="412" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId412"/>
+        <xdr:cNvPr id="413" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId413"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="249135"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>777</xdr:row>
+      <xdr:row>780</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1512000</xdr:colOff>
-      <xdr:row>777</xdr:row>
+      <xdr:row>780</xdr:row>
       <xdr:rowOff>177595</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="413" name="Picture 1" descr="Picture"/>
-[...5 lines deleted...]
-        <a:blip r:embed="rId413"/>
+        <xdr:cNvPr id="414" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId414"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1512000" cy="177595"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F779"/>
+  <dimension ref="A2:F782"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="2" customHeight="true" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>775</t>
+          <t>778</t>
         </is>
       </c>
     </row>
     <row r="4" customHeight="true" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
     <row r="5" customHeight="true" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
+          <t>2615044</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>AddGear</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting indexing</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F5" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" customHeight="true" ht="140.0">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>2615037</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>AddGear</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting indexing</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F6" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" customHeight="true" ht="140.0">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>2606602</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>GV90 NEOLUN</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" customHeight="true" ht="140.0">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
           <t>2591804</t>
         </is>
       </c>
-      <c r="C5" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>AREA C HYUNDAI NAMYANG PROVING GROUND</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F5" s="1" t="inlineStr">
+      <c r="F8" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
-      <c r="A6" s="1" t="inlineStr">
+    <row r="9" customHeight="true" ht="140.0">
+      <c r="A9" s="1" t="inlineStr">
         <is>
           <t>2591802</t>
         </is>
       </c>
-      <c r="C6" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>AREA C HYUNDAI NAMYANG PROVING GROUND</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="F6" s="1" t="inlineStr">
+      <c r="F9" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
-      <c r="A7" s="1" t="inlineStr">
+    <row r="10" customHeight="true" ht="140.0">
+      <c r="A10" s="1" t="inlineStr">
         <is>
           <t>2591788</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>AREA C HYUNDAI NAMYANG PROVING GROUND</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F7" s="1" t="inlineStr">
+      <c r="F10" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
-      <c r="A8" s="1" t="inlineStr">
+    <row r="11" customHeight="true" ht="140.0">
+      <c r="A11" s="1" t="inlineStr">
         <is>
           <t>2586868</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>Hyundai N Store</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>35</t>
-        </is>
-[...82 lines deleted...]
-          <t>41</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="12" customHeight="true" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2555757</t>
+          <t>2572057</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>N</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>35</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="13" customHeight="true" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2555684</t>
+          <t>2569641</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>N</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>43</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="14" customHeight="true" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2553958</t>
+          <t>2567664</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>N</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>41</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="15" customHeight="true" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2553886</t>
+          <t>2555757</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>20</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="16" customHeight="true" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
+          <t>2555684</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" customHeight="true" ht="140.0">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>2553958</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" customHeight="true" ht="140.0">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>2553886</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" customHeight="true" ht="140.0">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
           <t>2542245</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Hyundai N (Hybrid Hydrogen) vision 74</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F16" s="1" t="inlineStr">
+      <c r="F19" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
-      <c r="A17" s="1" t="inlineStr">
+    <row r="20" customHeight="true" ht="140.0">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>2525352</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>Hyundai Kona N</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F17" s="1" t="inlineStr">
+      <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
-        </is>
-[...82 lines deleted...]
-          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
         </is>
       </c>
     </row>
     <row r="21" customHeight="true" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2511103</t>
+          <t>2523982</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>PREOFYS</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Protected:
+          <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+          <t>HYUNDAI MOTOR COMPANY AUSTRALIA PTY LIMITED</t>
         </is>
       </c>
     </row>
     <row r="22" customHeight="true" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2511102</t>
+          <t>2519672</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t/>
+          <t>DEVELON</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>1, 4, 7, 9, 12, 35, 37, 38, 39, 42</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+          <t>HD Hyundai Infracore Co., Ltd.</t>
         </is>
       </c>
     </row>
     <row r="23" customHeight="true" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2511068</t>
+          <t>2517776</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>38</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
         </is>
       </c>
     </row>
     <row r="24" customHeight="true" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2510767</t>
+          <t>2511103</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>28</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
         </is>
       </c>
     </row>
     <row r="25" customHeight="true" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2507358</t>
+          <t>2511102</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>VALUEMATE</t>
+          <t/>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>Registered:
+          <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>1, 4, 7, 8, 9, 11, 12, 16, 35, 37, 38</t>
+          <t>16</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>HD Hyundai Construction Equipment CO.,Ltd.</t>
+          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
         </is>
       </c>
     </row>
     <row r="26" customHeight="true" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>2511068</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" customHeight="true" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>2510767</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="true" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>2507358</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>VALUEMATE</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>1, 4, 7, 8, 9, 11, 12, 16, 35, 37, 38</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Construction Equipment CO.,Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="true" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
           <t>2501129</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>Hyundai GFV</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F26" s="1" t="inlineStr">
+      <c r="F29" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
-      <c r="A27" s="1" t="inlineStr">
+    <row r="30" customHeight="true" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2501126</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>Hyundai Guaranteed Future Value</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F27" s="1" t="inlineStr">
+      <c r="F30" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
-      <c r="A28" s="1" t="inlineStr">
+    <row r="31" customHeight="true" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2501073</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI FINANCE</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F28" s="1" t="inlineStr">
+      <c r="F31" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
-      <c r="A29" s="1" t="inlineStr">
+    <row r="32" customHeight="true" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2500126</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>GENESIS GUARANTEED FUTURE VALUE</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
+      <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
-      <c r="A30" s="1" t="inlineStr">
+    <row r="33" customHeight="true" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2500124</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>GENESIS GFV</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F30" s="1" t="inlineStr">
+      <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
-      <c r="A31" s="1" t="inlineStr">
+    <row r="34" customHeight="true" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2499717</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>HD HYUNDAI</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 12, 35, 37, 42</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>HD HYUNDAI CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="true" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>2499307</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI SUNGWOO</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D32" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Sungwoo Solite Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="true" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>2498147</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai iLoad Engine Specialist</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D33" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>7, 12, 37</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai iLoad Engine Specialist Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="true" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>2497249</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI GENUINE PARTS</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C34" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="true" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>2497248</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>H HYUNDAI GENUINE PARTS</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F34" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
-[...5 lines deleted...]
-      <c r="C35" s="1" t="inlineStr">
+    <row r="39" customHeight="true" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>2497247</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
         <is>
           <t>H HYUNDAI GENUINE PARTS</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="true" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>2489082</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Nudge</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI IT CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="true" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>2485277</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>CUSTIN</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="true" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>2476314</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai PALISADE Miniature</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="true" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>2476277</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai SANTA FE Miniature</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="true" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>2476271</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai IONIQ Miniature</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="true" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>2476252</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai i30 Miniature</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="true" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>2476119</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai VELOSTER Miniature</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="true" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>2468549</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>ECOFLOW</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>1, 17</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Chemical Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="true" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>2466966</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>BALANTY</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CORPORATION HOLDINGS Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="true" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>2457735</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>BALANTY</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CORPORATION HOLDINGS Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="true" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>2456064</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>HCORE STORE</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI STEEL COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="true" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>2455235</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>MOBIS</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 11</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Mobis Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="true" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>2450885</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>HCORE STORE</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI STEEL COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="true" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>2447383</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 3</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="true" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>2443560</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai IONIQ 5 N</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="true" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>2443160</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS MAGMA ORANGE</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="true" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>2439739</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="true" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>2439727</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="true" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>2439718</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F35" s="1" t="inlineStr">
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="true" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>2438923</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 4</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D36" s="1" t="inlineStr">
+    <row r="60" customHeight="true" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>2438921</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 6</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="true" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>2438920</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 5</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="true" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>2438918</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 2</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="true" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>2438912</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 1</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="true" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>2438903</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 10</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="true" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>2438899</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 8</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="true" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>2438891</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 9</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="true" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>2438887</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ 7</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="true" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>2435395</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS MAGMA</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="true" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>2435393</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS NEOLUN CONCEPT</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="true" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>2428246</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS X</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="true" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>2428242</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS X Convertible</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="true" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>2428241</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS New York Concept</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="true" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>2428240</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS Mint Concept</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="true" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>2427009</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai XRT Pro</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="true" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>2426976</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai XRT Pro</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="true" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>2426384</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>CHENNSTAR</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI WELDING CO., LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="true" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>2426367</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ T7</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="true" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>2426321</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>DEVELON</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>1, 4, 7, 9, 12, 35, 37, 38, 39, 42</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>HD HYUNDAI INFRACORE CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="true" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>2425511</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS BLACK</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="true" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>2424685</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ T10</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="true" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>2418626</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>OGAM FIVE SENSES</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="true" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>2418625</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>OGAM FIVE SENSES</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="true" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>2418624</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="true" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>2418623</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="true" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>2418622</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="true" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>2418610</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>GADEUN BALANCE</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="true" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>2418344</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>i30 N</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="true" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>2417231</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>N Vision 74</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="true" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>2416718</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INSTER</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="true" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>2415832</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>RM20E</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="true" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>2415697</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>RN22E</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="true" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>2415685</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>Project RM</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="true" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>2415678</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>RM19</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="true" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>2414910</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>i20 N</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="true" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>2411099</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS FINANCE</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="true" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>2410825</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>Genesis X Gran Racer Concept</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="true" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>2410822</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>Genesis X Gran Berlinetta Concept</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F97" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="true" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>2410821</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>Genesis X Gran Berlinetta Concept</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Opposition period expired</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="true" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>2410820</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>Genesis X Gran Racer Concept</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="true" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>2397406</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>My DEVELON</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 12, 37, 39, 42</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Infracore Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" customHeight="true" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>2392814</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI XRT</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" customHeight="true" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>2392813</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>XRT</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" customHeight="true" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>2389780</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI N74</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" customHeight="true" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>2388387</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>MIERO FIBER</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI PHARM CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" customHeight="true" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>2386428</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Travel Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" customHeight="true" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>2386427</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Travel Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" customHeight="true" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>2382299</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS PAY</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" customHeight="true" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>2382298</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS PAY</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" customHeight="true" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>2382295</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS PAY</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" customHeight="true" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>2381453</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>ELEXIO</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" customHeight="true" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>2379299</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>NETZERONE</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F111" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Mobis Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" customHeight="true" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>2377100</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" customHeight="true" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>2376628</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>NetZerOne</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Mobis Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" customHeight="true" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>2375171</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>HD</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 4, 9, 11, 35, 40, 42</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
+        <is>
+          <t>HD HYUNDAI CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" customHeight="true" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>2371488</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" customHeight="true" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>2371317</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>HY ECOSTEEL</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI STEEL COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" customHeight="true" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>2366152</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" customHeight="true" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>2362774</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" customHeight="true" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>2359593</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>OSSGUIDE</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI BIOLAND CO., LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" customHeight="true" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>2357508</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>ELZENITH</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI HOME SHOPPING NETWORK CORPORATION</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" customHeight="true" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>2355609</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>EVERBLEU</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>7, 11, 21</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI HOME SHOPPING NETWORK CORPORATION</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" customHeight="true" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>2350670</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ Forest</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" customHeight="true" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>2348778</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>AISE</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI HOME SHOPPING NETWORK CORPORATION</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" customHeight="true" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>2340340</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>KONA</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" customHeight="true" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>2340328</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>DAL-e</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" customHeight="true" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>2340325</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>Santa Fe</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" customHeight="true" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>2340297</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>Tucson</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" customHeight="true" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>2340289</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>CASPER</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" customHeight="true" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>2340279</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>GALLOPER</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F129" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" customHeight="true" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>2340253</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>VELOSTER</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" customHeight="true" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>2340246</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>Mobile Eccentric Droid</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" customHeight="true" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>2340236</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>Grandeur</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" customHeight="true" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>2340230</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>PALISADE</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F133" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" customHeight="true" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>2340184</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>VENUE</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" customHeight="true" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>2340169</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ Forest</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F135" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" customHeight="true" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>2340163</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>STELLAR</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" customHeight="true" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>2336855</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ELEVATOR</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>7, 37</t>
+        </is>
+      </c>
+      <c r="F137" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ELEVATOR CO., LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" customHeight="true" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>2336832</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F138" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" customHeight="true" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>2336822</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F139" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" customHeight="true" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>2336679</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI PROMISE</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" customHeight="true" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>2333356</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" customHeight="true" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>2333193</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI PROMISE</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" customHeight="true" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>2333184</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" customHeight="true" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>2333130</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI PROMISE</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F144" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" customHeight="true" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>2333129</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F145" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" customHeight="true" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>2333099</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI PROMISE</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" customHeight="true" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>2331502</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F147" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" customHeight="true" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>2331469</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F148" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" customHeight="true" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>2331467</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" customHeight="true" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>2331457</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" customHeight="true" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>2331382</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" customHeight="true" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>2331306</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" customHeight="true" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>2330170</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F153" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" customHeight="true" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>2330094</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" customHeight="true" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>2330034</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" customHeight="true" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>2330014</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" customHeight="true" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>2330009</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" customHeight="true" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>2330006</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F158" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" customHeight="true" ht="140.0">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>2330002</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F159" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" customHeight="true" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>2328585</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" customHeight="true" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>2327238</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" customHeight="true" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>2326140</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" customHeight="true" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>2325873</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="true" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>2325869</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" customHeight="true" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>2325817</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" customHeight="true" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>2325809</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" customHeight="true" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>2325053</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" customHeight="true" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>2325032</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" customHeight="true" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>2325023</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" customHeight="true" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>2324966</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" customHeight="true" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>2324950</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F171" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" customHeight="true" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>2324947</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" customHeight="true" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>2324938</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" customHeight="true" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>2324929</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" customHeight="true" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>2324920</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" customHeight="true" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>2324910</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" customHeight="true" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>2324884</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F177" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" customHeight="true" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>2324810</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" customHeight="true" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>2324793</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F179" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" customHeight="true" ht="140.0">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>2324755</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="F180" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" customHeight="true" ht="140.0">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>2324002</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F181" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" customHeight="true" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>2323941</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" customHeight="true" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>2323916</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" customHeight="true" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>2323757</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F184" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" customHeight="true" ht="140.0">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>2323642</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F185" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" customHeight="true" ht="140.0">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>2323622</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="F186" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" customHeight="true" ht="140.0">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>2323615</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" customHeight="true" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>2322214</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" customHeight="true" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>2322193</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" customHeight="true" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>2322035</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F190" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" customHeight="true" ht="140.0">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>2321940</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F191" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" customHeight="true" ht="140.0">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>2321926</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F192" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" customHeight="true" ht="140.0">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>2321912</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="F193" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" customHeight="true" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>2321896</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" customHeight="true" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>2321879</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F195" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" customHeight="true" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>2321862</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" customHeight="true" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>2320554</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F197" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" customHeight="true" ht="140.0">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>2320553</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F198" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" customHeight="true" ht="140.0">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>2320549</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F199" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" customHeight="true" ht="140.0">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>2320497</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" customHeight="true" ht="140.0">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>2320489</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" customHeight="true" ht="140.0">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>2320481</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F202" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" customHeight="true" ht="140.0">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>2320333</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F36" s="1" t="inlineStr">
+      <c r="F203" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D37" s="1" t="inlineStr">
+    <row r="204" customHeight="true" ht="140.0">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>2318460</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F204" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" customHeight="true" ht="140.0">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>2318448</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" customHeight="true" ht="140.0">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>2316618</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>Mighty Electric</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" customHeight="true" ht="140.0">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>2313570</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F207" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" customHeight="true" ht="140.0">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>2310927</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS ONE OF ONE</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F208" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" customHeight="true" ht="140.0">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>2310926</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS ONE OF ONE</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" customHeight="true" ht="140.0">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>2310688</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 16, 18, 28</t>
+        </is>
+      </c>
+      <c r="F210" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" customHeight="true" ht="140.0">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>2310618</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t>H N</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F211" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" customHeight="true" ht="140.0">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>2310614</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI N</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" customHeight="true" ht="140.0">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>2310597</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI N</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F213" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" customHeight="true" ht="140.0">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>2310593</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI N</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F214" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" customHeight="true" ht="140.0">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>2307398</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F215" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" customHeight="true" ht="140.0">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>2307320</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F216" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" customHeight="true" ht="140.0">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>2305517</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F217" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" customHeight="true" ht="140.0">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>2303759</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F218" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" customHeight="true" ht="140.0">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>2303740</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F37" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D38" s="1" t="inlineStr">
+      <c r="F219" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" customHeight="true" ht="140.0">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>2302337</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F220" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" customHeight="true" ht="140.0">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>2298988</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F221" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" customHeight="true" ht="140.0">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>2294370</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F222" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" customHeight="true" ht="140.0">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>2292377</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>E-pit</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F223" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation; Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" customHeight="true" ht="140.0">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>2292375</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>E-pit</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F224" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation; Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" customHeight="true" ht="140.0">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>2292374</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>E-pit</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F225" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation; Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" customHeight="true" ht="140.0">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>2292373</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>E-pit</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F226" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation; Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" customHeight="true" ht="140.0">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>2292372</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>E-pit</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F227" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation; Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" customHeight="true" ht="140.0">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>2288554</t>
+        </is>
+      </c>
+      <c r="C228" s="1" t="inlineStr">
+        <is>
+          <t>ONE OF ONE</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F228" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" customHeight="true" ht="140.0">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>2288550</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>ONE OF ONE</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F38" s="1" t="inlineStr">
+      <c r="F229" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D39" s="1" t="inlineStr">
+    <row r="230" customHeight="true" ht="140.0">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>2288112</t>
+        </is>
+      </c>
+      <c r="C230" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>10, 11, 17, 20, 26</t>
+        </is>
+      </c>
+      <c r="F230" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" customHeight="true" ht="140.0">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>2282724</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F231" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" customHeight="true" ht="140.0">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>2282723</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F232" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" customHeight="true" ht="140.0">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>2282715</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F233" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" customHeight="true" ht="140.0">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>2282708</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F234" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" customHeight="true" ht="140.0">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>2282707</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F235" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" customHeight="true" ht="140.0">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>2282701</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F236" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" customHeight="true" ht="140.0">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>2280785</t>
+        </is>
+      </c>
+      <c r="C237" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F237" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" customHeight="true" ht="140.0">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>2273462</t>
+        </is>
+      </c>
+      <c r="C238" s="1" t="inlineStr">
+        <is>
+          <t>Metamobility</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>9, 42</t>
+        </is>
+      </c>
+      <c r="F238" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" customHeight="true" ht="140.0">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>2268591</t>
+        </is>
+      </c>
+      <c r="C239" s="1" t="inlineStr">
+        <is>
+          <t>MobED</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F239" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation; Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" customHeight="true" ht="140.0">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>2262866</t>
+        </is>
+      </c>
+      <c r="C240" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS X SPEEDIUM COUPE</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F240" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" customHeight="true" ht="140.0">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>2259383</t>
+        </is>
+      </c>
+      <c r="C241" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Pony</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F241" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" customHeight="true" ht="140.0">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>2259382</t>
+        </is>
+      </c>
+      <c r="C242" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Pony</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F242" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" customHeight="true" ht="140.0">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>2248854</t>
+        </is>
+      </c>
+      <c r="C243" s="1" t="inlineStr">
+        <is>
+          <t>ATHLETIC ELEGANCE</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 42</t>
+        </is>
+      </c>
+      <c r="F243" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" customHeight="true" ht="140.0">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>2243999</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Notice of intention to defend not filed</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F244" s="1" t="inlineStr">
+        <is>
+          <t>Global Trade Services, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" customHeight="true" ht="140.0">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>2211311</t>
+        </is>
+      </c>
+      <c r="C245" s="1" t="inlineStr">
+        <is>
+          <t>GREENTRIC</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E245" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F245" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Electric Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" customHeight="true" ht="140.0">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>2185535</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
+        <is>
+          <t>Electrified GV70</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E246" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F246" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" customHeight="true" ht="140.0">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>2185498</t>
+        </is>
+      </c>
+      <c r="C247" s="1" t="inlineStr">
+        <is>
+          <t>Electrified G80</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F247" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" customHeight="true" ht="140.0">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>2183779</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F248" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="249" customHeight="true" ht="140.0">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>2178508</t>
+        </is>
+      </c>
+      <c r="C249" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F249" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" customHeight="true" ht="140.0">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>2172923</t>
+        </is>
+      </c>
+      <c r="C250" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F250" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" customHeight="true" ht="140.0">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>2172841</t>
+        </is>
+      </c>
+      <c r="C251" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination - Deferred</t>
+        </is>
+      </c>
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F251" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="252" customHeight="true" ht="140.0">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>2169532</t>
+        </is>
+      </c>
+      <c r="C252" s="1" t="inlineStr">
+        <is>
+          <t>GV90e</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F252" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="253" customHeight="true" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>2169505</t>
+        </is>
+      </c>
+      <c r="C253" s="1" t="inlineStr">
+        <is>
+          <t>G70e</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F253" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" customHeight="true" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>2169498</t>
+        </is>
+      </c>
+      <c r="C254" s="1" t="inlineStr">
+        <is>
+          <t>GV70e</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E254" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F254" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="255" customHeight="true" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>2169496</t>
+        </is>
+      </c>
+      <c r="C255" s="1" t="inlineStr">
+        <is>
+          <t>G90e</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E255" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F255" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="256" customHeight="true" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>2169494</t>
+        </is>
+      </c>
+      <c r="C256" s="1" t="inlineStr">
+        <is>
+          <t>G80e</t>
+        </is>
+      </c>
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E256" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F256" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="257" customHeight="true" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>2169456</t>
+        </is>
+      </c>
+      <c r="C257" s="1" t="inlineStr">
+        <is>
+          <t>GV80e</t>
+        </is>
+      </c>
+      <c r="D257" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E257" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F257" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="258" customHeight="true" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>2162452</t>
+        </is>
+      </c>
+      <c r="C258" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E258" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F258" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" customHeight="true" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>2162428</t>
+        </is>
+      </c>
+      <c r="C259" s="1" t="inlineStr">
+        <is>
+          <t>HY</t>
+        </is>
+      </c>
+      <c r="D259" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E259" s="1" t="inlineStr">
+        <is>
+          <t>9, 28</t>
+        </is>
+      </c>
+      <c r="F259" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Technology, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" customHeight="true" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>2160682</t>
+        </is>
+      </c>
+      <c r="C260" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D260" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E260" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F260" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="261" customHeight="true" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>2158566</t>
+        </is>
+      </c>
+      <c r="C261" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D261" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E261" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F261" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="262" customHeight="true" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>2158549</t>
+        </is>
+      </c>
+      <c r="C262" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D262" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E262" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F262" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="263" customHeight="true" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>2158541</t>
+        </is>
+      </c>
+      <c r="C263" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D263" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E263" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F263" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="264" customHeight="true" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>2158516</t>
+        </is>
+      </c>
+      <c r="C264" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D264" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E264" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F264" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="265" customHeight="true" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>2158504</t>
+        </is>
+      </c>
+      <c r="C265" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D265" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E265" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F265" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="266" customHeight="true" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>2158485</t>
+        </is>
+      </c>
+      <c r="C266" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D266" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E266" s="1" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="F266" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="267" customHeight="true" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>2158426</t>
+        </is>
+      </c>
+      <c r="C267" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D267" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E267" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F267" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="268" customHeight="true" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>2151662</t>
+        </is>
+      </c>
+      <c r="C268" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D268" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E268" s="1" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="F268" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="269" customHeight="true" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>2151639</t>
+        </is>
+      </c>
+      <c r="C269" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D269" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E269" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F269" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="270" customHeight="true" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>2150438</t>
+        </is>
+      </c>
+      <c r="C270" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D270" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E270" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F270" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="271" customHeight="true" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>2145478</t>
+        </is>
+      </c>
+      <c r="C271" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D271" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E271" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F271" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Technology, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" customHeight="true" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>2140096</t>
+        </is>
+      </c>
+      <c r="C272" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D272" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E272" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F272" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" customHeight="true" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>2133577</t>
+        </is>
+      </c>
+      <c r="C273" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D273" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E273" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F273" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" customHeight="true" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>2130322</t>
+        </is>
+      </c>
+      <c r="C274" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D274" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E274" s="1" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="F274" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" customHeight="true" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>2130308</t>
+        </is>
+      </c>
+      <c r="C275" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D275" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E275" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F275" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="276" customHeight="true" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>2130302</t>
+        </is>
+      </c>
+      <c r="C276" s="1" t="inlineStr">
+        <is>
+          <t>HTWO</t>
+        </is>
+      </c>
+      <c r="D276" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E276" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F276" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="277" customHeight="true" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>2128483</t>
+        </is>
+      </c>
+      <c r="C277" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CORE MOTION</t>
+        </is>
+      </c>
+      <c r="D277" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E277" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 12</t>
+        </is>
+      </c>
+      <c r="F277" s="1" t="inlineStr">
+        <is>
+          <t>HD HYUNDAI CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="278" customHeight="true" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>2128147</t>
+        </is>
+      </c>
+      <c r="C278" s="1" t="inlineStr">
+        <is>
+          <t>Shucle</t>
+        </is>
+      </c>
+      <c r="D278" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E278" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F278" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="279" customHeight="true" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>2128146</t>
+        </is>
+      </c>
+      <c r="C279" s="1" t="inlineStr">
+        <is>
+          <t>Shucle</t>
+        </is>
+      </c>
+      <c r="D279" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E279" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F279" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company; Kia Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="280" customHeight="true" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>2126551</t>
+        </is>
+      </c>
+      <c r="C280" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D280" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E280" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F39" s="1" t="inlineStr">
+      <c r="F280" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D40" s="1" t="inlineStr">
+    <row r="281" customHeight="true" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>2120105</t>
+        </is>
+      </c>
+      <c r="C281" s="1" t="inlineStr">
+        <is>
+          <t>STARIA Premium</t>
+        </is>
+      </c>
+      <c r="D281" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E281" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F281" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="282" customHeight="true" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>2116805</t>
+        </is>
+      </c>
+      <c r="C282" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D282" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F40" s="1" t="inlineStr">
+      <c r="E282" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F282" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D41" s="1" t="inlineStr">
+    <row r="283" customHeight="true" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>2115081</t>
+        </is>
+      </c>
+      <c r="C283" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F41" s="1" t="inlineStr">
+      <c r="E283" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F283" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
-[...290 lines deleted...]
-      <c r="D52" s="1" t="inlineStr">
+    <row r="284" customHeight="true" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>2115053</t>
+        </is>
+      </c>
+      <c r="C284" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 In opposition period</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
+      <c r="E284" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F284" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="285" customHeight="true" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>2111217</t>
+        </is>
+      </c>
+      <c r="C285" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D285" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E285" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F285" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="286" customHeight="true" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>2109187</t>
+        </is>
+      </c>
+      <c r="C286" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI HELP FOR KIDS</t>
+        </is>
+      </c>
+      <c r="D286" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E286" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F286" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="287" customHeight="true" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>2107791</t>
+        </is>
+      </c>
+      <c r="C287" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D287" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E287" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F287" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" customHeight="true" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>2105914</t>
+        </is>
+      </c>
+      <c r="C288" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI Click to Buy</t>
+        </is>
+      </c>
+      <c r="D288" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E288" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F288" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" customHeight="true" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>2105913</t>
+        </is>
+      </c>
+      <c r="C289" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI Click to Buy</t>
+        </is>
+      </c>
+      <c r="D289" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E289" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F289" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="290" customHeight="true" ht="140.0">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>2105912</t>
+        </is>
+      </c>
+      <c r="C290" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI Click to Buy</t>
+        </is>
+      </c>
+      <c r="D290" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E290" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F290" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="291" customHeight="true" ht="140.0">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>2105707</t>
+        </is>
+      </c>
+      <c r="C291" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D291" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E291" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F291" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="292" customHeight="true" ht="140.0">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>2105681</t>
+        </is>
+      </c>
+      <c r="C292" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D292" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E292" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F292" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="293" customHeight="true" ht="140.0">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>2103892</t>
+        </is>
+      </c>
+      <c r="C293" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D293" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E293" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F52" s="1" t="inlineStr">
+      <c r="F293" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="294" customHeight="true" ht="140.0">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>2103822</t>
+        </is>
+      </c>
+      <c r="C294" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D294" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E294" s="1" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="F294" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="295" customHeight="true" ht="140.0">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>2102281</t>
+        </is>
+      </c>
+      <c r="C295" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D295" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E295" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F295" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="296" customHeight="true" ht="140.0">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>2102101</t>
+        </is>
+      </c>
+      <c r="C296" s="1" t="inlineStr">
+        <is>
+          <t>STARIA</t>
+        </is>
+      </c>
+      <c r="D296" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E296" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F296" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="297" customHeight="true" ht="140.0">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>2101178</t>
+        </is>
+      </c>
+      <c r="C297" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D297" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E297" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F297" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Technology, Inc.</t>
+        </is>
+      </c>
+    </row>
+    <row r="298" customHeight="true" ht="140.0">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>2089344</t>
+        </is>
+      </c>
+      <c r="C298" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D298" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E298" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F298" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
-[...5 lines deleted...]
-      <c r="C53" s="1" t="inlineStr">
+    <row r="299" customHeight="true" ht="140.0">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>2089342</t>
+        </is>
+      </c>
+      <c r="C299" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D299" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E299" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F299" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="300" customHeight="true" ht="140.0">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>2089341</t>
+        </is>
+      </c>
+      <c r="C300" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D300" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E300" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F300" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="301" customHeight="true" ht="140.0">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>2089340</t>
+        </is>
+      </c>
+      <c r="C301" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D301" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E301" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F301" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="302" customHeight="true" ht="140.0">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>2089339</t>
+        </is>
+      </c>
+      <c r="C302" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D302" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E302" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F302" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="303" customHeight="true" ht="140.0">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>2089338</t>
+        </is>
+      </c>
+      <c r="C303" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D303" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E303" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F303" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="304" customHeight="true" ht="140.0">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>2089337</t>
+        </is>
+      </c>
+      <c r="C304" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D304" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E304" s="1" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="F304" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="305" customHeight="true" ht="140.0">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>2089336</t>
+        </is>
+      </c>
+      <c r="C305" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D305" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E305" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F305" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="306" customHeight="true" ht="140.0">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>2089335</t>
+        </is>
+      </c>
+      <c r="C306" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D306" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E306" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F306" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="307" customHeight="true" ht="140.0">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>2089334</t>
+        </is>
+      </c>
+      <c r="C307" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D307" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E307" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="F307" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="308" customHeight="true" ht="140.0">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>2089333</t>
+        </is>
+      </c>
+      <c r="C308" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D308" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E308" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F308" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="309" customHeight="true" ht="140.0">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>2089332</t>
+        </is>
+      </c>
+      <c r="C309" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D309" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E309" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F309" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="310" customHeight="true" ht="140.0">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>2084983</t>
+        </is>
+      </c>
+      <c r="C310" s="1" t="inlineStr">
+        <is>
+          <t>MOCEAN</t>
+        </is>
+      </c>
+      <c r="D310" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E310" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F310" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" customHeight="true" ht="140.0">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>2084938</t>
+        </is>
+      </c>
+      <c r="C311" s="1" t="inlineStr">
+        <is>
+          <t>MOCEAN</t>
+        </is>
+      </c>
+      <c r="D311" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E311" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F311" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" customHeight="true" ht="140.0">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>2079322</t>
+        </is>
+      </c>
+      <c r="C312" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CARPAY</t>
+        </is>
+      </c>
+      <c r="D312" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E312" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F312" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" customHeight="true" ht="140.0">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>2077976</t>
+        </is>
+      </c>
+      <c r="C313" s="1" t="inlineStr">
+        <is>
+          <t>MOCEAN</t>
+        </is>
+      </c>
+      <c r="D313" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E313" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F313" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="314" customHeight="true" ht="140.0">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>2077908</t>
+        </is>
+      </c>
+      <c r="C314" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CARPAY</t>
+        </is>
+      </c>
+      <c r="D314" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E314" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F314" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="315" customHeight="true" ht="140.0">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>2076502</t>
+        </is>
+      </c>
+      <c r="C315" s="1" t="inlineStr">
+        <is>
+          <t>MOCEAN</t>
+        </is>
+      </c>
+      <c r="D315" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E315" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F315" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="316" customHeight="true" ht="140.0">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>2075240</t>
+        </is>
+      </c>
+      <c r="C316" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CARPAY</t>
+        </is>
+      </c>
+      <c r="D316" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E316" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F316" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="317" customHeight="true" ht="140.0">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>2069757</t>
+        </is>
+      </c>
+      <c r="C317" s="1" t="inlineStr">
+        <is>
+          <t>Click to Buy</t>
+        </is>
+      </c>
+      <c r="D317" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E317" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F317" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="318" customHeight="true" ht="140.0">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>2069756</t>
+        </is>
+      </c>
+      <c r="C318" s="1" t="inlineStr">
+        <is>
+          <t>Click to Buy</t>
+        </is>
+      </c>
+      <c r="D318" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E318" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F318" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="319" customHeight="true" ht="140.0">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>2069755</t>
+        </is>
+      </c>
+      <c r="C319" s="1" t="inlineStr">
+        <is>
+          <t>Click to Buy</t>
+        </is>
+      </c>
+      <c r="D319" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E319" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F319" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="320" customHeight="true" ht="140.0">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>2069659</t>
+        </is>
+      </c>
+      <c r="C320" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D320" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E320" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F320" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Travel Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="321" customHeight="true" ht="140.0">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>2064487</t>
+        </is>
+      </c>
+      <c r="C321" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D321" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E321" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F321" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" customHeight="true" ht="140.0">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>2064255</t>
+        </is>
+      </c>
+      <c r="C322" s="1" t="inlineStr">
+        <is>
+          <t>EGV80</t>
+        </is>
+      </c>
+      <c r="D322" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E322" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F322" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="323" customHeight="true" ht="140.0">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>2064238</t>
+        </is>
+      </c>
+      <c r="C323" s="1" t="inlineStr">
+        <is>
+          <t>EGV90</t>
+        </is>
+      </c>
+      <c r="D323" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E323" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F323" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="324" customHeight="true" ht="140.0">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>2058575</t>
+        </is>
+      </c>
+      <c r="C324" s="1" t="inlineStr">
+        <is>
+          <t>EGV70</t>
+        </is>
+      </c>
+      <c r="D324" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E324" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F324" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="325" customHeight="true" ht="140.0">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>2058551</t>
+        </is>
+      </c>
+      <c r="C325" s="1" t="inlineStr">
+        <is>
+          <t>EG90</t>
+        </is>
+      </c>
+      <c r="D325" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E325" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F325" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="326" customHeight="true" ht="140.0">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>2056809</t>
+        </is>
+      </c>
+      <c r="C326" s="1" t="inlineStr">
+        <is>
+          <t>AUTOBELL</t>
+        </is>
+      </c>
+      <c r="D326" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E326" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F326" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Glovis Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="327" customHeight="true" ht="140.0">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>2056806</t>
+        </is>
+      </c>
+      <c r="C327" s="1" t="inlineStr">
+        <is>
+          <t>AUTOBELL</t>
+        </is>
+      </c>
+      <c r="D327" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E327" s="1" t="inlineStr">
+        <is>
+          <t>35, 36</t>
+        </is>
+      </c>
+      <c r="F327" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Glovis Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="328" customHeight="true" ht="140.0">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>2053787</t>
+        </is>
+      </c>
+      <c r="C328" s="1" t="inlineStr">
+        <is>
+          <t>EG70</t>
+        </is>
+      </c>
+      <c r="D328" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E328" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F328" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="329" customHeight="true" ht="140.0">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>2053733</t>
+        </is>
+      </c>
+      <c r="C329" s="1" t="inlineStr">
+        <is>
+          <t>EG80</t>
+        </is>
+      </c>
+      <c r="D329" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E329" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F329" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="330" customHeight="true" ht="140.0">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>2038266</t>
+        </is>
+      </c>
+      <c r="C330" s="1" t="inlineStr">
+        <is>
+          <t>N PERFORMANCE</t>
+        </is>
+      </c>
+      <c r="D330" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E330" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F330" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="331" customHeight="true" ht="140.0">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>2032799</t>
+        </is>
+      </c>
+      <c r="C331" s="1" t="inlineStr">
+        <is>
+          <t>NEPTUNE</t>
+        </is>
+      </c>
+      <c r="D331" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E331" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F331" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" customHeight="true" ht="140.0">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>2028516</t>
+        </is>
+      </c>
+      <c r="C332" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI GLOVIS</t>
+        </is>
+      </c>
+      <c r="D332" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E332" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F332" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Glovis Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="333" customHeight="true" ht="140.0">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>2001233</t>
+        </is>
+      </c>
+      <c r="C333" s="1" t="inlineStr">
+        <is>
+          <t>PAVISE</t>
+        </is>
+      </c>
+      <c r="D333" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E333" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F333" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="334" customHeight="true" ht="140.0">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>1998602</t>
+        </is>
+      </c>
+      <c r="C334" s="1" t="inlineStr">
+        <is>
+          <t>ZET</t>
+        </is>
+      </c>
+      <c r="D334" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E334" s="1" t="inlineStr">
+        <is>
+          <t>9, 39</t>
+        </is>
+      </c>
+      <c r="F334" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="335" customHeight="true" ht="140.0">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>1997716</t>
+        </is>
+      </c>
+      <c r="C335" s="1" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D335" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E335" s="1" t="inlineStr">
+        <is>
+          <t>9, 14, 16, 18, 21, 28</t>
+        </is>
+      </c>
+      <c r="F335" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="336" customHeight="true" ht="140.0">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>1996038</t>
+        </is>
+      </c>
+      <c r="C336" s="1" t="inlineStr">
+        <is>
+          <t>ENCINO</t>
+        </is>
+      </c>
+      <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F53" s="1" t="inlineStr">
+      <c r="E336" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F336" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
-[...5 lines deleted...]
-      <c r="C54" s="1" t="inlineStr">
+    <row r="337" customHeight="true" ht="140.0">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>1990894</t>
+        </is>
+      </c>
+      <c r="C337" s="1" t="inlineStr">
+        <is>
+          <t>VENUE</t>
+        </is>
+      </c>
+      <c r="D337" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E337" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F337" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="338" customHeight="true" ht="140.0">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>1988089</t>
+        </is>
+      </c>
+      <c r="C338" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS STUDIO</t>
+        </is>
+      </c>
+      <c r="D338" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E338" s="1" t="inlineStr">
+        <is>
+          <t>35, 37, 41</t>
+        </is>
+      </c>
+      <c r="F338" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="339" customHeight="true" ht="140.0">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>1987146</t>
+        </is>
+      </c>
+      <c r="C339" s="1" t="inlineStr">
+        <is>
+          <t>H KONA</t>
+        </is>
+      </c>
+      <c r="D339" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E339" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F339" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="340" customHeight="true" ht="140.0">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>1987145</t>
+        </is>
+      </c>
+      <c r="C340" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI KONA</t>
+        </is>
+      </c>
+      <c r="D340" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E340" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F340" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="341" customHeight="true" ht="140.0">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>1986484</t>
+        </is>
+      </c>
+      <c r="C341" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS SPECTRUM</t>
+        </is>
+      </c>
+      <c r="D341" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E341" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F341" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="342" customHeight="true" ht="140.0">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>1986438</t>
+        </is>
+      </c>
+      <c r="C342" s="1" t="inlineStr">
+        <is>
+          <t>N LINE</t>
+        </is>
+      </c>
+      <c r="D342" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E342" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F342" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="343" customHeight="true" ht="140.0">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>1984722</t>
+        </is>
+      </c>
+      <c r="C343" s="1" t="inlineStr">
+        <is>
+          <t>PALISADE</t>
+        </is>
+      </c>
+      <c r="D343" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E343" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F343" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="344" customHeight="true" ht="140.0">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>1977133</t>
+        </is>
+      </c>
+      <c r="C344" s="1" t="inlineStr">
+        <is>
+          <t>ATHLETIC ELEGANCE</t>
+        </is>
+      </c>
+      <c r="D344" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E344" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 42</t>
+        </is>
+      </c>
+      <c r="F344" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="345" customHeight="true" ht="140.0">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>1975354</t>
+        </is>
+      </c>
+      <c r="C345" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D345" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E345" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F345" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="346" customHeight="true" ht="140.0">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>1975352</t>
+        </is>
+      </c>
+      <c r="C346" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D346" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E346" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F346" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" customHeight="true" ht="140.0">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>1974556</t>
+        </is>
+      </c>
+      <c r="C347" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS SPECTRUM</t>
+        </is>
+      </c>
+      <c r="D347" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E347" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F347" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="348" customHeight="true" ht="140.0">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>1966207</t>
+        </is>
+      </c>
+      <c r="C348" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CONSTRUCTION EQUIPMENT</t>
+        </is>
+      </c>
+      <c r="D348" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E348" s="1" t="inlineStr">
+        <is>
+          <t>6, 7, 9, 12, 16, 35, 37, 39, 40, 42</t>
+        </is>
+      </c>
+      <c r="F348" s="1" t="inlineStr">
+        <is>
+          <t>HD HYUNDAI CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="349" customHeight="true" ht="140.0">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>1964463</t>
+        </is>
+      </c>
+      <c r="C349" s="1" t="inlineStr">
+        <is>
+          <t>STYX</t>
+        </is>
+      </c>
+      <c r="D349" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E349" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F349" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="350" customHeight="true" ht="140.0">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>1961131</t>
+        </is>
+      </c>
+      <c r="C350" s="1" t="inlineStr">
+        <is>
+          <t>Sensuous Sportiness</t>
+        </is>
+      </c>
+      <c r="D350" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E350" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F350" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="351" customHeight="true" ht="140.0">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>1961130</t>
+        </is>
+      </c>
+      <c r="C351" s="1" t="inlineStr">
+        <is>
+          <t>Sensuous Sportiness</t>
+        </is>
+      </c>
+      <c r="D351" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E351" s="1" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="F351" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="352" customHeight="true" ht="140.0">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>1961129</t>
+        </is>
+      </c>
+      <c r="C352" s="1" t="inlineStr">
+        <is>
+          <t>Sensuous Sportiness</t>
+        </is>
+      </c>
+      <c r="D352" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E352" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F352" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="353" customHeight="true" ht="140.0">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>1956700</t>
+        </is>
+      </c>
+      <c r="C353" s="1" t="inlineStr">
+        <is>
+          <t>Smartstream</t>
+        </is>
+      </c>
+      <c r="D353" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E353" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F353" s="1" t="inlineStr">
+        <is>
+          <t>Kia Corporation; HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="354" customHeight="true" ht="140.0">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>1933159</t>
+        </is>
+      </c>
+      <c r="C354" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Batteries</t>
+        </is>
+      </c>
+      <c r="D354" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E354" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F354" s="1" t="inlineStr">
+        <is>
+          <t>SOUTHERN STAR BATTERIES PTY LTD</t>
+        </is>
+      </c>
+    </row>
+    <row r="355" customHeight="true" ht="140.0">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>1932497</t>
+        </is>
+      </c>
+      <c r="C355" s="1" t="inlineStr">
+        <is>
+          <t>NEXO</t>
+        </is>
+      </c>
+      <c r="D355" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E355" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F355" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="356" customHeight="true" ht="140.0">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>1930870</t>
+        </is>
+      </c>
+      <c r="C356" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D356" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E356" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F356" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="357" customHeight="true" ht="140.0">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>1917450</t>
+        </is>
+      </c>
+      <c r="C357" s="1" t="inlineStr">
+        <is>
+          <t>LEONIS</t>
+        </is>
+      </c>
+      <c r="D357" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E357" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F357" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="358" customHeight="true" ht="140.0">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>1905498</t>
+        </is>
+      </c>
+      <c r="C358" s="1" t="inlineStr">
+        <is>
+          <t>ELECCITY</t>
+        </is>
+      </c>
+      <c r="D358" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E358" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F358" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="359" customHeight="true" ht="140.0">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>1897770</t>
+        </is>
+      </c>
+      <c r="C359" s="1" t="inlineStr">
+        <is>
+          <t>H CORE</t>
+        </is>
+      </c>
+      <c r="D359" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E359" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F359" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI STEEL COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="360" customHeight="true" ht="140.0">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>1897769</t>
+        </is>
+      </c>
+      <c r="C360" s="1" t="inlineStr">
+        <is>
+          <t>HCORE</t>
+        </is>
+      </c>
+      <c r="D360" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E360" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F360" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI STEEL COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="361" customHeight="true" ht="140.0">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>1880042</t>
+        </is>
+      </c>
+      <c r="C361" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D361" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E361" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F361" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="362" customHeight="true" ht="140.0">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>1873371</t>
+        </is>
+      </c>
+      <c r="C362" s="1" t="inlineStr">
+        <is>
+          <t>Power Sense Axle</t>
+        </is>
+      </c>
+      <c r="D362" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E362" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F362" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="363" customHeight="true" ht="140.0">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>1873370</t>
+        </is>
+      </c>
+      <c r="C363" s="1" t="inlineStr">
+        <is>
+          <t>Grin Control System</t>
+        </is>
+      </c>
+      <c r="D363" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E363" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F363" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" customHeight="true" ht="140.0">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>1873366</t>
+        </is>
+      </c>
+      <c r="C364" s="1" t="inlineStr">
+        <is>
+          <t>Corner Carving Differential</t>
+        </is>
+      </c>
+      <c r="D364" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E364" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F364" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="365" customHeight="true" ht="140.0">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>1860596</t>
+        </is>
+      </c>
+      <c r="C365" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ELECTRIC</t>
+        </is>
+      </c>
+      <c r="D365" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E365" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F365" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="366" customHeight="true" ht="140.0">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>1847507</t>
+        </is>
+      </c>
+      <c r="C366" s="1" t="inlineStr">
+        <is>
+          <t>INTEGRICT</t>
+        </is>
+      </c>
+      <c r="D366" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E366" s="1" t="inlineStr">
+        <is>
+          <t>9, 42</t>
+        </is>
+      </c>
+      <c r="F366" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Electric &amp; Energy Systems Co., Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="367" customHeight="true" ht="140.0">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>1846562</t>
+        </is>
+      </c>
+      <c r="C367" s="1" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="D367" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E367" s="1" t="inlineStr">
+        <is>
+          <t>39, 45</t>
+        </is>
+      </c>
+      <c r="F367" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="368" customHeight="true" ht="140.0">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>1846561</t>
+        </is>
+      </c>
+      <c r="C368" s="1" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="D368" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E368" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F368" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="369" customHeight="true" ht="140.0">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>1846560</t>
+        </is>
+      </c>
+      <c r="C369" s="1" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="D369" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E369" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F369" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="370" customHeight="true" ht="140.0">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>1846559</t>
+        </is>
+      </c>
+      <c r="C370" s="1" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="D370" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E370" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F370" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="371" customHeight="true" ht="140.0">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>1846558</t>
+        </is>
+      </c>
+      <c r="C371" s="1" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="D371" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E371" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F371" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="372" customHeight="true" ht="140.0">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>1846557</t>
+        </is>
+      </c>
+      <c r="C372" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS CONNECTED SERVICES</t>
+        </is>
+      </c>
+      <c r="D372" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E372" s="1" t="inlineStr">
+        <is>
+          <t>39, 45</t>
+        </is>
+      </c>
+      <c r="F372" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="373" customHeight="true" ht="140.0">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>1846556</t>
+        </is>
+      </c>
+      <c r="C373" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS CONNECTED SERVICES</t>
+        </is>
+      </c>
+      <c r="D373" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E373" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F373" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="374" customHeight="true" ht="140.0">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>1846555</t>
+        </is>
+      </c>
+      <c r="C374" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS CONNECTED SERVICES</t>
+        </is>
+      </c>
+      <c r="D374" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E374" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F374" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="375" customHeight="true" ht="140.0">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>1844468</t>
+        </is>
+      </c>
+      <c r="C375" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D375" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E375" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F375" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="376" customHeight="true" ht="140.0">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>1841261</t>
+        </is>
+      </c>
+      <c r="C376" s="1" t="inlineStr">
+        <is>
+          <t>CINEOUTDOOR</t>
+        </is>
+      </c>
+      <c r="D376" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E376" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F376" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI IT CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="377" customHeight="true" ht="140.0">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>1831930</t>
+        </is>
+      </c>
+      <c r="C377" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D377" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E377" s="1" t="inlineStr">
+        <is>
+          <t>1, 4, 7, 9, 11, 12</t>
+        </is>
+      </c>
+      <c r="F377" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="378" customHeight="true" ht="140.0">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>1826135</t>
+        </is>
+      </c>
+      <c r="C378" s="1" t="inlineStr">
+        <is>
+          <t>Kona</t>
+        </is>
+      </c>
+      <c r="D378" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E378" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F378" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="379" customHeight="true" ht="140.0">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>1807257</t>
+        </is>
+      </c>
+      <c r="C379" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Smart Sense</t>
+        </is>
+      </c>
+      <c r="D379" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E379" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F379" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="380" customHeight="true" ht="140.0">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>1806115</t>
+        </is>
+      </c>
+      <c r="C380" s="1" t="inlineStr">
+        <is>
+          <t>KRELL</t>
+        </is>
+      </c>
+      <c r="D380" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E380" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F380" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Mobis Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="381" customHeight="true" ht="140.0">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>1799846</t>
+        </is>
+      </c>
+      <c r="C381" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D381" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E381" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F381" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="382" customHeight="true" ht="140.0">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>1798141</t>
+        </is>
+      </c>
+      <c r="C382" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D382" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E382" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F382" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="383" customHeight="true" ht="140.0">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>1798140</t>
+        </is>
+      </c>
+      <c r="C383" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D383" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E383" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F383" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="384" customHeight="true" ht="140.0">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>1795026</t>
+        </is>
+      </c>
+      <c r="C384" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D384" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E384" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F384" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="385" customHeight="true" ht="140.0">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>1792111</t>
+        </is>
+      </c>
+      <c r="C385" s="1" t="inlineStr">
+        <is>
+          <t>Smart Sense</t>
+        </is>
+      </c>
+      <c r="D385" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E385" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F385" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="386" customHeight="true" ht="140.0">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>1792107</t>
+        </is>
+      </c>
+      <c r="C386" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D386" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E386" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F386" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="387" customHeight="true" ht="140.0">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>1792106</t>
+        </is>
+      </c>
+      <c r="C387" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D387" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E387" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F387" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="388" customHeight="true" ht="140.0">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>1792044</t>
+        </is>
+      </c>
+      <c r="C388" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D388" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E388" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F388" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="389" customHeight="true" ht="140.0">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>1790393</t>
+        </is>
+      </c>
+      <c r="C389" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D389" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E389" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F389" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="390" customHeight="true" ht="140.0">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>1790392</t>
+        </is>
+      </c>
+      <c r="C390" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D390" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E390" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F390" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="391" customHeight="true" ht="140.0">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>1788339</t>
+        </is>
+      </c>
+      <c r="C391" s="1" t="inlineStr">
+        <is>
+          <t>RN30</t>
+        </is>
+      </c>
+      <c r="D391" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E391" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F391" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="392" customHeight="true" ht="140.0">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>1787300</t>
+        </is>
+      </c>
+      <c r="C392" s="1" t="inlineStr">
+        <is>
+          <t>N SPORT</t>
+        </is>
+      </c>
+      <c r="D392" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E392" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F392" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="393" customHeight="true" ht="140.0">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>1787299</t>
+        </is>
+      </c>
+      <c r="C393" s="1" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D393" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
-[...7 lines deleted...]
-      <c r="F54" s="1" t="inlineStr">
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E393" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F393" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D55" s="1" t="inlineStr">
+    <row r="394" customHeight="true" ht="140.0">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>1784963</t>
+        </is>
+      </c>
+      <c r="C394" s="1" t="inlineStr">
+        <is>
+          <t>N SPORT</t>
+        </is>
+      </c>
+      <c r="D394" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
-[...7 lines deleted...]
-      <c r="F55" s="1" t="inlineStr">
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E394" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F394" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D56" s="1" t="inlineStr">
+    <row r="395" customHeight="true" ht="140.0">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>1783298</t>
+        </is>
+      </c>
+      <c r="C395" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D395" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Registered/protected</t>
-[...259 lines deleted...]
-      <c r="F65" s="1" t="inlineStr">
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E395" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F395" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
-[...397 lines deleted...]
-      <c r="C80" s="1" t="inlineStr">
+    <row r="396" customHeight="true" ht="140.0">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>1781635</t>
+        </is>
+      </c>
+      <c r="C396" s="1" t="inlineStr">
         <is>
           <t>GENESIS</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
-[...1203 lines deleted...]
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D396" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E396" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F396" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="397" customHeight="true" ht="140.0">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>1781606</t>
+        </is>
+      </c>
+      <c r="C397" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D397" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E397" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F397" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="398" customHeight="true" ht="140.0">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>1781605</t>
+        </is>
+      </c>
+      <c r="C398" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D398" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E398" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F398" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="399" customHeight="true" ht="140.0">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>1771587</t>
+        </is>
+      </c>
+      <c r="C399" s="1" t="inlineStr">
+        <is>
+          <t>G95</t>
+        </is>
+      </c>
+      <c r="D399" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E399" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F399" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="400" customHeight="true" ht="140.0">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>1771586</t>
+        </is>
+      </c>
+      <c r="C400" s="1" t="inlineStr">
+        <is>
+          <t>G85</t>
+        </is>
+      </c>
+      <c r="D400" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E400" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F400" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="401" customHeight="true" ht="140.0">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>1771585</t>
+        </is>
+      </c>
+      <c r="C401" s="1" t="inlineStr">
+        <is>
+          <t>G75</t>
+        </is>
+      </c>
+      <c r="D401" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E401" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F401" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="402" customHeight="true" ht="140.0">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>1761620</t>
+        </is>
+      </c>
+      <c r="C402" s="1" t="inlineStr">
+        <is>
+          <t>HANEX</t>
+        </is>
+      </c>
+      <c r="D402" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E402" s="1" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="F402" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai L&amp;C Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="403" customHeight="true" ht="140.0">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>1761133</t>
+        </is>
+      </c>
+      <c r="C403" s="1" t="inlineStr">
+        <is>
+          <t>G65</t>
+        </is>
+      </c>
+      <c r="D403" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E403" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F403" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="404" customHeight="true" ht="140.0">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>1761050</t>
+        </is>
+      </c>
+      <c r="C404" s="1" t="inlineStr">
+        <is>
+          <t>GV60</t>
+        </is>
+      </c>
+      <c r="D404" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E404" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F404" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="405" customHeight="true" ht="140.0">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>1761049</t>
+        </is>
+      </c>
+      <c r="C405" s="1" t="inlineStr">
+        <is>
+          <t>GV70</t>
+        </is>
+      </c>
+      <c r="D405" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E405" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F405" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="406" customHeight="true" ht="140.0">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>1761014</t>
+        </is>
+      </c>
+      <c r="C406" s="1" t="inlineStr">
+        <is>
+          <t>GC64</t>
+        </is>
+      </c>
+      <c r="D406" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E406" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F406" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="407" customHeight="true" ht="140.0">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>1759373</t>
+        </is>
+      </c>
+      <c r="C407" s="1" t="inlineStr">
+        <is>
+          <t>GC84</t>
+        </is>
+      </c>
+      <c r="D407" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E407" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F407" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="408" customHeight="true" ht="140.0">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>1759372</t>
+        </is>
+      </c>
+      <c r="C408" s="1" t="inlineStr">
+        <is>
+          <t>GT94</t>
+        </is>
+      </c>
+      <c r="D408" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E408" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F408" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="409" customHeight="true" ht="140.0">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>1759371</t>
+        </is>
+      </c>
+      <c r="C409" s="1" t="inlineStr">
+        <is>
+          <t>GT64</t>
+        </is>
+      </c>
+      <c r="D409" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E409" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F409" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="410" customHeight="true" ht="140.0">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>1759370</t>
+        </is>
+      </c>
+      <c r="C410" s="1" t="inlineStr">
+        <is>
+          <t>GT74</t>
+        </is>
+      </c>
+      <c r="D410" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E410" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F410" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="411" customHeight="true" ht="140.0">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>1759369</t>
+        </is>
+      </c>
+      <c r="C411" s="1" t="inlineStr">
+        <is>
+          <t>GT84</t>
+        </is>
+      </c>
+      <c r="D411" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E411" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F411" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="412" customHeight="true" ht="140.0">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>1759368</t>
+        </is>
+      </c>
+      <c r="C412" s="1" t="inlineStr">
+        <is>
+          <t>GC74</t>
+        </is>
+      </c>
+      <c r="D412" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E412" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F412" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="413" customHeight="true" ht="140.0">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>1759286</t>
+        </is>
+      </c>
+      <c r="C413" s="1" t="inlineStr">
+        <is>
+          <t>GC94</t>
+        </is>
+      </c>
+      <c r="D413" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E413" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F413" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="414" customHeight="true" ht="140.0">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>1753262</t>
+        </is>
+      </c>
+      <c r="C414" s="1" t="inlineStr">
+        <is>
+          <t>GV90</t>
+        </is>
+      </c>
+      <c r="D414" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E414" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F414" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="415" customHeight="true" ht="140.0">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>1753261</t>
+        </is>
+      </c>
+      <c r="C415" s="1" t="inlineStr">
+        <is>
+          <t>GV80</t>
+        </is>
+      </c>
+      <c r="D415" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E415" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F415" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="416" customHeight="true" ht="140.0">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>1753113</t>
+        </is>
+      </c>
+      <c r="C416" s="1" t="inlineStr">
+        <is>
+          <t>G80</t>
+        </is>
+      </c>
+      <c r="D416" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E416" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F416" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="417" customHeight="true" ht="140.0">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>1750126</t>
+        </is>
+      </c>
+      <c r="C417" s="1" t="inlineStr">
+        <is>
+          <t>GT90</t>
+        </is>
+      </c>
+      <c r="D417" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E417" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F417" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="418" customHeight="true" ht="140.0">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>1750125</t>
+        </is>
+      </c>
+      <c r="C418" s="1" t="inlineStr">
+        <is>
+          <t>GT80</t>
+        </is>
+      </c>
+      <c r="D418" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E418" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F418" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="419" customHeight="true" ht="140.0">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>1750124</t>
+        </is>
+      </c>
+      <c r="C419" s="1" t="inlineStr">
+        <is>
+          <t>GT70</t>
+        </is>
+      </c>
+      <c r="D419" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E419" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F419" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="420" customHeight="true" ht="140.0">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>1750123</t>
+        </is>
+      </c>
+      <c r="C420" s="1" t="inlineStr">
+        <is>
+          <t>GT60</t>
+        </is>
+      </c>
+      <c r="D420" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E420" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F420" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="421" customHeight="true" ht="140.0">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>1750122</t>
+        </is>
+      </c>
+      <c r="C421" s="1" t="inlineStr">
+        <is>
+          <t>GC60</t>
+        </is>
+      </c>
+      <c r="D421" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E421" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F421" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="422" customHeight="true" ht="140.0">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>1750121</t>
+        </is>
+      </c>
+      <c r="C422" s="1" t="inlineStr">
+        <is>
+          <t>GC70</t>
+        </is>
+      </c>
+      <c r="D422" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E422" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F422" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="423" customHeight="true" ht="140.0">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>1750120</t>
+        </is>
+      </c>
+      <c r="C423" s="1" t="inlineStr">
+        <is>
+          <t>GC80</t>
+        </is>
+      </c>
+      <c r="D423" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E423" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F423" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="424" customHeight="true" ht="140.0">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>1750119</t>
+        </is>
+      </c>
+      <c r="C424" s="1" t="inlineStr">
+        <is>
+          <t>GC90</t>
+        </is>
+      </c>
+      <c r="D424" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E424" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F424" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="425" customHeight="true" ht="140.0">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>1748631</t>
+        </is>
+      </c>
+      <c r="C425" s="1" t="inlineStr">
+        <is>
+          <t>G70</t>
+        </is>
+      </c>
+      <c r="D425" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E425" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F425" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="426" customHeight="true" ht="140.0">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>1744103</t>
+        </is>
+      </c>
+      <c r="C426" s="1" t="inlineStr">
+        <is>
+          <t>G90</t>
+        </is>
+      </c>
+      <c r="D426" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E426" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F426" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="427" customHeight="true" ht="140.0">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>1744098</t>
+        </is>
+      </c>
+      <c r="C427" s="1" t="inlineStr">
+        <is>
+          <t>G60</t>
+        </is>
+      </c>
+      <c r="D427" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E427" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F427" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="428" customHeight="true" ht="140.0">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>1739663</t>
+        </is>
+      </c>
+      <c r="C428" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CARPLAN</t>
+        </is>
+      </c>
+      <c r="D428" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E428" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F428" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="429" customHeight="true" ht="140.0">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>1731234</t>
+        </is>
+      </c>
+      <c r="C429" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D429" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E429" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F429" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="430" customHeight="true" ht="140.0">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>1731090</t>
+        </is>
+      </c>
+      <c r="C430" s="1" t="inlineStr">
+        <is>
+          <t>IONIQ</t>
+        </is>
+      </c>
+      <c r="D430" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E430" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F430" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="431" customHeight="true" ht="140.0">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>1714661</t>
+        </is>
+      </c>
+      <c r="C431" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D431" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E431" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 11, 12, 14</t>
+        </is>
+      </c>
+      <c r="F431" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="432" customHeight="true" ht="140.0">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>1713410</t>
+        </is>
+      </c>
+      <c r="C432" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI SANTA FE</t>
+        </is>
+      </c>
+      <c r="D432" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E432" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F432" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="433" customHeight="true" ht="140.0">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>1690473</t>
+        </is>
+      </c>
+      <c r="C433" s="1" t="inlineStr">
+        <is>
+          <t>CRETA</t>
+        </is>
+      </c>
+      <c r="D433" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E433" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F433" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="434" customHeight="true" ht="140.0">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>1686878</t>
+        </is>
+      </c>
+      <c r="C434" s="1" t="inlineStr">
+        <is>
+          <t>H SHIELD</t>
+        </is>
+      </c>
+      <c r="D434" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E434" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F434" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="435" customHeight="true" ht="140.0">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>1686521</t>
+        </is>
+      </c>
+      <c r="C435" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D435" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E435" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F123" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D124" s="1" t="inlineStr">
+      <c r="F435" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="436" customHeight="true" ht="140.0">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>1684978</t>
+        </is>
+      </c>
+      <c r="C436" s="1" t="inlineStr">
+        <is>
+          <t>SMART SHIFT AND DRIVE</t>
+        </is>
+      </c>
+      <c r="D436" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E436" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F124" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D125" s="1" t="inlineStr">
+      <c r="F436" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="437" customHeight="true" ht="140.0">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>1683472</t>
+        </is>
+      </c>
+      <c r="C437" s="1" t="inlineStr">
+        <is>
+          <t>SMART SHIFT AND DRIVE</t>
+        </is>
+      </c>
+      <c r="D437" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E437" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F437" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="438" customHeight="true" ht="140.0">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>1682552</t>
+        </is>
+      </c>
+      <c r="C438" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D438" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E438" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 14, 16, 18, 20</t>
+        </is>
+      </c>
+      <c r="F438" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="439" customHeight="true" ht="140.0">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>1681239</t>
+        </is>
+      </c>
+      <c r="C439" s="1" t="inlineStr">
+        <is>
+          <t>XTEER</t>
+        </is>
+      </c>
+      <c r="D439" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E439" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 4, 35</t>
+        </is>
+      </c>
+      <c r="F439" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Oilbank Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="440" customHeight="true" ht="140.0">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>1667235</t>
+        </is>
+      </c>
+      <c r="C440" s="1" t="inlineStr">
+        <is>
+          <t>H PROMISE APPROVED USED CAR</t>
+        </is>
+      </c>
+      <c r="D440" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E440" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 42</t>
+        </is>
+      </c>
+      <c r="F440" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="441" customHeight="true" ht="140.0">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>1666759</t>
+        </is>
+      </c>
+      <c r="C441" s="1" t="inlineStr">
+        <is>
+          <t>Workshop Automation</t>
+        </is>
+      </c>
+      <c r="D441" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E441" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
+      <c r="F441" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="442" customHeight="true" ht="140.0">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>1666662</t>
+        </is>
+      </c>
+      <c r="C442" s="1" t="inlineStr">
+        <is>
+          <t>Workshop Automation</t>
+        </is>
+      </c>
+      <c r="D442" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E442" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F442" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="443" customHeight="true" ht="140.0">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>1660763</t>
+        </is>
+      </c>
+      <c r="C443" s="1" t="inlineStr">
+        <is>
+          <t>EXPANION</t>
+        </is>
+      </c>
+      <c r="D443" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E443" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F443" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="444" customHeight="true" ht="140.0">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>1660713</t>
+        </is>
+      </c>
+      <c r="C444" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI H350</t>
+        </is>
+      </c>
+      <c r="D444" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E444" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F444" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="126" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D126" s="1" t="inlineStr">
+    <row r="445" customHeight="true" ht="140.0">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>1650258</t>
+        </is>
+      </c>
+      <c r="C445" s="1" t="inlineStr">
+        <is>
+          <t>I20WRC</t>
+        </is>
+      </c>
+      <c r="D445" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E445" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F445" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="446" customHeight="true" ht="140.0">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>1634967</t>
+        </is>
+      </c>
+      <c r="C446" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI HEAVY INDUSTRIES CO., LTD.</t>
+        </is>
+      </c>
+      <c r="D446" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E446" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F126" s="1" t="inlineStr">
+      <c r="F446" s="1" t="inlineStr">
+        <is>
+          <t>HD HYUNDAI CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="447" customHeight="true" ht="140.0">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>1633568</t>
+        </is>
+      </c>
+      <c r="C447" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D447" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E447" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F447" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="448" customHeight="true" ht="140.0">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>1633454</t>
+        </is>
+      </c>
+      <c r="C448" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D448" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E448" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F448" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="449" customHeight="true" ht="140.0">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>1633352</t>
+        </is>
+      </c>
+      <c r="C449" s="1" t="inlineStr">
+        <is>
+          <t>HTRAC</t>
+        </is>
+      </c>
+      <c r="D449" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E449" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F449" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="450" customHeight="true" ht="140.0">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>1630750</t>
+        </is>
+      </c>
+      <c r="C450" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D450" s="1" t="inlineStr">
+        <is>
+          <t>Cancelled:
+Cancelled at the request of IB</t>
+        </is>
+      </c>
+      <c r="E450" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F450" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="451" customHeight="true" ht="140.0">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>1630749</t>
+        </is>
+      </c>
+      <c r="C451" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D451" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E451" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F451" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="452" customHeight="true" ht="140.0">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>1630719</t>
+        </is>
+      </c>
+      <c r="C452" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D452" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E452" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F452" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="453" customHeight="true" ht="140.0">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>1630710</t>
+        </is>
+      </c>
+      <c r="C453" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D453" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E453" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F453" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="454" customHeight="true" ht="140.0">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>1628067</t>
+        </is>
+      </c>
+      <c r="C454" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI WIA</t>
+        </is>
+      </c>
+      <c r="D454" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E454" s="1" t="inlineStr">
+        <is>
+          <t>13, 37</t>
+        </is>
+      </c>
+      <c r="F454" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI WIA Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="455" customHeight="true" ht="140.0">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>1626018</t>
+        </is>
+      </c>
+      <c r="C455" s="1" t="inlineStr">
+        <is>
+          <t>H PROMISE APPROVED USED CAR</t>
+        </is>
+      </c>
+      <c r="D455" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E455" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F455" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="127" customHeight="true" ht="140.0">
-[...2754 lines deleted...]
-      <c r="D225" s="1" t="inlineStr">
+    <row r="456" customHeight="true" ht="140.0">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>1620565</t>
+        </is>
+      </c>
+      <c r="C456" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI GLOVIS</t>
+        </is>
+      </c>
+      <c r="D456" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F225" s="1" t="inlineStr">
+      <c r="E456" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F456" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Glovis Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="457" customHeight="true" ht="140.0">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>1604271</t>
+        </is>
+      </c>
+      <c r="C457" s="1" t="inlineStr">
+        <is>
+          <t>EQUUS</t>
+        </is>
+      </c>
+      <c r="D457" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E457" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F457" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="226" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D226" s="1" t="inlineStr">
+    <row r="458" customHeight="true" ht="140.0">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>1602237</t>
+        </is>
+      </c>
+      <c r="C458" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI HELP FOR KIDS</t>
+        </is>
+      </c>
+      <c r="D458" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E458" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F458" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="459" customHeight="true" ht="140.0">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>1601160</t>
+        </is>
+      </c>
+      <c r="C459" s="1" t="inlineStr">
+        <is>
+          <t>AZERA</t>
+        </is>
+      </c>
+      <c r="D459" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E459" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F459" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="460" customHeight="true" ht="140.0">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>1600131</t>
+        </is>
+      </c>
+      <c r="C460" s="1" t="inlineStr">
+        <is>
+          <t>EQUUS</t>
+        </is>
+      </c>
+      <c r="D460" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E460" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F460" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="461" customHeight="true" ht="140.0">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>1595639</t>
+        </is>
+      </c>
+      <c r="C461" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D461" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E461" s="1" t="inlineStr">
+        <is>
+          <t>3, 14, 16, 18, 25, 27, 35, 37, 41, 42</t>
+        </is>
+      </c>
+      <c r="F461" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="462" customHeight="true" ht="140.0">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>1595638</t>
+        </is>
+      </c>
+      <c r="C462" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D462" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E462" s="1" t="inlineStr">
+        <is>
+          <t>1, 3, 4, 6, 7, 9, 11, 12, 14, 16, 17, 18, 25, 27, 28, 35, 36, 37, 39, 41, 42</t>
+        </is>
+      </c>
+      <c r="F462" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="463" customHeight="true" ht="140.0">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>1589925</t>
+        </is>
+      </c>
+      <c r="C463" s="1" t="inlineStr">
+        <is>
+          <t>SANTA FE</t>
+        </is>
+      </c>
+      <c r="D463" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E463" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F463" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="464" customHeight="true" ht="140.0">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>1589188</t>
+        </is>
+      </c>
+      <c r="C464" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D464" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E464" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F464" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="465" customHeight="true" ht="140.0">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>1583449</t>
+        </is>
+      </c>
+      <c r="C465" s="1" t="inlineStr">
+        <is>
+          <t>GENESIS</t>
+        </is>
+      </c>
+      <c r="D465" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E465" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F465" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="466" customHeight="true" ht="140.0">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>1576010</t>
+        </is>
+      </c>
+      <c r="C466" s="1" t="inlineStr">
+        <is>
+          <t>VELOSTER</t>
+        </is>
+      </c>
+      <c r="D466" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E466" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F466" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="467" customHeight="true" ht="140.0">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>1575769</t>
+        </is>
+      </c>
+      <c r="C467" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+      <c r="D467" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E467" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F226" s="1" t="inlineStr">
+      <c r="F467" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="227" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D227" s="1" t="inlineStr">
+    <row r="468" customHeight="true" ht="140.0">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>1562249</t>
+        </is>
+      </c>
+      <c r="C468" s="1" t="inlineStr">
+        <is>
+          <t>XCIENT</t>
+        </is>
+      </c>
+      <c r="D468" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E468" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F468" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="469" customHeight="true" ht="140.0">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>1548587</t>
+        </is>
+      </c>
+      <c r="C469" s="1" t="inlineStr">
+        <is>
+          <t>HyProfit</t>
+        </is>
+      </c>
+      <c r="D469" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E469" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F469" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="470" customHeight="true" ht="140.0">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>1541457</t>
+        </is>
+      </c>
+      <c r="C470" s="1" t="inlineStr">
+        <is>
+          <t>D ECOPOWER</t>
+        </is>
+      </c>
+      <c r="D470" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E470" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F470" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Infracore Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="471" customHeight="true" ht="140.0">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>1521813</t>
+        </is>
+      </c>
+      <c r="C471" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI I20</t>
+        </is>
+      </c>
+      <c r="D471" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E471" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F471" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="472" customHeight="true" ht="140.0">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>1521812</t>
+        </is>
+      </c>
+      <c r="C472" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI I25</t>
+        </is>
+      </c>
+      <c r="D472" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E472" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F472" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="473" customHeight="true" ht="140.0">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>1521811</t>
+        </is>
+      </c>
+      <c r="C473" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI I35</t>
+        </is>
+      </c>
+      <c r="D473" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E473" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F473" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="474" customHeight="true" ht="140.0">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>1521810</t>
+        </is>
+      </c>
+      <c r="C474" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI I45</t>
+        </is>
+      </c>
+      <c r="D474" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E474" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F474" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="475" customHeight="true" ht="140.0">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>1521809</t>
+        </is>
+      </c>
+      <c r="C475" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ione</t>
+        </is>
+      </c>
+      <c r="D475" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E475" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F475" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="476" customHeight="true" ht="140.0">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>1509974</t>
+        </is>
+      </c>
+      <c r="C476" s="1" t="inlineStr">
+        <is>
+          <t>iAccessorise</t>
+        </is>
+      </c>
+      <c r="D476" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E476" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F476" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="477" customHeight="true" ht="140.0">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>1502247</t>
+        </is>
+      </c>
+      <c r="C477" s="1" t="inlineStr">
+        <is>
+          <t>GOALS FOR GRASSROOTS</t>
+        </is>
+      </c>
+      <c r="D477" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E477" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F477" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="478" customHeight="true" ht="140.0">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>1492867</t>
+        </is>
+      </c>
+      <c r="C478" s="1" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+      <c r="D478" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E478" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F478" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="479" customHeight="true" ht="140.0">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>1492866</t>
+        </is>
+      </c>
+      <c r="C479" s="1" t="inlineStr">
+        <is>
+          <t>VELOSTER SR</t>
+        </is>
+      </c>
+      <c r="D479" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E479" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F479" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="480" customHeight="true" ht="140.0">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>1492865</t>
+        </is>
+      </c>
+      <c r="C480" s="1" t="inlineStr">
+        <is>
+          <t>ELANTRA SR</t>
+        </is>
+      </c>
+      <c r="D480" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E480" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F480" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="481" customHeight="true" ht="140.0">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>1492864</t>
+        </is>
+      </c>
+      <c r="C481" s="1" t="inlineStr">
+        <is>
+          <t>i30 SR</t>
+        </is>
+      </c>
+      <c r="D481" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E481" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F481" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="482" customHeight="true" ht="140.0">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>1492863</t>
+        </is>
+      </c>
+      <c r="C482" s="1" t="inlineStr">
+        <is>
+          <t>ACCENT SR</t>
+        </is>
+      </c>
+      <c r="D482" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E482" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F482" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="483" customHeight="true" ht="140.0">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>1490114</t>
+        </is>
+      </c>
+      <c r="C483" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D483" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E483" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F483" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="484" customHeight="true" ht="140.0">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>1489424</t>
+        </is>
+      </c>
+      <c r="C484" s="1" t="inlineStr">
+        <is>
+          <t>BESF1TS</t>
+        </is>
+      </c>
+      <c r="D484" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E484" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 11, 12</t>
+        </is>
+      </c>
+      <c r="F484" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Mobis Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="485" customHeight="true" ht="140.0">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>1489052</t>
+        </is>
+      </c>
+      <c r="C485" s="1" t="inlineStr">
+        <is>
+          <t>i20</t>
+        </is>
+      </c>
+      <c r="D485" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E485" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F485" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="486" customHeight="true" ht="140.0">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>1489006</t>
+        </is>
+      </c>
+      <c r="C486" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CAPITAL</t>
+        </is>
+      </c>
+      <c r="D486" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E486" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F486" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Capital Services, Inc</t>
+        </is>
+      </c>
+    </row>
+    <row r="487" customHeight="true" ht="140.0">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>1488996</t>
+        </is>
+      </c>
+      <c r="C487" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CAPITAL</t>
+        </is>
+      </c>
+      <c r="D487" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E487" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F487" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Capital Services, Inc</t>
+        </is>
+      </c>
+    </row>
+    <row r="488" customHeight="true" ht="140.0">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>1480334</t>
+        </is>
+      </c>
+      <c r="C488" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI CERTIFIED</t>
+        </is>
+      </c>
+      <c r="D488" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E488" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F488" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="489" customHeight="true" ht="140.0">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>1458453</t>
+        </is>
+      </c>
+      <c r="C489" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI HEAVY INDUSTRIES CO., LTD.</t>
+        </is>
+      </c>
+      <c r="D489" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="F228" s="1" t="inlineStr">
+      <c r="E489" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F489" s="1" t="inlineStr">
+        <is>
+          <t>HD HYUNDAI CO., LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="490" customHeight="true" ht="140.0">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>1448819</t>
+        </is>
+      </c>
+      <c r="C490" s="1" t="inlineStr">
+        <is>
+          <t>i40 TOURER</t>
+        </is>
+      </c>
+      <c r="D490" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E490" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F490" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="229" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D229" s="1" t="inlineStr">
+    <row r="491" customHeight="true" ht="140.0">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>1448440</t>
+        </is>
+      </c>
+      <c r="C491" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D491" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F229" s="1" t="inlineStr">
+      <c r="E491" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F491" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company,</t>
+        </is>
+      </c>
+    </row>
+    <row r="492" customHeight="true" ht="140.0">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>1423298</t>
+        </is>
+      </c>
+      <c r="C492" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI BEFORE SERVICE</t>
+        </is>
+      </c>
+      <c r="D492" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E492" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F492" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="230" customHeight="true" ht="140.0">
-[...21 lines deleted...]
-      <c r="F230" s="1" t="inlineStr">
+    <row r="493" customHeight="true" ht="140.0">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>1421963</t>
+        </is>
+      </c>
+      <c r="C493" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI BEFORE SERVICE</t>
+        </is>
+      </c>
+      <c r="D493" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E493" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F493" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="231" customHeight="true" ht="140.0">
-[...1046 lines deleted...]
-      <c r="D268" s="1" t="inlineStr">
+    <row r="494" customHeight="true" ht="140.0">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>1414441</t>
+        </is>
+      </c>
+      <c r="C494" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI NEW THINKING. NEW POSSIBILITIES.</t>
+        </is>
+      </c>
+      <c r="D494" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E268" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D270" s="1" t="inlineStr">
+      <c r="E494" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F494" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="495" customHeight="true" ht="140.0">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>1401096</t>
+        </is>
+      </c>
+      <c r="C495" s="1" t="inlineStr">
+        <is>
+          <t>BLUELINK</t>
+        </is>
+      </c>
+      <c r="D495" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E270" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F270" s="1" t="inlineStr">
+      <c r="E495" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F495" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="271" customHeight="true" ht="140.0">
-[...654 lines deleted...]
-      <c r="D294" s="1" t="inlineStr">
+    <row r="496" customHeight="true" ht="140.0">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>1400884</t>
+        </is>
+      </c>
+      <c r="C496" s="1" t="inlineStr">
+        <is>
+          <t>H HYUNDAI QUICK SERVICE</t>
+        </is>
+      </c>
+      <c r="D496" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E294" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="F295" s="1" t="inlineStr">
+      <c r="E496" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F496" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
-        </is>
-[...5626 lines deleted...]
-          <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="497" customHeight="true" ht="140.0">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>1397290</t>
+          <t>1397349</t>
         </is>
       </c>
       <c r="C497" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI ix20</t>
+          <t>HYUNDAI ix35</t>
         </is>
       </c>
       <c r="D497" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E497" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F497" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI MOTOR COMPANY</t>
+          <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="498" customHeight="true" ht="140.0">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>1397289</t>
+          <t>1397292</t>
         </is>
       </c>
       <c r="C498" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI ix15</t>
+          <t>HYUNDAI ix30</t>
         </is>
       </c>
       <c r="D498" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E498" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F498" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="499" customHeight="true" ht="140.0">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>1397288</t>
+          <t>1397291</t>
         </is>
       </c>
       <c r="C499" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI ix55</t>
+          <t>HYUNDAI ix25</t>
         </is>
       </c>
       <c r="D499" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E499" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F499" s="1" t="inlineStr">
         <is>
-          <t>Hyundai Motor Company</t>
+          <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="500" customHeight="true" ht="140.0">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>1397287</t>
+          <t>1397290</t>
         </is>
       </c>
       <c r="C500" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI ix45</t>
+          <t>HYUNDAI ix20</t>
         </is>
       </c>
       <c r="D500" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E500" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F500" s="1" t="inlineStr">
         <is>
-          <t>Hyundai Motor Company</t>
+          <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="501" customHeight="true" ht="140.0">
       <c r="A501" s="1" t="inlineStr">
         <is>
+          <t>1397289</t>
+        </is>
+      </c>
+      <c r="C501" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ix15</t>
+        </is>
+      </c>
+      <c r="D501" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E501" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F501" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI MOTOR COMPANY</t>
+        </is>
+      </c>
+    </row>
+    <row r="502" customHeight="true" ht="140.0">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>1397288</t>
+        </is>
+      </c>
+      <c r="C502" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ix55</t>
+        </is>
+      </c>
+      <c r="D502" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E502" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F502" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="503" customHeight="true" ht="140.0">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>1397287</t>
+        </is>
+      </c>
+      <c r="C503" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ix45</t>
+        </is>
+      </c>
+      <c r="D503" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E503" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F503" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="504" customHeight="true" ht="140.0">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
           <t>1396594</t>
         </is>
       </c>
-      <c r="C501" s="1" t="inlineStr">
+      <c r="C504" s="1" t="inlineStr">
         <is>
           <t>ACTUNE</t>
         </is>
       </c>
-      <c r="D501" s="1" t="inlineStr">
+      <c r="D504" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E501" s="1" t="inlineStr">
+      <c r="E504" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F501" s="1" t="inlineStr">
+      <c r="F504" s="1" t="inlineStr">
         <is>
           <t>Hyundai Mobis Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="502" customHeight="true" ht="140.0">
-      <c r="A502" s="1" t="inlineStr">
+    <row r="505" customHeight="true" ht="140.0">
+      <c r="A505" s="1" t="inlineStr">
         <is>
           <t>1396124</t>
         </is>
       </c>
-      <c r="C502" s="1" t="inlineStr">
+      <c r="C505" s="1" t="inlineStr">
         <is>
           <t>VELOSTER</t>
         </is>
       </c>
-      <c r="D502" s="1" t="inlineStr">
+      <c r="D505" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E502" s="1" t="inlineStr">
+      <c r="E505" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F502" s="1" t="inlineStr">
+      <c r="F505" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="503" customHeight="true" ht="140.0">
-      <c r="A503" s="1" t="inlineStr">
+    <row r="506" customHeight="true" ht="140.0">
+      <c r="A506" s="1" t="inlineStr">
         <is>
           <t>1387611</t>
         </is>
       </c>
-      <c r="C503" s="1" t="inlineStr">
+      <c r="C506" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D503" s="1" t="inlineStr">
+      <c r="D506" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E503" s="1" t="inlineStr">
+      <c r="E506" s="1" t="inlineStr">
         <is>
           <t>9, 11</t>
         </is>
       </c>
-      <c r="F503" s="1" t="inlineStr">
+      <c r="F506" s="1" t="inlineStr">
         <is>
           <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="504" customHeight="true" ht="140.0">
-      <c r="A504" s="1" t="inlineStr">
+    <row r="507" customHeight="true" ht="140.0">
+      <c r="A507" s="1" t="inlineStr">
         <is>
           <t>1386396</t>
         </is>
       </c>
-      <c r="C504" s="1" t="inlineStr">
+      <c r="C507" s="1" t="inlineStr">
         <is>
           <t>Booth's Motor Group
 Booth's Hyundai
 Booth's Mitsubishi
 Booth's Proton</t>
         </is>
       </c>
-      <c r="D504" s="1" t="inlineStr">
+      <c r="D507" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E504" s="1" t="inlineStr">
+      <c r="E507" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F504" s="1" t="inlineStr">
+      <c r="F507" s="1" t="inlineStr">
         <is>
           <t>EJ &amp; WA Booth Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="505" customHeight="true" ht="140.0">
-      <c r="A505" s="1" t="inlineStr">
+    <row r="508" customHeight="true" ht="140.0">
+      <c r="A508" s="1" t="inlineStr">
         <is>
           <t>1386095</t>
         </is>
       </c>
-      <c r="C505" s="1" t="inlineStr">
+      <c r="C508" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI I40</t>
         </is>
       </c>
-      <c r="D505" s="1" t="inlineStr">
+      <c r="D508" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E505" s="1" t="inlineStr">
+      <c r="E508" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F505" s="1" t="inlineStr">
+      <c r="F508" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="506" customHeight="true" ht="140.0">
-      <c r="A506" s="1" t="inlineStr">
+    <row r="509" customHeight="true" ht="140.0">
+      <c r="A509" s="1" t="inlineStr">
         <is>
           <t>1386094</t>
         </is>
       </c>
-      <c r="C506" s="1" t="inlineStr">
+      <c r="C509" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI I20</t>
         </is>
       </c>
-      <c r="D506" s="1" t="inlineStr">
+      <c r="D509" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E506" s="1" t="inlineStr">
+      <c r="E509" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F506" s="1" t="inlineStr">
+      <c r="F509" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="507" customHeight="true" ht="140.0">
-      <c r="A507" s="1" t="inlineStr">
+    <row r="510" customHeight="true" ht="140.0">
+      <c r="A510" s="1" t="inlineStr">
         <is>
           <t>1386078</t>
         </is>
       </c>
-      <c r="C507" s="1" t="inlineStr">
+      <c r="C510" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI I25</t>
         </is>
       </c>
-      <c r="D507" s="1" t="inlineStr">
+      <c r="D510" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E507" s="1" t="inlineStr">
+      <c r="E510" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F507" s="1" t="inlineStr">
+      <c r="F510" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="508" customHeight="true" ht="140.0">
-      <c r="A508" s="1" t="inlineStr">
+    <row r="511" customHeight="true" ht="140.0">
+      <c r="A511" s="1" t="inlineStr">
         <is>
           <t>1386077</t>
         </is>
       </c>
-      <c r="C508" s="1" t="inlineStr">
+      <c r="C511" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI I35</t>
         </is>
       </c>
-      <c r="D508" s="1" t="inlineStr">
+      <c r="D511" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E508" s="1" t="inlineStr">
+      <c r="E511" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F508" s="1" t="inlineStr">
+      <c r="F511" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="509" customHeight="true" ht="140.0">
-      <c r="A509" s="1" t="inlineStr">
+    <row r="512" customHeight="true" ht="140.0">
+      <c r="A512" s="1" t="inlineStr">
         <is>
           <t>1386076</t>
         </is>
       </c>
-      <c r="C509" s="1" t="inlineStr">
+      <c r="C512" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI I45</t>
         </is>
       </c>
-      <c r="D509" s="1" t="inlineStr">
+      <c r="D512" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E509" s="1" t="inlineStr">
+      <c r="E512" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F509" s="1" t="inlineStr">
+      <c r="F512" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="510" customHeight="true" ht="140.0">
-      <c r="A510" s="1" t="inlineStr">
+    <row r="513" customHeight="true" ht="140.0">
+      <c r="A513" s="1" t="inlineStr">
         <is>
           <t>1386075</t>
         </is>
       </c>
-      <c r="C510" s="1" t="inlineStr">
+      <c r="C513" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI ione</t>
         </is>
       </c>
-      <c r="D510" s="1" t="inlineStr">
+      <c r="D513" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E510" s="1" t="inlineStr">
+      <c r="E513" s="1" t="inlineStr">
         <is>
           <t>12</t>
-        </is>
-[...82 lines deleted...]
-          <t>9</t>
         </is>
       </c>
       <c r="F513" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="514" customHeight="true" ht="140.0">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>1360921</t>
+          <t>1379667</t>
         </is>
       </c>
       <c r="C514" s="1" t="inlineStr">
         <is>
-          <t>H</t>
+          <t>HYUNDAI</t>
         </is>
       </c>
       <c r="D514" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E514" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7, 12</t>
         </is>
       </c>
       <c r="F514" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="515" customHeight="true" ht="140.0">
       <c r="A515" s="1" t="inlineStr">
         <is>
+          <t>1378999</t>
+        </is>
+      </c>
+      <c r="C515" s="1" t="inlineStr">
+        <is>
+          <t>BLUELINK</t>
+        </is>
+      </c>
+      <c r="D515" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E515" s="1" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="F515" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="516" customHeight="true" ht="140.0">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>1378997</t>
+        </is>
+      </c>
+      <c r="C516" s="1" t="inlineStr">
+        <is>
+          <t>BLUELINK</t>
+        </is>
+      </c>
+      <c r="D516" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E516" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F516" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="517" customHeight="true" ht="140.0">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>1360921</t>
+        </is>
+      </c>
+      <c r="C517" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D517" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E517" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F517" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="518" customHeight="true" ht="140.0">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
           <t>1355307</t>
         </is>
       </c>
-      <c r="C515" s="1" t="inlineStr">
+      <c r="C518" s="1" t="inlineStr">
         <is>
           <t>HLC HYUNDAI LOGIEM CO., LTD.</t>
         </is>
       </c>
-      <c r="D515" s="1" t="inlineStr">
+      <c r="D518" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E515" s="1" t="inlineStr">
+      <c r="E518" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F515" s="1" t="inlineStr">
+      <c r="F518" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI LOGIEM CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="516" customHeight="true" ht="140.0">
-      <c r="A516" s="1" t="inlineStr">
+    <row r="519" customHeight="true" ht="140.0">
+      <c r="A519" s="1" t="inlineStr">
         <is>
           <t>1355305</t>
         </is>
       </c>
-      <c r="C516" s="1" t="inlineStr">
+      <c r="C519" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI LOGIEM</t>
         </is>
       </c>
-      <c r="D516" s="1" t="inlineStr">
+      <c r="D519" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E516" s="1" t="inlineStr">
+      <c r="E519" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F516" s="1" t="inlineStr">
+      <c r="F519" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI LOGIEM CO., LTD.</t>
-        </is>
-[...82 lines deleted...]
-          <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="520" customHeight="true" ht="140.0">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>1347565</t>
+          <t>1347772</t>
         </is>
       </c>
       <c r="C520" s="1" t="inlineStr">
         <is>
-          <t>H</t>
+          <t>HYUNDAI</t>
         </is>
       </c>
       <c r="D520" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E520" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F520" s="1" t="inlineStr">
         <is>
-          <t>Hyundai Motor Company</t>
+          <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
     <row r="521" customHeight="true" ht="140.0">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>1347023</t>
+          <t>1347568</t>
         </is>
       </c>
       <c r="C521" s="1" t="inlineStr">
         <is>
-          <t>H I70</t>
+          <t>H</t>
         </is>
       </c>
       <c r="D521" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E521" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>35</t>
         </is>
       </c>
       <c r="F521" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="522" customHeight="true" ht="140.0">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>1347022</t>
+          <t>1347566</t>
         </is>
       </c>
       <c r="C522" s="1" t="inlineStr">
         <is>
-          <t>H I60</t>
+          <t>H</t>
         </is>
       </c>
       <c r="D522" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E522" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="F522" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="523" customHeight="true" ht="140.0">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>1347021</t>
+          <t>1347565</t>
         </is>
       </c>
       <c r="C523" s="1" t="inlineStr">
         <is>
-          <t>H I55</t>
+          <t>H</t>
         </is>
       </c>
       <c r="D523" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E523" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="F523" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="524" customHeight="true" ht="140.0">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>1347020</t>
+          <t>1347023</t>
         </is>
       </c>
       <c r="C524" s="1" t="inlineStr">
         <is>
-          <t>H I50</t>
+          <t>H I70</t>
         </is>
       </c>
       <c r="D524" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E524" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F524" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="525" customHeight="true" ht="140.0">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>1347019</t>
+          <t>1347022</t>
         </is>
       </c>
       <c r="C525" s="1" t="inlineStr">
         <is>
-          <t>H I45</t>
+          <t>H I60</t>
         </is>
       </c>
       <c r="D525" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E525" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F525" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="526" customHeight="true" ht="140.0">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>1347017</t>
+          <t>1347021</t>
         </is>
       </c>
       <c r="C526" s="1" t="inlineStr">
         <is>
-          <t>H I40</t>
+          <t>H I55</t>
         </is>
       </c>
       <c r="D526" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E526" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F526" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="527" customHeight="true" ht="140.0">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>1347015</t>
+          <t>1347020</t>
         </is>
       </c>
       <c r="C527" s="1" t="inlineStr">
         <is>
-          <t>H I20</t>
+          <t>H I50</t>
         </is>
       </c>
       <c r="D527" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E527" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F527" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="528" customHeight="true" ht="140.0">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>1347013</t>
+          <t>1347019</t>
         </is>
       </c>
       <c r="C528" s="1" t="inlineStr">
         <is>
-          <t>H I10</t>
+          <t>H I45</t>
         </is>
       </c>
       <c r="D528" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E528" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F528" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="529" customHeight="true" ht="140.0">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>1346422</t>
+          <t>1347017</t>
         </is>
       </c>
       <c r="C529" s="1" t="inlineStr">
         <is>
-          <t>ix35 VENTURE</t>
+          <t>H I40</t>
         </is>
       </c>
       <c r="D529" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E529" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F529" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="530" customHeight="true" ht="140.0">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>1346421</t>
+          <t>1347015</t>
         </is>
       </c>
       <c r="C530" s="1" t="inlineStr">
         <is>
-          <t>ix35 HIGHLANDER</t>
+          <t>H I20</t>
         </is>
       </c>
       <c r="D530" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E530" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F530" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="531" customHeight="true" ht="140.0">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>1346419</t>
+          <t>1347013</t>
         </is>
       </c>
       <c r="C531" s="1" t="inlineStr">
         <is>
-          <t>ix35 ACTIVE</t>
+          <t>H I10</t>
         </is>
       </c>
       <c r="D531" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E531" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F531" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="532" customHeight="true" ht="140.0">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>1346417</t>
+          <t>1346422</t>
         </is>
       </c>
       <c r="C532" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI HD75</t>
+          <t>ix35 VENTURE</t>
         </is>
       </c>
       <c r="D532" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E532" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F532" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="533" customHeight="true" ht="140.0">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>1346415</t>
+          <t>1346421</t>
         </is>
       </c>
       <c r="C533" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI HD65</t>
+          <t>ix35 HIGHLANDER</t>
         </is>
       </c>
       <c r="D533" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E533" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F533" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="534" customHeight="true" ht="140.0">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>1346412</t>
+          <t>1346419</t>
         </is>
       </c>
       <c r="C534" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI HD45</t>
+          <t>ix35 ACTIVE</t>
         </is>
       </c>
       <c r="D534" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E534" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F534" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="535" customHeight="true" ht="140.0">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>1346405</t>
+          <t>1346417</t>
         </is>
       </c>
       <c r="C535" s="1" t="inlineStr">
         <is>
-          <t>HD75</t>
+          <t>HYUNDAI HD75</t>
         </is>
       </c>
       <c r="D535" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E535" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F535" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="536" customHeight="true" ht="140.0">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>1346401</t>
+          <t>1346415</t>
         </is>
       </c>
       <c r="C536" s="1" t="inlineStr">
         <is>
-          <t>HD65</t>
+          <t>HYUNDAI HD65</t>
         </is>
       </c>
       <c r="D536" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E536" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F536" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="537" customHeight="true" ht="140.0">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>1346395</t>
+          <t>1346412</t>
         </is>
       </c>
       <c r="C537" s="1" t="inlineStr">
         <is>
-          <t>HD45</t>
+          <t>HYUNDAI HD45</t>
         </is>
       </c>
       <c r="D537" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E537" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F537" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="538" customHeight="true" ht="140.0">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>1331973</t>
+          <t>1346405</t>
         </is>
       </c>
       <c r="C538" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI MERCHANT MARINE</t>
+          <t>HD75</t>
         </is>
       </c>
       <c r="D538" s="1" t="inlineStr">
         <is>
-          <t>Protected:
+          <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E538" s="1" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F538" s="1" t="inlineStr">
         <is>
-          <t>HMM COMPANY LIMITED</t>
+          <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="539" customHeight="true" ht="140.0">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>1330341</t>
+          <t>1346401</t>
         </is>
       </c>
       <c r="C539" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI</t>
+          <t>HD65</t>
         </is>
       </c>
       <c r="D539" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E539" s="1" t="inlineStr">
         <is>
-          <t>10, 28</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F539" s="1" t="inlineStr">
         <is>
-          <t>HD Hyundai Co., Ltd.</t>
+          <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="540" customHeight="true" ht="140.0">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>1328419</t>
+          <t>1346395</t>
         </is>
       </c>
       <c r="C540" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI MERCHANT MARINE</t>
+          <t>HD45</t>
         </is>
       </c>
       <c r="D540" s="1" t="inlineStr">
         <is>
-          <t>Protected:
+          <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E540" s="1" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>12</t>
         </is>
       </c>
       <c r="F540" s="1" t="inlineStr">
         <is>
-          <t>HMM COMPANY LIMITED</t>
+          <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="541" customHeight="true" ht="140.0">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>1315624</t>
+          <t>1331973</t>
         </is>
       </c>
       <c r="C541" s="1" t="inlineStr">
         <is>
-          <t>H I 30CW</t>
+          <t>HYUNDAI MERCHANT MARINE</t>
         </is>
       </c>
       <c r="D541" s="1" t="inlineStr">
         <is>
-          <t>Registered:
+          <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E541" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>39</t>
         </is>
       </c>
       <c r="F541" s="1" t="inlineStr">
         <is>
-          <t>Hyundai Motor Company</t>
+          <t>HMM COMPANY LIMITED</t>
         </is>
       </c>
     </row>
     <row r="542" customHeight="true" ht="140.0">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>1309444</t>
+          <t>1330341</t>
         </is>
       </c>
       <c r="C542" s="1" t="inlineStr">
         <is>
-          <t>i40e</t>
+          <t>HYUNDAI</t>
         </is>
       </c>
       <c r="D542" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E542" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10, 28</t>
         </is>
       </c>
       <c r="F542" s="1" t="inlineStr">
         <is>
-          <t>Hyundai Motor Company</t>
+          <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
     <row r="543" customHeight="true" ht="140.0">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>1309428</t>
+          <t>1328419</t>
         </is>
       </c>
       <c r="C543" s="1" t="inlineStr">
         <is>
-          <t>i40s</t>
+          <t>HYUNDAI MERCHANT MARINE</t>
         </is>
       </c>
       <c r="D543" s="1" t="inlineStr">
         <is>
-          <t>Registered:
+          <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E543" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>39</t>
         </is>
       </c>
       <c r="F543" s="1" t="inlineStr">
         <is>
-          <t>Hyundai Motor Company</t>
+          <t>HMM COMPANY LIMITED</t>
         </is>
       </c>
     </row>
     <row r="544" customHeight="true" ht="140.0">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>1308222</t>
+          <t>1315624</t>
         </is>
       </c>
       <c r="C544" s="1" t="inlineStr">
         <is>
-          <t>iX75</t>
+          <t>H I 30CW</t>
         </is>
       </c>
       <c r="D544" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E544" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F544" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="545" customHeight="true" ht="140.0">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>1308219</t>
+          <t>1309444</t>
         </is>
       </c>
       <c r="C545" s="1" t="inlineStr">
         <is>
-          <t>iX65</t>
+          <t>i40e</t>
         </is>
       </c>
       <c r="D545" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E545" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F545" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="546" customHeight="true" ht="140.0">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>1308217</t>
+          <t>1309428</t>
         </is>
       </c>
       <c r="C546" s="1" t="inlineStr">
         <is>
-          <t>iX55</t>
+          <t>i40s</t>
         </is>
       </c>
       <c r="D546" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E546" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F546" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="547" customHeight="true" ht="140.0">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>1308216</t>
+          <t>1308222</t>
         </is>
       </c>
       <c r="C547" s="1" t="inlineStr">
         <is>
-          <t>iX45</t>
+          <t>iX75</t>
         </is>
       </c>
       <c r="D547" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E547" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F547" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="548" customHeight="true" ht="140.0">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>1308212</t>
+          <t>1308219</t>
         </is>
       </c>
       <c r="C548" s="1" t="inlineStr">
         <is>
-          <t>iX35</t>
+          <t>iX65</t>
         </is>
       </c>
       <c r="D548" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E548" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F548" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="549" customHeight="true" ht="140.0">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>1308209</t>
+          <t>1308217</t>
         </is>
       </c>
       <c r="C549" s="1" t="inlineStr">
         <is>
-          <t>iX25</t>
+          <t>iX55</t>
         </is>
       </c>
       <c r="D549" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E549" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F549" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="550" customHeight="true" ht="140.0">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>1308207</t>
+          <t>1308216</t>
         </is>
       </c>
       <c r="C550" s="1" t="inlineStr">
         <is>
-          <t>iX15</t>
+          <t>iX45</t>
         </is>
       </c>
       <c r="D550" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E550" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F550" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="551" customHeight="true" ht="140.0">
       <c r="A551" s="1" t="inlineStr">
         <is>
+          <t>1308212</t>
+        </is>
+      </c>
+      <c r="C551" s="1" t="inlineStr">
+        <is>
+          <t>iX35</t>
+        </is>
+      </c>
+      <c r="D551" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E551" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F551" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="552" customHeight="true" ht="140.0">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>1308209</t>
+        </is>
+      </c>
+      <c r="C552" s="1" t="inlineStr">
+        <is>
+          <t>iX25</t>
+        </is>
+      </c>
+      <c r="D552" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E552" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F552" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="553" customHeight="true" ht="140.0">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>1308207</t>
+        </is>
+      </c>
+      <c r="C553" s="1" t="inlineStr">
+        <is>
+          <t>iX15</t>
+        </is>
+      </c>
+      <c r="D553" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E553" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F553" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="554" customHeight="true" ht="140.0">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
           <t>1308206</t>
         </is>
       </c>
-      <c r="C551" s="1" t="inlineStr">
+      <c r="C554" s="1" t="inlineStr">
         <is>
           <t>i55</t>
         </is>
       </c>
-      <c r="D551" s="1" t="inlineStr">
+      <c r="D554" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E551" s="1" t="inlineStr">
+      <c r="E554" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F551" s="1" t="inlineStr">
+      <c r="F554" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="552" customHeight="true" ht="140.0">
-      <c r="A552" s="1" t="inlineStr">
+    <row r="555" customHeight="true" ht="140.0">
+      <c r="A555" s="1" t="inlineStr">
         <is>
           <t>1308204</t>
         </is>
       </c>
-      <c r="C552" s="1" t="inlineStr">
+      <c r="C555" s="1" t="inlineStr">
         <is>
           <t>i45</t>
         </is>
       </c>
-      <c r="D552" s="1" t="inlineStr">
+      <c r="D555" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E552" s="1" t="inlineStr">
+      <c r="E555" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F552" s="1" t="inlineStr">
+      <c r="F555" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="553" customHeight="true" ht="140.0">
-      <c r="A553" s="1" t="inlineStr">
+    <row r="556" customHeight="true" ht="140.0">
+      <c r="A556" s="1" t="inlineStr">
         <is>
           <t>1308189</t>
         </is>
       </c>
-      <c r="C553" s="1" t="inlineStr">
+      <c r="C556" s="1" t="inlineStr">
         <is>
           <t>i70</t>
         </is>
       </c>
-      <c r="D553" s="1" t="inlineStr">
+      <c r="D556" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E553" s="1" t="inlineStr">
+      <c r="E556" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F553" s="1" t="inlineStr">
+      <c r="F556" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="554" customHeight="true" ht="140.0">
-      <c r="A554" s="1" t="inlineStr">
+    <row r="557" customHeight="true" ht="140.0">
+      <c r="A557" s="1" t="inlineStr">
         <is>
           <t>1308186</t>
         </is>
       </c>
-      <c r="C554" s="1" t="inlineStr">
+      <c r="C557" s="1" t="inlineStr">
         <is>
           <t>i60</t>
         </is>
       </c>
-      <c r="D554" s="1" t="inlineStr">
+      <c r="D557" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E554" s="1" t="inlineStr">
+      <c r="E557" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F554" s="1" t="inlineStr">
+      <c r="F557" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="555" customHeight="true" ht="140.0">
-      <c r="A555" s="1" t="inlineStr">
+    <row r="558" customHeight="true" ht="140.0">
+      <c r="A558" s="1" t="inlineStr">
         <is>
           <t>1308184</t>
         </is>
       </c>
-      <c r="C555" s="1" t="inlineStr">
+      <c r="C558" s="1" t="inlineStr">
         <is>
           <t>i20</t>
         </is>
       </c>
-      <c r="D555" s="1" t="inlineStr">
+      <c r="D558" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E555" s="1" t="inlineStr">
+      <c r="E558" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F555" s="1" t="inlineStr">
+      <c r="F558" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="556" customHeight="true" ht="140.0">
-      <c r="A556" s="1" t="inlineStr">
+    <row r="559" customHeight="true" ht="140.0">
+      <c r="A559" s="1" t="inlineStr">
         <is>
           <t>1308182</t>
         </is>
       </c>
-      <c r="C556" s="1" t="inlineStr">
+      <c r="C559" s="1" t="inlineStr">
         <is>
           <t>i10</t>
         </is>
       </c>
-      <c r="D556" s="1" t="inlineStr">
+      <c r="D559" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E556" s="1" t="inlineStr">
+      <c r="E559" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F556" s="1" t="inlineStr">
+      <c r="F559" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="557" customHeight="true" ht="140.0">
-      <c r="A557" s="1" t="inlineStr">
+    <row r="560" customHeight="true" ht="140.0">
+      <c r="A560" s="1" t="inlineStr">
         <is>
           <t>1303102</t>
         </is>
       </c>
-      <c r="C557" s="1" t="inlineStr">
+      <c r="C560" s="1" t="inlineStr">
         <is>
           <t>MOBIS DRIVING SCIENCE</t>
         </is>
       </c>
-      <c r="D557" s="1" t="inlineStr">
+      <c r="D560" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E557" s="1" t="inlineStr">
+      <c r="E560" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F557" s="1" t="inlineStr">
+      <c r="F560" s="1" t="inlineStr">
         <is>
           <t>Hyundai Mobis Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="558" customHeight="true" ht="140.0">
-      <c r="A558" s="1" t="inlineStr">
+    <row r="561" customHeight="true" ht="140.0">
+      <c r="A561" s="1" t="inlineStr">
         <is>
           <t>1300042</t>
         </is>
       </c>
-      <c r="C558" s="1" t="inlineStr">
+      <c r="C561" s="1" t="inlineStr">
         <is>
           <t>i50</t>
         </is>
       </c>
-      <c r="D558" s="1" t="inlineStr">
+      <c r="D561" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E558" s="1" t="inlineStr">
+      <c r="E561" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F558" s="1" t="inlineStr">
+      <c r="F561" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="559" customHeight="true" ht="140.0">
-      <c r="A559" s="1" t="inlineStr">
+    <row r="562" customHeight="true" ht="140.0">
+      <c r="A562" s="1" t="inlineStr">
         <is>
           <t>1300039</t>
         </is>
       </c>
-      <c r="C559" s="1" t="inlineStr">
+      <c r="C562" s="1" t="inlineStr">
         <is>
           <t>i40</t>
         </is>
       </c>
-      <c r="D559" s="1" t="inlineStr">
+      <c r="D562" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E559" s="1" t="inlineStr">
+      <c r="E562" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F559" s="1" t="inlineStr">
+      <c r="F562" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="560" customHeight="true" ht="140.0">
-      <c r="A560" s="1" t="inlineStr">
+    <row r="563" customHeight="true" ht="140.0">
+      <c r="A563" s="1" t="inlineStr">
         <is>
           <t>1270813</t>
         </is>
       </c>
-      <c r="C560" s="1" t="inlineStr">
+      <c r="C563" s="1" t="inlineStr">
         <is>
           <t>SOLAR INFINITY</t>
         </is>
       </c>
-      <c r="D560" s="1" t="inlineStr">
+      <c r="D563" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E560" s="1" t="inlineStr">
+      <c r="E563" s="1" t="inlineStr">
         <is>
           <t>9, 11</t>
         </is>
       </c>
-      <c r="F560" s="1" t="inlineStr">
+      <c r="F563" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI HEAVY INDUSTRIES CO., LTD.</t>
-        </is>
-[...82 lines deleted...]
-          <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="564" customHeight="true" ht="140.0">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>1269052</t>
+          <t>1269333</t>
         </is>
       </c>
       <c r="C564" s="1" t="inlineStr">
         <is>
-          <t>HYUNDAI ix35</t>
+          <t>iWear</t>
         </is>
       </c>
       <c r="D564" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E564" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>14, 16, 18</t>
         </is>
       </c>
       <c r="F564" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="565" customHeight="true" ht="140.0">
       <c r="A565" s="1" t="inlineStr">
         <is>
+          <t>1269330</t>
+        </is>
+      </c>
+      <c r="C565" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai iWear</t>
+        </is>
+      </c>
+      <c r="D565" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E565" s="1" t="inlineStr">
+        <is>
+          <t>14, 16, 18, 25</t>
+        </is>
+      </c>
+      <c r="F565" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="566" customHeight="true" ht="140.0">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>1269053</t>
+        </is>
+      </c>
+      <c r="C566" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI iCare</t>
+        </is>
+      </c>
+      <c r="D566" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E566" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F566" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="567" customHeight="true" ht="140.0">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>1269052</t>
+        </is>
+      </c>
+      <c r="C567" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI ix35</t>
+        </is>
+      </c>
+      <c r="D567" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E567" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F567" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="568" customHeight="true" ht="140.0">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
           <t>1253599</t>
         </is>
       </c>
-      <c r="C565" s="1" t="inlineStr">
+      <c r="C568" s="1" t="inlineStr">
         <is>
           <t>GENESIS I
 GENESIS II</t>
         </is>
       </c>
-      <c r="D565" s="1" t="inlineStr">
+      <c r="D568" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E565" s="1" t="inlineStr">
+      <c r="E568" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F565" s="1" t="inlineStr">
+      <c r="F568" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="566" customHeight="true" ht="140.0">
-      <c r="A566" s="1" t="inlineStr">
+    <row r="569" customHeight="true" ht="140.0">
+      <c r="A569" s="1" t="inlineStr">
         <is>
           <t>1249266</t>
         </is>
       </c>
-      <c r="C566" s="1" t="inlineStr">
+      <c r="C569" s="1" t="inlineStr">
         <is>
           <t>SpeedNavi</t>
         </is>
       </c>
-      <c r="D566" s="1" t="inlineStr">
+      <c r="D569" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E566" s="1" t="inlineStr">
+      <c r="E569" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F566" s="1" t="inlineStr">
+      <c r="F569" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MNSOFT, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="567" customHeight="true" ht="140.0">
-      <c r="A567" s="1" t="inlineStr">
+    <row r="570" customHeight="true" ht="140.0">
+      <c r="A570" s="1" t="inlineStr">
         <is>
           <t>1243150</t>
         </is>
       </c>
-      <c r="C567" s="1" t="inlineStr">
+      <c r="C570" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MULTICAV</t>
         </is>
       </c>
-      <c r="D567" s="1" t="inlineStr">
+      <c r="D570" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E567" s="1" t="inlineStr">
+      <c r="E570" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F567" s="1" t="inlineStr">
+      <c r="F570" s="1" t="inlineStr">
         <is>
           <t>Hyundai Digital Limited</t>
         </is>
       </c>
     </row>
-    <row r="568" customHeight="true" ht="140.0">
-      <c r="A568" s="1" t="inlineStr">
+    <row r="571" customHeight="true" ht="140.0">
+      <c r="A571" s="1" t="inlineStr">
         <is>
           <t>1231668</t>
         </is>
       </c>
-      <c r="C568" s="1" t="inlineStr">
+      <c r="C571" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI i30</t>
         </is>
       </c>
-      <c r="D568" s="1" t="inlineStr">
+      <c r="D571" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E568" s="1" t="inlineStr">
+      <c r="E571" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F568" s="1" t="inlineStr">
+      <c r="F571" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="569" customHeight="true" ht="140.0">
-      <c r="A569" s="1" t="inlineStr">
+    <row r="572" customHeight="true" ht="140.0">
+      <c r="A572" s="1" t="inlineStr">
         <is>
           <t>1226497</t>
         </is>
       </c>
-      <c r="C569" s="1" t="inlineStr">
+      <c r="C572" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI BlueDrive</t>
         </is>
       </c>
-      <c r="D569" s="1" t="inlineStr">
+      <c r="D572" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E569" s="1" t="inlineStr">
+      <c r="E572" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F569" s="1" t="inlineStr">
+      <c r="F572" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="570" customHeight="true" ht="140.0">
-      <c r="A570" s="1" t="inlineStr">
+    <row r="573" customHeight="true" ht="140.0">
+      <c r="A573" s="1" t="inlineStr">
         <is>
           <t>1214097</t>
         </is>
       </c>
-      <c r="C570" s="1" t="inlineStr">
+      <c r="C573" s="1" t="inlineStr">
         <is>
           <t>i70</t>
         </is>
       </c>
-      <c r="D570" s="1" t="inlineStr">
+      <c r="D573" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E570" s="1" t="inlineStr">
+      <c r="E573" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F570" s="1" t="inlineStr">
+      <c r="F573" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="571" customHeight="true" ht="140.0">
-      <c r="A571" s="1" t="inlineStr">
+    <row r="574" customHeight="true" ht="140.0">
+      <c r="A574" s="1" t="inlineStr">
         <is>
           <t>1214096</t>
         </is>
       </c>
-      <c r="C571" s="1" t="inlineStr">
+      <c r="C574" s="1" t="inlineStr">
         <is>
           <t>i60</t>
         </is>
       </c>
-      <c r="D571" s="1" t="inlineStr">
+      <c r="D574" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E571" s="1" t="inlineStr">
+      <c r="E574" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F571" s="1" t="inlineStr">
+      <c r="F574" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="572" customHeight="true" ht="140.0">
-      <c r="A572" s="1" t="inlineStr">
+    <row r="575" customHeight="true" ht="140.0">
+      <c r="A575" s="1" t="inlineStr">
         <is>
           <t>1214095</t>
         </is>
       </c>
-      <c r="C572" s="1" t="inlineStr">
+      <c r="C575" s="1" t="inlineStr">
         <is>
           <t>i50</t>
         </is>
       </c>
-      <c r="D572" s="1" t="inlineStr">
+      <c r="D575" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E572" s="1" t="inlineStr">
+      <c r="E575" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F572" s="1" t="inlineStr">
+      <c r="F575" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="573" customHeight="true" ht="140.0">
-      <c r="A573" s="1" t="inlineStr">
+    <row r="576" customHeight="true" ht="140.0">
+      <c r="A576" s="1" t="inlineStr">
         <is>
           <t>1214094</t>
         </is>
       </c>
-      <c r="C573" s="1" t="inlineStr">
+      <c r="C576" s="1" t="inlineStr">
         <is>
           <t>i40</t>
         </is>
       </c>
-      <c r="D573" s="1" t="inlineStr">
+      <c r="D576" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E573" s="1" t="inlineStr">
+      <c r="E576" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F573" s="1" t="inlineStr">
+      <c r="F576" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="574" customHeight="true" ht="140.0">
-      <c r="A574" s="1" t="inlineStr">
+    <row r="577" customHeight="true" ht="140.0">
+      <c r="A577" s="1" t="inlineStr">
         <is>
           <t>1214093</t>
         </is>
       </c>
-      <c r="C574" s="1" t="inlineStr">
+      <c r="C577" s="1" t="inlineStr">
         <is>
           <t>i20</t>
         </is>
       </c>
-      <c r="D574" s="1" t="inlineStr">
+      <c r="D577" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E574" s="1" t="inlineStr">
+      <c r="E577" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F574" s="1" t="inlineStr">
+      <c r="F577" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="575" customHeight="true" ht="140.0">
-      <c r="A575" s="1" t="inlineStr">
+    <row r="578" customHeight="true" ht="140.0">
+      <c r="A578" s="1" t="inlineStr">
         <is>
           <t>1214092</t>
         </is>
       </c>
-      <c r="C575" s="1" t="inlineStr">
+      <c r="C578" s="1" t="inlineStr">
         <is>
           <t>i10</t>
         </is>
       </c>
-      <c r="D575" s="1" t="inlineStr">
+      <c r="D578" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E575" s="1" t="inlineStr">
+      <c r="E578" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F575" s="1" t="inlineStr">
+      <c r="F578" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="576" customHeight="true" ht="140.0">
-      <c r="A576" s="1" t="inlineStr">
+    <row r="579" customHeight="true" ht="140.0">
+      <c r="A579" s="1" t="inlineStr">
         <is>
           <t>1214091</t>
         </is>
       </c>
-      <c r="C576" s="1" t="inlineStr">
+      <c r="C579" s="1" t="inlineStr">
         <is>
           <t>i80</t>
         </is>
       </c>
-      <c r="D576" s="1" t="inlineStr">
+      <c r="D579" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E576" s="1" t="inlineStr">
+      <c r="E579" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F576" s="1" t="inlineStr">
+      <c r="F579" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="577" customHeight="true" ht="140.0">
-      <c r="A577" s="1" t="inlineStr">
+    <row r="580" customHeight="true" ht="140.0">
+      <c r="A580" s="1" t="inlineStr">
         <is>
           <t>1214090</t>
         </is>
       </c>
-      <c r="C577" s="1" t="inlineStr">
+      <c r="C580" s="1" t="inlineStr">
         <is>
           <t>i90</t>
         </is>
       </c>
-      <c r="D577" s="1" t="inlineStr">
+      <c r="D580" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E577" s="1" t="inlineStr">
+      <c r="E580" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F577" s="1" t="inlineStr">
+      <c r="F580" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="578" customHeight="true" ht="140.0">
-      <c r="A578" s="1" t="inlineStr">
+    <row r="581" customHeight="true" ht="140.0">
+      <c r="A581" s="1" t="inlineStr">
         <is>
           <t>1212140</t>
         </is>
       </c>
-      <c r="C578" s="1" t="inlineStr">
+      <c r="C581" s="1" t="inlineStr">
         <is>
           <t>Hyundai iWagon</t>
         </is>
       </c>
-      <c r="D578" s="1" t="inlineStr">
+      <c r="D581" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E578" s="1" t="inlineStr">
+      <c r="E581" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F578" s="1" t="inlineStr">
+      <c r="F581" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="579" customHeight="true" ht="140.0">
-      <c r="A579" s="1" t="inlineStr">
+    <row r="582" customHeight="true" ht="140.0">
+      <c r="A582" s="1" t="inlineStr">
         <is>
           <t>1212139</t>
         </is>
       </c>
-      <c r="C579" s="1" t="inlineStr">
+      <c r="C582" s="1" t="inlineStr">
         <is>
           <t>iWagon</t>
         </is>
       </c>
-      <c r="D579" s="1" t="inlineStr">
+      <c r="D582" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E579" s="1" t="inlineStr">
-[...82 lines deleted...]
-      </c>
       <c r="E582" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F582" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="583" customHeight="true" ht="140.0">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>1212135</t>
+          <t>1212138</t>
         </is>
       </c>
       <c r="C583" s="1" t="inlineStr">
         <is>
-          <t>iLoad</t>
+          <t>Hyundai iCrew</t>
         </is>
       </c>
       <c r="D583" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E583" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F583" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="584" customHeight="true" ht="140.0">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>1212134</t>
+          <t>1212137</t>
         </is>
       </c>
       <c r="C584" s="1" t="inlineStr">
         <is>
-          <t>Hyundai iMax</t>
+          <t>iCrew</t>
         </is>
       </c>
       <c r="D584" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E584" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F584" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="585" customHeight="true" ht="140.0">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>1212133</t>
+          <t>1212136</t>
         </is>
       </c>
       <c r="C585" s="1" t="inlineStr">
         <is>
-          <t>iMax</t>
+          <t>Hyundai iLoad</t>
         </is>
       </c>
       <c r="D585" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E585" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F585" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="586" customHeight="true" ht="140.0">
       <c r="A586" s="1" t="inlineStr">
         <is>
+          <t>1212135</t>
+        </is>
+      </c>
+      <c r="C586" s="1" t="inlineStr">
+        <is>
+          <t>iLoad</t>
+        </is>
+      </c>
+      <c r="D586" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E586" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F586" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="587" customHeight="true" ht="140.0">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>1212134</t>
+        </is>
+      </c>
+      <c r="C587" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai iMax</t>
+        </is>
+      </c>
+      <c r="D587" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E587" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F587" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="588" customHeight="true" ht="140.0">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>1212133</t>
+        </is>
+      </c>
+      <c r="C588" s="1" t="inlineStr">
+        <is>
+          <t>iMax</t>
+        </is>
+      </c>
+      <c r="D588" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E588" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F588" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="589" customHeight="true" ht="140.0">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
           <t>1205627</t>
         </is>
       </c>
-      <c r="C586" s="1" t="inlineStr">
+      <c r="C589" s="1" t="inlineStr">
         <is>
           <t>MLQU</t>
         </is>
       </c>
-      <c r="D586" s="1" t="inlineStr">
+      <c r="D589" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E586" s="1" t="inlineStr">
+      <c r="E589" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F586" s="1" t="inlineStr">
+      <c r="F589" s="1" t="inlineStr">
         <is>
           <t>Hyundai Autonet Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="587" customHeight="true" ht="140.0">
-      <c r="A587" s="1" t="inlineStr">
+    <row r="590" customHeight="true" ht="140.0">
+      <c r="A590" s="1" t="inlineStr">
         <is>
           <t>1205626</t>
         </is>
       </c>
-      <c r="C587" s="1" t="inlineStr">
+      <c r="C590" s="1" t="inlineStr">
         <is>
           <t>FS CLASS</t>
         </is>
       </c>
-      <c r="D587" s="1" t="inlineStr">
+      <c r="D590" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E587" s="1" t="inlineStr">
+      <c r="E590" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F587" s="1" t="inlineStr">
+      <c r="F590" s="1" t="inlineStr">
         <is>
           <t>Hyundai Autonet Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="588" customHeight="true" ht="140.0">
-      <c r="A588" s="1" t="inlineStr">
+    <row r="591" customHeight="true" ht="140.0">
+      <c r="A591" s="1" t="inlineStr">
         <is>
           <t>1203841</t>
         </is>
       </c>
-      <c r="C588" s="1" t="inlineStr">
+      <c r="C591" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI i 30</t>
         </is>
       </c>
-      <c r="D588" s="1" t="inlineStr">
+      <c r="D591" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E588" s="1" t="inlineStr">
+      <c r="E591" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F588" s="1" t="inlineStr">
+      <c r="F591" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="589" customHeight="true" ht="140.0">
-      <c r="A589" s="1" t="inlineStr">
+    <row r="592" customHeight="true" ht="140.0">
+      <c r="A592" s="1" t="inlineStr">
         <is>
           <t>1203613</t>
         </is>
       </c>
-      <c r="C589" s="1" t="inlineStr">
+      <c r="C592" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI ESPRESS</t>
         </is>
       </c>
-      <c r="D589" s="1" t="inlineStr">
+      <c r="D592" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E589" s="1" t="inlineStr">
+      <c r="E592" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F589" s="1" t="inlineStr">
+      <c r="F592" s="1" t="inlineStr">
         <is>
           <t>Hyundai Logistics Co., Ltd.; Hyundai H&amp;S Co., Ltd.; Hyundai Corporation</t>
         </is>
       </c>
     </row>
-    <row r="590" customHeight="true" ht="140.0">
-      <c r="A590" s="1" t="inlineStr">
+    <row r="593" customHeight="true" ht="140.0">
+      <c r="A593" s="1" t="inlineStr">
         <is>
           <t>1199783</t>
         </is>
       </c>
-      <c r="C590" s="1" t="inlineStr">
+      <c r="C593" s="1" t="inlineStr">
         <is>
           <t>ENTOURAGE</t>
         </is>
       </c>
-      <c r="D590" s="1" t="inlineStr">
+      <c r="D593" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E590" s="1" t="inlineStr">
+      <c r="E593" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F590" s="1" t="inlineStr">
+      <c r="F593" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="591" customHeight="true" ht="140.0">
-      <c r="A591" s="1" t="inlineStr">
+    <row r="594" customHeight="true" ht="140.0">
+      <c r="A594" s="1" t="inlineStr">
         <is>
           <t>1198920</t>
         </is>
       </c>
-      <c r="C591" s="1" t="inlineStr">
+      <c r="C594" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI EXPRESS</t>
         </is>
       </c>
-      <c r="D591" s="1" t="inlineStr">
+      <c r="D594" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E591" s="1" t="inlineStr">
+      <c r="E594" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F591" s="1" t="inlineStr">
+      <c r="F594" s="1" t="inlineStr">
         <is>
           <t>Hyundai Logiem Co., Ltd.; Hyundai H&amp;S Co., Ltd.; Hyundai Motor Company; Hyundai Mobis Co., Ltd.; Hyundai Corporation</t>
         </is>
       </c>
     </row>
-    <row r="592" customHeight="true" ht="140.0">
-      <c r="A592" s="1" t="inlineStr">
+    <row r="595" customHeight="true" ht="140.0">
+      <c r="A595" s="1" t="inlineStr">
         <is>
           <t>1197598</t>
         </is>
       </c>
-      <c r="C592" s="1" t="inlineStr">
+      <c r="C595" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI LOGISTICS CO., LTD.</t>
         </is>
       </c>
-      <c r="D592" s="1" t="inlineStr">
+      <c r="D595" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E592" s="1" t="inlineStr">
+      <c r="E595" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F592" s="1" t="inlineStr">
+      <c r="F595" s="1" t="inlineStr">
         <is>
           <t>Hyundai Logistics Co., Ltd.</t>
-        </is>
-[...82 lines deleted...]
-          <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="596" customHeight="true" ht="140.0">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>1179667</t>
+          <t>1186891</t>
         </is>
       </c>
       <c r="C596" s="1" t="inlineStr">
         <is>
-          <t>GETZ CLICK</t>
+          <t>H HANSTONE</t>
         </is>
       </c>
       <c r="D596" s="1" t="inlineStr">
         <is>
-          <t>Registered:
+          <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E596" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>19</t>
         </is>
       </c>
       <c r="F596" s="1" t="inlineStr">
         <is>
-          <t>Hyundai Motor Company</t>
+          <t>HYUNDAI L&amp;C CORPORATION</t>
         </is>
       </c>
     </row>
     <row r="597" customHeight="true" ht="140.0">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>1179666</t>
+          <t>1181384</t>
         </is>
       </c>
       <c r="C597" s="1" t="inlineStr">
         <is>
-          <t>CLICK</t>
+          <t>ELANTRA i 30</t>
         </is>
       </c>
       <c r="D597" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E597" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F597" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="598" customHeight="true" ht="140.0">
       <c r="A598" s="1" t="inlineStr">
         <is>
+          <t>1181383</t>
+        </is>
+      </c>
+      <c r="C598" s="1" t="inlineStr">
+        <is>
+          <t>i 30</t>
+        </is>
+      </c>
+      <c r="D598" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E598" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F598" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="599" customHeight="true" ht="140.0">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>1179667</t>
+        </is>
+      </c>
+      <c r="C599" s="1" t="inlineStr">
+        <is>
+          <t>GETZ CLICK</t>
+        </is>
+      </c>
+      <c r="D599" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E599" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F599" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="600" customHeight="true" ht="140.0">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>1179666</t>
+        </is>
+      </c>
+      <c r="C600" s="1" t="inlineStr">
+        <is>
+          <t>CLICK</t>
+        </is>
+      </c>
+      <c r="D600" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E600" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F600" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="601" customHeight="true" ht="140.0">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
           <t>1163928</t>
         </is>
       </c>
-      <c r="C598" s="1" t="inlineStr">
+      <c r="C601" s="1" t="inlineStr">
         <is>
           <t>Hyundai</t>
         </is>
       </c>
-      <c r="D598" s="1" t="inlineStr">
+      <c r="D601" s="1" t="inlineStr">
         <is>
           <t>Ceased:
 Non-use</t>
         </is>
       </c>
-      <c r="E598" s="1" t="inlineStr">
+      <c r="E601" s="1" t="inlineStr">
         <is>
           <t>36, 37, 42</t>
         </is>
       </c>
-      <c r="F598" s="1" t="inlineStr">
+      <c r="F601" s="1" t="inlineStr">
         <is>
           <t>SMI Hyundai Europe GmbH</t>
         </is>
       </c>
     </row>
-    <row r="599" customHeight="true" ht="140.0">
-      <c r="A599" s="1" t="inlineStr">
+    <row r="602" customHeight="true" ht="140.0">
+      <c r="A602" s="1" t="inlineStr">
         <is>
           <t>1162816</t>
         </is>
       </c>
-      <c r="C599" s="1" t="inlineStr">
+      <c r="C602" s="1" t="inlineStr">
         <is>
           <t>ELANTRA NEOS</t>
         </is>
       </c>
-      <c r="D599" s="1" t="inlineStr">
+      <c r="D602" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E599" s="1" t="inlineStr">
+      <c r="E602" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F599" s="1" t="inlineStr">
+      <c r="F602" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="600" customHeight="true" ht="140.0">
-      <c r="A600" s="1" t="inlineStr">
+    <row r="603" customHeight="true" ht="140.0">
+      <c r="A603" s="1" t="inlineStr">
         <is>
           <t>1158955</t>
         </is>
       </c>
-      <c r="C600" s="1" t="inlineStr">
+      <c r="C603" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI HEAVY INDUSTRIES CO., LTD.</t>
         </is>
       </c>
-      <c r="D600" s="1" t="inlineStr">
+      <c r="D603" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E600" s="1" t="inlineStr">
+      <c r="E603" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F600" s="1" t="inlineStr">
+      <c r="F603" s="1" t="inlineStr">
         <is>
           <t>HD HYUNDAI CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="601" customHeight="true" ht="140.0">
-      <c r="A601" s="1" t="inlineStr">
+    <row r="604" customHeight="true" ht="140.0">
+      <c r="A604" s="1" t="inlineStr">
         <is>
           <t>1155465</t>
         </is>
       </c>
-      <c r="C601" s="1" t="inlineStr">
+      <c r="C604" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D601" s="1" t="inlineStr">
+      <c r="D604" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E601" s="1" t="inlineStr">
+      <c r="E604" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F601" s="1" t="inlineStr">
+      <c r="F604" s="1" t="inlineStr">
         <is>
           <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="602" customHeight="true" ht="140.0">
-      <c r="A602" s="1" t="inlineStr">
+    <row r="605" customHeight="true" ht="140.0">
+      <c r="A605" s="1" t="inlineStr">
         <is>
           <t>1139912</t>
         </is>
       </c>
-      <c r="C602" s="1" t="inlineStr">
+      <c r="C605" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D602" s="1" t="inlineStr">
+      <c r="D605" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E602" s="1" t="inlineStr">
+      <c r="E605" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F602" s="1" t="inlineStr">
+      <c r="F605" s="1" t="inlineStr">
         <is>
           <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="603" customHeight="true" ht="140.0">
-      <c r="A603" s="1" t="inlineStr">
+    <row r="606" customHeight="true" ht="140.0">
+      <c r="A606" s="1" t="inlineStr">
         <is>
           <t>1130608</t>
         </is>
       </c>
-      <c r="C603" s="1" t="inlineStr">
+      <c r="C606" s="1" t="inlineStr">
         <is>
           <t>ELANTRA PROTECTZ</t>
         </is>
       </c>
-      <c r="D603" s="1" t="inlineStr">
+      <c r="D606" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E603" s="1" t="inlineStr">
+      <c r="E606" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F603" s="1" t="inlineStr">
+      <c r="F606" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="604" customHeight="true" ht="140.0">
-      <c r="A604" s="1" t="inlineStr">
+    <row r="607" customHeight="true" ht="140.0">
+      <c r="A607" s="1" t="inlineStr">
         <is>
           <t>1130558</t>
         </is>
       </c>
-      <c r="C604" s="1" t="inlineStr">
+      <c r="C607" s="1" t="inlineStr">
         <is>
           <t>ACCENT PROTECTZ</t>
         </is>
       </c>
-      <c r="D604" s="1" t="inlineStr">
+      <c r="D607" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E604" s="1" t="inlineStr">
+      <c r="E607" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F604" s="1" t="inlineStr">
+      <c r="F607" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="605" customHeight="true" ht="140.0">
-      <c r="A605" s="1" t="inlineStr">
+    <row r="608" customHeight="true" ht="140.0">
+      <c r="A608" s="1" t="inlineStr">
         <is>
           <t>1130554</t>
         </is>
       </c>
-      <c r="C605" s="1" t="inlineStr">
+      <c r="C608" s="1" t="inlineStr">
         <is>
           <t>GETZ PROTECTZ</t>
         </is>
       </c>
-      <c r="D605" s="1" t="inlineStr">
+      <c r="D608" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E605" s="1" t="inlineStr">
+      <c r="E608" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F605" s="1" t="inlineStr">
+      <c r="F608" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="606" customHeight="true" ht="140.0">
-      <c r="A606" s="1" t="inlineStr">
+    <row r="609" customHeight="true" ht="140.0">
+      <c r="A609" s="1" t="inlineStr">
         <is>
           <t>1129666</t>
         </is>
       </c>
-      <c r="C606" s="1" t="inlineStr">
+      <c r="C609" s="1" t="inlineStr">
         <is>
           <t>SANTA FE ELITE</t>
         </is>
       </c>
-      <c r="D606" s="1" t="inlineStr">
+      <c r="D609" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E606" s="1" t="inlineStr">
+      <c r="E609" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F606" s="1" t="inlineStr">
+      <c r="F609" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="607" customHeight="true" ht="140.0">
-      <c r="A607" s="1" t="inlineStr">
+    <row r="610" customHeight="true" ht="140.0">
+      <c r="A610" s="1" t="inlineStr">
         <is>
           <t>1129429</t>
         </is>
       </c>
-      <c r="C607" s="1" t="inlineStr">
+      <c r="C610" s="1" t="inlineStr">
         <is>
           <t>DESIGN YOUR WAY</t>
         </is>
       </c>
-      <c r="D607" s="1" t="inlineStr">
+      <c r="D610" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E607" s="1" t="inlineStr">
+      <c r="E610" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F607" s="1" t="inlineStr">
+      <c r="F610" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="608" customHeight="true" ht="140.0">
-      <c r="A608" s="1" t="inlineStr">
+    <row r="611" customHeight="true" ht="140.0">
+      <c r="A611" s="1" t="inlineStr">
         <is>
           <t>1113214</t>
         </is>
       </c>
-      <c r="C608" s="1" t="inlineStr">
+      <c r="C611" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI FINANCE</t>
         </is>
       </c>
-      <c r="D608" s="1" t="inlineStr">
+      <c r="D611" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E608" s="1" t="inlineStr">
+      <c r="E611" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F608" s="1" t="inlineStr">
+      <c r="F611" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="609" customHeight="true" ht="140.0">
-      <c r="A609" s="1" t="inlineStr">
+    <row r="612" customHeight="true" ht="140.0">
+      <c r="A612" s="1" t="inlineStr">
         <is>
           <t>1113212</t>
         </is>
       </c>
-      <c r="C609" s="1" t="inlineStr">
+      <c r="C612" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI CAPITAL</t>
         </is>
       </c>
-      <c r="D609" s="1" t="inlineStr">
+      <c r="D612" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E609" s="1" t="inlineStr">
+      <c r="E612" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F609" s="1" t="inlineStr">
+      <c r="F612" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="610" customHeight="true" ht="140.0">
-      <c r="A610" s="1" t="inlineStr">
+    <row r="613" customHeight="true" ht="140.0">
+      <c r="A613" s="1" t="inlineStr">
         <is>
           <t>1112494</t>
         </is>
       </c>
-      <c r="C610" s="1" t="inlineStr">
+      <c r="C613" s="1" t="inlineStr">
         <is>
           <t>BESFITS</t>
         </is>
       </c>
-      <c r="D610" s="1" t="inlineStr">
+      <c r="D613" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E610" s="1" t="inlineStr">
+      <c r="E613" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F610" s="1" t="inlineStr">
+      <c r="F613" s="1" t="inlineStr">
         <is>
           <t>Hyundai Mobis Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="611" customHeight="true" ht="140.0">
-      <c r="A611" s="1" t="inlineStr">
+    <row r="614" customHeight="true" ht="140.0">
+      <c r="A614" s="1" t="inlineStr">
         <is>
           <t>1112468</t>
         </is>
       </c>
-      <c r="C611" s="1" t="inlineStr">
+      <c r="C614" s="1" t="inlineStr">
         <is>
           <t>BESFITS</t>
         </is>
       </c>
-      <c r="D611" s="1" t="inlineStr">
+      <c r="D614" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E611" s="1" t="inlineStr">
+      <c r="E614" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F611" s="1" t="inlineStr">
+      <c r="F614" s="1" t="inlineStr">
         <is>
           <t>Hyundai Mobis Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="612" customHeight="true" ht="140.0">
-      <c r="A612" s="1" t="inlineStr">
+    <row r="615" customHeight="true" ht="140.0">
+      <c r="A615" s="1" t="inlineStr">
         <is>
           <t>1112467</t>
         </is>
       </c>
-      <c r="C612" s="1" t="inlineStr">
+      <c r="C615" s="1" t="inlineStr">
         <is>
           <t>BESFITS</t>
         </is>
       </c>
-      <c r="D612" s="1" t="inlineStr">
+      <c r="D615" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E612" s="1" t="inlineStr">
+      <c r="E615" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F612" s="1" t="inlineStr">
+      <c r="F615" s="1" t="inlineStr">
         <is>
           <t>Hyundai Mobis Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="613" customHeight="true" ht="140.0">
-      <c r="A613" s="1" t="inlineStr">
+    <row r="616" customHeight="true" ht="140.0">
+      <c r="A616" s="1" t="inlineStr">
         <is>
           <t>1112466</t>
         </is>
       </c>
-      <c r="C613" s="1" t="inlineStr">
+      <c r="C616" s="1" t="inlineStr">
         <is>
           <t>BESFITS</t>
         </is>
       </c>
-      <c r="D613" s="1" t="inlineStr">
+      <c r="D616" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E613" s="1" t="inlineStr">
+      <c r="E616" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F613" s="1" t="inlineStr">
+      <c r="F616" s="1" t="inlineStr">
         <is>
           <t>Hyundai Mobis Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="614" customHeight="true" ht="140.0">
-      <c r="A614" s="1" t="inlineStr">
+    <row r="617" customHeight="true" ht="140.0">
+      <c r="A617" s="1" t="inlineStr">
         <is>
           <t>1106570</t>
         </is>
       </c>
-      <c r="C614" s="1" t="inlineStr">
+      <c r="C617" s="1" t="inlineStr">
         <is>
           <t>Hyundai Premium Assist</t>
         </is>
       </c>
-      <c r="D614" s="1" t="inlineStr">
+      <c r="D617" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E614" s="1" t="inlineStr">
+      <c r="E617" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F614" s="1" t="inlineStr">
+      <c r="F617" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="615" customHeight="true" ht="140.0">
-      <c r="A615" s="1" t="inlineStr">
+    <row r="618" customHeight="true" ht="140.0">
+      <c r="A618" s="1" t="inlineStr">
         <is>
           <t>1106569</t>
         </is>
       </c>
-      <c r="C615" s="1" t="inlineStr">
+      <c r="C618" s="1" t="inlineStr">
         <is>
           <t>Hyundai Assist</t>
         </is>
       </c>
-      <c r="D615" s="1" t="inlineStr">
+      <c r="D618" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E615" s="1" t="inlineStr">
+      <c r="E618" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F615" s="1" t="inlineStr">
+      <c r="F618" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="616" customHeight="true" ht="140.0">
-      <c r="A616" s="1" t="inlineStr">
+    <row r="619" customHeight="true" ht="140.0">
+      <c r="A619" s="1" t="inlineStr">
         <is>
           <t>1101862</t>
         </is>
       </c>
-      <c r="C616" s="1" t="inlineStr">
+      <c r="C619" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI STEEL COMPANY</t>
         </is>
       </c>
-      <c r="D616" s="1" t="inlineStr">
+      <c r="D619" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E616" s="1" t="inlineStr">
+      <c r="E619" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F616" s="1" t="inlineStr">
+      <c r="F619" s="1" t="inlineStr">
         <is>
           <t>Hyundai Steel Company</t>
         </is>
       </c>
     </row>
-    <row r="617" customHeight="true" ht="140.0">
-      <c r="A617" s="1" t="inlineStr">
+    <row r="620" customHeight="true" ht="140.0">
+      <c r="A620" s="1" t="inlineStr">
         <is>
           <t>1101861</t>
         </is>
       </c>
-      <c r="C617" s="1" t="inlineStr">
+      <c r="C620" s="1" t="inlineStr">
         <is>
           <t>H HYUNDAI STEEL</t>
         </is>
       </c>
-      <c r="D617" s="1" t="inlineStr">
+      <c r="D620" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E617" s="1" t="inlineStr">
+      <c r="E620" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F617" s="1" t="inlineStr">
+      <c r="F620" s="1" t="inlineStr">
         <is>
           <t>Hyundai Steel Company</t>
         </is>
       </c>
     </row>
-    <row r="618" customHeight="true" ht="140.0">
-      <c r="A618" s="1" t="inlineStr">
+    <row r="621" customHeight="true" ht="140.0">
+      <c r="A621" s="1" t="inlineStr">
         <is>
           <t>1101206</t>
         </is>
       </c>
-      <c r="C618" s="1" t="inlineStr">
+      <c r="C621" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D618" s="1" t="inlineStr">
+      <c r="D621" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E618" s="1" t="inlineStr">
+      <c r="E621" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="F618" s="1" t="inlineStr">
+      <c r="F621" s="1" t="inlineStr">
         <is>
           <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="619" customHeight="true" ht="140.0">
-      <c r="A619" s="1" t="inlineStr">
+    <row r="622" customHeight="true" ht="140.0">
+      <c r="A622" s="1" t="inlineStr">
         <is>
           <t>1087295</t>
         </is>
       </c>
-      <c r="C619" s="1" t="inlineStr">
+      <c r="C622" s="1" t="inlineStr">
         <is>
           <t>Getz Sportz</t>
         </is>
       </c>
-      <c r="D619" s="1" t="inlineStr">
+      <c r="D622" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E619" s="1" t="inlineStr">
+      <c r="E622" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F619" s="1" t="inlineStr">
+      <c r="F622" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="620" customHeight="true" ht="140.0">
-      <c r="A620" s="1" t="inlineStr">
+    <row r="623" customHeight="true" ht="140.0">
+      <c r="A623" s="1" t="inlineStr">
         <is>
           <t>1087294</t>
         </is>
       </c>
-      <c r="C620" s="1" t="inlineStr">
+      <c r="C623" s="1" t="inlineStr">
         <is>
           <t>Getz SXi</t>
         </is>
       </c>
-      <c r="D620" s="1" t="inlineStr">
+      <c r="D623" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E620" s="1" t="inlineStr">
+      <c r="E623" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F620" s="1" t="inlineStr">
+      <c r="F623" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="621" customHeight="true" ht="140.0">
-      <c r="A621" s="1" t="inlineStr">
+    <row r="624" customHeight="true" ht="140.0">
+      <c r="A624" s="1" t="inlineStr">
         <is>
           <t>1087293</t>
         </is>
       </c>
-      <c r="C621" s="1" t="inlineStr">
+      <c r="C624" s="1" t="inlineStr">
         <is>
           <t>Accent SXi</t>
         </is>
       </c>
-      <c r="D621" s="1" t="inlineStr">
+      <c r="D624" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E621" s="1" t="inlineStr">
+      <c r="E624" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F621" s="1" t="inlineStr">
+      <c r="F624" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="622" customHeight="true" ht="140.0">
-      <c r="A622" s="1" t="inlineStr">
+    <row r="625" customHeight="true" ht="140.0">
+      <c r="A625" s="1" t="inlineStr">
         <is>
           <t>1083648</t>
         </is>
       </c>
-      <c r="C622" s="1" t="inlineStr">
+      <c r="C625" s="1" t="inlineStr">
         <is>
           <t>H HYUNDAI DRIVE YOUR WAY</t>
         </is>
       </c>
-      <c r="D622" s="1" t="inlineStr">
+      <c r="D625" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E622" s="1" t="inlineStr">
+      <c r="E625" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F622" s="1" t="inlineStr">
+      <c r="F625" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MOTOR COMPANY</t>
         </is>
       </c>
     </row>
-    <row r="623" customHeight="true" ht="140.0">
-      <c r="A623" s="1" t="inlineStr">
+    <row r="626" customHeight="true" ht="140.0">
+      <c r="A626" s="1" t="inlineStr">
         <is>
           <t>1083320</t>
         </is>
       </c>
-      <c r="C623" s="1" t="inlineStr">
+      <c r="C626" s="1" t="inlineStr">
         <is>
           <t>MIGHTY RIVER HYUNDAI</t>
         </is>
       </c>
-      <c r="D623" s="1" t="inlineStr">
+      <c r="D626" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E623" s="1" t="inlineStr">
+      <c r="E626" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
-      <c r="F623" s="1" t="inlineStr">
+      <c r="F626" s="1" t="inlineStr">
         <is>
           <t>Spratt Marketing Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="624" customHeight="true" ht="140.0">
-      <c r="A624" s="1" t="inlineStr">
+    <row r="627" customHeight="true" ht="140.0">
+      <c r="A627" s="1" t="inlineStr">
         <is>
           <t>1083319</t>
         </is>
       </c>
-      <c r="C624" s="1" t="inlineStr">
+      <c r="C627" s="1" t="inlineStr">
         <is>
           <t>Mighty River Hyundai</t>
         </is>
       </c>
-      <c r="D624" s="1" t="inlineStr">
+      <c r="D627" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E624" s="1" t="inlineStr">
+      <c r="E627" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
-      <c r="F624" s="1" t="inlineStr">
+      <c r="F627" s="1" t="inlineStr">
         <is>
           <t>Spratt Marketing Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="625" customHeight="true" ht="140.0">
-      <c r="A625" s="1" t="inlineStr">
+    <row r="628" customHeight="true" ht="140.0">
+      <c r="A628" s="1" t="inlineStr">
         <is>
           <t>1066700</t>
         </is>
       </c>
-      <c r="C625" s="1" t="inlineStr">
+      <c r="C628" s="1" t="inlineStr">
         <is>
           <t>AUTONET</t>
         </is>
       </c>
-      <c r="D625" s="1" t="inlineStr">
+      <c r="D628" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E625" s="1" t="inlineStr">
+      <c r="E628" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
-      <c r="F625" s="1" t="inlineStr">
+      <c r="F628" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="626" customHeight="true" ht="140.0">
-      <c r="A626" s="1" t="inlineStr">
+    <row r="629" customHeight="true" ht="140.0">
+      <c r="A629" s="1" t="inlineStr">
         <is>
           <t>1065036</t>
         </is>
       </c>
-      <c r="C626" s="1" t="inlineStr">
+      <c r="C629" s="1" t="inlineStr">
         <is>
           <t>V VUON</t>
         </is>
       </c>
-      <c r="D626" s="1" t="inlineStr">
+      <c r="D629" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E626" s="1" t="inlineStr">
+      <c r="E629" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F626" s="1" t="inlineStr">
+      <c r="F629" s="1" t="inlineStr">
         <is>
           <t>Hyundai Imagequest Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="627" customHeight="true" ht="140.0">
-      <c r="A627" s="1" t="inlineStr">
+    <row r="630" customHeight="true" ht="140.0">
+      <c r="A630" s="1" t="inlineStr">
         <is>
           <t>1064669</t>
         </is>
       </c>
-      <c r="C627" s="1" t="inlineStr">
+      <c r="C630" s="1" t="inlineStr">
         <is>
           <t>VERNA</t>
         </is>
       </c>
-      <c r="D627" s="1" t="inlineStr">
+      <c r="D630" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E627" s="1" t="inlineStr">
+      <c r="E630" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F627" s="1" t="inlineStr">
+      <c r="F630" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="628" customHeight="true" ht="140.0">
-      <c r="A628" s="1" t="inlineStr">
+    <row r="631" customHeight="true" ht="140.0">
+      <c r="A631" s="1" t="inlineStr">
         <is>
           <t>1053543</t>
         </is>
       </c>
-      <c r="C628" s="1" t="inlineStr">
+      <c r="C631" s="1" t="inlineStr">
         <is>
           <t>TUCSON CITY</t>
         </is>
       </c>
-      <c r="D628" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="D630" s="1" t="inlineStr">
+      <c r="D631" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E630" s="1" t="inlineStr">
+      <c r="E631" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F631" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="632" customHeight="true" ht="140.0">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>1053469</t>
+        </is>
+      </c>
+      <c r="C632" s="1" t="inlineStr">
+        <is>
+          <t>GLOVIS</t>
+        </is>
+      </c>
+      <c r="D632" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E632" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F632" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Glovis Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="633" customHeight="true" ht="140.0">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>1049945</t>
+        </is>
+      </c>
+      <c r="C633" s="1" t="inlineStr">
+        <is>
+          <t>PONTUS</t>
+        </is>
+      </c>
+      <c r="D633" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E633" s="1" t="inlineStr">
         <is>
           <t>9, 35</t>
         </is>
       </c>
-      <c r="F630" s="1" t="inlineStr">
+      <c r="F633" s="1" t="inlineStr">
         <is>
           <t>Hyundai Autonet Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="631" customHeight="true" ht="140.0">
-      <c r="A631" s="1" t="inlineStr">
+    <row r="634" customHeight="true" ht="140.0">
+      <c r="A634" s="1" t="inlineStr">
         <is>
           <t>1033140</t>
         </is>
       </c>
-      <c r="C631" s="1" t="inlineStr">
+      <c r="C634" s="1" t="inlineStr">
         <is>
           <t>FX SPORTSWAGON</t>
         </is>
       </c>
-      <c r="D631" s="1" t="inlineStr">
+      <c r="D634" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E631" s="1" t="inlineStr">
+      <c r="E634" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F631" s="1" t="inlineStr">
+      <c r="F634" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="632" customHeight="true" ht="140.0">
-      <c r="A632" s="1" t="inlineStr">
+    <row r="635" customHeight="true" ht="140.0">
+      <c r="A635" s="1" t="inlineStr">
         <is>
           <t>1033139</t>
         </is>
       </c>
-      <c r="C632" s="1" t="inlineStr">
+      <c r="C635" s="1" t="inlineStr">
         <is>
           <t>ELITE SPORTSWAGON</t>
         </is>
       </c>
-      <c r="D632" s="1" t="inlineStr">
+      <c r="D635" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E632" s="1" t="inlineStr">
+      <c r="E635" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F632" s="1" t="inlineStr">
+      <c r="F635" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="633" customHeight="true" ht="140.0">
-      <c r="A633" s="1" t="inlineStr">
+    <row r="636" customHeight="true" ht="140.0">
+      <c r="A636" s="1" t="inlineStr">
         <is>
           <t>1033138</t>
         </is>
       </c>
-      <c r="C633" s="1" t="inlineStr">
+      <c r="C636" s="1" t="inlineStr">
         <is>
           <t>HVT SPORTSWAGON</t>
         </is>
       </c>
-      <c r="D633" s="1" t="inlineStr">
+      <c r="D636" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E633" s="1" t="inlineStr">
+      <c r="E636" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F633" s="1" t="inlineStr">
+      <c r="F636" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="634" customHeight="true" ht="140.0">
-      <c r="A634" s="1" t="inlineStr">
+    <row r="637" customHeight="true" ht="140.0">
+      <c r="A637" s="1" t="inlineStr">
         <is>
           <t>1033137</t>
         </is>
       </c>
-      <c r="C634" s="1" t="inlineStr">
+      <c r="C637" s="1" t="inlineStr">
         <is>
           <t>ELANTRA SPORTSWAGON</t>
         </is>
       </c>
-      <c r="D634" s="1" t="inlineStr">
+      <c r="D637" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E634" s="1" t="inlineStr">
+      <c r="E637" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F634" s="1" t="inlineStr">
+      <c r="F637" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="635" customHeight="true" ht="140.0">
-      <c r="A635" s="1" t="inlineStr">
+    <row r="638" customHeight="true" ht="140.0">
+      <c r="A638" s="1" t="inlineStr">
         <is>
           <t>1032376</t>
         </is>
       </c>
-      <c r="C635" s="1" t="inlineStr">
+      <c r="C638" s="1" t="inlineStr">
         <is>
           <t>TREK 'N TOW</t>
         </is>
       </c>
-      <c r="D635" s="1" t="inlineStr">
+      <c r="D638" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E635" s="1" t="inlineStr">
+      <c r="E638" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F635" s="1" t="inlineStr">
+      <c r="F638" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="636" customHeight="true" ht="140.0">
-      <c r="A636" s="1" t="inlineStr">
+    <row r="639" customHeight="true" ht="140.0">
+      <c r="A639" s="1" t="inlineStr">
         <is>
           <t>1032105</t>
         </is>
       </c>
-      <c r="C636" s="1" t="inlineStr">
+      <c r="C639" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D636" s="1" t="inlineStr">
+      <c r="D639" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E636" s="1" t="inlineStr">
+      <c r="E639" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F636" s="1" t="inlineStr">
+      <c r="F639" s="1" t="inlineStr">
         <is>
           <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="637" customHeight="true" ht="140.0">
-      <c r="A637" s="1" t="inlineStr">
+    <row r="640" customHeight="true" ht="140.0">
+      <c r="A640" s="1" t="inlineStr">
         <is>
           <t>1029502</t>
         </is>
       </c>
-      <c r="C637" s="1" t="inlineStr">
+      <c r="C640" s="1" t="inlineStr">
         <is>
           <t>IMAGE TUNE</t>
         </is>
       </c>
-      <c r="D637" s="1" t="inlineStr">
+      <c r="D640" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E637" s="1" t="inlineStr">
+      <c r="E640" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F637" s="1" t="inlineStr">
+      <c r="F640" s="1" t="inlineStr">
         <is>
           <t>Hyundai Imagequest Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="638" customHeight="true" ht="140.0">
-      <c r="A638" s="1" t="inlineStr">
+    <row r="641" customHeight="true" ht="140.0">
+      <c r="A641" s="1" t="inlineStr">
         <is>
           <t>1029408</t>
         </is>
       </c>
-      <c r="C638" s="1" t="inlineStr">
+      <c r="C641" s="1" t="inlineStr">
         <is>
           <t>FIT ENGINE</t>
         </is>
       </c>
-      <c r="D638" s="1" t="inlineStr">
+      <c r="D641" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E638" s="1" t="inlineStr">
+      <c r="E641" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F638" s="1" t="inlineStr">
+      <c r="F641" s="1" t="inlineStr">
         <is>
           <t>Hyundai Imagequest Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="639" customHeight="true" ht="140.0">
-      <c r="A639" s="1" t="inlineStr">
+    <row r="642" customHeight="true" ht="140.0">
+      <c r="A642" s="1" t="inlineStr">
         <is>
           <t>999650</t>
         </is>
       </c>
-      <c r="C639" s="1" t="inlineStr">
+      <c r="C642" s="1" t="inlineStr">
         <is>
           <t>TUCSON ELITE</t>
         </is>
       </c>
-      <c r="D639" s="1" t="inlineStr">
+      <c r="D642" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E639" s="1" t="inlineStr">
+      <c r="E642" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F639" s="1" t="inlineStr">
+      <c r="F642" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="640" customHeight="true" ht="140.0">
-      <c r="A640" s="1" t="inlineStr">
+    <row r="643" customHeight="true" ht="140.0">
+      <c r="A643" s="1" t="inlineStr">
         <is>
           <t>984546</t>
         </is>
       </c>
-      <c r="C640" s="1" t="inlineStr">
+      <c r="C643" s="1" t="inlineStr">
         <is>
           <t>HD</t>
         </is>
       </c>
-      <c r="D640" s="1" t="inlineStr">
+      <c r="D643" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E640" s="1" t="inlineStr">
+      <c r="E643" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F640" s="1" t="inlineStr">
+      <c r="F643" s="1" t="inlineStr">
         <is>
           <t>Hyundai International Pty Ltd; Robert Kim</t>
         </is>
       </c>
     </row>
-    <row r="641" customHeight="true" ht="140.0">
-      <c r="A641" s="1" t="inlineStr">
+    <row r="644" customHeight="true" ht="140.0">
+      <c r="A644" s="1" t="inlineStr">
         <is>
           <t>977362</t>
         </is>
       </c>
-      <c r="C641" s="1" t="inlineStr">
+      <c r="C644" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI CORPORATION</t>
         </is>
       </c>
-      <c r="D641" s="1" t="inlineStr">
+      <c r="D644" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E641" s="1" t="inlineStr">
+      <c r="E644" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F641" s="1" t="inlineStr">
+      <c r="F644" s="1" t="inlineStr">
         <is>
           <t>Hyundai Corporation</t>
         </is>
       </c>
     </row>
-    <row r="642" customHeight="true" ht="140.0">
-      <c r="A642" s="1" t="inlineStr">
+    <row r="645" customHeight="true" ht="140.0">
+      <c r="A645" s="1" t="inlineStr">
         <is>
           <t>971633</t>
         </is>
       </c>
-      <c r="C642" s="1" t="inlineStr">
+      <c r="C645" s="1" t="inlineStr">
         <is>
           <t>TALUS</t>
         </is>
       </c>
-      <c r="D642" s="1" t="inlineStr">
+      <c r="D645" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E642" s="1" t="inlineStr">
+      <c r="E645" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F642" s="1" t="inlineStr">
+      <c r="F645" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="643" customHeight="true" ht="140.0">
-      <c r="A643" s="1" t="inlineStr">
+    <row r="646" customHeight="true" ht="140.0">
+      <c r="A646" s="1" t="inlineStr">
         <is>
           <t>969811</t>
         </is>
       </c>
-      <c r="C643" s="1" t="inlineStr">
+      <c r="C646" s="1" t="inlineStr">
         <is>
           <t>Excel</t>
         </is>
       </c>
-      <c r="D643" s="1" t="inlineStr">
+      <c r="D646" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E643" s="1" t="inlineStr">
+      <c r="E646" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F643" s="1" t="inlineStr">
+      <c r="F646" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="644" customHeight="true" ht="140.0">
-      <c r="A644" s="1" t="inlineStr">
+    <row r="647" customHeight="true" ht="140.0">
+      <c r="A647" s="1" t="inlineStr">
         <is>
           <t>969787</t>
         </is>
       </c>
-      <c r="C644" s="1" t="inlineStr">
+      <c r="C647" s="1" t="inlineStr">
         <is>
           <t>TIBURON</t>
         </is>
       </c>
-      <c r="D644" s="1" t="inlineStr">
+      <c r="D647" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E644" s="1" t="inlineStr">
+      <c r="E647" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F644" s="1" t="inlineStr">
+      <c r="F647" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="645" customHeight="true" ht="140.0">
-      <c r="A645" s="1" t="inlineStr">
+    <row r="648" customHeight="true" ht="140.0">
+      <c r="A648" s="1" t="inlineStr">
         <is>
           <t>968594</t>
         </is>
       </c>
-      <c r="C645" s="1" t="inlineStr">
+      <c r="C648" s="1" t="inlineStr">
         <is>
           <t>TUCSON</t>
         </is>
       </c>
-      <c r="D645" s="1" t="inlineStr">
+      <c r="D648" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E645" s="1" t="inlineStr">
-[...82 lines deleted...]
-      </c>
       <c r="E648" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F648" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="649" customHeight="true" ht="140.0">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>940375</t>
+          <t>967744</t>
         </is>
       </c>
       <c r="C649" s="1" t="inlineStr">
         <is>
-          <t>ELANTRA ELITE</t>
+          <t>FUTURE DRIVEN</t>
         </is>
       </c>
       <c r="D649" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E649" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>12, 16, 35, 37</t>
         </is>
       </c>
       <c r="F649" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="650" customHeight="true" ht="140.0">
       <c r="A650" s="1" t="inlineStr">
         <is>
+          <t>964119</t>
+        </is>
+      </c>
+      <c r="C650" s="1" t="inlineStr">
+        <is>
+          <t>HVT</t>
+        </is>
+      </c>
+      <c r="D650" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E650" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F650" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="651" customHeight="true" ht="140.0">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>964115</t>
+        </is>
+      </c>
+      <c r="C651" s="1" t="inlineStr">
+        <is>
+          <t>2.0 HVT</t>
+        </is>
+      </c>
+      <c r="D651" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E651" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F651" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="652" customHeight="true" ht="140.0">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>940375</t>
+        </is>
+      </c>
+      <c r="C652" s="1" t="inlineStr">
+        <is>
+          <t>ELANTRA ELITE</t>
+        </is>
+      </c>
+      <c r="D652" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E652" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F652" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="653" customHeight="true" ht="140.0">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
           <t>940374</t>
         </is>
       </c>
-      <c r="C650" s="1" t="inlineStr">
+      <c r="C653" s="1" t="inlineStr">
         <is>
           <t>HVVT</t>
         </is>
       </c>
-      <c r="D650" s="1" t="inlineStr">
+      <c r="D653" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E650" s="1" t="inlineStr">
+      <c r="E653" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F650" s="1" t="inlineStr">
+      <c r="F653" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="651" customHeight="true" ht="140.0">
-      <c r="A651" s="1" t="inlineStr">
+    <row r="654" customHeight="true" ht="140.0">
+      <c r="A654" s="1" t="inlineStr">
         <is>
           <t>940373</t>
         </is>
       </c>
-      <c r="C651" s="1" t="inlineStr">
+      <c r="C654" s="1" t="inlineStr">
         <is>
           <t>HAVT</t>
         </is>
       </c>
-      <c r="D651" s="1" t="inlineStr">
+      <c r="D654" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E651" s="1" t="inlineStr">
+      <c r="E654" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F651" s="1" t="inlineStr">
+      <c r="F654" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="652" customHeight="true" ht="140.0">
-      <c r="A652" s="1" t="inlineStr">
+    <row r="655" customHeight="true" ht="140.0">
+      <c r="A655" s="1" t="inlineStr">
         <is>
           <t>921961</t>
         </is>
       </c>
-      <c r="C652" s="1" t="inlineStr">
+      <c r="C655" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D652" s="1" t="inlineStr">
+      <c r="D655" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E652" s="1" t="inlineStr">
+      <c r="E655" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F652" s="1" t="inlineStr">
+      <c r="F655" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="653" customHeight="true" ht="140.0">
-      <c r="A653" s="1" t="inlineStr">
+    <row r="656" customHeight="true" ht="140.0">
+      <c r="A656" s="1" t="inlineStr">
         <is>
           <t>919512</t>
         </is>
       </c>
-      <c r="C653" s="1" t="inlineStr">
+      <c r="C656" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D653" s="1" t="inlineStr">
+      <c r="D656" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E653" s="1" t="inlineStr">
+      <c r="E656" s="1" t="inlineStr">
         <is>
           <t>7, 9, 11</t>
         </is>
       </c>
-      <c r="F653" s="1" t="inlineStr">
+      <c r="F656" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="654" customHeight="true" ht="140.0">
-      <c r="A654" s="1" t="inlineStr">
+    <row r="657" customHeight="true" ht="140.0">
+      <c r="A657" s="1" t="inlineStr">
         <is>
           <t>910799</t>
         </is>
       </c>
-      <c r="C654" s="1" t="inlineStr">
+      <c r="C657" s="1" t="inlineStr">
         <is>
           <t>TIBURON @ TARGA</t>
         </is>
       </c>
-      <c r="D654" s="1" t="inlineStr">
+      <c r="D657" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E654" s="1" t="inlineStr">
+      <c r="E657" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F654" s="1" t="inlineStr">
+      <c r="F657" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="655" customHeight="true" ht="140.0">
-      <c r="A655" s="1" t="inlineStr">
+    <row r="658" customHeight="true" ht="140.0">
+      <c r="A658" s="1" t="inlineStr">
         <is>
           <t>910042</t>
         </is>
       </c>
-      <c r="C655" s="1" t="inlineStr">
+      <c r="C658" s="1" t="inlineStr">
         <is>
           <t>MOBIS</t>
         </is>
       </c>
-      <c r="D655" s="1" t="inlineStr">
+      <c r="D658" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E655" s="1" t="inlineStr">
+      <c r="E658" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F655" s="1" t="inlineStr">
+      <c r="F658" s="1" t="inlineStr">
         <is>
           <t>Hyundai Mobis Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="656" customHeight="true" ht="140.0">
-      <c r="A656" s="1" t="inlineStr">
+    <row r="659" customHeight="true" ht="140.0">
+      <c r="A659" s="1" t="inlineStr">
         <is>
           <t>904926</t>
         </is>
       </c>
-      <c r="C656" s="1" t="inlineStr">
+      <c r="C659" s="1" t="inlineStr">
         <is>
           <t>GETZ</t>
         </is>
       </c>
-      <c r="D656" s="1" t="inlineStr">
+      <c r="D659" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E656" s="1" t="inlineStr">
+      <c r="E659" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F656" s="1" t="inlineStr">
+      <c r="F659" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="657" customHeight="true" ht="140.0">
-      <c r="A657" s="1" t="inlineStr">
+    <row r="660" customHeight="true" ht="140.0">
+      <c r="A660" s="1" t="inlineStr">
         <is>
           <t>902620</t>
         </is>
       </c>
-      <c r="C657" s="1" t="inlineStr">
+      <c r="C660" s="1" t="inlineStr">
         <is>
           <t>GETZ</t>
         </is>
       </c>
-      <c r="D657" s="1" t="inlineStr">
+      <c r="D660" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E657" s="1" t="inlineStr">
+      <c r="E660" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F657" s="1" t="inlineStr">
+      <c r="F660" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="658" customHeight="true" ht="140.0">
-      <c r="A658" s="1" t="inlineStr">
+    <row r="661" customHeight="true" ht="140.0">
+      <c r="A661" s="1" t="inlineStr">
         <is>
           <t>899850</t>
         </is>
       </c>
-      <c r="C658" s="1" t="inlineStr">
+      <c r="C661" s="1" t="inlineStr">
         <is>
           <t>DIGIAN</t>
         </is>
       </c>
-      <c r="D658" s="1" t="inlineStr">
+      <c r="D661" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E658" s="1" t="inlineStr">
+      <c r="E661" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F658" s="1" t="inlineStr">
+      <c r="F661" s="1" t="inlineStr">
         <is>
           <t>Hyundai Digital Technology Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="659" customHeight="true" ht="140.0">
-      <c r="A659" s="1" t="inlineStr">
+    <row r="662" customHeight="true" ht="140.0">
+      <c r="A662" s="1" t="inlineStr">
         <is>
           <t>893722</t>
         </is>
       </c>
-      <c r="C659" s="1" t="inlineStr">
+      <c r="C662" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D659" s="1" t="inlineStr">
+      <c r="D662" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E659" s="1" t="inlineStr">
+      <c r="E662" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F659" s="1" t="inlineStr">
+      <c r="F662" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="660" customHeight="true" ht="140.0">
-      <c r="A660" s="1" t="inlineStr">
+    <row r="663" customHeight="true" ht="140.0">
+      <c r="A663" s="1" t="inlineStr">
         <is>
           <t>892556</t>
         </is>
       </c>
-      <c r="C660" s="1" t="inlineStr">
+      <c r="C663" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI MULTI CAV</t>
         </is>
       </c>
-      <c r="D660" s="1" t="inlineStr">
+      <c r="D663" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E660" s="1" t="inlineStr">
+      <c r="E663" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F660" s="1" t="inlineStr">
+      <c r="F663" s="1" t="inlineStr">
         <is>
           <t>Robert D Kim</t>
         </is>
       </c>
     </row>
-    <row r="661" customHeight="true" ht="140.0">
-      <c r="A661" s="1" t="inlineStr">
+    <row r="664" customHeight="true" ht="140.0">
+      <c r="A664" s="1" t="inlineStr">
         <is>
           <t>892485</t>
         </is>
       </c>
-      <c r="C661" s="1" t="inlineStr">
+      <c r="C664" s="1" t="inlineStr">
         <is>
           <t>TREVI</t>
         </is>
       </c>
-      <c r="D661" s="1" t="inlineStr">
+      <c r="D664" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E661" s="1" t="inlineStr">
+      <c r="E664" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F661" s="1" t="inlineStr">
+      <c r="F664" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="662" customHeight="true" ht="140.0">
-      <c r="A662" s="1" t="inlineStr">
+    <row r="665" customHeight="true" ht="140.0">
+      <c r="A665" s="1" t="inlineStr">
         <is>
           <t>883684</t>
         </is>
       </c>
-      <c r="C662" s="1" t="inlineStr">
+      <c r="C665" s="1" t="inlineStr">
         <is>
           <t>MATRIX</t>
         </is>
       </c>
-      <c r="D662" s="1" t="inlineStr">
+      <c r="D665" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E662" s="1" t="inlineStr">
+      <c r="E665" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F662" s="1" t="inlineStr">
+      <c r="F665" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="663" customHeight="true" ht="140.0">
-      <c r="A663" s="1" t="inlineStr">
+    <row r="666" customHeight="true" ht="140.0">
+      <c r="A666" s="1" t="inlineStr">
         <is>
           <t>880386</t>
         </is>
       </c>
-      <c r="C663" s="1" t="inlineStr">
+      <c r="C666" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D663" s="1" t="inlineStr">
+      <c r="D666" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E663" s="1" t="inlineStr">
+      <c r="E666" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F663" s="1" t="inlineStr">
+      <c r="F666" s="1" t="inlineStr">
         <is>
           <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="664" customHeight="true" ht="140.0">
-      <c r="A664" s="1" t="inlineStr">
+    <row r="667" customHeight="true" ht="140.0">
+      <c r="A667" s="1" t="inlineStr">
         <is>
           <t>869712</t>
         </is>
       </c>
-      <c r="C664" s="1" t="inlineStr">
+      <c r="C667" s="1" t="inlineStr">
         <is>
           <t>GRANDEUR ELITE</t>
         </is>
       </c>
-      <c r="D664" s="1" t="inlineStr">
+      <c r="D667" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E664" s="1" t="inlineStr">
-[...82 lines deleted...]
-      </c>
       <c r="E667" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F667" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="668" customHeight="true" ht="140.0">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>854242</t>
+          <t>869285</t>
         </is>
       </c>
       <c r="C668" s="1" t="inlineStr">
         <is>
-          <t>ELANTRA</t>
+          <t>LAVITA</t>
         </is>
       </c>
       <c r="D668" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E668" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F668" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
     <row r="669" customHeight="true" ht="140.0">
       <c r="A669" s="1" t="inlineStr">
         <is>
+          <t>865783</t>
+        </is>
+      </c>
+      <c r="C669" s="1" t="inlineStr">
+        <is>
+          <t>CRDi</t>
+        </is>
+      </c>
+      <c r="D669" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E669" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F669" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="670" customHeight="true" ht="140.0">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>856192</t>
+        </is>
+      </c>
+      <c r="C670" s="1" t="inlineStr">
+        <is>
+          <t>TERRACAN</t>
+        </is>
+      </c>
+      <c r="D670" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E670" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F670" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="671" customHeight="true" ht="140.0">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>854242</t>
+        </is>
+      </c>
+      <c r="C671" s="1" t="inlineStr">
+        <is>
+          <t>ELANTRA</t>
+        </is>
+      </c>
+      <c r="D671" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E671" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F671" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="672" customHeight="true" ht="140.0">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
           <t>852837</t>
         </is>
       </c>
-      <c r="C669" s="1" t="inlineStr">
+      <c r="C672" s="1" t="inlineStr">
         <is>
           <t>HTI</t>
         </is>
       </c>
-      <c r="D669" s="1" t="inlineStr">
+      <c r="D672" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E669" s="1" t="inlineStr">
+      <c r="E672" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F669" s="1" t="inlineStr">
+      <c r="F672" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="670" customHeight="true" ht="140.0">
-      <c r="A670" s="1" t="inlineStr">
+    <row r="673" customHeight="true" ht="140.0">
+      <c r="A673" s="1" t="inlineStr">
         <is>
           <t>831266</t>
         </is>
       </c>
-      <c r="C670" s="1" t="inlineStr">
+      <c r="C673" s="1" t="inlineStr">
         <is>
           <t>ELANTRA</t>
         </is>
       </c>
-      <c r="D670" s="1" t="inlineStr">
+      <c r="D673" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E670" s="1" t="inlineStr">
+      <c r="E673" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F670" s="1" t="inlineStr">
+      <c r="F673" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="671" customHeight="true" ht="140.0">
-      <c r="A671" s="1" t="inlineStr">
+    <row r="674" customHeight="true" ht="140.0">
+      <c r="A674" s="1" t="inlineStr">
         <is>
           <t>820456</t>
         </is>
       </c>
-      <c r="C671" s="1" t="inlineStr">
+      <c r="C674" s="1" t="inlineStr">
         <is>
           <t>H HYUNDAI MICROELECTRONICS</t>
         </is>
       </c>
-      <c r="D671" s="1" t="inlineStr">
+      <c r="D674" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E671" s="1" t="inlineStr">
+      <c r="E674" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F671" s="1" t="inlineStr">
+      <c r="F674" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co. Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="672" customHeight="true" ht="140.0">
-      <c r="A672" s="1" t="inlineStr">
+    <row r="675" customHeight="true" ht="140.0">
+      <c r="A675" s="1" t="inlineStr">
         <is>
           <t>817663</t>
         </is>
       </c>
-      <c r="C672" s="1" t="inlineStr">
+      <c r="C675" s="1" t="inlineStr">
         <is>
           <t>Highlander</t>
         </is>
       </c>
-      <c r="D672" s="1" t="inlineStr">
+      <c r="D675" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E672" s="1" t="inlineStr">
+      <c r="E675" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F672" s="1" t="inlineStr">
+      <c r="F675" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="673" customHeight="true" ht="140.0">
-      <c r="A673" s="1" t="inlineStr">
+    <row r="676" customHeight="true" ht="140.0">
+      <c r="A676" s="1" t="inlineStr">
         <is>
           <t>817247</t>
         </is>
       </c>
-      <c r="C673" s="1" t="inlineStr">
+      <c r="C676" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI SANTA FE</t>
         </is>
       </c>
-      <c r="D673" s="1" t="inlineStr">
+      <c r="D676" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E673" s="1" t="inlineStr">
+      <c r="E676" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F673" s="1" t="inlineStr">
+      <c r="F676" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="674" customHeight="true" ht="140.0">
-      <c r="A674" s="1" t="inlineStr">
+    <row r="677" customHeight="true" ht="140.0">
+      <c r="A677" s="1" t="inlineStr">
         <is>
           <t>817175</t>
         </is>
       </c>
-      <c r="C674" s="1" t="inlineStr">
+      <c r="C677" s="1" t="inlineStr">
         <is>
           <t>Hyland
 Highland</t>
         </is>
       </c>
-      <c r="D674" s="1" t="inlineStr">
+      <c r="D677" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E674" s="1" t="inlineStr">
+      <c r="E677" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F674" s="1" t="inlineStr">
+      <c r="F677" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="675" customHeight="true" ht="140.0">
-      <c r="A675" s="1" t="inlineStr">
+    <row r="678" customHeight="true" ht="140.0">
+      <c r="A678" s="1" t="inlineStr">
         <is>
           <t>817174</t>
         </is>
       </c>
-      <c r="C675" s="1" t="inlineStr">
+      <c r="C678" s="1" t="inlineStr">
         <is>
           <t>XG</t>
         </is>
       </c>
-      <c r="D675" s="1" t="inlineStr">
+      <c r="D678" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E675" s="1" t="inlineStr">
+      <c r="E678" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F675" s="1" t="inlineStr">
+      <c r="F678" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="676" customHeight="true" ht="140.0">
-      <c r="A676" s="1" t="inlineStr">
+    <row r="679" customHeight="true" ht="140.0">
+      <c r="A679" s="1" t="inlineStr">
         <is>
           <t>817173</t>
         </is>
       </c>
-      <c r="C676" s="1" t="inlineStr">
+      <c r="C679" s="1" t="inlineStr">
         <is>
           <t>Santa Fe</t>
         </is>
       </c>
-      <c r="D676" s="1" t="inlineStr">
+      <c r="D679" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E676" s="1" t="inlineStr">
+      <c r="E679" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F676" s="1" t="inlineStr">
+      <c r="F679" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="677" customHeight="true" ht="140.0">
-      <c r="A677" s="1" t="inlineStr">
+    <row r="680" customHeight="true" ht="140.0">
+      <c r="A680" s="1" t="inlineStr">
         <is>
           <t>817172</t>
         </is>
       </c>
-      <c r="C677" s="1" t="inlineStr">
+      <c r="C680" s="1" t="inlineStr">
         <is>
           <t>Traveller</t>
         </is>
       </c>
-      <c r="D677" s="1" t="inlineStr">
+      <c r="D680" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E677" s="1" t="inlineStr">
+      <c r="E680" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F677" s="1" t="inlineStr">
+      <c r="F680" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="678" customHeight="true" ht="140.0">
-      <c r="A678" s="1" t="inlineStr">
+    <row r="681" customHeight="true" ht="140.0">
+      <c r="A681" s="1" t="inlineStr">
         <is>
           <t>817171</t>
         </is>
       </c>
-      <c r="C678" s="1" t="inlineStr">
+      <c r="C681" s="1" t="inlineStr">
         <is>
           <t>Sports-matic</t>
         </is>
       </c>
-      <c r="D678" s="1" t="inlineStr">
+      <c r="D681" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E678" s="1" t="inlineStr">
+      <c r="E681" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F678" s="1" t="inlineStr">
+      <c r="F681" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="679" customHeight="true" ht="140.0">
-      <c r="A679" s="1" t="inlineStr">
+    <row r="682" customHeight="true" ht="140.0">
+      <c r="A682" s="1" t="inlineStr">
         <is>
           <t>803065</t>
         </is>
       </c>
-      <c r="C679" s="1" t="inlineStr">
+      <c r="C682" s="1" t="inlineStr">
         <is>
           <t>TRAJET</t>
         </is>
       </c>
-      <c r="D679" s="1" t="inlineStr">
+      <c r="D682" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E679" s="1" t="inlineStr">
+      <c r="E682" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F679" s="1" t="inlineStr">
+      <c r="F682" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="680" customHeight="true" ht="140.0">
-      <c r="A680" s="1" t="inlineStr">
+    <row r="683" customHeight="true" ht="140.0">
+      <c r="A683" s="1" t="inlineStr">
         <is>
           <t>783833</t>
         </is>
       </c>
-      <c r="C680" s="1" t="inlineStr">
+      <c r="C683" s="1" t="inlineStr">
         <is>
           <t>GRANDEUR</t>
         </is>
       </c>
-      <c r="D680" s="1" t="inlineStr">
+      <c r="D683" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E680" s="1" t="inlineStr">
+      <c r="E683" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F680" s="1" t="inlineStr">
+      <c r="F683" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="681" customHeight="true" ht="140.0">
-      <c r="A681" s="1" t="inlineStr">
+    <row r="684" customHeight="true" ht="140.0">
+      <c r="A684" s="1" t="inlineStr">
         <is>
           <t>777273</t>
         </is>
       </c>
-      <c r="C681" s="1" t="inlineStr">
+      <c r="C684" s="1" t="inlineStr">
         <is>
           <t>SMART PARTS</t>
         </is>
       </c>
-      <c r="D681" s="1" t="inlineStr">
+      <c r="D684" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E681" s="1" t="inlineStr">
+      <c r="E684" s="1" t="inlineStr">
         <is>
           <t>4, 12, 25, 37</t>
         </is>
       </c>
-      <c r="F681" s="1" t="inlineStr">
+      <c r="F684" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="682" customHeight="true" ht="140.0">
-      <c r="A682" s="1" t="inlineStr">
+    <row r="685" customHeight="true" ht="140.0">
+      <c r="A685" s="1" t="inlineStr">
         <is>
           <t>776519</t>
         </is>
       </c>
-      <c r="C682" s="1" t="inlineStr">
+      <c r="C685" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D682" s="1" t="inlineStr">
+      <c r="D685" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E682" s="1" t="inlineStr">
+      <c r="E685" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F682" s="1" t="inlineStr">
+      <c r="F685" s="1" t="inlineStr">
         <is>
           <t>Autoforce Systems Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="683" customHeight="true" ht="140.0">
-      <c r="A683" s="1" t="inlineStr">
+    <row r="686" customHeight="true" ht="140.0">
+      <c r="A686" s="1" t="inlineStr">
         <is>
           <t>776058</t>
         </is>
       </c>
-      <c r="C683" s="1" t="inlineStr">
+      <c r="C686" s="1" t="inlineStr">
         <is>
           <t>CENTENNIAL</t>
         </is>
       </c>
-      <c r="D683" s="1" t="inlineStr">
+      <c r="D686" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E683" s="1" t="inlineStr">
+      <c r="E686" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F683" s="1" t="inlineStr">
+      <c r="F686" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="684" customHeight="true" ht="140.0">
-      <c r="A684" s="1" t="inlineStr">
+    <row r="687" customHeight="true" ht="140.0">
+      <c r="A687" s="1" t="inlineStr">
         <is>
           <t>775212</t>
         </is>
       </c>
-      <c r="C684" s="1" t="inlineStr">
+      <c r="C687" s="1" t="inlineStr">
         <is>
           <t>TB TRADE BEATERS</t>
         </is>
       </c>
-      <c r="D684" s="1" t="inlineStr">
+      <c r="D687" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E684" s="1" t="inlineStr">
+      <c r="E687" s="1" t="inlineStr">
         <is>
           <t>4, 12, 25, 37</t>
         </is>
       </c>
-      <c r="F684" s="1" t="inlineStr">
+      <c r="F687" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="685" customHeight="true" ht="140.0">
-      <c r="A685" s="1" t="inlineStr">
+    <row r="688" customHeight="true" ht="140.0">
+      <c r="A688" s="1" t="inlineStr">
         <is>
           <t>773291</t>
         </is>
       </c>
-      <c r="C685" s="1" t="inlineStr">
+      <c r="C688" s="1" t="inlineStr">
         <is>
           <t>MOTOR PLUS</t>
         </is>
       </c>
-      <c r="D685" s="1" t="inlineStr">
+      <c r="D688" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E685" s="1" t="inlineStr">
+      <c r="E688" s="1" t="inlineStr">
         <is>
           <t>4, 12, 25, 37</t>
         </is>
       </c>
-      <c r="F685" s="1" t="inlineStr">
+      <c r="F688" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="686" customHeight="true" ht="140.0">
-      <c r="A686" s="1" t="inlineStr">
+    <row r="689" customHeight="true" ht="140.0">
+      <c r="A689" s="1" t="inlineStr">
         <is>
           <t>772854</t>
         </is>
       </c>
-      <c r="C686" s="1" t="inlineStr">
+      <c r="C689" s="1" t="inlineStr">
         <is>
           <t>MOTOR PLUS</t>
         </is>
       </c>
-      <c r="D686" s="1" t="inlineStr">
+      <c r="D689" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E686" s="1" t="inlineStr">
+      <c r="E689" s="1" t="inlineStr">
         <is>
           <t>4, 12, 25, 37</t>
         </is>
       </c>
-      <c r="F686" s="1" t="inlineStr">
+      <c r="F689" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="687" customHeight="true" ht="140.0">
-      <c r="A687" s="1" t="inlineStr">
+    <row r="690" customHeight="true" ht="140.0">
+      <c r="A690" s="1" t="inlineStr">
         <is>
           <t>760130</t>
         </is>
       </c>
-      <c r="C687" s="1" t="inlineStr">
+      <c r="C690" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI EXTENDED FACTORY WARRANTY</t>
         </is>
       </c>
-      <c r="D687" s="1" t="inlineStr">
+      <c r="D690" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E687" s="1" t="inlineStr">
+      <c r="E690" s="1" t="inlineStr">
         <is>
           <t>36, 37</t>
         </is>
       </c>
-      <c r="F687" s="1" t="inlineStr">
+      <c r="F690" s="1" t="inlineStr">
         <is>
           <t>Autoforce Systems Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="688" customHeight="true" ht="140.0">
-      <c r="A688" s="1" t="inlineStr">
+    <row r="691" customHeight="true" ht="140.0">
+      <c r="A691" s="1" t="inlineStr">
         <is>
           <t>751591</t>
         </is>
       </c>
-      <c r="C688" s="1" t="inlineStr">
+      <c r="C691" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI PETROCHEMICAL</t>
         </is>
       </c>
-      <c r="D688" s="1" t="inlineStr">
+      <c r="D691" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E688" s="1" t="inlineStr">
+      <c r="E691" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F688" s="1" t="inlineStr">
+      <c r="F691" s="1" t="inlineStr">
         <is>
           <t>Seetec Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="689" customHeight="true" ht="140.0">
-      <c r="A689" s="1" t="inlineStr">
+    <row r="692" customHeight="true" ht="140.0">
+      <c r="A692" s="1" t="inlineStr">
         <is>
           <t>751589</t>
         </is>
       </c>
-      <c r="C689" s="1" t="inlineStr">
+      <c r="C692" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI PETROCHEMICAL</t>
         </is>
       </c>
-      <c r="D689" s="1" t="inlineStr">
+      <c r="D692" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E689" s="1" t="inlineStr">
+      <c r="E692" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F689" s="1" t="inlineStr">
+      <c r="F692" s="1" t="inlineStr">
         <is>
           <t>Hyundai Petrochemical Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="690" customHeight="true" ht="140.0">
-      <c r="A690" s="1" t="inlineStr">
+    <row r="693" customHeight="true" ht="140.0">
+      <c r="A693" s="1" t="inlineStr">
         <is>
           <t>750051</t>
         </is>
       </c>
-      <c r="C690" s="1" t="inlineStr">
+      <c r="C693" s="1" t="inlineStr">
         <is>
           <t>DRIVEAWAY</t>
         </is>
       </c>
-      <c r="D690" s="1" t="inlineStr">
+      <c r="D693" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E690" s="1" t="inlineStr">
+      <c r="E693" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F690" s="1" t="inlineStr">
+      <c r="F693" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="691" customHeight="true" ht="140.0">
-      <c r="A691" s="1" t="inlineStr">
+    <row r="694" customHeight="true" ht="140.0">
+      <c r="A694" s="1" t="inlineStr">
         <is>
           <t>750050</t>
         </is>
       </c>
-      <c r="C691" s="1" t="inlineStr">
+      <c r="C694" s="1" t="inlineStr">
         <is>
           <t>DRIVEAWAY NO MORE TO PAY</t>
         </is>
       </c>
-      <c r="D691" s="1" t="inlineStr">
+      <c r="D694" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E691" s="1" t="inlineStr">
+      <c r="E694" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F691" s="1" t="inlineStr">
+      <c r="F694" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="692" customHeight="true" ht="140.0">
-      <c r="A692" s="1" t="inlineStr">
+    <row r="695" customHeight="true" ht="140.0">
+      <c r="A695" s="1" t="inlineStr">
         <is>
           <t>743479</t>
         </is>
       </c>
-      <c r="C692" s="1" t="inlineStr">
+      <c r="C695" s="1" t="inlineStr">
         <is>
           <t>GALLOPER</t>
         </is>
       </c>
-      <c r="D692" s="1" t="inlineStr">
+      <c r="D695" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E692" s="1" t="inlineStr">
+      <c r="E695" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F692" s="1" t="inlineStr">
+      <c r="F695" s="1" t="inlineStr">
         <is>
           <t>Hyundai Precision &amp; Industry Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="693" customHeight="true" ht="140.0">
-      <c r="A693" s="1" t="inlineStr">
+    <row r="696" customHeight="true" ht="140.0">
+      <c r="A696" s="1" t="inlineStr">
         <is>
           <t>740194</t>
         </is>
       </c>
-      <c r="C693" s="1" t="inlineStr">
+      <c r="C696" s="1" t="inlineStr">
         <is>
           <t>ALLDAI EVERYDAI</t>
         </is>
       </c>
-      <c r="D693" s="1" t="inlineStr">
+      <c r="D696" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E693" s="1" t="inlineStr">
+      <c r="E696" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F693" s="1" t="inlineStr">
+      <c r="F696" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="694" customHeight="true" ht="140.0">
-      <c r="A694" s="1" t="inlineStr">
+    <row r="697" customHeight="true" ht="140.0">
+      <c r="A697" s="1" t="inlineStr">
         <is>
           <t>740193</t>
         </is>
       </c>
-      <c r="C694" s="1" t="inlineStr">
+      <c r="C697" s="1" t="inlineStr">
         <is>
           <t>WHAT DRIVES YOU DRIVES US</t>
         </is>
       </c>
-      <c r="D694" s="1" t="inlineStr">
+      <c r="D697" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E694" s="1" t="inlineStr">
+      <c r="E697" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F694" s="1" t="inlineStr">
+      <c r="F697" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="695" customHeight="true" ht="140.0">
-      <c r="A695" s="1" t="inlineStr">
+    <row r="698" customHeight="true" ht="140.0">
+      <c r="A698" s="1" t="inlineStr">
         <is>
           <t>739512</t>
         </is>
       </c>
-      <c r="C695" s="1" t="inlineStr">
+      <c r="C698" s="1" t="inlineStr">
         <is>
           <t>ATOS</t>
         </is>
       </c>
-      <c r="D695" s="1" t="inlineStr">
+      <c r="D698" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E695" s="1" t="inlineStr">
+      <c r="E698" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F695" s="1" t="inlineStr">
+      <c r="F698" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="696" customHeight="true" ht="140.0">
-      <c r="A696" s="1" t="inlineStr">
+    <row r="699" customHeight="true" ht="140.0">
+      <c r="A699" s="1" t="inlineStr">
         <is>
           <t>738799</t>
         </is>
       </c>
-      <c r="C696" s="1" t="inlineStr">
+      <c r="C699" s="1" t="inlineStr">
         <is>
           <t>GULLIVER</t>
         </is>
       </c>
-      <c r="D696" s="1" t="inlineStr">
+      <c r="D699" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E696" s="1" t="inlineStr">
+      <c r="E699" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F696" s="1" t="inlineStr">
+      <c r="F699" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="697" customHeight="true" ht="140.0">
-      <c r="A697" s="1" t="inlineStr">
+    <row r="700" customHeight="true" ht="140.0">
+      <c r="A700" s="1" t="inlineStr">
         <is>
           <t>736227</t>
         </is>
       </c>
-      <c r="C697" s="1" t="inlineStr">
+      <c r="C700" s="1" t="inlineStr">
         <is>
           <t>NORTHBRIDGE</t>
         </is>
       </c>
-      <c r="D697" s="1" t="inlineStr">
+      <c r="D700" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E697" s="1" t="inlineStr">
+      <c r="E700" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F697" s="1" t="inlineStr">
+      <c r="F700" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics America Inc</t>
         </is>
       </c>
     </row>
-    <row r="698" customHeight="true" ht="140.0">
-      <c r="A698" s="1" t="inlineStr">
+    <row r="701" customHeight="true" ht="140.0">
+      <c r="A701" s="1" t="inlineStr">
         <is>
           <t>735012</t>
         </is>
       </c>
-      <c r="C698" s="1" t="inlineStr">
+      <c r="C701" s="1" t="inlineStr">
         <is>
           <t>DYNAT</t>
         </is>
       </c>
-      <c r="D698" s="1" t="inlineStr">
+      <c r="D701" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E698" s="1" t="inlineStr">
+      <c r="E701" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F698" s="1" t="inlineStr">
+      <c r="F701" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="699" customHeight="true" ht="140.0">
-      <c r="A699" s="1" t="inlineStr">
+    <row r="702" customHeight="true" ht="140.0">
+      <c r="A702" s="1" t="inlineStr">
         <is>
           <t>732682</t>
         </is>
       </c>
-      <c r="C699" s="1" t="inlineStr">
+      <c r="C702" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI H-1</t>
         </is>
       </c>
-      <c r="D699" s="1" t="inlineStr">
+      <c r="D702" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E699" s="1" t="inlineStr">
+      <c r="E702" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F699" s="1" t="inlineStr">
+      <c r="F702" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="700" customHeight="true" ht="140.0">
-      <c r="A700" s="1" t="inlineStr">
+    <row r="703" customHeight="true" ht="140.0">
+      <c r="A703" s="1" t="inlineStr">
         <is>
           <t>726859</t>
         </is>
       </c>
-      <c r="C700" s="1" t="inlineStr">
+      <c r="C703" s="1" t="inlineStr">
         <is>
           <t>NORTHBRIDGE TECHNOLOGIES</t>
         </is>
       </c>
-      <c r="D700" s="1" t="inlineStr">
+      <c r="D703" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E700" s="1" t="inlineStr">
+      <c r="E703" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F700" s="1" t="inlineStr">
+      <c r="F703" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics America Inc</t>
         </is>
       </c>
     </row>
-    <row r="701" customHeight="true" ht="140.0">
-      <c r="A701" s="1" t="inlineStr">
+    <row r="704" customHeight="true" ht="140.0">
+      <c r="A704" s="1" t="inlineStr">
         <is>
           <t>681480</t>
         </is>
       </c>
-      <c r="C701" s="1" t="inlineStr">
+      <c r="C704" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI COUPE</t>
         </is>
       </c>
-      <c r="D701" s="1" t="inlineStr">
+      <c r="D704" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E701" s="1" t="inlineStr">
+      <c r="E704" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F701" s="1" t="inlineStr">
+      <c r="F704" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="702" customHeight="true" ht="140.0">
-      <c r="A702" s="1" t="inlineStr">
+    <row r="705" customHeight="true" ht="140.0">
+      <c r="A705" s="1" t="inlineStr">
         <is>
           <t>681272</t>
         </is>
       </c>
-      <c r="C702" s="1" t="inlineStr">
+      <c r="C705" s="1" t="inlineStr">
         <is>
           <t>TIBURON</t>
         </is>
       </c>
-      <c r="D702" s="1" t="inlineStr">
+      <c r="D705" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E702" s="1" t="inlineStr">
+      <c r="E705" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F702" s="1" t="inlineStr">
+      <c r="F705" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="703" customHeight="true" ht="140.0">
-      <c r="A703" s="1" t="inlineStr">
+    <row r="706" customHeight="true" ht="140.0">
+      <c r="A706" s="1" t="inlineStr">
         <is>
           <t>677939</t>
         </is>
       </c>
-      <c r="C703" s="1" t="inlineStr">
+      <c r="C706" s="1" t="inlineStr">
         <is>
           <t>HiTROL</t>
         </is>
       </c>
-      <c r="D703" s="1" t="inlineStr">
+      <c r="D706" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E703" s="1" t="inlineStr">
+      <c r="E706" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F703" s="1" t="inlineStr">
+      <c r="F706" s="1" t="inlineStr">
         <is>
           <t>Hyundai Precision &amp; Industry Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="704" customHeight="true" ht="140.0">
-      <c r="A704" s="1" t="inlineStr">
+    <row r="707" customHeight="true" ht="140.0">
+      <c r="A707" s="1" t="inlineStr">
         <is>
           <t>669897</t>
         </is>
       </c>
-      <c r="C704" s="1" t="inlineStr">
+      <c r="C707" s="1" t="inlineStr">
         <is>
           <t>HiT 18S</t>
         </is>
       </c>
-      <c r="D704" s="1" t="inlineStr">
+      <c r="D707" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E704" s="1" t="inlineStr">
+      <c r="E707" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F704" s="1" t="inlineStr">
+      <c r="F707" s="1" t="inlineStr">
         <is>
           <t>Hyundai Precision &amp; Industry Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="705" customHeight="true" ht="140.0">
-      <c r="A705" s="1" t="inlineStr">
+    <row r="708" customHeight="true" ht="140.0">
+      <c r="A708" s="1" t="inlineStr">
         <is>
           <t>669896</t>
         </is>
       </c>
-      <c r="C705" s="1" t="inlineStr">
+      <c r="C708" s="1" t="inlineStr">
         <is>
           <t>HiDIAL</t>
         </is>
       </c>
-      <c r="D705" s="1" t="inlineStr">
+      <c r="D708" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E705" s="1" t="inlineStr">
+      <c r="E708" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F705" s="1" t="inlineStr">
+      <c r="F708" s="1" t="inlineStr">
         <is>
           <t>Hyundai Precision &amp; Industry Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="706" customHeight="true" ht="140.0">
-      <c r="A706" s="1" t="inlineStr">
+    <row r="709" customHeight="true" ht="140.0">
+      <c r="A709" s="1" t="inlineStr">
         <is>
           <t>669895</t>
         </is>
       </c>
-      <c r="C706" s="1" t="inlineStr">
+      <c r="C709" s="1" t="inlineStr">
         <is>
           <t>HiTROL</t>
         </is>
       </c>
-      <c r="D706" s="1" t="inlineStr">
+      <c r="D709" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E706" s="1" t="inlineStr">
+      <c r="E709" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F706" s="1" t="inlineStr">
+      <c r="F709" s="1" t="inlineStr">
         <is>
           <t>Hyundai Precision &amp; Industry Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="707" customHeight="true" ht="140.0">
-      <c r="A707" s="1" t="inlineStr">
+    <row r="710" customHeight="true" ht="140.0">
+      <c r="A710" s="1" t="inlineStr">
         <is>
           <t>669894</t>
         </is>
       </c>
-      <c r="C707" s="1" t="inlineStr">
+      <c r="C710" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D707" s="1" t="inlineStr">
+      <c r="D710" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E707" s="1" t="inlineStr">
+      <c r="E710" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F707" s="1" t="inlineStr">
+      <c r="F710" s="1" t="inlineStr">
         <is>
           <t>Hyundai Precision &amp; Industry Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="708" customHeight="true" ht="140.0">
-      <c r="A708" s="1" t="inlineStr">
+    <row r="711" customHeight="true" ht="140.0">
+      <c r="A711" s="1" t="inlineStr">
         <is>
           <t>653983</t>
         </is>
       </c>
-      <c r="C708" s="1" t="inlineStr">
+      <c r="C711" s="1" t="inlineStr">
         <is>
           <t>CLUB GOLD</t>
         </is>
       </c>
-      <c r="D708" s="1" t="inlineStr">
+      <c r="D711" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E708" s="1" t="inlineStr">
+      <c r="E711" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F708" s="1" t="inlineStr">
+      <c r="F711" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="709" customHeight="true" ht="140.0">
-      <c r="A709" s="1" t="inlineStr">
+    <row r="712" customHeight="true" ht="140.0">
+      <c r="A712" s="1" t="inlineStr">
         <is>
           <t>653982</t>
         </is>
       </c>
-      <c r="C709" s="1" t="inlineStr">
+      <c r="C712" s="1" t="inlineStr">
         <is>
           <t>CLUB GOLD</t>
         </is>
       </c>
-      <c r="D709" s="1" t="inlineStr">
+      <c r="D712" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E709" s="1" t="inlineStr">
+      <c r="E712" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F709" s="1" t="inlineStr">
+      <c r="F712" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="710" customHeight="true" ht="140.0">
-      <c r="A710" s="1" t="inlineStr">
+    <row r="713" customHeight="true" ht="140.0">
+      <c r="A713" s="1" t="inlineStr">
         <is>
           <t>653980</t>
         </is>
       </c>
-      <c r="C710" s="1" t="inlineStr">
+      <c r="C713" s="1" t="inlineStr">
         <is>
           <t>GOLD MEDAL SERVICE</t>
         </is>
       </c>
-      <c r="D710" s="1" t="inlineStr">
+      <c r="D713" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E710" s="1" t="inlineStr">
+      <c r="E713" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F710" s="1" t="inlineStr">
+      <c r="F713" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="711" customHeight="true" ht="140.0">
-      <c r="A711" s="1" t="inlineStr">
+    <row r="714" customHeight="true" ht="140.0">
+      <c r="A714" s="1" t="inlineStr">
         <is>
           <t>651456</t>
         </is>
       </c>
-      <c r="C711" s="1" t="inlineStr">
+      <c r="C714" s="1" t="inlineStr">
         <is>
           <t>CD VISION V</t>
         </is>
       </c>
-      <c r="D711" s="1" t="inlineStr">
+      <c r="D714" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E711" s="1" t="inlineStr">
+      <c r="E714" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F711" s="1" t="inlineStr">
+      <c r="F714" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="712" customHeight="true" ht="140.0">
-      <c r="A712" s="1" t="inlineStr">
+    <row r="715" customHeight="true" ht="140.0">
+      <c r="A715" s="1" t="inlineStr">
         <is>
           <t>650999</t>
         </is>
       </c>
-      <c r="C712" s="1" t="inlineStr">
+      <c r="C715" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI TECHLEN</t>
         </is>
       </c>
-      <c r="D712" s="1" t="inlineStr">
+      <c r="D715" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E712" s="1" t="inlineStr">
+      <c r="E715" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F712" s="1" t="inlineStr">
+      <c r="F715" s="1" t="inlineStr">
         <is>
           <t>Hyundai Petrochemical Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="713" customHeight="true" ht="140.0">
-      <c r="A713" s="1" t="inlineStr">
+    <row r="716" customHeight="true" ht="140.0">
+      <c r="A716" s="1" t="inlineStr">
         <is>
           <t>650998</t>
         </is>
       </c>
-      <c r="C713" s="1" t="inlineStr">
+      <c r="C716" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI TECHLEN</t>
         </is>
       </c>
-      <c r="D713" s="1" t="inlineStr">
+      <c r="D716" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E713" s="1" t="inlineStr">
+      <c r="E716" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F713" s="1" t="inlineStr">
+      <c r="F716" s="1" t="inlineStr">
         <is>
           <t>Hyundai Petrochemical Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="714" customHeight="true" ht="140.0">
-      <c r="A714" s="1" t="inlineStr">
+    <row r="717" customHeight="true" ht="140.0">
+      <c r="A717" s="1" t="inlineStr">
         <is>
           <t>630167</t>
         </is>
       </c>
-      <c r="C714" s="1" t="inlineStr">
+      <c r="C717" s="1" t="inlineStr">
         <is>
           <t>PICCOLO</t>
         </is>
       </c>
-      <c r="D714" s="1" t="inlineStr">
+      <c r="D717" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E714" s="1" t="inlineStr">
+      <c r="E717" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F714" s="1" t="inlineStr">
+      <c r="F717" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="715" customHeight="true" ht="140.0">
-      <c r="A715" s="1" t="inlineStr">
+    <row r="718" customHeight="true" ht="140.0">
+      <c r="A718" s="1" t="inlineStr">
         <is>
           <t>622018</t>
         </is>
       </c>
-      <c r="C715" s="1" t="inlineStr">
+      <c r="C718" s="1" t="inlineStr">
         <is>
           <t>EXCEL</t>
         </is>
       </c>
-      <c r="D715" s="1" t="inlineStr">
+      <c r="D718" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E715" s="1" t="inlineStr">
+      <c r="E718" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F715" s="1" t="inlineStr">
+      <c r="F718" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="716" customHeight="true" ht="140.0">
-      <c r="A716" s="1" t="inlineStr">
+    <row r="719" customHeight="true" ht="140.0">
+      <c r="A719" s="1" t="inlineStr">
         <is>
           <t>620004</t>
         </is>
       </c>
-      <c r="C716" s="1" t="inlineStr">
+      <c r="C719" s="1" t="inlineStr">
         <is>
           <t>MISTRA</t>
         </is>
       </c>
-      <c r="D716" s="1" t="inlineStr">
+      <c r="D719" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E716" s="1" t="inlineStr">
+      <c r="E719" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F716" s="1" t="inlineStr">
+      <c r="F719" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="717" customHeight="true" ht="140.0">
-      <c r="A717" s="1" t="inlineStr">
+    <row r="720" customHeight="true" ht="140.0">
+      <c r="A720" s="1" t="inlineStr">
         <is>
           <t>611691</t>
         </is>
       </c>
-      <c r="C717" s="1" t="inlineStr">
+      <c r="C720" s="1" t="inlineStr">
         <is>
           <t>LEVANT</t>
         </is>
       </c>
-      <c r="D717" s="1" t="inlineStr">
+      <c r="D720" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E717" s="1" t="inlineStr">
+      <c r="E720" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F717" s="1" t="inlineStr">
+      <c r="F720" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="718" customHeight="true" ht="140.0">
-      <c r="A718" s="1" t="inlineStr">
+    <row r="721" customHeight="true" ht="140.0">
+      <c r="A721" s="1" t="inlineStr">
         <is>
           <t>604669</t>
         </is>
       </c>
-      <c r="C718" s="1" t="inlineStr">
+      <c r="C721" s="1" t="inlineStr">
         <is>
           <t>H 100</t>
         </is>
       </c>
-      <c r="D718" s="1" t="inlineStr">
+      <c r="D721" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E718" s="1" t="inlineStr">
+      <c r="E721" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F718" s="1" t="inlineStr">
+      <c r="F721" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="719" customHeight="true" ht="140.0">
-      <c r="A719" s="1" t="inlineStr">
+    <row r="722" customHeight="true" ht="140.0">
+      <c r="A722" s="1" t="inlineStr">
         <is>
           <t>595057</t>
         </is>
       </c>
-      <c r="C719" s="1" t="inlineStr">
+      <c r="C722" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D719" s="1" t="inlineStr">
+      <c r="D722" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E719" s="1" t="inlineStr">
+      <c r="E722" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F719" s="1" t="inlineStr">
+      <c r="F722" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
-        </is>
-[...82 lines deleted...]
-          <t>HD Hyundai Co., Ltd.</t>
         </is>
       </c>
     </row>
     <row r="723" customHeight="true" ht="140.0">
       <c r="A723" s="1" t="inlineStr">
         <is>
+          <t>585523</t>
+        </is>
+      </c>
+      <c r="C723" s="1" t="inlineStr">
+        <is>
+          <t>ALTRA</t>
+        </is>
+      </c>
+      <c r="D723" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E723" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F723" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="724" customHeight="true" ht="140.0">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>585521</t>
+        </is>
+      </c>
+      <c r="C724" s="1" t="inlineStr">
+        <is>
+          <t>AMICA</t>
+        </is>
+      </c>
+      <c r="D724" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E724" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F724" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor Company</t>
+        </is>
+      </c>
+    </row>
+    <row r="725" customHeight="true" ht="140.0">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>584050</t>
+        </is>
+      </c>
+      <c r="C725" s="1" t="inlineStr">
+        <is>
+          <t>HYUNDAI</t>
+        </is>
+      </c>
+      <c r="D725" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E725" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F725" s="1" t="inlineStr">
+        <is>
+          <t>HD Hyundai Co., Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="726" customHeight="true" ht="140.0">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
           <t>577992</t>
         </is>
       </c>
-      <c r="C723" s="1" t="inlineStr">
+      <c r="C726" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI NEURON</t>
         </is>
       </c>
-      <c r="D723" s="1" t="inlineStr">
+      <c r="D726" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E723" s="1" t="inlineStr">
+      <c r="E726" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F723" s="1" t="inlineStr">
+      <c r="F726" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="724" customHeight="true" ht="140.0">
-      <c r="A724" s="1" t="inlineStr">
+    <row r="727" customHeight="true" ht="140.0">
+      <c r="A727" s="1" t="inlineStr">
         <is>
           <t>574383</t>
         </is>
       </c>
-      <c r="C724" s="1" t="inlineStr">
+      <c r="C727" s="1" t="inlineStr">
         <is>
           <t>PORTER</t>
         </is>
       </c>
-      <c r="D724" s="1" t="inlineStr">
+      <c r="D727" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E724" s="1" t="inlineStr">
+      <c r="E727" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F724" s="1" t="inlineStr">
+      <c r="F727" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="725" customHeight="true" ht="140.0">
-      <c r="A725" s="1" t="inlineStr">
+    <row r="728" customHeight="true" ht="140.0">
+      <c r="A728" s="1" t="inlineStr">
         <is>
           <t>573090</t>
         </is>
       </c>
-      <c r="C725" s="1" t="inlineStr">
+      <c r="C728" s="1" t="inlineStr">
         <is>
           <t>GRACE</t>
         </is>
       </c>
-      <c r="D725" s="1" t="inlineStr">
+      <c r="D728" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E725" s="1" t="inlineStr">
+      <c r="E728" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F725" s="1" t="inlineStr">
+      <c r="F728" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="726" customHeight="true" ht="140.0">
-      <c r="A726" s="1" t="inlineStr">
+    <row r="729" customHeight="true" ht="140.0">
+      <c r="A729" s="1" t="inlineStr">
         <is>
           <t>557028</t>
         </is>
       </c>
-      <c r="C726" s="1" t="inlineStr">
+      <c r="C729" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI TECHLEN</t>
         </is>
       </c>
-      <c r="D726" s="1" t="inlineStr">
+      <c r="D729" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E726" s="1" t="inlineStr">
+      <c r="E729" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F726" s="1" t="inlineStr">
+      <c r="F729" s="1" t="inlineStr">
         <is>
           <t>Hyundai Petrochemical Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="727" customHeight="true" ht="140.0">
-      <c r="A727" s="1" t="inlineStr">
+    <row r="730" customHeight="true" ht="140.0">
+      <c r="A730" s="1" t="inlineStr">
         <is>
           <t>555137</t>
         </is>
       </c>
-      <c r="C727" s="1" t="inlineStr">
+      <c r="C730" s="1" t="inlineStr">
         <is>
           <t>LANTRA</t>
         </is>
       </c>
-      <c r="D727" s="1" t="inlineStr">
+      <c r="D730" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E727" s="1" t="inlineStr">
+      <c r="E730" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F727" s="1" t="inlineStr">
+      <c r="F730" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="728" customHeight="true" ht="140.0">
-      <c r="A728" s="1" t="inlineStr">
+    <row r="731" customHeight="true" ht="140.0">
+      <c r="A731" s="1" t="inlineStr">
         <is>
           <t>553414</t>
         </is>
       </c>
-      <c r="C728" s="1" t="inlineStr">
+      <c r="C731" s="1" t="inlineStr">
         <is>
           <t>PINOVIA</t>
         </is>
       </c>
-      <c r="D728" s="1" t="inlineStr">
+      <c r="D731" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E728" s="1" t="inlineStr">
+      <c r="E731" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F728" s="1" t="inlineStr">
+      <c r="F731" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="729" customHeight="true" ht="140.0">
-      <c r="A729" s="1" t="inlineStr">
+    <row r="732" customHeight="true" ht="140.0">
+      <c r="A732" s="1" t="inlineStr">
         <is>
           <t>553047</t>
         </is>
       </c>
-      <c r="C729" s="1" t="inlineStr">
+      <c r="C732" s="1" t="inlineStr">
         <is>
           <t>HMC HYUNDAI</t>
         </is>
       </c>
-      <c r="D729" s="1" t="inlineStr">
+      <c r="D732" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E729" s="1" t="inlineStr">
+      <c r="E732" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F729" s="1" t="inlineStr">
+      <c r="F732" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="730" customHeight="true" ht="140.0">
-      <c r="A730" s="1" t="inlineStr">
+    <row r="733" customHeight="true" ht="140.0">
+      <c r="A733" s="1" t="inlineStr">
         <is>
           <t>553046</t>
         </is>
       </c>
-      <c r="C730" s="1" t="inlineStr">
+      <c r="C733" s="1" t="inlineStr">
         <is>
           <t>EXCELASER</t>
         </is>
       </c>
-      <c r="D730" s="1" t="inlineStr">
+      <c r="D733" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E730" s="1" t="inlineStr">
+      <c r="E733" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F730" s="1" t="inlineStr">
+      <c r="F733" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="731" customHeight="true" ht="140.0">
-      <c r="A731" s="1" t="inlineStr">
+    <row r="734" customHeight="true" ht="140.0">
+      <c r="A734" s="1" t="inlineStr">
         <is>
           <t>548735</t>
         </is>
       </c>
-      <c r="C731" s="1" t="inlineStr">
+      <c r="C734" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI TECHLEN</t>
         </is>
       </c>
-      <c r="D731" s="1" t="inlineStr">
+      <c r="D734" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E731" s="1" t="inlineStr">
+      <c r="E734" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F731" s="1" t="inlineStr">
+      <c r="F734" s="1" t="inlineStr">
         <is>
           <t>Hyundai Petrochemical Co. Ltd</t>
         </is>
       </c>
     </row>
-    <row r="732" customHeight="true" ht="140.0">
-      <c r="A732" s="1" t="inlineStr">
+    <row r="735" customHeight="true" ht="140.0">
+      <c r="A735" s="1" t="inlineStr">
         <is>
           <t>546261</t>
         </is>
       </c>
-      <c r="C732" s="1" t="inlineStr">
+      <c r="C735" s="1" t="inlineStr">
         <is>
           <t>H</t>
         </is>
       </c>
-      <c r="D732" s="1" t="inlineStr">
+      <c r="D735" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E732" s="1" t="inlineStr">
+      <c r="E735" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F732" s="1" t="inlineStr">
+      <c r="F735" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="733" customHeight="true" ht="140.0">
-      <c r="A733" s="1" t="inlineStr">
+    <row r="736" customHeight="true" ht="140.0">
+      <c r="A736" s="1" t="inlineStr">
         <is>
           <t>540096</t>
         </is>
       </c>
-      <c r="C733" s="1" t="inlineStr">
+      <c r="C736" s="1" t="inlineStr">
         <is>
           <t>H</t>
         </is>
       </c>
-      <c r="D733" s="1" t="inlineStr">
+      <c r="D736" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E733" s="1" t="inlineStr">
+      <c r="E736" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F733" s="1" t="inlineStr">
+      <c r="F736" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="734" customHeight="true" ht="140.0">
-      <c r="A734" s="1" t="inlineStr">
+    <row r="737" customHeight="true" ht="140.0">
+      <c r="A737" s="1" t="inlineStr">
         <is>
           <t>539223</t>
         </is>
       </c>
-      <c r="C734" s="1" t="inlineStr">
+      <c r="C737" s="1" t="inlineStr">
         <is>
           <t>"EXCEL SPRINT"</t>
         </is>
       </c>
-      <c r="D734" s="1" t="inlineStr">
+      <c r="D737" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E734" s="1" t="inlineStr">
+      <c r="E737" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F734" s="1" t="inlineStr">
+      <c r="F737" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="735" customHeight="true" ht="140.0">
-      <c r="A735" s="1" t="inlineStr">
+    <row r="738" customHeight="true" ht="140.0">
+      <c r="A738" s="1" t="inlineStr">
         <is>
           <t>533932</t>
         </is>
       </c>
-      <c r="C735" s="1" t="inlineStr">
+      <c r="C738" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D735" s="1" t="inlineStr">
+      <c r="D738" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E735" s="1" t="inlineStr">
+      <c r="E738" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F735" s="1" t="inlineStr">
+      <c r="F738" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="736" customHeight="true" ht="140.0">
-      <c r="A736" s="1" t="inlineStr">
+    <row r="739" customHeight="true" ht="140.0">
+      <c r="A739" s="1" t="inlineStr">
         <is>
           <t>533931</t>
         </is>
       </c>
-      <c r="C736" s="1" t="inlineStr">
+      <c r="C739" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D736" s="1" t="inlineStr">
+      <c r="D739" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E736" s="1" t="inlineStr">
+      <c r="E739" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F736" s="1" t="inlineStr">
+      <c r="F739" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="737" customHeight="true" ht="140.0">
-      <c r="A737" s="1" t="inlineStr">
+    <row r="740" customHeight="true" ht="140.0">
+      <c r="A740" s="1" t="inlineStr">
         <is>
           <t>533930</t>
         </is>
       </c>
-      <c r="C737" s="1" t="inlineStr">
+      <c r="C740" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D737" s="1" t="inlineStr">
+      <c r="D740" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E737" s="1" t="inlineStr">
+      <c r="E740" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F737" s="1" t="inlineStr">
+      <c r="F740" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="738" customHeight="true" ht="140.0">
-      <c r="A738" s="1" t="inlineStr">
+    <row r="741" customHeight="true" ht="140.0">
+      <c r="A741" s="1" t="inlineStr">
         <is>
           <t>533929</t>
         </is>
       </c>
-      <c r="C738" s="1" t="inlineStr">
+      <c r="C741" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D738" s="1" t="inlineStr">
+      <c r="D741" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E738" s="1" t="inlineStr">
+      <c r="E741" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F738" s="1" t="inlineStr">
+      <c r="F741" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="739" customHeight="true" ht="140.0">
-      <c r="A739" s="1" t="inlineStr">
+    <row r="742" customHeight="true" ht="140.0">
+      <c r="A742" s="1" t="inlineStr">
         <is>
           <t>533928</t>
         </is>
       </c>
-      <c r="C739" s="1" t="inlineStr">
+      <c r="C742" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D739" s="1" t="inlineStr">
+      <c r="D742" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E739" s="1" t="inlineStr">
+      <c r="E742" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F739" s="1" t="inlineStr">
+      <c r="F742" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="740" customHeight="true" ht="140.0">
-      <c r="A740" s="1" t="inlineStr">
+    <row r="743" customHeight="true" ht="140.0">
+      <c r="A743" s="1" t="inlineStr">
         <is>
           <t>533927</t>
         </is>
       </c>
-      <c r="C740" s="1" t="inlineStr">
+      <c r="C743" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D740" s="1" t="inlineStr">
+      <c r="D743" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E740" s="1" t="inlineStr">
+      <c r="E743" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F740" s="1" t="inlineStr">
+      <c r="F743" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="741" customHeight="true" ht="140.0">
-      <c r="A741" s="1" t="inlineStr">
+    <row r="744" customHeight="true" ht="140.0">
+      <c r="A744" s="1" t="inlineStr">
         <is>
           <t>533926</t>
         </is>
       </c>
-      <c r="C741" s="1" t="inlineStr">
+      <c r="C744" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D741" s="1" t="inlineStr">
+      <c r="D744" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E741" s="1" t="inlineStr">
+      <c r="E744" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F741" s="1" t="inlineStr">
+      <c r="F744" s="1" t="inlineStr">
         <is>
           <t>Hyundai Automotive Distributors Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="742" customHeight="true" ht="140.0">
-      <c r="A742" s="1" t="inlineStr">
+    <row r="745" customHeight="true" ht="140.0">
+      <c r="A745" s="1" t="inlineStr">
         <is>
           <t>528546</t>
         </is>
       </c>
-      <c r="C742" s="1" t="inlineStr">
+      <c r="C745" s="1" t="inlineStr">
         <is>
           <t>ELANTRA</t>
         </is>
       </c>
-      <c r="D742" s="1" t="inlineStr">
+      <c r="D745" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E742" s="1" t="inlineStr">
+      <c r="E745" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F742" s="1" t="inlineStr">
+      <c r="F745" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="743" customHeight="true" ht="140.0">
-      <c r="A743" s="1" t="inlineStr">
+    <row r="746" customHeight="true" ht="140.0">
+      <c r="A746" s="1" t="inlineStr">
         <is>
           <t>521739</t>
         </is>
       </c>
-      <c r="C743" s="1" t="inlineStr">
+      <c r="C746" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D743" s="1" t="inlineStr">
+      <c r="D746" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E743" s="1" t="inlineStr">
+      <c r="E746" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F743" s="1" t="inlineStr">
+      <c r="F746" s="1" t="inlineStr">
         <is>
           <t>Hyundai Corp.</t>
         </is>
       </c>
     </row>
-    <row r="744" customHeight="true" ht="140.0">
-      <c r="A744" s="1" t="inlineStr">
+    <row r="747" customHeight="true" ht="140.0">
+      <c r="A747" s="1" t="inlineStr">
         <is>
           <t>514147</t>
         </is>
       </c>
-      <c r="C744" s="1" t="inlineStr">
+      <c r="C747" s="1" t="inlineStr">
         <is>
           <t>ACCENT</t>
         </is>
       </c>
-      <c r="D744" s="1" t="inlineStr">
+      <c r="D747" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E744" s="1" t="inlineStr">
+      <c r="E747" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F744" s="1" t="inlineStr">
+      <c r="F747" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="745" customHeight="true" ht="140.0">
-      <c r="A745" s="1" t="inlineStr">
+    <row r="748" customHeight="true" ht="140.0">
+      <c r="A748" s="1" t="inlineStr">
         <is>
           <t>513960</t>
         </is>
       </c>
-      <c r="C745" s="1" t="inlineStr">
+      <c r="C748" s="1" t="inlineStr">
         <is>
           <t>SCOUPE</t>
         </is>
       </c>
-      <c r="D745" s="1" t="inlineStr">
+      <c r="D748" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E745" s="1" t="inlineStr">
+      <c r="E748" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F745" s="1" t="inlineStr">
+      <c r="F748" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="746" customHeight="true" ht="140.0">
-      <c r="A746" s="1" t="inlineStr">
+    <row r="749" customHeight="true" ht="140.0">
+      <c r="A749" s="1" t="inlineStr">
         <is>
           <t>501728</t>
         </is>
       </c>
-      <c r="C746" s="1" t="inlineStr">
+      <c r="C749" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D746" s="1" t="inlineStr">
+      <c r="D749" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E746" s="1" t="inlineStr">
+      <c r="E749" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F746" s="1" t="inlineStr">
+      <c r="F749" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="747" customHeight="true" ht="140.0">
-      <c r="A747" s="1" t="inlineStr">
+    <row r="750" customHeight="true" ht="140.0">
+      <c r="A750" s="1" t="inlineStr">
         <is>
           <t>482431</t>
         </is>
       </c>
-      <c r="C747" s="1" t="inlineStr">
+      <c r="C750" s="1" t="inlineStr">
         <is>
           <t>SONATA</t>
         </is>
       </c>
-      <c r="D747" s="1" t="inlineStr">
+      <c r="D750" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E747" s="1" t="inlineStr">
+      <c r="E750" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F747" s="1" t="inlineStr">
+      <c r="F750" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="748" customHeight="true" ht="140.0">
-      <c r="A748" s="1" t="inlineStr">
+    <row r="751" customHeight="true" ht="140.0">
+      <c r="A751" s="1" t="inlineStr">
         <is>
           <t>470111</t>
         </is>
       </c>
-      <c r="C748" s="1" t="inlineStr">
+      <c r="C751" s="1" t="inlineStr">
         <is>
           <t>ELANTE</t>
         </is>
       </c>
-      <c r="D748" s="1" t="inlineStr">
+      <c r="D751" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E748" s="1" t="inlineStr">
+      <c r="E751" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F748" s="1" t="inlineStr">
+      <c r="F751" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="749" customHeight="true" ht="140.0">
-      <c r="A749" s="1" t="inlineStr">
+    <row r="752" customHeight="true" ht="140.0">
+      <c r="A752" s="1" t="inlineStr">
         <is>
           <t>466410</t>
         </is>
       </c>
-      <c r="C749" s="1" t="inlineStr">
+      <c r="C752" s="1" t="inlineStr">
         <is>
           <t>SUPER - 16T</t>
         </is>
       </c>
-      <c r="D749" s="1" t="inlineStr">
+      <c r="D752" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E749" s="1" t="inlineStr">
+      <c r="E752" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F749" s="1" t="inlineStr">
+      <c r="F752" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="750" customHeight="true" ht="140.0">
-      <c r="A750" s="1" t="inlineStr">
+    <row r="753" customHeight="true" ht="140.0">
+      <c r="A753" s="1" t="inlineStr">
         <is>
           <t>466409</t>
         </is>
       </c>
-      <c r="C750" s="1" t="inlineStr">
+      <c r="C753" s="1" t="inlineStr">
         <is>
           <t>SUPER - 16</t>
         </is>
       </c>
-      <c r="D750" s="1" t="inlineStr">
+      <c r="D753" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E750" s="1" t="inlineStr">
+      <c r="E753" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F750" s="1" t="inlineStr">
+      <c r="F753" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="751" customHeight="true" ht="140.0">
-      <c r="A751" s="1" t="inlineStr">
+    <row r="754" customHeight="true" ht="140.0">
+      <c r="A754" s="1" t="inlineStr">
         <is>
           <t>450101</t>
         </is>
       </c>
-      <c r="C751" s="1" t="inlineStr">
+      <c r="C754" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D751" s="1" t="inlineStr">
+      <c r="D754" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E751" s="1" t="inlineStr">
+      <c r="E754" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F751" s="1" t="inlineStr">
+      <c r="F754" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="752" customHeight="true" ht="140.0">
-      <c r="A752" s="1" t="inlineStr">
+    <row r="755" customHeight="true" ht="140.0">
+      <c r="A755" s="1" t="inlineStr">
         <is>
           <t>450011</t>
         </is>
       </c>
-      <c r="C752" s="1" t="inlineStr">
+      <c r="C755" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D752" s="1" t="inlineStr">
+      <c r="D755" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E752" s="1" t="inlineStr">
+      <c r="E755" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F752" s="1" t="inlineStr">
+      <c r="F755" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="753" customHeight="true" ht="140.0">
-      <c r="A753" s="1" t="inlineStr">
+    <row r="756" customHeight="true" ht="140.0">
+      <c r="A756" s="1" t="inlineStr">
         <is>
           <t>450009</t>
         </is>
       </c>
-      <c r="C753" s="1" t="inlineStr">
+      <c r="C756" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D753" s="1" t="inlineStr">
+      <c r="D756" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E753" s="1" t="inlineStr">
+      <c r="E756" s="1" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="F753" s="1" t="inlineStr">
+      <c r="F756" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="754" customHeight="true" ht="140.0">
-      <c r="A754" s="1" t="inlineStr">
+    <row r="757" customHeight="true" ht="140.0">
+      <c r="A757" s="1" t="inlineStr">
         <is>
           <t>450008</t>
         </is>
       </c>
-      <c r="C754" s="1" t="inlineStr">
+      <c r="C757" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D754" s="1" t="inlineStr">
+      <c r="D757" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E754" s="1" t="inlineStr">
+      <c r="E757" s="1" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="F754" s="1" t="inlineStr">
+      <c r="F757" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="755" customHeight="true" ht="140.0">
-      <c r="A755" s="1" t="inlineStr">
+    <row r="758" customHeight="true" ht="140.0">
+      <c r="A758" s="1" t="inlineStr">
         <is>
           <t>450007</t>
         </is>
       </c>
-      <c r="C755" s="1" t="inlineStr">
+      <c r="C758" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D755" s="1" t="inlineStr">
+      <c r="D758" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E755" s="1" t="inlineStr">
+      <c r="E758" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F755" s="1" t="inlineStr">
+      <c r="F758" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="756" customHeight="true" ht="140.0">
-      <c r="A756" s="1" t="inlineStr">
+    <row r="759" customHeight="true" ht="140.0">
+      <c r="A759" s="1" t="inlineStr">
         <is>
           <t>450006</t>
         </is>
       </c>
-      <c r="C756" s="1" t="inlineStr">
+      <c r="C759" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D756" s="1" t="inlineStr">
+      <c r="D759" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E756" s="1" t="inlineStr">
+      <c r="E759" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F756" s="1" t="inlineStr">
+      <c r="F759" s="1" t="inlineStr">
         <is>
           <t>Hyundai Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="757" customHeight="true" ht="140.0">
-      <c r="A757" s="1" t="inlineStr">
+    <row r="760" customHeight="true" ht="140.0">
+      <c r="A760" s="1" t="inlineStr">
         <is>
           <t>446809</t>
         </is>
       </c>
-      <c r="C757" s="1" t="inlineStr">
+      <c r="C760" s="1" t="inlineStr">
         <is>
           <t>MinOxyl</t>
         </is>
       </c>
-      <c r="D757" s="1" t="inlineStr">
+      <c r="D760" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E757" s="1" t="inlineStr">
+      <c r="E760" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="F757" s="1" t="inlineStr">
+      <c r="F760" s="1" t="inlineStr">
         <is>
           <t>Hyundai Pharmaceutical Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="758" customHeight="true" ht="140.0">
-      <c r="A758" s="1" t="inlineStr">
+    <row r="761" customHeight="true" ht="140.0">
+      <c r="A761" s="1" t="inlineStr">
         <is>
           <t>444969</t>
         </is>
       </c>
-      <c r="C758" s="1" t="inlineStr">
+      <c r="C761" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D758" s="1" t="inlineStr">
+      <c r="D761" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E758" s="1" t="inlineStr">
+      <c r="E761" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F758" s="1" t="inlineStr">
+      <c r="F761" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="759" customHeight="true" ht="140.0">
-      <c r="A759" s="1" t="inlineStr">
+    <row r="762" customHeight="true" ht="140.0">
+      <c r="A762" s="1" t="inlineStr">
         <is>
           <t>438360</t>
         </is>
       </c>
-      <c r="C759" s="1" t="inlineStr">
+      <c r="C762" s="1" t="inlineStr">
         <is>
           <t>STELLAR PRIMA</t>
         </is>
       </c>
-      <c r="D759" s="1" t="inlineStr">
+      <c r="D762" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E759" s="1" t="inlineStr">
+      <c r="E762" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F759" s="1" t="inlineStr">
+      <c r="F762" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="760" customHeight="true" ht="140.0">
-      <c r="A760" s="1" t="inlineStr">
+    <row r="763" customHeight="true" ht="140.0">
+      <c r="A763" s="1" t="inlineStr">
         <is>
           <t>431881</t>
         </is>
       </c>
-      <c r="C760" s="1" t="inlineStr">
+      <c r="C763" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D760" s="1" t="inlineStr">
+      <c r="D763" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E760" s="1" t="inlineStr">
+      <c r="E763" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F760" s="1" t="inlineStr">
+      <c r="F763" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="761" customHeight="true" ht="140.0">
-      <c r="A761" s="1" t="inlineStr">
+    <row r="764" customHeight="true" ht="140.0">
+      <c r="A764" s="1" t="inlineStr">
         <is>
           <t>431880</t>
         </is>
       </c>
-      <c r="C761" s="1" t="inlineStr">
+      <c r="C764" s="1" t="inlineStr">
         <is>
           <t>HEI</t>
         </is>
       </c>
-      <c r="D761" s="1" t="inlineStr">
+      <c r="D764" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E761" s="1" t="inlineStr">
+      <c r="E764" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F761" s="1" t="inlineStr">
+      <c r="F764" s="1" t="inlineStr">
         <is>
           <t>Hyundai Electronics Industries Co Limited</t>
         </is>
       </c>
     </row>
-    <row r="762" customHeight="true" ht="140.0">
-      <c r="A762" s="1" t="inlineStr">
+    <row r="765" customHeight="true" ht="140.0">
+      <c r="A765" s="1" t="inlineStr">
         <is>
           <t>427980</t>
         </is>
       </c>
-      <c r="C762" s="1" t="inlineStr">
+      <c r="C765" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI SHARON</t>
         </is>
       </c>
-      <c r="D762" s="1" t="inlineStr">
+      <c r="D765" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E762" s="1" t="inlineStr">
+      <c r="E765" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F762" s="1" t="inlineStr">
+      <c r="F765" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="763" customHeight="true" ht="140.0">
-      <c r="A763" s="1" t="inlineStr">
+    <row r="766" customHeight="true" ht="140.0">
+      <c r="A766" s="1" t="inlineStr">
         <is>
           <t>427190</t>
         </is>
       </c>
-      <c r="C763" s="1" t="inlineStr">
+      <c r="C766" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI STELLAR</t>
         </is>
       </c>
-      <c r="D763" s="1" t="inlineStr">
+      <c r="D766" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E763" s="1" t="inlineStr">
+      <c r="E766" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F763" s="1" t="inlineStr">
+      <c r="F766" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="764" customHeight="true" ht="140.0">
-      <c r="A764" s="1" t="inlineStr">
+    <row r="767" customHeight="true" ht="140.0">
+      <c r="A767" s="1" t="inlineStr">
         <is>
           <t>427189</t>
         </is>
       </c>
-      <c r="C764" s="1" t="inlineStr">
+      <c r="C767" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI
 HD</t>
         </is>
       </c>
-      <c r="D764" s="1" t="inlineStr">
+      <c r="D767" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E764" s="1" t="inlineStr">
+      <c r="E767" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F764" s="1" t="inlineStr">
+      <c r="F767" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="765" customHeight="true" ht="140.0">
-      <c r="A765" s="1" t="inlineStr">
+    <row r="768" customHeight="true" ht="140.0">
+      <c r="A768" s="1" t="inlineStr">
         <is>
           <t>423856</t>
         </is>
       </c>
-      <c r="C765" s="1" t="inlineStr">
+      <c r="C768" s="1" t="inlineStr">
         <is>
           <t>PONYEXCEL</t>
         </is>
       </c>
-      <c r="D765" s="1" t="inlineStr">
+      <c r="D768" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E765" s="1" t="inlineStr">
+      <c r="E768" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F765" s="1" t="inlineStr">
+      <c r="F768" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="766" customHeight="true" ht="140.0">
-      <c r="A766" s="1" t="inlineStr">
+    <row r="769" customHeight="true" ht="140.0">
+      <c r="A769" s="1" t="inlineStr">
         <is>
           <t>419172</t>
         </is>
       </c>
-      <c r="C766" s="1" t="inlineStr">
+      <c r="C769" s="1" t="inlineStr">
         <is>
           <t>PRESTO</t>
         </is>
       </c>
-      <c r="D766" s="1" t="inlineStr">
+      <c r="D769" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E766" s="1" t="inlineStr">
+      <c r="E769" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F766" s="1" t="inlineStr">
+      <c r="F769" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="767" customHeight="true" ht="140.0">
-      <c r="A767" s="1" t="inlineStr">
+    <row r="770" customHeight="true" ht="140.0">
+      <c r="A770" s="1" t="inlineStr">
         <is>
           <t>419171</t>
         </is>
       </c>
-      <c r="C767" s="1" t="inlineStr">
+      <c r="C770" s="1" t="inlineStr">
         <is>
           <t>SOLITE</t>
         </is>
       </c>
-      <c r="D767" s="1" t="inlineStr">
+      <c r="D770" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E767" s="1" t="inlineStr">
+      <c r="E770" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F767" s="1" t="inlineStr">
+      <c r="F770" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="768" customHeight="true" ht="140.0">
-      <c r="A768" s="1" t="inlineStr">
+    <row r="771" customHeight="true" ht="140.0">
+      <c r="A771" s="1" t="inlineStr">
         <is>
           <t>419170</t>
         </is>
       </c>
-      <c r="C768" s="1" t="inlineStr">
+      <c r="C771" s="1" t="inlineStr">
         <is>
           <t>STAREX</t>
         </is>
       </c>
-      <c r="D768" s="1" t="inlineStr">
+      <c r="D771" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E768" s="1" t="inlineStr">
+      <c r="E771" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F768" s="1" t="inlineStr">
+      <c r="F771" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="769" customHeight="true" ht="140.0">
-      <c r="A769" s="1" t="inlineStr">
+    <row r="772" customHeight="true" ht="140.0">
+      <c r="A772" s="1" t="inlineStr">
         <is>
           <t>418100</t>
         </is>
       </c>
-      <c r="C769" s="1" t="inlineStr">
+      <c r="C772" s="1" t="inlineStr">
         <is>
           <t>EXCEL</t>
         </is>
       </c>
-      <c r="D769" s="1" t="inlineStr">
+      <c r="D772" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E769" s="1" t="inlineStr">
+      <c r="E772" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F769" s="1" t="inlineStr">
+      <c r="F772" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="770" customHeight="true" ht="140.0">
-      <c r="A770" s="1" t="inlineStr">
+    <row r="773" customHeight="true" ht="140.0">
+      <c r="A773" s="1" t="inlineStr">
         <is>
           <t>418099</t>
         </is>
       </c>
-      <c r="C770" s="1" t="inlineStr">
+      <c r="C773" s="1" t="inlineStr">
         <is>
           <t>MATRIX</t>
         </is>
       </c>
-      <c r="D770" s="1" t="inlineStr">
+      <c r="D773" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E770" s="1" t="inlineStr">
+      <c r="E773" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F770" s="1" t="inlineStr">
+      <c r="F773" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="771" customHeight="true" ht="140.0">
-      <c r="A771" s="1" t="inlineStr">
+    <row r="774" customHeight="true" ht="140.0">
+      <c r="A774" s="1" t="inlineStr">
         <is>
           <t>393045</t>
         </is>
       </c>
-      <c r="C771" s="1" t="inlineStr">
+      <c r="C774" s="1" t="inlineStr">
         <is>
           <t>SHARON</t>
         </is>
       </c>
-      <c r="D771" s="1" t="inlineStr">
+      <c r="D774" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E771" s="1" t="inlineStr">
+      <c r="E774" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F771" s="1" t="inlineStr">
+      <c r="F774" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="772" customHeight="true" ht="140.0">
-      <c r="A772" s="1" t="inlineStr">
+    <row r="775" customHeight="true" ht="140.0">
+      <c r="A775" s="1" t="inlineStr">
         <is>
           <t>393040</t>
         </is>
       </c>
-      <c r="C772" s="1" t="inlineStr">
+      <c r="C775" s="1" t="inlineStr">
         <is>
           <t>CHORUS</t>
         </is>
       </c>
-      <c r="D772" s="1" t="inlineStr">
+      <c r="D775" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E772" s="1" t="inlineStr">
+      <c r="E775" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F772" s="1" t="inlineStr">
+      <c r="F775" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="773" customHeight="true" ht="140.0">
-      <c r="A773" s="1" t="inlineStr">
+    <row r="776" customHeight="true" ht="140.0">
+      <c r="A776" s="1" t="inlineStr">
         <is>
           <t>389105</t>
         </is>
       </c>
-      <c r="C773" s="1" t="inlineStr">
+      <c r="C776" s="1" t="inlineStr">
         <is>
           <t>STELLAR</t>
         </is>
       </c>
-      <c r="D773" s="1" t="inlineStr">
+      <c r="D776" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E773" s="1" t="inlineStr">
+      <c r="E776" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F773" s="1" t="inlineStr">
+      <c r="F776" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="774" customHeight="true" ht="140.0">
-      <c r="A774" s="1" t="inlineStr">
+    <row r="777" customHeight="true" ht="140.0">
+      <c r="A777" s="1" t="inlineStr">
         <is>
           <t>377231</t>
         </is>
       </c>
-      <c r="C774" s="1" t="inlineStr">
+      <c r="C777" s="1" t="inlineStr">
         <is>
           <t>TENNIS</t>
         </is>
       </c>
-      <c r="D774" s="1" t="inlineStr">
+      <c r="D777" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E774" s="1" t="inlineStr">
+      <c r="E777" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F774" s="1" t="inlineStr">
+      <c r="F777" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="775" customHeight="true" ht="140.0">
-      <c r="A775" s="1" t="inlineStr">
+    <row r="778" customHeight="true" ht="140.0">
+      <c r="A778" s="1" t="inlineStr">
         <is>
           <t>371355</t>
         </is>
       </c>
-      <c r="C775" s="1" t="inlineStr">
+      <c r="C778" s="1" t="inlineStr">
         <is>
           <t>PONY</t>
         </is>
       </c>
-      <c r="D775" s="1" t="inlineStr">
+      <c r="D778" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E775" s="1" t="inlineStr">
+      <c r="E778" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F775" s="1" t="inlineStr">
+      <c r="F778" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="776" customHeight="true" ht="140.0">
-      <c r="A776" s="1" t="inlineStr">
+    <row r="779" customHeight="true" ht="140.0">
+      <c r="A779" s="1" t="inlineStr">
         <is>
           <t>333337</t>
         </is>
       </c>
-      <c r="C776" s="1" t="inlineStr">
+      <c r="C779" s="1" t="inlineStr">
         <is>
           <t>KIMPO</t>
         </is>
       </c>
-      <c r="D776" s="1" t="inlineStr">
+      <c r="D779" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E776" s="1" t="inlineStr">
+      <c r="E779" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F776" s="1" t="inlineStr">
+      <c r="F779" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
-    <row r="777" customHeight="true" ht="140.0">
-      <c r="A777" s="1" t="inlineStr">
+    <row r="780" customHeight="true" ht="140.0">
+      <c r="A780" s="1" t="inlineStr">
         <is>
           <t>297583</t>
         </is>
       </c>
-      <c r="C777" s="1" t="inlineStr">
+      <c r="C780" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI</t>
         </is>
       </c>
-      <c r="D777" s="1" t="inlineStr">
+      <c r="D780" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E777" s="1" t="inlineStr">
+      <c r="E780" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F777" s="1" t="inlineStr">
+      <c r="F780" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Co.</t>
         </is>
       </c>
     </row>
-    <row r="778" customHeight="true" ht="140.0">
-      <c r="A778" s="1" t="inlineStr">
+    <row r="781" customHeight="true" ht="140.0">
+      <c r="A781" s="1" t="inlineStr">
         <is>
           <t>297582</t>
         </is>
       </c>
-      <c r="C778" s="1" t="inlineStr">
+      <c r="C781" s="1" t="inlineStr">
         <is>
           <t>HYUNDAI-PONY</t>
         </is>
       </c>
-      <c r="D778" s="1" t="inlineStr">
+      <c r="D781" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E778" s="1" t="inlineStr">
+      <c r="E781" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F778" s="1" t="inlineStr">
+      <c r="F781" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Co.</t>
         </is>
       </c>
     </row>
-    <row r="779" customHeight="true" ht="140.0">
-      <c r="A779" s="1" t="inlineStr">
+    <row r="782" customHeight="true" ht="140.0">
+      <c r="A782" s="1" t="inlineStr">
         <is>
           <t>216735</t>
         </is>
       </c>
-      <c r="C779" s="1" t="inlineStr">
+      <c r="C782" s="1" t="inlineStr">
         <is>
           <t>AMICA</t>
         </is>
       </c>
-      <c r="D779" s="1" t="inlineStr">
+      <c r="D782" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E779" s="1" t="inlineStr">
+      <c r="E782" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="F779" s="1" t="inlineStr">
+      <c r="F782" s="1" t="inlineStr">
         <is>
           <t>Hyundai Motor Company</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>