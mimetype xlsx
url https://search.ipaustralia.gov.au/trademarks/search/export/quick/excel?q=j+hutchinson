--- v0 (2025-11-01)
+++ v1 (2026-02-03)
@@ -479,57 +479,57 @@
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
@@ -1172,95 +1172,95 @@
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>HUTCHINSON</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>36, 37, 41</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>J. Hutchinson Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="19" customHeight="true" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
+          <t>2546661</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>BUILDING THE NEXT CENTURY</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>J Hutchinson Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" customHeight="true" ht="140.0">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
           <t>2484803</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>19 12</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination - Deferred</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>37, 41, 42</t>
-        </is>
-[...26 lines deleted...]
-          <t>37</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>J Hutchinson Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="21" customHeight="true" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>1639040</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>HUTCHINSON BUILDERS 1912 2017 105 YEARS</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>