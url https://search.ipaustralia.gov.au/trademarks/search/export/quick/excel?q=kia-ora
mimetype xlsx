--- v0 (2025-11-03)
+++ v1 (2026-01-11)
@@ -1793,51 +1793,51 @@
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>6, 20</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Wilson &amp; Bradley Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="15" customHeight="true" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>1743917</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>KIA ORA SEAFOODS</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>29, 31</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>AOTEAROA FISHERIES LIMITED</t>
         </is>
       </c>
     </row>
     <row r="16" customHeight="true" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>2055851</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>FERNBABY GROWN IN NEW ZEALAND</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">