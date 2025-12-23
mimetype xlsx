--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -4819,51 +4819,51 @@
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
     <row r="5" customHeight="true" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>2589617</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Published:
-Awaiting examination</t>
+Under examination</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 9, 11, 27, 36, 39, 41, 42</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Logistics Europe NV</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2577070</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
@@ -4874,52 +4874,52 @@
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>14, 16, 18, 20, 21, 25, 28</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2574568</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>14, 16, 18, 20, 21, 25, 28</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>2555798</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
@@ -11905,52 +11905,52 @@
       </c>
       <c r="E257" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="258" customHeight="true" ht="140.0">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>408915</t>
         </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
           <t>MIYATA</t>
         </is>
       </c>
       <c r="D258" s="1" t="inlineStr">
         <is>
-          <t>Registered:
-Expired renewal possible</t>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
         </is>
       </c>
       <c r="E258" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F258" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="259" customHeight="true" ht="140.0">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>406350</t>
         </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
           <t>CAB PLUS</t>
         </is>
       </c>
       <c r="D259" s="1" t="inlineStr">