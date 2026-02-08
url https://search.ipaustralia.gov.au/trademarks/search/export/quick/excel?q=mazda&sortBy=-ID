--- v1 (2025-12-23)
+++ v2 (2026-02-08)
@@ -4829,97 +4829,97 @@
     </row>
     <row r="5" customHeight="true" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>2589617</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 9, 11, 27, 36, 39, 41, 42</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>Mazda Motor Logistics Europe NV</t>
+          <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2577070</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>14, 16, 18, 20, 21, 25, 28</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2574568</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Accepted:
-In opposition period</t>
+          <t>Protected:
+Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>14, 16, 18, 20, 21, 25, 28</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="8" customHeight="true" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>2555798</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
@@ -6387,51 +6387,51 @@
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="61" customHeight="true" ht="140.0">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>1843798</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>SOUL OF MOTION</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="62" customHeight="true" ht="140.0">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>1803002</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>NON ROMAN CHARACTERS</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
@@ -6471,51 +6471,51 @@
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>35, 37</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
     <row r="64" customHeight="true" ht="140.0">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>1783340</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>MAZDA RX-VISION</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="65" customHeight="true" ht="140.0">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>1781821</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>Natural Sound Frequency Control</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
@@ -6527,51 +6527,51 @@
       <c r="E65" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="66" customHeight="true" ht="140.0">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>1773041</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>TRAVELODEAL</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Renewal due</t>
+Registered/protected</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>MAZDA CONSULTANCY SERVICES PVT. LTD.</t>
         </is>
       </c>
     </row>
     <row r="67" customHeight="true" ht="140.0">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>1756514</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
@@ -9246,51 +9246,51 @@
       <c r="E162" s="1" t="inlineStr">
         <is>
           <t>37, 42</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t>Robina Land Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
     <row r="163" customHeight="true" ht="140.0">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>727060</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Registered:
-Registered/protected</t>
+Renewal due</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
     <row r="164" customHeight="true" ht="140.0">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>717775</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
           <t>BRAVO BOSS</t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">