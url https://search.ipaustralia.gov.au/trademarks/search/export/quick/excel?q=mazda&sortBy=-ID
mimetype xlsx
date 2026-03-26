--- v2 (2026-02-08)
+++ v3 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,54 +87,54 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -4734,8103 +4734,8103 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A2:F290"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>286</t>
         </is>
       </c>
     </row>
-    <row r="4" customHeight="true" ht="25.0">
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>2589617</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Published:
-Under examination</t>
+          <t>Accepted:
+In opposition period</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 9, 11, 27, 36, 39, 41, 42</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
+    <row r="6" customHeight="1" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2577070</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>14, 16, 18, 20, 21, 25, 28</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="7" customHeight="true" ht="140.0">
+    <row r="7" customHeight="1" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2574568</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>14, 16, 18, 20, 21, 25, 28</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
+    <row r="8" customHeight="1" ht="140.0">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>2555798</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 11, 27, 36, 39, 41</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
+    <row r="9" customHeight="1" ht="140.0">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>2551969</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>MAZDA 2e</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
+    <row r="10" customHeight="1" ht="140.0">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>2551968</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-6e</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
+    <row r="11" customHeight="1" ht="140.0">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>2551967</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>MAZDA 6E</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
+    <row r="12" customHeight="1" ht="140.0">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>2551643</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-5e</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
+    <row r="13" customHeight="1" ht="140.0">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2551642</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>MAZDA 3E</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
+    <row r="14" customHeight="1" ht="140.0">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>2500793</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>7, 9, 12, 35, 37, 42</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
+    <row r="15" customHeight="1" ht="140.0">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>2463620</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>7, 12, 35, 37</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
+    <row r="16" customHeight="1" ht="140.0">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>2447291</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>MAZDA CONNECT</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>9, 12, 35, 37, 38, 39, 42, 45</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
+    <row r="17" customHeight="1" ht="140.0">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>2421253</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>MAZDA ICONIC SP</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
+    <row r="18" customHeight="1" ht="140.0">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2362995</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>ACTIVSYNC</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
+    <row r="19" customHeight="1" ht="140.0">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2303967</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>MIATA</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
+    <row r="20" customHeight="1" ht="140.0">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>2300347</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>e-SKYACTIV R-HEV</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
+    <row r="21" customHeight="1" ht="140.0">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>2300337</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
+    <row r="22" customHeight="1" ht="140.0">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2300335</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>e-SKYACTIV R-EV</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
+    <row r="23" customHeight="1" ht="140.0">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>2298927</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Mazda Co-Pilot</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
+    <row r="24" customHeight="1" ht="140.0">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>2280269</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Kinematic Posture Control</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
+    <row r="25" customHeight="1" ht="140.0">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>2274126</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>R</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>41, 42</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
+    <row r="26" customHeight="1" ht="140.0">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>2274121</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>MAZDA SPIRIT RACING</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>41, 42</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
+    <row r="27" customHeight="1" ht="140.0">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>2263425</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>R</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>9, 10, 12, 14, 16, 18, 21, 25, 27, 28</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
+    <row r="28" customHeight="1" ht="140.0">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>2251454</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>MAZDA SPIRIT RACING</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>9, 10, 12, 14, 16, 18, 21, 25, 27, 28</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
+    <row r="29" customHeight="1" ht="140.0">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2191171</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>MAZDA SPIRIT</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
+    <row r="30" customHeight="1" ht="140.0">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2180318</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
+    <row r="31" customHeight="1" ht="140.0">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2174584</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>MyMazda</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
+    <row r="32" customHeight="1" ht="140.0">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2147668</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>SOUL RED</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
+    <row r="33" customHeight="1" ht="140.0">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2096870</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>SKYACTIV</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>7, 9</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
+    <row r="34" customHeight="1" ht="140.0">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2076553</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>7, 11, 12</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
+    <row r="35" customHeight="1" ht="140.0">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>2060332</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>JINBA-ITTAI</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
+    <row r="36" customHeight="1" ht="140.0">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>2055363</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
+    <row r="37" customHeight="1" ht="140.0">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>2042867</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>MAZDA MX-30</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
+    <row r="38" customHeight="1" ht="140.0">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>2042837</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-40</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
+    <row r="39" customHeight="1" ht="140.0">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>2042836</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-50</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
+    <row r="40" customHeight="1" ht="140.0">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>2042795</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-80</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
+    <row r="41" customHeight="1" ht="140.0">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>2042794</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-70</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
+    <row r="42" customHeight="1" ht="140.0">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>2042771</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-10</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
+    <row r="43" customHeight="1" ht="140.0">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>2042694</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-60</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
+    <row r="44" customHeight="1" ht="140.0">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>2042684</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-20</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
+    <row r="45" customHeight="1" ht="140.0">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>2042679</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-90</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
+    <row r="46" customHeight="1" ht="140.0">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>2023849</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
+    <row r="47" customHeight="1" ht="140.0">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>2022166</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>MAZDA M HYBRID</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
+    <row r="48" customHeight="1" ht="140.0">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>2012739</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-30</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
+    <row r="49" customHeight="1" ht="140.0">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>2009673</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-4</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
+    <row r="50" customHeight="1" ht="140.0">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>1968722</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>RANGE EXTENDER</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
+    <row r="51" customHeight="1" ht="140.0">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>1953506</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>SPCCI</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
+    <row r="52" customHeight="1" ht="140.0">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>1932524</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>MAZTECH</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
+    <row r="53" customHeight="1" ht="140.0">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>1924131</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>7, 12, 37</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>1913174</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>1910266</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>VISION COUPE</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>1909006</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>ZOOM-ZOOM</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>1868202</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>MGSS</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>1861822</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>7, 12, 37</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>1857149</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA CX-8</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>1847375</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>KODO : SOUL of MOTION</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>1843798</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>SOUL OF MOTION</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>1803002</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>NON ROMAN CHARACTERS</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>1784518</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>ZOOM-ZOOM</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>35, 37</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>1783340</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA RX-VISION</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C54" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>1781821</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>Natural Sound Frequency Control</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Expired renewal possible</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>1773041</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>TRAVELODEAL</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA CONSULTANCY SERVICES PVT. LTD.</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>1756514</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Not protected:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>AGLADES INVESTMENT LTD PTE; DATA ACCESS</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>1699206</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>Natural Sound Smoother</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>1697426</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>i-ACTIV AWD</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>1652671</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>MZD Connect</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>9, 12, 35, 37, 38, 39, 42</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>1588619</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>IMAGINATION DRIVES US</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D55" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>12, 35, 37</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>1558691</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA CX-3</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>1557323</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>12, 14, 16, 18, 25, 28</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>1538961</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>AKERA</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>1529913</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>i-ACTIVSENSE</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>1529589</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>CRONOS</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>1527622</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>ASTINA</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>1526608</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>CX-2</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>1526607</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>CX-3</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>1526606</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>CX-5</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>1500102</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>IDEVA</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Ceased - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>1493892</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>i-ELOOP</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>7, 9, 12</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>1358643</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>I-STOP</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>1357247</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>SKYMATIC</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D57" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>1356063</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>SKYACTIV</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
-[...782 lines deleted...]
-      </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
+    <row r="86" customHeight="1" ht="140.0">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>1296335</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
           <t>SP25
 SP23
 SP20
 SP15</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="87" customHeight="true" ht="140.0">
+    <row r="87" customHeight="1" ht="140.0">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>1296148</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="88" customHeight="true" ht="140.0">
+    <row r="88" customHeight="1" ht="140.0">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>1206570</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
           <t>MAZDA MX-3</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="89" customHeight="true" ht="140.0">
+    <row r="89" customHeight="1" ht="140.0">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>1206568</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-5</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="90" customHeight="true" ht="140.0">
+    <row r="90" customHeight="1" ht="140.0">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>1204144</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-7</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 25, 27, 28</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="91" customHeight="true" ht="140.0">
+    <row r="91" customHeight="1" ht="140.0">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>1204138</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-9</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 25, 27, 28</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="92" customHeight="true" ht="140.0">
+    <row r="92" customHeight="1" ht="140.0">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>1107714</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
           <t>CX-9</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 25, 27, 28</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="93" customHeight="true" ht="140.0">
+    <row r="93" customHeight="1" ht="140.0">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>1107713</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
           <t>CX-7</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 25, 27, 28</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="94" customHeight="true" ht="140.0">
+    <row r="94" customHeight="1" ht="140.0">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>1096813</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
           <t>CX-8</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="95" customHeight="true" ht="140.0">
+    <row r="95" customHeight="1" ht="140.0">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>1096812</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
           <t>CX-6</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="96" customHeight="true" ht="140.0">
+    <row r="96" customHeight="1" ht="140.0">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>1096811</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
           <t>CX-5</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="97" customHeight="true" ht="140.0">
+    <row r="97" customHeight="1" ht="140.0">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>1096810</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
           <t>CX-4</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="98" customHeight="true" ht="140.0">
+    <row r="98" customHeight="1" ht="140.0">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>1096809</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
           <t>CX-3</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="99" customHeight="true" ht="140.0">
+    <row r="99" customHeight="1" ht="140.0">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>1096808</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
           <t>CX-2</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="100" customHeight="true" ht="140.0">
+    <row r="100" customHeight="1" ht="140.0">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>1096806</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
           <t>CX-1</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="101" customHeight="true" ht="140.0">
+    <row r="101" customHeight="1" ht="140.0">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>1096804</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
           <t>MX-8</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="102" customHeight="true" ht="140.0">
+    <row r="102" customHeight="1" ht="140.0">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>1096803</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
           <t>MX-7</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="103" customHeight="true" ht="140.0">
+    <row r="103" customHeight="1" ht="140.0">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>1096800</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
           <t>MX-6</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="104" customHeight="true" ht="140.0">
+    <row r="104" customHeight="1" ht="140.0">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>1096785</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
           <t>MX-4</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="105" customHeight="true" ht="140.0">
+    <row r="105" customHeight="1" ht="140.0">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>1096782</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
           <t>MX-3</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="106" customHeight="true" ht="140.0">
+    <row r="106" customHeight="1" ht="140.0">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>1096781</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
           <t>MX-2</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="107" customHeight="true" ht="140.0">
+    <row r="107" customHeight="1" ht="140.0">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>1096779</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
           <t>MX-9</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="108" customHeight="true" ht="140.0">
+    <row r="108" customHeight="1" ht="140.0">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>1096777</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
           <t>MX-1</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="109" customHeight="true" ht="140.0">
+    <row r="109" customHeight="1" ht="140.0">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>1057763</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
           <t>CX-7</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="110" customHeight="true" ht="140.0">
+    <row r="110" customHeight="1" ht="140.0">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>1057757</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
           <t>CX-9</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="111" customHeight="true" ht="140.0">
+    <row r="111" customHeight="1" ht="140.0">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>1057744</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
           <t>BT-50</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="112" customHeight="true" ht="140.0">
+    <row r="112" customHeight="1" ht="140.0">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>1050975</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="113" customHeight="true" ht="140.0">
+    <row r="113" customHeight="1" ht="140.0">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>1045469</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-9</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="114" customHeight="true" ht="140.0">
+    <row r="114" customHeight="1" ht="140.0">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>1045466</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
           <t>MAZDA CX-7</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="115" customHeight="true" ht="140.0">
+    <row r="115" customHeight="1" ht="140.0">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>1020693</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
           <t>DISI</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="116" customHeight="true" ht="140.0">
+    <row r="116" customHeight="1" ht="140.0">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>1014731</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
           <t>MPS</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="117" customHeight="true" ht="140.0">
+    <row r="117" customHeight="1" ht="140.0">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>979090</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
           <t>MAZDASPEED</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
           <t>4, 7, 12, 14, 16, 25</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="118" customHeight="true" ht="140.0">
+    <row r="118" customHeight="1" ht="140.0">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>960895</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
           <t>MZR</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="119" customHeight="true" ht="140.0">
+    <row r="119" customHeight="1" ht="140.0">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>960894</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
           <t>MZR-CD</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="120" customHeight="true" ht="140.0">
+    <row r="120" customHeight="1" ht="140.0">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>960892</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
           <t>MZ-DE</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="121" customHeight="true" ht="140.0">
+    <row r="121" customHeight="1" ht="140.0">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>960890</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
           <t>MZ-CD</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="122" customHeight="true" ht="140.0">
+    <row r="122" customHeight="1" ht="140.0">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>960888</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
           <t>MZI</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Ceased - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="123" customHeight="true" ht="140.0">
+    <row r="123" customHeight="1" ht="140.0">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>956423</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
           <t>AXELA</t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="124" customHeight="true" ht="140.0">
+    <row r="124" customHeight="1" ht="140.0">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>956421</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
           <t>ATENZA</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="125" customHeight="true" ht="140.0">
+    <row r="125" customHeight="1" ht="140.0">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>947638</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
           <t>MAZDA MX-5</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 25, 27, 28</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="126" customHeight="true" ht="140.0">
+    <row r="126" customHeight="1" ht="140.0">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>947637</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
           <t>MAZDA RX-8</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 25, 27, 28</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="127" customHeight="true" ht="140.0">
+    <row r="127" customHeight="1" ht="140.0">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>947545</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 9, 14, 16, 18, 25, 27, 28, 36, 39</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="128" customHeight="true" ht="140.0">
+    <row r="128" customHeight="1" ht="140.0">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>910195</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
           <t>ZOOM-ZOOM</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
           <t>14, 18, 21</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="129" customHeight="true" ht="140.0">
+    <row r="129" customHeight="1" ht="140.0">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>899121</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
           <t>RENESIS</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="130" customHeight="true" ht="140.0">
+    <row r="130" customHeight="1" ht="140.0">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>885610</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
           <t>MAZDA 9</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="131" customHeight="true" ht="140.0">
+    <row r="131" customHeight="1" ht="140.0">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>885609</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
           <t>MAZDA 8</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="132" customHeight="true" ht="140.0">
+    <row r="132" customHeight="1" ht="140.0">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>885608</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
           <t>MAZDA 7</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="133" customHeight="true" ht="140.0">
+    <row r="133" customHeight="1" ht="140.0">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>885607</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
           <t>MAZDA 6</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="134" customHeight="true" ht="140.0">
+    <row r="134" customHeight="1" ht="140.0">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>885606</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
           <t>MAZDA 5</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="135" customHeight="true" ht="140.0">
+    <row r="135" customHeight="1" ht="140.0">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>885605</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
           <t>MAZDA 4</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="136" customHeight="true" ht="140.0">
+    <row r="136" customHeight="1" ht="140.0">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>885603</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
           <t>MAZDA 3</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="137" customHeight="true" ht="140.0">
+    <row r="137" customHeight="1" ht="140.0">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>885602</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
           <t>MAZDA 2</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="138" customHeight="true" ht="140.0">
+    <row r="138" customHeight="1" ht="140.0">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>885601</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
           <t>MAZDA 1</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="139" customHeight="true" ht="140.0">
+    <row r="139" customHeight="1" ht="140.0">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>870623</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
           <t>RX-10</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E139" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="140" customHeight="true" ht="140.0">
+    <row r="140" customHeight="1" ht="140.0">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>870622</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
           <t>RX-9</t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="141" customHeight="true" ht="140.0">
+    <row r="141" customHeight="1" ht="140.0">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>870621</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
           <t>RX-8</t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="142" customHeight="true" ht="140.0">
+    <row r="142" customHeight="1" ht="140.0">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>870620</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
           <t>RX-7</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="143" customHeight="true" ht="140.0">
+    <row r="143" customHeight="1" ht="140.0">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>870619</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
           <t>RX-6</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="144" customHeight="true" ht="140.0">
+    <row r="144" customHeight="1" ht="140.0">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>870618</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
           <t>RX-5</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="145" customHeight="true" ht="140.0">
+    <row r="145" customHeight="1" ht="140.0">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>870617</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
           <t>RX-3</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="146" customHeight="true" ht="140.0">
+    <row r="146" customHeight="1" ht="140.0">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>870616</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
           <t>RX-1</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="147" customHeight="true" ht="140.0">
+    <row r="147" customHeight="1" ht="140.0">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>869735</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
           <t>MAZDA RX-5</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="148" customHeight="true" ht="140.0">
+    <row r="148" customHeight="1" ht="140.0">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>869734</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
           <t>MAZDA RX-8</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="149" customHeight="true" ht="140.0">
+    <row r="149" customHeight="1" ht="140.0">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>865646</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
           <t>DEMIO</t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="150" customHeight="true" ht="140.0">
+    <row r="150" customHeight="1" ht="140.0">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>865645</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
           <t>MAZDA MPV</t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="151" customHeight="true" ht="140.0">
+    <row r="151" customHeight="1" ht="140.0">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>865644</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
           <t>MAZDA MX-5</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="152" customHeight="true" ht="140.0">
+    <row r="152" customHeight="1" ht="140.0">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>848632</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
           <t>ZOOM-ZOOM</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Registered/protected</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="153" customHeight="true" ht="140.0">
+    <row r="153" customHeight="1" ht="140.0">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>827517</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
           <t>TRAVELLER</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="154" customHeight="true" ht="140.0">
+    <row r="154" customHeight="1" ht="140.0">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>806505</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
           <t>MAZDA ACTIVEHICLE</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="155" customHeight="true" ht="140.0">
+    <row r="155" customHeight="1" ht="140.0">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>806504</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
           <t>NEOSPACE</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="156" customHeight="true" ht="140.0">
+    <row r="156" customHeight="1" ht="140.0">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>806503</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
           <t>NEXTOURER</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="157" customHeight="true" ht="140.0">
+    <row r="157" customHeight="1" ht="140.0">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>806501</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
           <t>RX-EVOLV</t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="158" customHeight="true" ht="140.0">
+    <row r="158" customHeight="1" ht="140.0">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>798729</t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
           <t>TRIBUTE</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="159" customHeight="true" ht="140.0">
+    <row r="159" customHeight="1" ht="140.0">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>775272</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
           <t>DIRECO</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="160" customHeight="true" ht="140.0">
+    <row r="160" customHeight="1" ht="140.0">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>761996</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
           <t>PREMACY</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t>Mazda Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="161" customHeight="true" ht="140.0">
+    <row r="161" customHeight="1" ht="140.0">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>758019</t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
           <t>MILLENIA</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="162" customHeight="true" ht="140.0">
+    <row r="162" customHeight="1" ht="140.0">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>734356</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
           <t>ROBINA MAZDA</t>
         </is>
       </c>
       <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
       <c r="E162" s="1" t="inlineStr">
         <is>
           <t>37, 42</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t>Robina Land Corporation Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="163" customHeight="true" ht="140.0">
+    <row r="163" customHeight="1" ht="140.0">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>727060</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F163" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" customHeight="1" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>717775</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>BRAVO BOSS</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" customHeight="1" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>710957</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>7, 12, 37</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" customHeight="1" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>710468</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>FINISH LINE</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" customHeight="1" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>670683</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>Boss</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" customHeight="1" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>630405</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>PROTEGE</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" customHeight="1" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>630404</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>PROTEGE</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" customHeight="1" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>608490</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>B2600 MARVIE</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" customHeight="1" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>607177</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA MPV</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F171" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" customHeight="1" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>607176</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA MPV</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" customHeight="1" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>607175</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>CLUBMAN</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" customHeight="1" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>607174</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>CLUBMAN</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" customHeight="1" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>607173</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>ECLIPSE</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" customHeight="1" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>607172</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>ECLIPSE</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" customHeight="1" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>601176</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F177" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" customHeight="1" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>601174</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" customHeight="1" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>601172</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F179" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" customHeight="1" ht="140.0">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>601171</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F180" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" customHeight="1" ht="140.0">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>601170</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F181" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" customHeight="1" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>601169</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" customHeight="1" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>601168</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" customHeight="1" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>601167</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F184" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" customHeight="1" ht="140.0">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>601165</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F185" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" customHeight="1" ht="140.0">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>601164</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="F186" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" customHeight="1" ht="140.0">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>601163</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" customHeight="1" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>601162</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" customHeight="1" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>601161</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" customHeight="1" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>601159</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F190" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" customHeight="1" ht="140.0">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>601157</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F191" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" customHeight="1" ht="140.0">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>601155</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F192" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" customHeight="1" ht="140.0">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>601153</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="F193" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" customHeight="1" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>601151</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" customHeight="1" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>601149</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F163" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="D164" s="1" t="inlineStr">
+      <c r="F195" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" customHeight="1" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>601147</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" customHeight="1" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>601145</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F197" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" customHeight="1" ht="140.0">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>601142</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Linked:
+Linked/merged before registration</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F198" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" customHeight="1" ht="140.0">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>601141</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 7, 14, 17, 20, 21, 22, 24, 28</t>
+        </is>
+      </c>
+      <c r="F199" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" customHeight="1" ht="140.0">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>599246</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>LANTIS</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" customHeight="1" ht="140.0">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>599245</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>LANTIS</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" customHeight="1" ht="140.0">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>582053</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F202" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" customHeight="1" ht="140.0">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>582052</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="F203" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" customHeight="1" ht="140.0">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>581856</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F204" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" customHeight="1" ht="140.0">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>581855</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" customHeight="1" ht="140.0">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>581854</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" customHeight="1" ht="140.0">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>581853</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F207" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" customHeight="1" ht="140.0">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>581852</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F208" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" customHeight="1" ht="140.0">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>581851</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" customHeight="1" ht="140.0">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>581850</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F210" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" customHeight="1" ht="140.0">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>581849</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F211" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" customHeight="1" ht="140.0">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>581848</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" customHeight="1" ht="140.0">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>581847</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F213" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" customHeight="1" ht="140.0">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>581846</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F214" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" customHeight="1" ht="140.0">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>581845</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F215" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" customHeight="1" ht="140.0">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>581844</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F216" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" customHeight="1" ht="140.0">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>581843</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F217" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" customHeight="1" ht="140.0">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>572789</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F218" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" customHeight="1" ht="140.0">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>572788</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F219" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" customHeight="1" ht="140.0">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>572786</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F220" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" customHeight="1" ht="140.0">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>572785</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F221" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" customHeight="1" ht="140.0">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>571348</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>JACK HIGH</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F222" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" customHeight="1" ht="140.0">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>571347</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>JACK HIGH</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F223" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" customHeight="1" ht="140.0">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>569250</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F224" s="1" t="inlineStr">
+        <is>
+          <t>Ralston Energy Systems France</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" customHeight="1" ht="140.0">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>565833</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>BRAVO</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F225" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" customHeight="1" ht="140.0">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>559649</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F226" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" customHeight="1" ht="140.0">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>559648</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F227" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" customHeight="1" ht="140.0">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>556237</t>
+        </is>
+      </c>
+      <c r="C228" s="1" t="inlineStr">
+        <is>
+          <t>929 SENTIA</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F228" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" customHeight="1" ht="140.0">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>556236</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>929 SENTIA</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F229" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" customHeight="1" ht="140.0">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>556222</t>
+        </is>
+      </c>
+      <c r="C230" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F230" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" customHeight="1" ht="140.0">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>539590</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="F231" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" customHeight="1" ht="140.0">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>539589</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="F232" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" customHeight="1" ht="140.0">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>539588</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="F233" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" customHeight="1" ht="140.0">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>539587</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F234" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" customHeight="1" ht="140.0">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>539586</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="F235" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" customHeight="1" ht="140.0">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>539585</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="F236" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" customHeight="1" ht="140.0">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>539584</t>
+        </is>
+      </c>
+      <c r="C237" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="F237" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" customHeight="1" ht="140.0">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>539583</t>
+        </is>
+      </c>
+      <c r="C238" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="F238" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" customHeight="1" ht="140.0">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>539582</t>
+        </is>
+      </c>
+      <c r="C239" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="F239" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" customHeight="1" ht="140.0">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>539581</t>
+        </is>
+      </c>
+      <c r="C240" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="F240" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" customHeight="1" ht="140.0">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>539579</t>
+        </is>
+      </c>
+      <c r="C241" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="F241" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" customHeight="1" ht="140.0">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>539578</t>
+        </is>
+      </c>
+      <c r="C242" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="F242" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" customHeight="1" ht="140.0">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>539577</t>
+        </is>
+      </c>
+      <c r="C243" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F243" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" customHeight="1" ht="140.0">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>539576</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="F244" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" customHeight="1" ht="140.0">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>539575</t>
+        </is>
+      </c>
+      <c r="C245" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E245" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F245" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" customHeight="1" ht="140.0">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>539574</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E246" s="1" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="F246" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" customHeight="1" ht="140.0">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>539573</t>
+        </is>
+      </c>
+      <c r="C247" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="F247" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" customHeight="1" ht="140.0">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>537624</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t>EUNOS V</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F248" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="249" customHeight="1" ht="140.0">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>535081</t>
+        </is>
+      </c>
+      <c r="C249" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F249" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" customHeight="1" ht="140.0">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>535080</t>
+        </is>
+      </c>
+      <c r="C250" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F250" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" customHeight="1" ht="140.0">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>519659</t>
+        </is>
+      </c>
+      <c r="C251" s="1" t="inlineStr">
+        <is>
+          <t>ASTINA</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F164" s="1" t="inlineStr">
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F251" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="165" customHeight="true" ht="140.0">
-[...38 lines deleted...]
-      <c r="D166" s="1" t="inlineStr">
+    <row r="252" customHeight="1" ht="140.0">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>497592</t>
+        </is>
+      </c>
+      <c r="C252" s="1" t="inlineStr">
+        <is>
+          <t>SCREENCLEEN</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Withdrawn:
+Applicant request</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="F252" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Australia Pty Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="253" customHeight="1" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>495591</t>
+        </is>
+      </c>
+      <c r="C253" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D167" s="1" t="inlineStr">
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F253" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" customHeight="1" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>495590</t>
+        </is>
+      </c>
+      <c r="C254" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E254" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="F254" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="255" customHeight="1" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>495589</t>
+        </is>
+      </c>
+      <c r="C255" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E255" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="F255" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="256" customHeight="1" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>457982</t>
+        </is>
+      </c>
+      <c r="C256" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E256" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="F256" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="257" customHeight="1" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>423722</t>
+        </is>
+      </c>
+      <c r="C257" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D257" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E257" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F257" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="258" customHeight="1" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>408915</t>
+        </is>
+      </c>
+      <c r="C258" s="1" t="inlineStr">
+        <is>
+          <t>MIYATA</t>
+        </is>
+      </c>
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E258" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F258" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" customHeight="1" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>406350</t>
+        </is>
+      </c>
+      <c r="C259" s="1" t="inlineStr">
+        <is>
+          <t>CAB PLUS</t>
+        </is>
+      </c>
+      <c r="D259" s="1" t="inlineStr">
+        <is>
+          <t>Removed - Not renewed:
+Renewal fee not paid</t>
+        </is>
+      </c>
+      <c r="E259" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F259" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" customHeight="1" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>405509</t>
+        </is>
+      </c>
+      <c r="C260" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D260" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E260" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F260" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="261" customHeight="1" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>399025</t>
+        </is>
+      </c>
+      <c r="C261" s="1" t="inlineStr">
+        <is>
+          <t>TWO DOOR INTERCEPTOR
+2 DOOR INTERCEPTOR</t>
+        </is>
+      </c>
+      <c r="D261" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D168" s="1" t="inlineStr">
+      <c r="E261" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F261" s="1" t="inlineStr">
+        <is>
+          <t>GWA Motors Ltd; MAZDA (N.S.W.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="262" customHeight="1" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>391618</t>
+        </is>
+      </c>
+      <c r="C262" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D262" s="1" t="inlineStr">
+        <is>
+          <t>Lapsed:
+Not accepted</t>
+        </is>
+      </c>
+      <c r="E262" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="F262" s="1" t="inlineStr">
+        <is>
+          <t>Bilray Nominees Pty Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="263" customHeight="1" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>373388</t>
+        </is>
+      </c>
+      <c r="C263" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D263" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E263" s="1" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="F263" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="264" customHeight="1" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>366561</t>
+        </is>
+      </c>
+      <c r="C264" s="1" t="inlineStr">
+        <is>
+          <t>MAZRENT</t>
+        </is>
+      </c>
+      <c r="D264" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F168" s="1" t="inlineStr">
+      <c r="E264" s="1" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="F264" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="169" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D169" s="1" t="inlineStr">
+    <row r="265" customHeight="1" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>362521</t>
+        </is>
+      </c>
+      <c r="C265" s="1" t="inlineStr">
+        <is>
+          <t>JACK HIGH</t>
+        </is>
+      </c>
+      <c r="D265" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F169" s="1" t="inlineStr">
+      <c r="E265" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F265" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="170" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D170" s="1" t="inlineStr">
+    <row r="266" customHeight="1" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>356238</t>
+        </is>
+      </c>
+      <c r="C266" s="1" t="inlineStr">
+        <is>
+          <t>JACK HIGH
+MAZDA</t>
+        </is>
+      </c>
+      <c r="D266" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E266" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F266" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="267" customHeight="1" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>356237</t>
+        </is>
+      </c>
+      <c r="C267" s="1" t="inlineStr">
+        <is>
+          <t>JACK HIGH
+MAZDA</t>
+        </is>
+      </c>
+      <c r="D267" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E267" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F267" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="268" customHeight="1" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>354072</t>
+        </is>
+      </c>
+      <c r="C268" s="1" t="inlineStr">
+        <is>
+          <t>METRO</t>
+        </is>
+      </c>
+      <c r="D268" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="F171" s="1" t="inlineStr">
+      <c r="E268" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F268" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="172" customHeight="true" ht="140.0">
-[...38 lines deleted...]
-      <c r="D173" s="1" t="inlineStr">
+    <row r="269" customHeight="1" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>347749</t>
+        </is>
+      </c>
+      <c r="C269" s="1" t="inlineStr">
+        <is>
+          <t>JACK HIGH</t>
+        </is>
+      </c>
+      <c r="D269" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F173" s="1" t="inlineStr">
+      <c r="E269" s="1" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="F269" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="174" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D174" s="1" t="inlineStr">
+    <row r="270" customHeight="1" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>346527</t>
+        </is>
+      </c>
+      <c r="C270" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D270" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E270" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F270" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="271" customHeight="1" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>313766</t>
+        </is>
+      </c>
+      <c r="C271" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D271" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E271" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F271" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="272" customHeight="1" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>301822</t>
+        </is>
+      </c>
+      <c r="C272" s="1" t="inlineStr">
+        <is>
+          <t>PARKWAY</t>
+        </is>
+      </c>
+      <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D176" s="1" t="inlineStr">
+      <c r="E272" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F272" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" customHeight="1" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>249015</t>
+        </is>
+      </c>
+      <c r="C273" s="1" t="inlineStr">
+        <is>
+          <t>GRAND FAMILIA</t>
+        </is>
+      </c>
+      <c r="D273" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D177" s="1" t="inlineStr">
+      <c r="E273" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F273" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" customHeight="1" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>248165</t>
+        </is>
+      </c>
+      <c r="C274" s="1" t="inlineStr">
+        <is>
+          <t>SAVANNA</t>
+        </is>
+      </c>
+      <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D179" s="1" t="inlineStr">
+      <c r="E274" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F274" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" customHeight="1" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>240162</t>
+        </is>
+      </c>
+      <c r="C275" s="1" t="inlineStr">
+        <is>
+          <t>CAPELLA</t>
+        </is>
+      </c>
+      <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D180" s="1" t="inlineStr">
+      <c r="E275" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F275" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="276" customHeight="1" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>222602</t>
+        </is>
+      </c>
+      <c r="C276" s="1" t="inlineStr">
+        <is>
+          <t>BONGO</t>
+        </is>
+      </c>
+      <c r="D276" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
-[...133 lines deleted...]
-      <c r="D185" s="1" t="inlineStr">
+      <c r="E276" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F276" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="277" customHeight="1" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>219068</t>
+        </is>
+      </c>
+      <c r="C277" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D189" s="1" t="inlineStr">
+      <c r="E277" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F277" s="1" t="inlineStr">
+        <is>
+          <t>Thorn Lighting Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="278" customHeight="1" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>219067</t>
+        </is>
+      </c>
+      <c r="C278" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D190" s="1" t="inlineStr">
+      <c r="E278" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F278" s="1" t="inlineStr">
+        <is>
+          <t>Thorn Lighting Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="279" customHeight="1" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>218643</t>
+        </is>
+      </c>
+      <c r="C279" s="1" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D191" s="1" t="inlineStr">
+      <c r="E279" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F279" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="280" customHeight="1" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>218642</t>
+        </is>
+      </c>
+      <c r="C280" s="1" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="D280" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D195" s="1" t="inlineStr">
+      <c r="E280" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F280" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="281" customHeight="1" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>213614</t>
+        </is>
+      </c>
+      <c r="C281" s="1" t="inlineStr">
+        <is>
+          <t>COSMO</t>
+        </is>
+      </c>
+      <c r="D281" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C196" s="1" t="inlineStr">
+      <c r="E281" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F281" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="282" customHeight="1" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>174288</t>
+        </is>
+      </c>
+      <c r="C282" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA MINISWITCH</t>
+        </is>
+      </c>
+      <c r="D282" s="1" t="inlineStr">
+        <is>
+          <t>Refused:
+Pre 1995 refused</t>
+        </is>
+      </c>
+      <c r="E282" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F282" s="1" t="inlineStr">
+        <is>
+          <t>A.E.I. Lamp and Lighting Co Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="283" customHeight="1" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>174050</t>
+        </is>
+      </c>
+      <c r="C283" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA NETALINE</t>
+        </is>
+      </c>
+      <c r="D283" s="1" t="inlineStr">
+        <is>
+          <t>Status not available</t>
+        </is>
+      </c>
+      <c r="E283" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F283" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+    </row>
+    <row r="284" customHeight="1" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>168772</t>
+        </is>
+      </c>
+      <c r="C284" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA NETABULB</t>
+        </is>
+      </c>
+      <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D197" s="1" t="inlineStr">
+      <c r="E284" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="F284" s="1" t="inlineStr">
+        <is>
+          <t>Thorn Lighting Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="285" customHeight="1" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>167414</t>
+        </is>
+      </c>
+      <c r="C285" s="1" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="D199" s="1" t="inlineStr">
+      <c r="E285" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F285" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="286" customHeight="1" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>157716</t>
+        </is>
+      </c>
+      <c r="C286" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D286" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E286" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F286" s="1" t="inlineStr">
+        <is>
+          <t>Mazda Motor Corporation</t>
+        </is>
+      </c>
+    </row>
+    <row r="287" customHeight="1" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>130116</t>
+        </is>
+      </c>
+      <c r="C287" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D200" s="1" t="inlineStr">
+      <c r="E287" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="F287" s="1" t="inlineStr">
+        <is>
+          <t>Thorn Lighting Group Limited</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" customHeight="1" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>116315</t>
+        </is>
+      </c>
+      <c r="C288" s="1" t="inlineStr">
+        <is>
+          <t>JACK HIGH</t>
+        </is>
+      </c>
+      <c r="D288" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F200" s="1" t="inlineStr">
+      <c r="E288" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="F288" s="1" t="inlineStr">
         <is>
           <t>Mazda Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="201" customHeight="true" ht="140.0">
-[...10 lines deleted...]
-      <c r="D201" s="1" t="inlineStr">
+    <row r="289" customHeight="1" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>42815</t>
+        </is>
+      </c>
+      <c r="C289" s="1" t="inlineStr">
+        <is>
+          <t>MAZDA</t>
+        </is>
+      </c>
+      <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
-[...223 lines deleted...]
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E289" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F209" s="1" t="inlineStr">
-[...1902 lines deleted...]
-      <c r="F277" s="1" t="inlineStr">
+      <c r="F289" s="1" t="inlineStr">
         <is>
           <t>Thorn Lighting Group Limited</t>
         </is>
       </c>
     </row>
-    <row r="278" customHeight="true" ht="140.0">
-[...334 lines deleted...]
-    <row r="290" customHeight="true" ht="140.0">
+    <row r="290" customHeight="1" ht="140.0">
       <c r="A290" s="1" t="inlineStr">
         <is>
           <t>39956</t>
         </is>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
           <t>MAZDA</t>
         </is>
       </c>
       <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
       <c r="E290" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="F290" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>