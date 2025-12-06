--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -325,51 +325,51 @@
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>JOINT AU VENTURE PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="6" customHeight="true" ht="140.0">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2482971</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>RESPONSIBLE AI</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Published:
-Under examination</t>
+Under examination - Deferred</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>JOINT AU VENTURE PTY LTD</t>
         </is>
       </c>
     </row>
     <row r="7" customHeight="true" ht="140.0">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2532442</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Responsible AI Australia</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">