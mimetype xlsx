--- v1 (2025-12-31)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Search Results" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -87,40216 +87,40668 @@
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment vertical="top" horizontal="left" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId178" Target="../media/image178.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId179" Target="../media/image179.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId180" Target="../media/image180.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId181" Target="../media/image181.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId182" Target="../media/image182.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId183" Target="../media/image183.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId184" Target="../media/image184.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId185" Target="../media/image185.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId186" Target="../media/image186.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId187" Target="../media/image187.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId188" Target="../media/image188.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId189" Target="../media/image189.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId190" Target="../media/image190.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId191" Target="../media/image191.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId192" Target="../media/image192.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId193" Target="../media/image193.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId194" Target="../media/image194.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId195" Target="../media/image195.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId196" Target="../media/image196.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId197" Target="../media/image197.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId198" Target="../media/image198.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId199" Target="../media/image199.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId200" Target="../media/image200.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId201" Target="../media/image201.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId202" Target="../media/image202.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId203" Target="../media/image203.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId204" Target="../media/image204.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId205" Target="../media/image205.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId206" Target="../media/image206.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId207" Target="../media/image207.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId208" Target="../media/image208.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId209" Target="../media/image209.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId210" Target="../media/image210.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId211" Target="../media/image211.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId212" Target="../media/image212.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId213" Target="../media/image213.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId214" Target="../media/image214.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId215" Target="../media/image215.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId216" Target="../media/image216.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId217" Target="../media/image217.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId218" Target="../media/image218.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId219" Target="../media/image219.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId220" Target="../media/image220.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId221" Target="../media/image221.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId222" Target="../media/image222.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId223" Target="../media/image223.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId224" Target="../media/image224.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId225" Target="../media/image225.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId226" Target="../media/image226.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId227" Target="../media/image227.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId228" Target="../media/image228.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId229" Target="../media/image229.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId230" Target="../media/image230.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId231" Target="../media/image231.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId232" Target="../media/image232.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId233" Target="../media/image233.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId234" Target="../media/image234.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId235" Target="../media/image235.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId236" Target="../media/image236.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId237" Target="../media/image237.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId238" Target="../media/image238.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId239" Target="../media/image239.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId240" Target="../media/image240.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId241" Target="../media/image241.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId242" Target="../media/image242.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId243" Target="../media/image243.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId244" Target="../media/image244.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId245" Target="../media/image245.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId246" Target="../media/image246.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId247" Target="../media/image247.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId248" Target="../media/image248.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId249" Target="../media/image249.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId250" Target="../media/image250.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId251" Target="../media/image251.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId252" Target="../media/image252.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId253" Target="../media/image253.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId254" Target="../media/image254.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId255" Target="../media/image255.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId256" Target="../media/image256.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId257" Target="../media/image257.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId258" Target="../media/image258.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId259" Target="../media/image259.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId260" Target="../media/image260.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId261" Target="../media/image261.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId262" Target="../media/image262.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId263" Target="../media/image263.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId264" Target="../media/image264.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId265" Target="../media/image265.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId266" Target="../media/image266.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId267" Target="../media/image267.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId268" Target="../media/image268.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId269" Target="../media/image269.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId270" Target="../media/image270.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId271" Target="../media/image271.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId272" Target="../media/image272.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId273" Target="../media/image273.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId274" Target="../media/image274.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId275" Target="../media/image275.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId276" Target="../media/image276.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId277" Target="../media/image277.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId278" Target="../media/image278.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId279" Target="../media/image279.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId280" Target="../media/image280.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId281" Target="../media/image281.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId282" Target="../media/image282.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId283" Target="../media/image283.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId284" Target="../media/image284.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId285" Target="../media/image285.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId286" Target="../media/image286.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId287" Target="../media/image287.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId288" Target="../media/image288.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId289" Target="../media/image289.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId290" Target="../media/image290.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId291" Target="../media/image291.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId292" Target="../media/image292.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId293" Target="../media/image293.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId294" Target="../media/image294.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId295" Target="../media/image295.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId296" Target="../media/image296.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId297" Target="../media/image297.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId298" Target="../media/image298.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId299" Target="../media/image299.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId300" Target="../media/image300.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId301" Target="../media/image301.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId302" Target="../media/image302.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId303" Target="../media/image303.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId304" Target="../media/image304.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId305" Target="../media/image305.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId306" Target="../media/image306.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId307" Target="../media/image307.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId308" Target="../media/image308.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId309" Target="../media/image309.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId310" Target="../media/image310.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId311" Target="../media/image311.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId312" Target="../media/image312.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../media/image1.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId10" Target="../media/image10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId100" Target="../media/image100.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId101" Target="../media/image101.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId102" Target="../media/image102.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId103" Target="../media/image103.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId104" Target="../media/image104.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId105" Target="../media/image105.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId106" Target="../media/image106.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId107" Target="../media/image107.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId108" Target="../media/image108.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId109" Target="../media/image109.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="../media/image11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId110" Target="../media/image110.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId111" Target="../media/image111.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId112" Target="../media/image112.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId113" Target="../media/image113.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId114" Target="../media/image114.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId115" Target="../media/image115.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId116" Target="../media/image116.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId117" Target="../media/image117.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId118" Target="../media/image118.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId119" Target="../media/image119.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId12" Target="../media/image12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId120" Target="../media/image120.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId121" Target="../media/image121.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId122" Target="../media/image122.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId123" Target="../media/image123.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId124" Target="../media/image124.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId125" Target="../media/image125.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId126" Target="../media/image126.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId127" Target="../media/image127.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId128" Target="../media/image128.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId129" Target="../media/image129.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId13" Target="../media/image13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId130" Target="../media/image130.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId131" Target="../media/image131.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId132" Target="../media/image132.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId133" Target="../media/image133.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId134" Target="../media/image134.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId135" Target="../media/image135.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId136" Target="../media/image136.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId137" Target="../media/image137.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId138" Target="../media/image138.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId139" Target="../media/image139.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId14" Target="../media/image14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId140" Target="../media/image140.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId141" Target="../media/image141.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId142" Target="../media/image142.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId143" Target="../media/image143.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId144" Target="../media/image144.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId145" Target="../media/image145.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId146" Target="../media/image146.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId147" Target="../media/image147.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId148" Target="../media/image148.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId149" Target="../media/image149.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId15" Target="../media/image15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId150" Target="../media/image150.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId151" Target="../media/image151.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId152" Target="../media/image152.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId153" Target="../media/image153.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId154" Target="../media/image154.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId155" Target="../media/image155.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId156" Target="../media/image156.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId157" Target="../media/image157.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId158" Target="../media/image158.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId159" Target="../media/image159.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId16" Target="../media/image16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId160" Target="../media/image160.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId161" Target="../media/image161.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId162" Target="../media/image162.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId163" Target="../media/image163.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId164" Target="../media/image164.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId165" Target="../media/image165.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId166" Target="../media/image166.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId167" Target="../media/image167.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId168" Target="../media/image168.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId169" Target="../media/image169.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId17" Target="../media/image17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId170" Target="../media/image170.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId171" Target="../media/image171.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId172" Target="../media/image172.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId173" Target="../media/image173.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId174" Target="../media/image174.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId175" Target="../media/image175.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId176" Target="../media/image176.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId177" Target="../media/image177.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId178" Target="../media/image178.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId179" Target="../media/image179.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId18" Target="../media/image18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId180" Target="../media/image180.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId181" Target="../media/image181.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId182" Target="../media/image182.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId183" Target="../media/image183.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId184" Target="../media/image184.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId185" Target="../media/image185.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId186" Target="../media/image186.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId187" Target="../media/image187.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId188" Target="../media/image188.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId189" Target="../media/image189.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId19" Target="../media/image19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId190" Target="../media/image190.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId191" Target="../media/image191.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId192" Target="../media/image192.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId193" Target="../media/image193.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId194" Target="../media/image194.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId195" Target="../media/image195.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId196" Target="../media/image196.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId197" Target="../media/image197.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId198" Target="../media/image198.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId199" Target="../media/image199.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId2" Target="../media/image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId20" Target="../media/image20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId200" Target="../media/image200.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId201" Target="../media/image201.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId202" Target="../media/image202.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId203" Target="../media/image203.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId204" Target="../media/image204.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId205" Target="../media/image205.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId206" Target="../media/image206.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId207" Target="../media/image207.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId208" Target="../media/image208.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId209" Target="../media/image209.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId21" Target="../media/image21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId210" Target="../media/image210.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId211" Target="../media/image211.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId212" Target="../media/image212.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId213" Target="../media/image213.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId214" Target="../media/image214.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId215" Target="../media/image215.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId216" Target="../media/image216.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId217" Target="../media/image217.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId218" Target="../media/image218.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId219" Target="../media/image219.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId22" Target="../media/image22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId220" Target="../media/image220.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId221" Target="../media/image221.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId222" Target="../media/image222.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId223" Target="../media/image223.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId224" Target="../media/image224.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId225" Target="../media/image225.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId226" Target="../media/image226.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId227" Target="../media/image227.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId228" Target="../media/image228.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId229" Target="../media/image229.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId23" Target="../media/image23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId230" Target="../media/image230.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId231" Target="../media/image231.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId232" Target="../media/image232.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId233" Target="../media/image233.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId234" Target="../media/image234.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId235" Target="../media/image235.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId236" Target="../media/image236.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId237" Target="../media/image237.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId238" Target="../media/image238.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId239" Target="../media/image239.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId24" Target="../media/image24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId240" Target="../media/image240.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId241" Target="../media/image241.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId242" Target="../media/image242.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId243" Target="../media/image243.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId244" Target="../media/image244.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId245" Target="../media/image245.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId246" Target="../media/image246.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId247" Target="../media/image247.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId248" Target="../media/image248.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId249" Target="../media/image249.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId25" Target="../media/image25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId250" Target="../media/image250.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId251" Target="../media/image251.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId252" Target="../media/image252.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId253" Target="../media/image253.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId254" Target="../media/image254.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId255" Target="../media/image255.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId256" Target="../media/image256.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId257" Target="../media/image257.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId258" Target="../media/image258.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId259" Target="../media/image259.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId26" Target="../media/image26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId260" Target="../media/image260.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId261" Target="../media/image261.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId262" Target="../media/image262.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId263" Target="../media/image263.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId264" Target="../media/image264.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId265" Target="../media/image265.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId266" Target="../media/image266.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId267" Target="../media/image267.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId268" Target="../media/image268.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId269" Target="../media/image269.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId27" Target="../media/image27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId270" Target="../media/image270.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId271" Target="../media/image271.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId272" Target="../media/image272.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId273" Target="../media/image273.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId274" Target="../media/image274.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId275" Target="../media/image275.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId276" Target="../media/image276.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId277" Target="../media/image277.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId278" Target="../media/image278.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId279" Target="../media/image279.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId28" Target="../media/image28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId280" Target="../media/image280.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId281" Target="../media/image281.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId282" Target="../media/image282.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId283" Target="../media/image283.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId284" Target="../media/image284.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId285" Target="../media/image285.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId286" Target="../media/image286.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId287" Target="../media/image287.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId288" Target="../media/image288.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId289" Target="../media/image289.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId29" Target="../media/image29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId290" Target="../media/image290.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId291" Target="../media/image291.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId292" Target="../media/image292.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId293" Target="../media/image293.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId294" Target="../media/image294.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId295" Target="../media/image295.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId296" Target="../media/image296.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId297" Target="../media/image297.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId298" Target="../media/image298.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId299" Target="../media/image299.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId3" Target="../media/image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId30" Target="../media/image30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId300" Target="../media/image300.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId301" Target="../media/image301.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId302" Target="../media/image302.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId303" Target="../media/image303.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId304" Target="../media/image304.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId305" Target="../media/image305.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId306" Target="../media/image306.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId307" Target="../media/image307.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId308" Target="../media/image308.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId309" Target="../media/image309.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId31" Target="../media/image31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId310" Target="../media/image310.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId311" Target="../media/image311.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId312" Target="../media/image312.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId313" Target="../media/image313.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId314" Target="../media/image314.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId315" Target="../media/image315.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId316" Target="../media/image316.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId317" Target="../media/image317.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId318" Target="../media/image318.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId32" Target="../media/image32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId33" Target="../media/image33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId34" Target="../media/image34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId35" Target="../media/image35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId36" Target="../media/image36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId37" Target="../media/image37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId38" Target="../media/image38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId39" Target="../media/image39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId40" Target="../media/image40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId41" Target="../media/image41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId42" Target="../media/image42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId43" Target="../media/image43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId44" Target="../media/image44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId45" Target="../media/image45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId46" Target="../media/image46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId47" Target="../media/image47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId48" Target="../media/image48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId49" Target="../media/image49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId5" Target="../media/image5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId50" Target="../media/image50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId51" Target="../media/image51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId52" Target="../media/image52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId53" Target="../media/image53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId54" Target="../media/image54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId55" Target="../media/image55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId56" Target="../media/image56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId57" Target="../media/image57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId58" Target="../media/image58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId59" Target="../media/image59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId6" Target="../media/image6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId60" Target="../media/image60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId61" Target="../media/image61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId62" Target="../media/image62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId63" Target="../media/image63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId64" Target="../media/image64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId65" Target="../media/image65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId66" Target="../media/image66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId67" Target="../media/image67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId68" Target="../media/image68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId69" Target="../media/image69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId7" Target="../media/image7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId70" Target="../media/image70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId71" Target="../media/image71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId72" Target="../media/image72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId73" Target="../media/image73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId74" Target="../media/image74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId75" Target="../media/image75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId76" Target="../media/image76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId77" Target="../media/image77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId78" Target="../media/image78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId79" Target="../media/image79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="../media/image8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId80" Target="../media/image80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId81" Target="../media/image81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId82" Target="../media/image82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId83" Target="../media/image83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId84" Target="../media/image84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId85" Target="../media/image85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId86" Target="../media/image86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId87" Target="../media/image87.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId88" Target="../media/image88.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId89" Target="../media/image89.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="../media/image9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId90" Target="../media/image90.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId91" Target="../media/image91.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId92" Target="../media/image92.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId93" Target="../media/image93.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId94" Target="../media/image94.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId95" Target="../media/image95.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId96" Target="../media/image96.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId97" Target="../media/image97.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId98" Target="../media/image98.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId99" Target="../media/image99.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>942857</xdr:rowOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="371428"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>466666</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="466666"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1142857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1142857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1116000</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1116000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>638095</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="638095"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>714285</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="714285"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>942857</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>1076190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId2"/>
+        <a:blip r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1076190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>504761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId3"/>
+        <a:blip r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="504761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>235565</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId4"/>
+        <a:blip r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="235565"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId5"/>
+        <a:blip r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId6"/>
+        <a:blip r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId7"/>
+        <a:blip r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>685714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8"/>
+        <a:blip r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="685714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId9"/>
+        <a:blip r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>180885</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId10"/>
+        <a:blip r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="180885"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>457142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11"/>
+        <a:blip r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>485714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId12"/>
+        <a:blip r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId13"/>
+        <a:blip r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId14"/>
+        <a:blip r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>1180952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId15"/>
+        <a:blip r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>1419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId16"/>
+        <a:blip r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId17"/>
+        <a:blip r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId18"/>
+        <a:blip r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId19"/>
+        <a:blip r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId20"/>
+        <a:blip r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>161904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId21"/>
+        <a:blip r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="161904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId22"/>
+        <a:blip r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>1276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId23"/>
+        <a:blip r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>752380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId24"/>
+        <a:blip r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="752380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId25"/>
+        <a:blip r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>186</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>186</xdr:row>
       <xdr:rowOff>419047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId26"/>
+        <a:blip r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="419047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>383360</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId27"/>
+        <a:blip r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="383360"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>437597</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId28"/>
+        <a:blip r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="437597"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>476190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId29"/>
+        <a:blip r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="476190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>212</xdr:row>
       <xdr:rowOff>514285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId30"/>
+        <a:blip r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="514285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>205</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>205</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId31"/>
+        <a:blip r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>207</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>207</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId32"/>
+        <a:blip r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>227</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>227</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>990476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId33"/>
+        <a:blip r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="990476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId34"/>
+        <a:blip r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>234</xdr:row>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>234</xdr:row>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>733333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId35"/>
+        <a:blip r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="733333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>235</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>235</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId36"/>
+        <a:blip r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>239</xdr:row>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>239</xdr:row>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>1257142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId37"/>
+        <a:blip r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1257142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>485714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId38"/>
+        <a:blip r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>251</xdr:row>
+      <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>251</xdr:row>
+      <xdr:row>259</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId39"/>
+        <a:blip r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>261</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>261</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId40"/>
+        <a:blip r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>262</xdr:row>
+      <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>262</xdr:row>
+      <xdr:row>270</xdr:row>
       <xdr:rowOff>304761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId41"/>
+        <a:blip r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="304761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>263</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>263</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId42"/>
+        <a:blip r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId43"/>
+        <a:blip r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>275</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>275</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>714285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId44"/>
+        <a:blip r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="714285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>276</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>276</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>790476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId45"/>
+        <a:blip r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="790476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>278</xdr:row>
+      <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>278</xdr:row>
+      <xdr:row>286</xdr:row>
       <xdr:rowOff>495238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId46"/>
+        <a:blip r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>280</xdr:row>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>280</xdr:row>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>447619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId47"/>
+        <a:blip r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="447619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>282</xdr:row>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>282</xdr:row>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId48"/>
+        <a:blip r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>293</xdr:row>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>293</xdr:row>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>1114285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId49"/>
+        <a:blip r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1114285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>294</xdr:row>
+      <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>294</xdr:row>
+      <xdr:row>302</xdr:row>
       <xdr:rowOff>1114285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId50"/>
+        <a:blip r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1114285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>295</xdr:row>
+      <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>295</xdr:row>
+      <xdr:row>303</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId51"/>
+        <a:blip r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>296</xdr:row>
+      <xdr:row>304</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>296</xdr:row>
+      <xdr:row>304</xdr:row>
       <xdr:rowOff>1114285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId52"/>
+        <a:blip r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1114285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>297</xdr:row>
+      <xdr:row>305</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>297</xdr:row>
+      <xdr:row>305</xdr:row>
       <xdr:rowOff>412800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId53"/>
+        <a:blip r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="412800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId54"/>
+        <a:blip r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>313</xdr:row>
+      <xdr:row>321</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>313</xdr:row>
+      <xdr:row>321</xdr:row>
       <xdr:rowOff>838095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId55"/>
+        <a:blip r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="838095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>314</xdr:row>
+      <xdr:row>322</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>314</xdr:row>
+      <xdr:row>322</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId56"/>
+        <a:blip r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>315</xdr:row>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>315</xdr:row>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId57"/>
+        <a:blip r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>318</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>318</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>961904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId58"/>
+        <a:blip r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="961904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>327</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>327</xdr:row>
       <xdr:rowOff>274125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="65" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId59"/>
+        <a:blip r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="274125"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>339</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>339</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="66" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId60"/>
+        <a:blip r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>332</xdr:row>
+      <xdr:row>340</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>332</xdr:row>
+      <xdr:row>340</xdr:row>
       <xdr:rowOff>1190476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="67" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId61"/>
+        <a:blip r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1190476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>341</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>341</xdr:row>
       <xdr:rowOff>1276190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="68" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId62"/>
+        <a:blip r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1276190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>342</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>342</xdr:row>
       <xdr:rowOff>1342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="69" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId63"/>
+        <a:blip r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>335</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>335</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>438095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="70" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId64"/>
+        <a:blip r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="438095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>336</xdr:row>
-[...227 lines deleted...]
-      <xdr:row>342</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>343</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1008000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>345</xdr:row>
+      <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>346</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>346</xdr:row>
+      <xdr:rowOff>361904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>361904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>361904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>361904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>350</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>350</xdr:row>
+      <xdr:rowOff>361904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="361904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1008000</xdr:colOff>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>352</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>352</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId73"/>
+        <a:blip r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>345</xdr:row>
+      <xdr:row>353</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>345</xdr:row>
+      <xdr:row>353</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId74"/>
+        <a:blip r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>346</xdr:row>
+      <xdr:row>354</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>792000</xdr:colOff>
-      <xdr:row>346</xdr:row>
+      <xdr:row>354</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId75"/>
+        <a:blip r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="792000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>347</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>347</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId76"/>
+        <a:blip r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>348</xdr:row>
+      <xdr:row>356</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>348</xdr:row>
+      <xdr:row>356</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId77"/>
+        <a:blip r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>357</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>357</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId78"/>
+        <a:blip r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId79"/>
+        <a:blip r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>351</xdr:row>
+      <xdr:row>359</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>351</xdr:row>
+      <xdr:row>359</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId80"/>
+        <a:blip r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>352</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>352</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId81"/>
+        <a:blip r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>353</xdr:row>
+      <xdr:row>361</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>353</xdr:row>
+      <xdr:row>361</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId82"/>
+        <a:blip r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>354</xdr:row>
+      <xdr:row>362</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>354</xdr:row>
+      <xdr:row>362</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId83"/>
+        <a:blip r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>363</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>363</xdr:row>
       <xdr:rowOff>361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId84"/>
+        <a:blip r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>356</xdr:row>
+      <xdr:row>364</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>356</xdr:row>
+      <xdr:row>364</xdr:row>
       <xdr:rowOff>561904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId85"/>
+        <a:blip r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="561904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>365</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>365</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId86"/>
+        <a:blip r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>358</xdr:row>
+      <xdr:row>366</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>358</xdr:row>
+      <xdr:row>366</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="87" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId87"/>
+        <a:blip r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>359</xdr:row>
+      <xdr:row>367</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>359</xdr:row>
+      <xdr:row>367</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId88"/>
+        <a:blip r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>360</xdr:row>
+      <xdr:row>368</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>360</xdr:row>
+      <xdr:row>368</xdr:row>
       <xdr:rowOff>1390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId89"/>
+        <a:blip r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>361</xdr:row>
+      <xdr:row>369</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>720000</xdr:colOff>
-      <xdr:row>361</xdr:row>
+      <xdr:row>369</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId90"/>
+        <a:blip r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="720000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>362</xdr:row>
+      <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>828000</xdr:colOff>
-      <xdr:row>362</xdr:row>
+      <xdr:row>370</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId91"/>
+        <a:blip r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="828000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>363</xdr:row>
+      <xdr:row>371</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>363</xdr:row>
+      <xdr:row>371</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId92"/>
+        <a:blip r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>372</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>372</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId93"/>
+        <a:blip r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>367</xdr:row>
+      <xdr:row>375</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>367</xdr:row>
+      <xdr:row>375</xdr:row>
       <xdr:rowOff>253930</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId94"/>
+        <a:blip r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="253930"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>374</xdr:row>
+      <xdr:row>382</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>374</xdr:row>
+      <xdr:row>382</xdr:row>
       <xdr:rowOff>400000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId95"/>
+        <a:blip r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="400000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>385</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>385</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>619047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId96"/>
+        <a:blip r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="619047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>414</xdr:row>
+      <xdr:row>422</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>414</xdr:row>
+      <xdr:row>422</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="97" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId97"/>
+        <a:blip r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>415</xdr:row>
+      <xdr:row>423</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>415</xdr:row>
+      <xdr:row>423</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="98" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId98"/>
+        <a:blip r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>416</xdr:row>
+      <xdr:row>424</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>416</xdr:row>
+      <xdr:row>424</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="99" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId99"/>
+        <a:blip r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>417</xdr:row>
+      <xdr:row>425</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>828000</xdr:colOff>
-      <xdr:row>417</xdr:row>
+      <xdr:row>425</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="100" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId100"/>
+        <a:blip r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="828000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>418</xdr:row>
+      <xdr:row>426</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>418</xdr:row>
+      <xdr:row>426</xdr:row>
       <xdr:rowOff>1285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="101" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId101"/>
+        <a:blip r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>419</xdr:row>
+      <xdr:row>427</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>419</xdr:row>
+      <xdr:row>427</xdr:row>
       <xdr:rowOff>1152380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="102" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="108" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId102"/>
+        <a:blip r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1152380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>420</xdr:row>
+      <xdr:row>428</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>420</xdr:row>
+      <xdr:row>428</xdr:row>
       <xdr:rowOff>1161904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="103" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="109" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId103"/>
+        <a:blip r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1161904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>429</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>429</xdr:row>
       <xdr:rowOff>1409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="104" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="110" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId104"/>
+        <a:blip r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>422</xdr:row>
+      <xdr:row>430</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>422</xdr:row>
+      <xdr:row>430</xdr:row>
       <xdr:rowOff>1352380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="105" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="111" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId105"/>
+        <a:blip r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1352380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>423</xdr:row>
+      <xdr:row>431</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>423</xdr:row>
+      <xdr:row>431</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="112" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId106"/>
+        <a:blip r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>424</xdr:row>
+      <xdr:row>432</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>424</xdr:row>
+      <xdr:row>432</xdr:row>
       <xdr:rowOff>1076190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="113" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId107"/>
+        <a:blip r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1076190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>426</xdr:row>
-[...226 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
       <xdr:row>434</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:colOff>1368000</xdr:colOff>
       <xdr:row>434</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1332000" cy="1428571"/>
+          <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>435</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:colOff>1404000</xdr:colOff>
       <xdr:row>435</xdr:row>
-      <xdr:rowOff>1428571</xdr:rowOff>
+      <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="323809"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>436</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>436</xdr:row>
+      <xdr:rowOff>676190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="676190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>437</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>437</xdr:row>
+      <xdr:rowOff>590476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="590476"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>440</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>440</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>436</xdr:row>
+      <xdr:row>441</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>828000</xdr:colOff>
-      <xdr:row>436</xdr:row>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>441</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId116"/>
+        <a:blip r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>442</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>442</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1332000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>443</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>443</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>444</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>828000</xdr:colOff>
+      <xdr:row>444</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="828000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>437</xdr:row>
+      <xdr:row>445</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>437</xdr:row>
+      <xdr:row>445</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId117"/>
+        <a:blip r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>438</xdr:row>
+      <xdr:row>446</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>438</xdr:row>
+      <xdr:row>446</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId118"/>
+        <a:blip r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>439</xdr:row>
+      <xdr:row>447</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>972000</xdr:colOff>
-      <xdr:row>439</xdr:row>
+      <xdr:row>447</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId119"/>
+        <a:blip r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="972000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>440</xdr:row>
+      <xdr:row>448</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>440</xdr:row>
+      <xdr:row>448</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId120"/>
+        <a:blip r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>441</xdr:row>
+      <xdr:row>449</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1332000</xdr:colOff>
-      <xdr:row>441</xdr:row>
+      <xdr:row>449</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId121"/>
+        <a:blip r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1332000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>442</xdr:row>
+      <xdr:row>450</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1008000</xdr:colOff>
-      <xdr:row>442</xdr:row>
+      <xdr:row>450</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="122" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId122"/>
+        <a:blip r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1008000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>443</xdr:row>
+      <xdr:row>451</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>443</xdr:row>
+      <xdr:row>451</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId123"/>
+        <a:blip r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>444</xdr:row>
+      <xdr:row>452</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>444</xdr:row>
+      <xdr:row>452</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId124"/>
+        <a:blip r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>445</xdr:row>
+      <xdr:row>453</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>445</xdr:row>
+      <xdr:row>453</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId125"/>
+        <a:blip r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>446</xdr:row>
+      <xdr:row>454</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>446</xdr:row>
+      <xdr:row>454</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId126"/>
+        <a:blip r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>447</xdr:row>
+      <xdr:row>455</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
-      <xdr:row>447</xdr:row>
+      <xdr:row>455</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId127"/>
+        <a:blip r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="900000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>448</xdr:row>
+      <xdr:row>456</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>448</xdr:row>
+      <xdr:row>456</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId128"/>
+        <a:blip r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>449</xdr:row>
+      <xdr:row>457</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>449</xdr:row>
+      <xdr:row>457</xdr:row>
       <xdr:rowOff>761904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId129"/>
+        <a:blip r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="761904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>450</xdr:row>
+      <xdr:row>458</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>450</xdr:row>
+      <xdr:row>458</xdr:row>
       <xdr:rowOff>847619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId130"/>
+        <a:blip r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>451</xdr:row>
+      <xdr:row>459</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>451</xdr:row>
+      <xdr:row>459</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId131"/>
+        <a:blip r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>452</xdr:row>
+      <xdr:row>460</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>452</xdr:row>
+      <xdr:row>460</xdr:row>
       <xdr:rowOff>800000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId132"/>
+        <a:blip r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="800000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>453</xdr:row>
+      <xdr:row>461</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>453</xdr:row>
+      <xdr:row>461</xdr:row>
       <xdr:rowOff>1133333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId133"/>
+        <a:blip r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1133333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>454</xdr:row>
+      <xdr:row>462</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>454</xdr:row>
+      <xdr:row>462</xdr:row>
       <xdr:rowOff>876190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId134"/>
+        <a:blip r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="876190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>461</xdr:row>
+      <xdr:row>469</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>461</xdr:row>
+      <xdr:row>469</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId135"/>
+        <a:blip r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>462</xdr:row>
+      <xdr:row>470</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>462</xdr:row>
+      <xdr:row>470</xdr:row>
       <xdr:rowOff>1361904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId136"/>
+        <a:blip r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1361904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>464</xdr:row>
+      <xdr:row>472</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>464</xdr:row>
+      <xdr:row>472</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId137"/>
+        <a:blip r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>466</xdr:row>
+      <xdr:row>474</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>466</xdr:row>
+      <xdr:row>474</xdr:row>
       <xdr:rowOff>1057142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId138"/>
+        <a:blip r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1057142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>483</xdr:row>
+      <xdr:row>491</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>483</xdr:row>
+      <xdr:row>491</xdr:row>
       <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId139"/>
+        <a:blip r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>484</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>484</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>523809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId140"/>
+        <a:blip r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="523809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>485</xdr:row>
+      <xdr:row>493</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>485</xdr:row>
+      <xdr:row>493</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId141"/>
+        <a:blip r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>492</xdr:row>
+      <xdr:row>500</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>492</xdr:row>
+      <xdr:row>500</xdr:row>
       <xdr:rowOff>1285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId142"/>
+        <a:blip r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>493</xdr:row>
+      <xdr:row>501</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>493</xdr:row>
+      <xdr:row>501</xdr:row>
       <xdr:rowOff>323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId143"/>
+        <a:blip r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>495</xdr:row>
+      <xdr:row>503</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>495</xdr:row>
+      <xdr:row>503</xdr:row>
       <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId144"/>
+        <a:blip r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>498</xdr:row>
+      <xdr:row>506</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>498</xdr:row>
+      <xdr:row>506</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId145"/>
+        <a:blip r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>499</xdr:row>
+      <xdr:row>507</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>499</xdr:row>
+      <xdr:row>507</xdr:row>
       <xdr:rowOff>495238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId146"/>
+        <a:blip r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="495238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>508</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>468000</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>508</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId147"/>
+        <a:blip r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="468000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>502</xdr:row>
+      <xdr:row>510</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>502</xdr:row>
+      <xdr:row>510</xdr:row>
       <xdr:rowOff>866666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId148"/>
+        <a:blip r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="866666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>503</xdr:row>
+      <xdr:row>511</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>503</xdr:row>
+      <xdr:row>511</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId149"/>
+        <a:blip r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>506</xdr:row>
+      <xdr:row>514</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>506</xdr:row>
+      <xdr:row>514</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId150"/>
+        <a:blip r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>509</xdr:row>
+      <xdr:row>517</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>509</xdr:row>
+      <xdr:row>517</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId151"/>
+        <a:blip r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>518</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>518</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId152"/>
+        <a:blip r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>511</xdr:row>
+      <xdr:row>519</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>511</xdr:row>
+      <xdr:row>519</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId153"/>
+        <a:blip r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>517</xdr:row>
+      <xdr:row>525</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>517</xdr:row>
+      <xdr:row>525</xdr:row>
       <xdr:rowOff>571428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId154"/>
+        <a:blip r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="571428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>521</xdr:row>
+      <xdr:row>529</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>521</xdr:row>
+      <xdr:row>529</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId155"/>
+        <a:blip r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>523</xdr:row>
+      <xdr:row>531</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>523</xdr:row>
+      <xdr:row>531</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId156"/>
+        <a:blip r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>524</xdr:row>
+      <xdr:row>532</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>524</xdr:row>
+      <xdr:row>532</xdr:row>
       <xdr:rowOff>504761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId157"/>
+        <a:blip r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="504761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>528</xdr:row>
+      <xdr:row>536</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>528</xdr:row>
+      <xdr:row>536</xdr:row>
       <xdr:rowOff>90703</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId158"/>
+        <a:blip r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="90703"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>530</xdr:row>
+      <xdr:row>538</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>530</xdr:row>
+      <xdr:row>538</xdr:row>
       <xdr:rowOff>380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId159"/>
+        <a:blip r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>531</xdr:row>
+      <xdr:row>539</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>531</xdr:row>
+      <xdr:row>539</xdr:row>
       <xdr:rowOff>761904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId160"/>
+        <a:blip r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="761904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>547</xdr:row>
+      <xdr:row>555</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>547</xdr:row>
+      <xdr:row>555</xdr:row>
       <xdr:rowOff>158946</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId161"/>
+        <a:blip r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="158946"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>549</xdr:row>
+      <xdr:row>557</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>549</xdr:row>
+      <xdr:row>557</xdr:row>
       <xdr:rowOff>695238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId162"/>
+        <a:blip r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="695238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>550</xdr:row>
+      <xdr:row>558</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>550</xdr:row>
+      <xdr:row>558</xdr:row>
       <xdr:rowOff>333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId163"/>
+        <a:blip r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>552</xdr:row>
+      <xdr:row>560</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>552</xdr:row>
+      <xdr:row>560</xdr:row>
       <xdr:rowOff>266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId164"/>
+        <a:blip r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>553</xdr:row>
+      <xdr:row>561</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>553</xdr:row>
+      <xdr:row>561</xdr:row>
       <xdr:rowOff>733333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId165"/>
+        <a:blip r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="733333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>566</xdr:row>
+      <xdr:row>574</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>566</xdr:row>
+      <xdr:row>574</xdr:row>
       <xdr:rowOff>457142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId166"/>
+        <a:blip r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="457142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>569</xdr:row>
+      <xdr:row>577</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>569</xdr:row>
+      <xdr:row>577</xdr:row>
       <xdr:rowOff>333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="173" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId167"/>
+        <a:blip r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>573</xdr:row>
+      <xdr:row>581</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>573</xdr:row>
+      <xdr:row>581</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="174" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId168"/>
+        <a:blip r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>582</xdr:row>
+      <xdr:row>590</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>582</xdr:row>
+      <xdr:row>590</xdr:row>
       <xdr:rowOff>311345</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="175" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId169"/>
+        <a:blip r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="311345"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>583</xdr:row>
+      <xdr:row>591</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>583</xdr:row>
+      <xdr:row>591</xdr:row>
       <xdr:rowOff>366896</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="176" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId170"/>
+        <a:blip r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="366896"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>596</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>596</xdr:row>
       <xdr:rowOff>524390</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="177" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId171"/>
+        <a:blip r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="524390"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>589</xdr:row>
+      <xdr:row>597</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>589</xdr:row>
+      <xdr:row>597</xdr:row>
       <xdr:rowOff>531176</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="178" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId172"/>
+        <a:blip r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="531176"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>590</xdr:row>
+      <xdr:row>598</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>590</xdr:row>
+      <xdr:row>598</xdr:row>
       <xdr:rowOff>523809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="179" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId173"/>
+        <a:blip r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="523809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>594</xdr:row>
+      <xdr:row>602</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>594</xdr:row>
+      <xdr:row>602</xdr:row>
       <xdr:rowOff>285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="180" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId174"/>
+        <a:blip r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>597</xdr:row>
+      <xdr:row>605</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>597</xdr:row>
+      <xdr:row>605</xdr:row>
       <xdr:rowOff>485714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="181" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId175"/>
+        <a:blip r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>609</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>609</xdr:row>
       <xdr:rowOff>1047619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="182" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId176"/>
+        <a:blip r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>602</xdr:row>
+      <xdr:row>610</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>602</xdr:row>
+      <xdr:row>610</xdr:row>
       <xdr:rowOff>685714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="177" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="183" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId177"/>
+        <a:blip r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="685714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>603</xdr:row>
+      <xdr:row>611</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>603</xdr:row>
+      <xdr:row>611</xdr:row>
       <xdr:rowOff>283761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="184" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId178"/>
+        <a:blip r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="283761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>605</xdr:row>
+      <xdr:row>613</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>605</xdr:row>
+      <xdr:row>613</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="179" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="185" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId179"/>
+        <a:blip r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>629</xdr:row>
+      <xdr:row>637</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>900000</xdr:colOff>
-      <xdr:row>629</xdr:row>
+      <xdr:row>637</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="180" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="186" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId180"/>
+        <a:blip r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="900000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>631</xdr:row>
+      <xdr:row>639</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>631</xdr:row>
+      <xdr:row>639</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="181" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="187" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId181"/>
+        <a:blip r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>634</xdr:row>
+      <xdr:row>642</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1224000</xdr:colOff>
-      <xdr:row>634</xdr:row>
+      <xdr:row>642</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="182" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="188" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId182"/>
+        <a:blip r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1224000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>635</xdr:row>
+      <xdr:row>643</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>635</xdr:row>
+      <xdr:row>643</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="189" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId183"/>
+        <a:blip r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>636</xdr:row>
+      <xdr:row>644</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>636</xdr:row>
+      <xdr:row>644</xdr:row>
       <xdr:rowOff>657142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="190" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId184"/>
+        <a:blip r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="657142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>638</xdr:row>
+      <xdr:row>646</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>638</xdr:row>
+      <xdr:row>646</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="191" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId185"/>
+        <a:blip r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>639</xdr:row>
+      <xdr:row>647</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>639</xdr:row>
+      <xdr:row>647</xdr:row>
       <xdr:rowOff>1257142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="186" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="192" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId186"/>
+        <a:blip r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1257142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>641</xdr:row>
+      <xdr:row>649</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>641</xdr:row>
+      <xdr:row>649</xdr:row>
       <xdr:rowOff>542857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="193" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId187"/>
+        <a:blip r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="542857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>648</xdr:row>
+      <xdr:row>656</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>648</xdr:row>
+      <xdr:row>656</xdr:row>
       <xdr:rowOff>1180952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="188" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="194" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId188"/>
+        <a:blip r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1180952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>652</xdr:row>
+      <xdr:row>660</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>652</xdr:row>
+      <xdr:row>660</xdr:row>
       <xdr:rowOff>647619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="195" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId189"/>
+        <a:blip r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="647619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>653</xdr:row>
+      <xdr:row>661</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>653</xdr:row>
+      <xdr:row>661</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="196" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId190"/>
+        <a:blip r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>654</xdr:row>
+      <xdr:row>662</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>654</xdr:row>
+      <xdr:row>662</xdr:row>
       <xdr:rowOff>565323</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="191" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="197" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId191"/>
+        <a:blip r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="565323"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>656</xdr:row>
+      <xdr:row>664</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1152000</xdr:colOff>
-      <xdr:row>656</xdr:row>
+      <xdr:row>664</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="198" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId192"/>
+        <a:blip r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1152000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>657</xdr:row>
+      <xdr:row>665</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>657</xdr:row>
+      <xdr:row>665</xdr:row>
       <xdr:rowOff>1228571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="193" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="199" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId193"/>
+        <a:blip r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1228571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>661</xdr:row>
+      <xdr:row>669</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>661</xdr:row>
+      <xdr:row>669</xdr:row>
       <xdr:rowOff>1114285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="194" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="200" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId194"/>
+        <a:blip r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1114285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>664</xdr:row>
+      <xdr:row>672</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>664</xdr:row>
+      <xdr:row>672</xdr:row>
       <xdr:rowOff>390476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="201" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId195"/>
+        <a:blip r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="390476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>670</xdr:row>
+      <xdr:row>678</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>670</xdr:row>
+      <xdr:row>678</xdr:row>
       <xdr:rowOff>847619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="196" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="202" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId196"/>
+        <a:blip r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>671</xdr:row>
+      <xdr:row>679</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>671</xdr:row>
+      <xdr:row>679</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="197" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="203" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId197"/>
+        <a:blip r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>673</xdr:row>
+      <xdr:row>681</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>673</xdr:row>
+      <xdr:row>681</xdr:row>
       <xdr:rowOff>847619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="198" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="204" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId198"/>
+        <a:blip r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>674</xdr:row>
+      <xdr:row>682</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>674</xdr:row>
+      <xdr:row>682</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="199" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="205" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId199"/>
+        <a:blip r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>681</xdr:row>
+      <xdr:row>689</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>681</xdr:row>
+      <xdr:row>689</xdr:row>
       <xdr:rowOff>666666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="200" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="206" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId200"/>
+        <a:blip r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="666666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>684</xdr:row>
+      <xdr:row>692</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>684</xdr:row>
+      <xdr:row>692</xdr:row>
       <xdr:rowOff>980952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="201" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="207" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId201"/>
+        <a:blip r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="980952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>685</xdr:row>
+      <xdr:row>693</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>685</xdr:row>
+      <xdr:row>693</xdr:row>
       <xdr:rowOff>619047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="202" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="208" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId202"/>
+        <a:blip r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="619047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>686</xdr:row>
+      <xdr:row>694</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>686</xdr:row>
+      <xdr:row>694</xdr:row>
       <xdr:rowOff>685714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="209" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId203"/>
+        <a:blip r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="685714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>688</xdr:row>
+      <xdr:row>696</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>688</xdr:row>
+      <xdr:row>696</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="204" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="210" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId204"/>
+        <a:blip r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>689</xdr:row>
+      <xdr:row>697</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>689</xdr:row>
+      <xdr:row>697</xdr:row>
       <xdr:rowOff>704761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="205" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="211" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId205"/>
+        <a:blip r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="704761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>690</xdr:row>
+      <xdr:row>698</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>690</xdr:row>
+      <xdr:row>698</xdr:row>
       <xdr:rowOff>1285714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="206" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="212" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId206"/>
+        <a:blip r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1285714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>691</xdr:row>
+      <xdr:row>699</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>691</xdr:row>
+      <xdr:row>699</xdr:row>
       <xdr:rowOff>914285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="213" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId207"/>
+        <a:blip r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="914285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>692</xdr:row>
+      <xdr:row>700</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>692</xdr:row>
+      <xdr:row>700</xdr:row>
       <xdr:rowOff>1161904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="208" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="214" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId208"/>
+        <a:blip r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1161904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>697</xdr:row>
+      <xdr:row>705</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>697</xdr:row>
+      <xdr:row>705</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="209" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="215" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId209"/>
+        <a:blip r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>699</xdr:row>
+      <xdr:row>707</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>699</xdr:row>
+      <xdr:row>707</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="210" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="216" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId210"/>
+        <a:blip r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>704</xdr:row>
+      <xdr:row>712</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>704</xdr:row>
+      <xdr:row>712</xdr:row>
       <xdr:rowOff>1409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="211" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="217" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId211"/>
+        <a:blip r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>710</xdr:row>
+      <xdr:row>718</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>756000</xdr:colOff>
-      <xdr:row>710</xdr:row>
+      <xdr:row>718</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="212" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="218" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId212"/>
+        <a:blip r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="756000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>712</xdr:row>
+      <xdr:row>720</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>712</xdr:row>
+      <xdr:row>720</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="213" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="219" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId213"/>
+        <a:blip r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>713</xdr:row>
+      <xdr:row>721</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>713</xdr:row>
+      <xdr:row>721</xdr:row>
       <xdr:rowOff>600000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="214" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="220" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId214"/>
+        <a:blip r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>714</xdr:row>
+      <xdr:row>722</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>714</xdr:row>
+      <xdr:row>722</xdr:row>
       <xdr:rowOff>590476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="215" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="221" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId215"/>
+        <a:blip r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="590476"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>715</xdr:row>
+      <xdr:row>723</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>715</xdr:row>
+      <xdr:row>723</xdr:row>
       <xdr:rowOff>1219047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="216" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="222" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId216"/>
+        <a:blip r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1219047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>720</xdr:row>
+      <xdr:row>728</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>720</xdr:row>
-[...227 lines deleted...]
-      <xdr:row>740</xdr:row>
+      <xdr:row>728</xdr:row>
       <xdr:rowOff>1095238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="223" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1095238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>742</xdr:row>
+      <xdr:row>729</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>742</xdr:row>
-      <xdr:rowOff>600000</xdr:rowOff>
+      <xdr:row>729</xdr:row>
+      <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="224" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="742857"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>734</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>734</xdr:row>
+      <xdr:rowOff>1161904</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1161904"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>738</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>738</xdr:row>
+      <xdr:rowOff>809523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="809523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>741</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>741</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>742</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>742</xdr:row>
+      <xdr:rowOff>1276190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1276190"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>748</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>748</xdr:row>
+      <xdr:rowOff>1095238</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="1095238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>750</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>750</xdr:row>
+      <xdr:rowOff>600000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="600000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>743</xdr:row>
+      <xdr:row>751</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>743</xdr:row>
+      <xdr:row>751</xdr:row>
       <xdr:rowOff>371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="225" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="231" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId225"/>
+        <a:blip r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>746</xdr:row>
+      <xdr:row>754</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1116000</xdr:colOff>
-      <xdr:row>746</xdr:row>
+      <xdr:row>754</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="226" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="232" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId226"/>
+        <a:blip r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1116000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>747</xdr:row>
+      <xdr:row>755</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>747</xdr:row>
+      <xdr:row>755</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="227" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="233" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId227"/>
+        <a:blip r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>751</xdr:row>
+      <xdr:row>759</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>751</xdr:row>
+      <xdr:row>759</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="228" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="234" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId228"/>
+        <a:blip r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>752</xdr:row>
+      <xdr:row>760</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>752</xdr:row>
+      <xdr:row>760</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="229" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="235" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId229"/>
+        <a:blip r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>774</xdr:row>
+      <xdr:row>782</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>774</xdr:row>
+      <xdr:row>782</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="230" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="236" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId230"/>
+        <a:blip r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>778</xdr:row>
+      <xdr:row>786</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1368000</xdr:colOff>
-      <xdr:row>778</xdr:row>
+      <xdr:row>786</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="231" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="237" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId231"/>
+        <a:blip r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1368000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>786</xdr:row>
+      <xdr:row>794</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>786</xdr:row>
+      <xdr:row>794</xdr:row>
       <xdr:rowOff>780952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="232" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="238" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId232"/>
+        <a:blip r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="780952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>791</xdr:row>
+      <xdr:row>799</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>791</xdr:row>
+      <xdr:row>799</xdr:row>
       <xdr:rowOff>1142857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="233" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="239" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId233"/>
+        <a:blip r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1142857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>796</xdr:row>
+      <xdr:row>804</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1080000</xdr:colOff>
-      <xdr:row>796</xdr:row>
+      <xdr:row>804</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="234" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="240" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId234"/>
+        <a:blip r:embed="rId240"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1080000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>797</xdr:row>
+      <xdr:row>805</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>756000</xdr:colOff>
-      <xdr:row>797</xdr:row>
+      <xdr:row>805</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="235" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="241" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId235"/>
+        <a:blip r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="756000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>805</xdr:row>
+      <xdr:row>813</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>805</xdr:row>
-[...227 lines deleted...]
-      <xdr:row>824</xdr:row>
+      <xdr:row>813</xdr:row>
       <xdr:rowOff>847619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="242" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="847619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>830</xdr:row>
+      <xdr:row>822</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1404000</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1076190</xdr:rowOff>
+      <xdr:colOff>900000</xdr:colOff>
+      <xdr:row>822</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="243" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="900000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>823</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1080000</xdr:colOff>
+      <xdr:row>823</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1080000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>827</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1332000</xdr:colOff>
+      <xdr:row>827</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1332000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>830</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>972000</xdr:colOff>
+      <xdr:row>830</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="972000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>831</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1368000</xdr:colOff>
+      <xdr:row>831</xdr:row>
+      <xdr:rowOff>1428571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1368000" cy="1428571"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>832</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>832</xdr:row>
+      <xdr:rowOff>847619</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="847619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>838</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>838</xdr:row>
+      <xdr:rowOff>1076190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1076190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>835</xdr:row>
+      <xdr:row>843</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>835</xdr:row>
+      <xdr:row>843</xdr:row>
       <xdr:rowOff>1038095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="244" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="250" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId244"/>
+        <a:blip r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1038095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>841</xdr:row>
+      <xdr:row>849</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>841</xdr:row>
+      <xdr:row>849</xdr:row>
       <xdr:rowOff>1085714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="245" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="251" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId245"/>
+        <a:blip r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1085714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>844</xdr:row>
+      <xdr:row>852</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>844</xdr:row>
+      <xdr:row>852</xdr:row>
       <xdr:rowOff>685714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="246" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="252" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId246"/>
+        <a:blip r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="685714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>846</xdr:row>
+      <xdr:row>854</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>846</xdr:row>
+      <xdr:row>854</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="247" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="253" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId247"/>
+        <a:blip r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>848</xdr:row>
+      <xdr:row>856</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>848</xdr:row>
+      <xdr:row>856</xdr:row>
       <xdr:rowOff>923809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="248" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="254" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId248"/>
+        <a:blip r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="923809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>849</xdr:row>
+      <xdr:row>857</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>849</xdr:row>
+      <xdr:row>857</xdr:row>
       <xdr:rowOff>552380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="249" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="255" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId249"/>
+        <a:blip r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="552380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>853</xdr:row>
+      <xdr:row>861</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>853</xdr:row>
+      <xdr:row>861</xdr:row>
       <xdr:rowOff>1266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="250" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="256" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId250"/>
+        <a:blip r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>854</xdr:row>
+      <xdr:row>862</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>854</xdr:row>
+      <xdr:row>862</xdr:row>
       <xdr:rowOff>628571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="251" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="257" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId251"/>
+        <a:blip r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="628571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>855</xdr:row>
+      <xdr:row>863</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1188000</xdr:colOff>
-      <xdr:row>855</xdr:row>
+      <xdr:row>863</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="252" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="258" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId252"/>
+        <a:blip r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1188000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>856</xdr:row>
+      <xdr:row>864</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>856</xdr:row>
+      <xdr:row>864</xdr:row>
       <xdr:rowOff>1371428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="253" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="259" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId253"/>
+        <a:blip r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1371428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>857</xdr:row>
+      <xdr:row>865</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>857</xdr:row>
+      <xdr:row>865</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="260" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId254"/>
+        <a:blip r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>865</xdr:row>
+      <xdr:row>873</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>865</xdr:row>
+      <xdr:row>873</xdr:row>
       <xdr:rowOff>1247619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="255" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="261" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId255"/>
+        <a:blip r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1247619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>866</xdr:row>
+      <xdr:row>874</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>866</xdr:row>
+      <xdr:row>874</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="256" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="262" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId256"/>
+        <a:blip r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>870</xdr:row>
+      <xdr:row>878</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>576000</xdr:colOff>
-      <xdr:row>870</xdr:row>
+      <xdr:row>878</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="257" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="263" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId257"/>
+        <a:blip r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="576000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>873</xdr:row>
+      <xdr:row>881</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1296000</xdr:colOff>
-      <xdr:row>873</xdr:row>
+      <xdr:row>881</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="264" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId258"/>
+        <a:blip r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1296000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>876</xdr:row>
+      <xdr:row>884</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>876</xdr:row>
+      <xdr:row>884</xdr:row>
       <xdr:rowOff>1019047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="259" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="265" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId259"/>
+        <a:blip r:embed="rId265"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1019047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>877</xdr:row>
+      <xdr:row>885</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>877</xdr:row>
+      <xdr:row>885</xdr:row>
       <xdr:rowOff>409523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="260" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="266" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId260"/>
+        <a:blip r:embed="rId266"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="409523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>881</xdr:row>
+      <xdr:row>889</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1044000</xdr:colOff>
-      <xdr:row>881</xdr:row>
+      <xdr:row>889</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="261" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="267" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId261"/>
+        <a:blip r:embed="rId267"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1044000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>882</xdr:row>
+      <xdr:row>890</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>882</xdr:row>
+      <xdr:row>890</xdr:row>
       <xdr:rowOff>895238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="262" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="268" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId262"/>
+        <a:blip r:embed="rId268"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="895238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>883</xdr:row>
+      <xdr:row>891</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>883</xdr:row>
+      <xdr:row>891</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="263" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="269" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId263"/>
+        <a:blip r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>884</xdr:row>
+      <xdr:row>892</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>884</xdr:row>
+      <xdr:row>892</xdr:row>
       <xdr:rowOff>885714</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="264" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="270" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId264"/>
+        <a:blip r:embed="rId270"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="885714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>890</xdr:row>
+      <xdr:row>898</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>890</xdr:row>
+      <xdr:row>898</xdr:row>
       <xdr:rowOff>676190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="265" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="271" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId265"/>
+        <a:blip r:embed="rId271"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="676190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>893</xdr:row>
+      <xdr:row>901</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>893</xdr:row>
+      <xdr:row>901</xdr:row>
       <xdr:rowOff>723809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="266" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="272" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId266"/>
+        <a:blip r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="723809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>894</xdr:row>
+      <xdr:row>902</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>894</xdr:row>
+      <xdr:row>902</xdr:row>
       <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="267" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="273" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId267"/>
+        <a:blip r:embed="rId273"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>895</xdr:row>
+      <xdr:row>903</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>895</xdr:row>
+      <xdr:row>903</xdr:row>
       <xdr:rowOff>1380952</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="268" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="274" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId268"/>
+        <a:blip r:embed="rId274"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>896</xdr:row>
+      <xdr:row>904</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>896</xdr:row>
+      <xdr:row>904</xdr:row>
       <xdr:rowOff>828571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="269" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="275" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId269"/>
+        <a:blip r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="828571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>898</xdr:row>
+      <xdr:row>906</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>898</xdr:row>
+      <xdr:row>906</xdr:row>
       <xdr:rowOff>514285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="270" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="276" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId270"/>
+        <a:blip r:embed="rId276"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="514285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>899</xdr:row>
+      <xdr:row>907</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>864000</xdr:colOff>
-      <xdr:row>899</xdr:row>
+      <xdr:row>907</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="271" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="277" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId271"/>
+        <a:blip r:embed="rId277"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="864000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>911</xdr:row>
+      <xdr:row>919</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>911</xdr:row>
+      <xdr:row>919</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="272" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="278" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId272"/>
+        <a:blip r:embed="rId278"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>912</xdr:row>
+      <xdr:row>920</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>912</xdr:row>
+      <xdr:row>920</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="273" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="279" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId273"/>
+        <a:blip r:embed="rId279"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>913</xdr:row>
+      <xdr:row>921</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>913</xdr:row>
-[...227 lines deleted...]
-      <xdr:row>919</xdr:row>
+      <xdr:row>921</xdr:row>
       <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="280" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId280"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="609523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>924</xdr:row>
+      <xdr:row>922</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>924</xdr:row>
-      <xdr:rowOff>1209523</xdr:rowOff>
+      <xdr:row>922</xdr:row>
+      <xdr:rowOff>609523</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="281" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="609523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>923</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>923</xdr:row>
+      <xdr:rowOff>619047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="619047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>924</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>924</xdr:row>
+      <xdr:rowOff>619047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="283" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="619047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>925</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>925</xdr:row>
+      <xdr:rowOff>619047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="284" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="619047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>926</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>926</xdr:row>
+      <xdr:rowOff>619047</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="619047"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>927</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>927</xdr:row>
+      <xdr:rowOff>609523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1404000" cy="609523"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>932</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1404000</xdr:colOff>
+      <xdr:row>932</xdr:row>
+      <xdr:rowOff>1209523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="true"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1209523"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>927</xdr:row>
+      <xdr:row>935</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>927</xdr:row>
+      <xdr:row>935</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="282" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="288" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId282"/>
+        <a:blip r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>929</xdr:row>
+      <xdr:row>937</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>929</xdr:row>
+      <xdr:row>937</xdr:row>
       <xdr:rowOff>742857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="283" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="289" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId283"/>
+        <a:blip r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="742857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>930</xdr:row>
+      <xdr:row>938</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>930</xdr:row>
+      <xdr:row>938</xdr:row>
       <xdr:rowOff>838095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="284" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="290" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId284"/>
+        <a:blip r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="838095"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>932</xdr:row>
+      <xdr:row>940</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>932</xdr:row>
+      <xdr:row>940</xdr:row>
       <xdr:rowOff>1295238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="285" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="291" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId285"/>
+        <a:blip r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1295238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>945</xdr:row>
+      <xdr:row>953</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>945</xdr:row>
+      <xdr:row>953</xdr:row>
       <xdr:rowOff>533333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="286" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="292" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId286"/>
+        <a:blip r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="533333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>949</xdr:row>
+      <xdr:row>957</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>949</xdr:row>
+      <xdr:row>957</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="287" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="293" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId287"/>
+        <a:blip r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>951</xdr:row>
+      <xdr:row>959</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>951</xdr:row>
+      <xdr:row>959</xdr:row>
       <xdr:rowOff>266666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="288" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="294" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId288"/>
+        <a:blip r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="266666"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>952</xdr:row>
+      <xdr:row>960</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>952</xdr:row>
+      <xdr:row>960</xdr:row>
       <xdr:rowOff>952380</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="289" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="295" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId289"/>
+        <a:blip r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="952380"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>953</xdr:row>
+      <xdr:row>961</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1260000</xdr:colOff>
-      <xdr:row>953</xdr:row>
+      <xdr:row>961</xdr:row>
       <xdr:rowOff>1428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="290" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="296" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId290"/>
+        <a:blip r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1260000" cy="1428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>954</xdr:row>
+      <xdr:row>962</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>954</xdr:row>
+      <xdr:row>962</xdr:row>
       <xdr:rowOff>819047</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="291" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="297" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId291"/>
+        <a:blip r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="819047"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>958</xdr:row>
+      <xdr:row>966</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>958</xdr:row>
+      <xdr:row>966</xdr:row>
       <xdr:rowOff>193500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="292" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="298" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId292"/>
+        <a:blip r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="193500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>959</xdr:row>
+      <xdr:row>967</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>959</xdr:row>
+      <xdr:row>967</xdr:row>
       <xdr:rowOff>250411</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="293" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="299" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId293"/>
+        <a:blip r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="250411"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>960</xdr:row>
+      <xdr:row>968</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>960</xdr:row>
+      <xdr:row>968</xdr:row>
       <xdr:rowOff>343188</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="294" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="300" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId294"/>
+        <a:blip r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="343188"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>962</xdr:row>
+      <xdr:row>970</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>962</xdr:row>
+      <xdr:row>970</xdr:row>
       <xdr:rowOff>342857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="295" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="301" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId295"/>
+        <a:blip r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="342857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>963</xdr:row>
+      <xdr:row>971</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>963</xdr:row>
+      <xdr:row>971</xdr:row>
       <xdr:rowOff>173607</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="296" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="302" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId296"/>
+        <a:blip r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="173607"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>969</xdr:row>
+      <xdr:row>977</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>969</xdr:row>
+      <xdr:row>977</xdr:row>
       <xdr:rowOff>761904</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="297" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="303" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId297"/>
+        <a:blip r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="761904"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>970</xdr:row>
+      <xdr:row>978</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>970</xdr:row>
+      <xdr:row>978</xdr:row>
       <xdr:rowOff>199206</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="298" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="304" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId298"/>
+        <a:blip r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="199206"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>972</xdr:row>
+      <xdr:row>980</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>972</xdr:row>
+      <xdr:row>980</xdr:row>
       <xdr:rowOff>308166</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="299" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="305" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId299"/>
+        <a:blip r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="308166"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>973</xdr:row>
+      <xdr:row>981</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>973</xdr:row>
+      <xdr:row>981</xdr:row>
       <xdr:rowOff>279499</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="300" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="306" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId300"/>
+        <a:blip r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="279499"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>974</xdr:row>
+      <xdr:row>982</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>974</xdr:row>
+      <xdr:row>982</xdr:row>
       <xdr:rowOff>336833</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="301" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="307" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId301"/>
+        <a:blip r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="336833"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>977</xdr:row>
+      <xdr:row>985</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>977</xdr:row>
+      <xdr:row>985</xdr:row>
       <xdr:rowOff>267335</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="302" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="308" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId302"/>
+        <a:blip r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="267335"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>979</xdr:row>
+      <xdr:row>987</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>979</xdr:row>
+      <xdr:row>987</xdr:row>
       <xdr:rowOff>296087</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="303" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="309" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId303"/>
+        <a:blip r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="296087"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>980</xdr:row>
+      <xdr:row>988</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>980</xdr:row>
+      <xdr:row>988</xdr:row>
       <xdr:rowOff>695238</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="304" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="310" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId304"/>
+        <a:blip r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="695238"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>982</xdr:row>
+      <xdr:row>990</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1548000</xdr:colOff>
-      <xdr:row>982</xdr:row>
+      <xdr:row>990</xdr:row>
       <xdr:rowOff>133284</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="305" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="311" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId305"/>
+        <a:blip r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1548000" cy="133284"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>983</xdr:row>
+      <xdr:row>991</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>983</xdr:row>
+      <xdr:row>991</xdr:row>
       <xdr:rowOff>428571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="306" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="312" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId306"/>
+        <a:blip r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="428571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>985</xdr:row>
+      <xdr:row>993</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>985</xdr:row>
+      <xdr:row>993</xdr:row>
       <xdr:rowOff>333333</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="307" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="313" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId307"/>
+        <a:blip r:embed="rId313"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="333333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>996</xdr:row>
+      <xdr:row>1004</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>996</xdr:row>
+      <xdr:row>1004</xdr:row>
       <xdr:rowOff>942857</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="308" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="314" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId308"/>
+        <a:blip r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="942857"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>998</xdr:row>
+      <xdr:row>1006</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>998</xdr:row>
+      <xdr:row>1006</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="309" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="315" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId309"/>
+        <a:blip r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>1001</xdr:row>
+      <xdr:row>1009</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>1001</xdr:row>
+      <xdr:row>1009</xdr:row>
       <xdr:rowOff>1323809</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="310" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="316" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId310"/>
+        <a:blip r:embed="rId316"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1323809"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>1005</xdr:row>
+      <xdr:row>1013</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>1005</xdr:row>
+      <xdr:row>1013</xdr:row>
       <xdr:rowOff>1228571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="311" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="317" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId311"/>
+        <a:blip r:embed="rId317"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="1228571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>1006</xdr:row>
+      <xdr:row>1014</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1404000</xdr:colOff>
-      <xdr:row>1006</xdr:row>
+      <xdr:row>1014</xdr:row>
       <xdr:rowOff>971428</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="312" name="Picture 1" descr="Picture"/>
+        <xdr:cNvPr id="318" name="Picture 1" descr="Picture"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="true"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId312"/>
+        <a:blip r:embed="rId318"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1404000" cy="971428"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:F1012"/>
+  <dimension ref="A2:F1020"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true">
       <pane xSplit="1.0" ySplit="4.0" state="frozen" topLeftCell="B5" activePane="bottomRight"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.0" customWidth="true"/>
     <col min="3" max="3" width="20.0" customWidth="true"/>
     <col min="4" max="4" width="20.0" customWidth="true"/>
     <col min="2" max="2" width="40.0" customWidth="true"/>
     <col min="5" max="5" width="25.0" customWidth="true"/>
     <col min="6" max="6" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="2" customHeight="true" ht="25.0">
+    <row r="2" customHeight="1" ht="25.0">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Search Results</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>1,008</t>
-[...3 lines deleted...]
-    <row r="4" customHeight="true" ht="25.0">
+          <t>1,016</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" customHeight="1" ht="25.0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Number</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Visual representation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Words</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>Goods &amp; Services classes</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Owner</t>
         </is>
       </c>
     </row>
-    <row r="5" customHeight="true" ht="140.0">
+    <row r="5" customHeight="1" ht="140.0">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2607936</t>
+          <t>2630933</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>MR2</t>
+          <t>T-OPT</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting indexing</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>4, 7, 9, 11, 12</t>
+        </is>
+      </c>
+      <c r="F5" s="1" t="inlineStr">
+        <is>
+          <t>Toyota Motor Asia (Singapore) Pte. Ltd.</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" customHeight="1" ht="140.0">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>2630729</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>CWORKS</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Awaiting indexing</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>1, 4, 7, 9, 11, 12</t>
+        </is>
+      </c>
+      <c r="F6" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA TSUSHO CORPORATION</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" customHeight="1" ht="140.0">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>2622905</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Published:
 Awaiting examination</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F5" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA TSUSHO CORPORATION</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" customHeight="1" ht="140.0">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>2617457</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>CENTURY</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="6" customHeight="true" ht="140.0">
-      <c r="A6" s="1" t="inlineStr">
+    <row r="9" customHeight="1" ht="140.0">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>2617444</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>LAND CRUISER</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" customHeight="1" ht="140.0">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>2617374</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
+        </is>
+      </c>
+      <c r="F10" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" customHeight="1" ht="140.0">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>2616072</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>CENTURY</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
+        </is>
+      </c>
+      <c r="F11" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" customHeight="1" ht="140.0">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>2615984</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>CENTURY</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" customHeight="1" ht="140.0">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>2607936</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>MR2</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Published:
+Under examination</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" customHeight="1" ht="140.0">
+      <c r="A14" s="1" t="inlineStr">
         <is>
           <t>2607770</t>
         </is>
       </c>
-      <c r="C6" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>GR MR-S</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Accepted:
 Awaiting publication</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F7" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="8" customHeight="true" ht="140.0">
-      <c r="A8" s="1" t="inlineStr">
+    <row r="15" customHeight="1" ht="140.0">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>2594304</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>RX500h+</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Accepted:
+Awaiting publication</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" customHeight="1" ht="140.0">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>2591998</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>7, 9, 10, 12, 35</t>
         </is>
       </c>
-      <c r="F8" s="1" t="inlineStr">
+      <c r="F16" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="9" customHeight="true" ht="140.0">
-      <c r="A9" s="1" t="inlineStr">
+    <row r="17" customHeight="1" ht="140.0">
+      <c r="A17" s="1" t="inlineStr">
         <is>
           <t>2590151</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>RX550h+</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
-[...7 lines deleted...]
-      <c r="F9" s="1" t="inlineStr">
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="10" customHeight="true" ht="140.0">
-      <c r="A10" s="1" t="inlineStr">
+    <row r="18" customHeight="1" ht="140.0">
+      <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2582050</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>ZC</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F10" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="11" customHeight="true" ht="140.0">
-      <c r="A11" s="1" t="inlineStr">
+    <row r="19" customHeight="1" ht="140.0">
+      <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2580921</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>LEXUS ZC</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Accepted:
-Awaiting publication</t>
-[...7 lines deleted...]
-      <c r="F11" s="1" t="inlineStr">
+In opposition period</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="12" customHeight="true" ht="140.0">
-      <c r="A12" s="1" t="inlineStr">
+    <row r="20" customHeight="1" ht="140.0">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>2573944</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>IMV</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="13" customHeight="true" ht="140.0">
-      <c r="A13" s="1" t="inlineStr">
+    <row r="21" customHeight="1" ht="140.0">
+      <c r="A21" s="1" t="inlineStr">
         <is>
           <t>2547839</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>MARK X</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="14" customHeight="true" ht="140.0">
-      <c r="A14" s="1" t="inlineStr">
+    <row r="22" customHeight="1" ht="140.0">
+      <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2547824</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>FUN CARGO</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="15" customHeight="true" ht="140.0">
-      <c r="A15" s="1" t="inlineStr">
+    <row r="23" customHeight="1" ht="140.0">
+      <c r="A23" s="1" t="inlineStr">
         <is>
           <t>2545894</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>AUGS</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="16" customHeight="true" ht="140.0">
-      <c r="A16" s="1" t="inlineStr">
+    <row r="24" customHeight="1" ht="140.0">
+      <c r="A24" s="1" t="inlineStr">
         <is>
           <t>2545892</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>SANDBOXER</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="17" customHeight="true" ht="140.0">
-      <c r="A17" s="1" t="inlineStr">
+    <row r="25" customHeight="1" ht="140.0">
+      <c r="A25" s="1" t="inlineStr">
         <is>
           <t>2545889</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>réaliser</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F17" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="18" customHeight="true" ht="140.0">
-      <c r="A18" s="1" t="inlineStr">
+    <row r="26" customHeight="1" ht="140.0">
+      <c r="A26" s="1" t="inlineStr">
         <is>
           <t>2545886</t>
         </is>
       </c>
-      <c r="C18" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>PRONGHORN</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="19" customHeight="true" ht="140.0">
-      <c r="A19" s="1" t="inlineStr">
+    <row r="27" customHeight="1" ht="140.0">
+      <c r="A27" s="1" t="inlineStr">
         <is>
           <t>2545637</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C27" s="1" t="inlineStr">
         <is>
           <t>SUSTAINABILITY</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E19" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F19" s="1" t="inlineStr">
+      <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Toyota Tsusho South Pacific Holdings Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="20" customHeight="true" ht="140.0">
-      <c r="A20" s="1" t="inlineStr">
+    <row r="28" customHeight="1" ht="140.0">
+      <c r="A28" s="1" t="inlineStr">
         <is>
           <t>2544360</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>PEONY</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F20" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="21" customHeight="true" ht="140.0">
-      <c r="A21" s="1" t="inlineStr">
+    <row r="29" customHeight="1" ht="140.0">
+      <c r="A29" s="1" t="inlineStr">
         <is>
           <t>2544346</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>LIGARE</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F21" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="22" customHeight="true" ht="140.0">
-      <c r="A22" s="1" t="inlineStr">
+    <row r="30" customHeight="1" ht="140.0">
+      <c r="A30" s="1" t="inlineStr">
         <is>
           <t>2544343</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>LANDFLIER</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F22" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="23" customHeight="true" ht="140.0">
-      <c r="A23" s="1" t="inlineStr">
+    <row r="31" customHeight="1" ht="140.0">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>2544338</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>iLuke</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F23" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="24" customHeight="true" ht="140.0">
-      <c r="A24" s="1" t="inlineStr">
+    <row r="32" customHeight="1" ht="140.0">
+      <c r="A32" s="1" t="inlineStr">
         <is>
           <t>2544332</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>DIOSA</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F24" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="25" customHeight="true" ht="140.0">
-      <c r="A25" s="1" t="inlineStr">
+    <row r="33" customHeight="1" ht="140.0">
+      <c r="A33" s="1" t="inlineStr">
         <is>
           <t>2544324</t>
         </is>
       </c>
-      <c r="C25" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>GLACERA</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F25" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="26" customHeight="true" ht="140.0">
-      <c r="A26" s="1" t="inlineStr">
+    <row r="34" customHeight="1" ht="140.0">
+      <c r="A34" s="1" t="inlineStr">
         <is>
           <t>2544316</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>CATTLEYA</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F26" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="27" customHeight="true" ht="140.0">
-      <c r="A27" s="1" t="inlineStr">
+    <row r="35" customHeight="1" ht="140.0">
+      <c r="A35" s="1" t="inlineStr">
         <is>
           <t>2544294</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>CAMI</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F27" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="28" customHeight="true" ht="140.0">
-      <c r="A28" s="1" t="inlineStr">
+    <row r="36" customHeight="1" ht="140.0">
+      <c r="A36" s="1" t="inlineStr">
         <is>
           <t>2544287</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>CALDINA</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F28" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="29" customHeight="true" ht="140.0">
-      <c r="A29" s="1" t="inlineStr">
+    <row r="37" customHeight="1" ht="140.0">
+      <c r="A37" s="1" t="inlineStr">
         <is>
           <t>2544283</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>ALTEZZA</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F29" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="30" customHeight="true" ht="140.0">
-      <c r="A30" s="1" t="inlineStr">
+    <row r="38" customHeight="1" ht="140.0">
+      <c r="A38" s="1" t="inlineStr">
         <is>
           <t>2543283</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>LX700h</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F30" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="31" customHeight="true" ht="140.0">
-      <c r="A31" s="1" t="inlineStr">
+    <row r="39" customHeight="1" ht="140.0">
+      <c r="A39" s="1" t="inlineStr">
         <is>
           <t>2540595</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C39" s="1" t="inlineStr">
         <is>
           <t>OPA</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F31" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="32" customHeight="true" ht="140.0">
-      <c r="A32" s="1" t="inlineStr">
+    <row r="40" customHeight="1" ht="140.0">
+      <c r="A40" s="1" t="inlineStr">
         <is>
           <t>2540592</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>ESTIMA</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F32" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F40" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="33" customHeight="true" ht="140.0">
-      <c r="A33" s="1" t="inlineStr">
+    <row r="41" customHeight="1" ht="140.0">
+      <c r="A41" s="1" t="inlineStr">
         <is>
           <t>2540583</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>PORTE</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F33" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="34" customHeight="true" ht="140.0">
-      <c r="A34" s="1" t="inlineStr">
+    <row r="42" customHeight="1" ht="140.0">
+      <c r="A42" s="1" t="inlineStr">
         <is>
           <t>2540574</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>TRUENO</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F34" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="35" customHeight="true" ht="140.0">
-      <c r="A35" s="1" t="inlineStr">
+    <row r="43" customHeight="1" ht="140.0">
+      <c r="A43" s="1" t="inlineStr">
         <is>
           <t>2540568</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>MRS</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F35" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="36" customHeight="true" ht="140.0">
-      <c r="A36" s="1" t="inlineStr">
+    <row r="44" customHeight="1" ht="140.0">
+      <c r="A44" s="1" t="inlineStr">
         <is>
           <t>2540561</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>SOARER</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F36" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="37" customHeight="true" ht="140.0">
-      <c r="A37" s="1" t="inlineStr">
+    <row r="45" customHeight="1" ht="140.0">
+      <c r="A45" s="1" t="inlineStr">
         <is>
           <t>2540549</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
+      <c r="C45" s="1" t="inlineStr">
         <is>
           <t>PUBLICA</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F37" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="38" customHeight="true" ht="140.0">
-      <c r="A38" s="1" t="inlineStr">
+    <row r="46" customHeight="1" ht="140.0">
+      <c r="A46" s="1" t="inlineStr">
         <is>
           <t>2540548</t>
         </is>
       </c>
-      <c r="C38" s="1" t="inlineStr">
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>RACTIS</t>
         </is>
       </c>
-      <c r="D38" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F38" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="39" customHeight="true" ht="140.0">
-      <c r="A39" s="1" t="inlineStr">
+    <row r="47" customHeight="1" ht="140.0">
+      <c r="A47" s="1" t="inlineStr">
         <is>
           <t>2540547</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C47" s="1" t="inlineStr">
         <is>
           <t>PLATZ</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F39" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="40" customHeight="true" ht="140.0">
-      <c r="A40" s="1" t="inlineStr">
+    <row r="48" customHeight="1" ht="140.0">
+      <c r="A48" s="1" t="inlineStr">
         <is>
           <t>2540542</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>CYNOS</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F40" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="41" customHeight="true" ht="140.0">
-      <c r="A41" s="1" t="inlineStr">
+    <row r="49" customHeight="1" ht="140.0">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>2540530</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>PROGRÈS</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F41" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="42" customHeight="true" ht="140.0">
-      <c r="A42" s="1" t="inlineStr">
+    <row r="50" customHeight="1" ht="140.0">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>2540517</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>RAUM</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F42" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="43" customHeight="true" ht="140.0">
-      <c r="A43" s="1" t="inlineStr">
+    <row r="51" customHeight="1" ht="140.0">
+      <c r="A51" s="1" t="inlineStr">
         <is>
           <t>2540510</t>
         </is>
       </c>
-      <c r="C43" s="1" t="inlineStr">
+      <c r="C51" s="1" t="inlineStr">
         <is>
           <t>SCEPTER</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F43" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="44" customHeight="true" ht="140.0">
-      <c r="A44" s="1" t="inlineStr">
+    <row r="52" customHeight="1" ht="140.0">
+      <c r="A52" s="1" t="inlineStr">
         <is>
           <t>2540505</t>
         </is>
       </c>
-      <c r="C44" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>DELIBOY</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F44" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="45" customHeight="true" ht="140.0">
-      <c r="A45" s="1" t="inlineStr">
+    <row r="53" customHeight="1" ht="140.0">
+      <c r="A53" s="1" t="inlineStr">
         <is>
           <t>2538593</t>
         </is>
       </c>
-      <c r="C45" s="1" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>ALLEX</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F45" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="46" customHeight="true" ht="140.0">
-      <c r="A46" s="1" t="inlineStr">
+    <row r="54" customHeight="1" ht="140.0">
+      <c r="A54" s="1" t="inlineStr">
         <is>
           <t>2534281</t>
         </is>
       </c>
-      <c r="C46" s="1" t="inlineStr">
+      <c r="C54" s="1" t="inlineStr">
         <is>
           <t>ALLION</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F46" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="47" customHeight="true" ht="140.0">
-      <c r="A47" s="1" t="inlineStr">
+    <row r="55" customHeight="1" ht="140.0">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>2533313</t>
         </is>
       </c>
-      <c r="C47" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>CENTURY</t>
         </is>
       </c>
-      <c r="D47" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F47" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="48" customHeight="true" ht="140.0">
-      <c r="A48" s="1" t="inlineStr">
+    <row r="56" customHeight="1" ht="140.0">
+      <c r="A56" s="1" t="inlineStr">
         <is>
           <t>2532499</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>CENTURY</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F48" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="49" customHeight="true" ht="140.0">
-      <c r="A49" s="1" t="inlineStr">
+    <row r="57" customHeight="1" ht="140.0">
+      <c r="A57" s="1" t="inlineStr">
         <is>
           <t>2519784</t>
         </is>
       </c>
-      <c r="C49" s="1" t="inlineStr">
+      <c r="C57" s="1" t="inlineStr">
         <is>
           <t>CENTURY</t>
         </is>
       </c>
-      <c r="D49" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F49" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="50" customHeight="true" ht="140.0">
-      <c r="A50" s="1" t="inlineStr">
+    <row r="58" customHeight="1" ht="140.0">
+      <c r="A58" s="1" t="inlineStr">
         <is>
           <t>2517781</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
+      <c r="C58" s="1" t="inlineStr">
         <is>
           <t>I-FORCE</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F50" s="1" t="inlineStr">
+      <c r="F58" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="51" customHeight="true" ht="140.0">
-      <c r="A51" s="1" t="inlineStr">
+    <row r="59" customHeight="1" ht="140.0">
+      <c r="A59" s="1" t="inlineStr">
         <is>
           <t>2505537</t>
         </is>
       </c>
-      <c r="C51" s="1" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>PAFCAL</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E51" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F51" s="1" t="inlineStr">
+      <c r="F59" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SUNTORY MIDORIE (SHANGHAI) CO., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="52" customHeight="true" ht="140.0">
-      <c r="A52" s="1" t="inlineStr">
+    <row r="60" customHeight="1" ht="140.0">
+      <c r="A60" s="1" t="inlineStr">
         <is>
           <t>2499782</t>
         </is>
       </c>
-      <c r="C52" s="1" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>GR</t>
         </is>
       </c>
-      <c r="D52" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E52" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4</t>
         </is>
       </c>
-      <c r="F52" s="1" t="inlineStr">
+      <c r="F60" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="53" customHeight="true" ht="140.0">
-      <c r="A53" s="1" t="inlineStr">
+    <row r="61" customHeight="1" ht="140.0">
+      <c r="A61" s="1" t="inlineStr">
         <is>
           <t>2497489</t>
         </is>
       </c>
-      <c r="C53" s="1" t="inlineStr">
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>CELICA</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F53" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="54" customHeight="true" ht="140.0">
-      <c r="A54" s="1" t="inlineStr">
+    <row r="62" customHeight="1" ht="140.0">
+      <c r="A62" s="1" t="inlineStr">
         <is>
           <t>2496503</t>
         </is>
       </c>
-      <c r="C54" s="1" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>VISTA</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F54" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="55" customHeight="true" ht="140.0">
-      <c r="A55" s="1" t="inlineStr">
+    <row r="63" customHeight="1" ht="140.0">
+      <c r="A63" s="1" t="inlineStr">
         <is>
           <t>2496502</t>
         </is>
       </c>
-      <c r="C55" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>VOXY</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F55" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="56" customHeight="true" ht="140.0">
-      <c r="A56" s="1" t="inlineStr">
+    <row r="64" customHeight="1" ht="140.0">
+      <c r="A64" s="1" t="inlineStr">
         <is>
           <t>2496400</t>
         </is>
       </c>
-      <c r="C56" s="1" t="inlineStr">
+      <c r="C64" s="1" t="inlineStr">
         <is>
           <t>VELLFIRE</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F56" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="57" customHeight="true" ht="140.0">
-      <c r="A57" s="1" t="inlineStr">
+    <row r="65" customHeight="1" ht="140.0">
+      <c r="A65" s="1" t="inlineStr">
         <is>
           <t>2495609</t>
         </is>
       </c>
-      <c r="C57" s="1" t="inlineStr">
+      <c r="C65" s="1" t="inlineStr">
         <is>
           <t>SIENTA</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F57" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="58" customHeight="true" ht="140.0">
-      <c r="A58" s="1" t="inlineStr">
+    <row r="66" customHeight="1" ht="140.0">
+      <c r="A66" s="1" t="inlineStr">
         <is>
           <t>2495548</t>
         </is>
       </c>
-      <c r="C58" s="1" t="inlineStr">
+      <c r="C66" s="1" t="inlineStr">
         <is>
           <t>TACOMA</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F58" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="59" customHeight="true" ht="140.0">
-      <c r="A59" s="1" t="inlineStr">
+    <row r="67" customHeight="1" ht="140.0">
+      <c r="A67" s="1" t="inlineStr">
         <is>
           <t>2495543</t>
         </is>
       </c>
-      <c r="C59" s="1" t="inlineStr">
+      <c r="C67" s="1" t="inlineStr">
         <is>
           <t>RUMION</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F59" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="60" customHeight="true" ht="140.0">
-      <c r="A60" s="1" t="inlineStr">
+    <row r="68" customHeight="1" ht="140.0">
+      <c r="A68" s="1" t="inlineStr">
         <is>
           <t>2495542</t>
         </is>
       </c>
-      <c r="C60" s="1" t="inlineStr">
+      <c r="C68" s="1" t="inlineStr">
         <is>
           <t>PROACE</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F60" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="61" customHeight="true" ht="140.0">
-      <c r="A61" s="1" t="inlineStr">
+    <row r="69" customHeight="1" ht="140.0">
+      <c r="A69" s="1" t="inlineStr">
         <is>
           <t>2495541</t>
         </is>
       </c>
-      <c r="C61" s="1" t="inlineStr">
+      <c r="C69" s="1" t="inlineStr">
         <is>
           <t>SEQUOIA</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F61" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="62" customHeight="true" ht="140.0">
-      <c r="A62" s="1" t="inlineStr">
+    <row r="70" customHeight="1" ht="140.0">
+      <c r="A70" s="1" t="inlineStr">
         <is>
           <t>2495529</t>
         </is>
       </c>
-      <c r="C62" s="1" t="inlineStr">
+      <c r="C70" s="1" t="inlineStr">
         <is>
           <t>RUSH</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F62" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="63" customHeight="true" ht="140.0">
-      <c r="A63" s="1" t="inlineStr">
+    <row r="71" customHeight="1" ht="140.0">
+      <c r="A71" s="1" t="inlineStr">
         <is>
           <t>2495503</t>
         </is>
       </c>
-      <c r="C63" s="1" t="inlineStr">
+      <c r="C71" s="1" t="inlineStr">
         <is>
           <t>VENZA</t>
         </is>
       </c>
-      <c r="D63" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F63" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="64" customHeight="true" ht="140.0">
-      <c r="A64" s="1" t="inlineStr">
+    <row r="72" customHeight="1" ht="140.0">
+      <c r="A72" s="1" t="inlineStr">
         <is>
           <t>2495498</t>
         </is>
       </c>
-      <c r="C64" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>RAIZE</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F64" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="65" customHeight="true" ht="140.0">
-      <c r="A65" s="1" t="inlineStr">
+    <row r="73" customHeight="1" ht="140.0">
+      <c r="A73" s="1" t="inlineStr">
         <is>
           <t>2495491</t>
         </is>
       </c>
-      <c r="C65" s="1" t="inlineStr">
+      <c r="C73" s="1" t="inlineStr">
         <is>
           <t>NOAH</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F65" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F73" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="66" customHeight="true" ht="140.0">
-      <c r="A66" s="1" t="inlineStr">
+    <row r="74" customHeight="1" ht="140.0">
+      <c r="A74" s="1" t="inlineStr">
         <is>
           <t>2495306</t>
         </is>
       </c>
-      <c r="C66" s="1" t="inlineStr">
+      <c r="C74" s="1" t="inlineStr">
         <is>
           <t>ALPHARD</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F66" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="67" customHeight="true" ht="140.0">
-      <c r="A67" s="1" t="inlineStr">
+    <row r="75" customHeight="1" ht="140.0">
+      <c r="A75" s="1" t="inlineStr">
         <is>
           <t>2495282</t>
         </is>
       </c>
-      <c r="C67" s="1" t="inlineStr">
+      <c r="C75" s="1" t="inlineStr">
         <is>
           <t>WIGO</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F67" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="68" customHeight="true" ht="140.0">
-      <c r="A68" s="1" t="inlineStr">
+    <row r="76" customHeight="1" ht="140.0">
+      <c r="A76" s="1" t="inlineStr">
         <is>
           <t>2495164</t>
         </is>
       </c>
-      <c r="C68" s="1" t="inlineStr">
+      <c r="C76" s="1" t="inlineStr">
         <is>
           <t>AGYA</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F68" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="69" customHeight="true" ht="140.0">
-      <c r="A69" s="1" t="inlineStr">
+    <row r="77" customHeight="1" ht="140.0">
+      <c r="A77" s="1" t="inlineStr">
         <is>
           <t>2495163</t>
         </is>
       </c>
-      <c r="C69" s="1" t="inlineStr">
+      <c r="C77" s="1" t="inlineStr">
         <is>
           <t>HIGHLANDER</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F69" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="70" customHeight="true" ht="140.0">
-      <c r="A70" s="1" t="inlineStr">
+    <row r="78" customHeight="1" ht="140.0">
+      <c r="A78" s="1" t="inlineStr">
         <is>
           <t>2494635</t>
         </is>
       </c>
-      <c r="C70" s="1" t="inlineStr">
+      <c r="C78" s="1" t="inlineStr">
         <is>
           <t>AYGO</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F70" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="71" customHeight="true" ht="140.0">
-      <c r="A71" s="1" t="inlineStr">
+    <row r="79" customHeight="1" ht="140.0">
+      <c r="A79" s="1" t="inlineStr">
         <is>
           <t>2494631</t>
         </is>
       </c>
-      <c r="C71" s="1" t="inlineStr">
+      <c r="C79" s="1" t="inlineStr">
         <is>
           <t>CALYA</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F71" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="72" customHeight="true" ht="140.0">
-      <c r="A72" s="1" t="inlineStr">
+    <row r="80" customHeight="1" ht="140.0">
+      <c r="A80" s="1" t="inlineStr">
         <is>
           <t>2493949</t>
         </is>
       </c>
-      <c r="C72" s="1" t="inlineStr">
+      <c r="C80" s="1" t="inlineStr">
         <is>
           <t>GR SUPRA TRACK EDITION</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F72" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="73" customHeight="true" ht="140.0">
-      <c r="A73" s="1" t="inlineStr">
+    <row r="81" customHeight="1" ht="140.0">
+      <c r="A81" s="1" t="inlineStr">
         <is>
           <t>2493901</t>
         </is>
       </c>
-      <c r="C73" s="1" t="inlineStr">
+      <c r="C81" s="1" t="inlineStr">
         <is>
           <t>RZ600e</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F73" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F81" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="74" customHeight="true" ht="140.0">
-      <c r="A74" s="1" t="inlineStr">
+    <row r="82" customHeight="1" ht="140.0">
+      <c r="A82" s="1" t="inlineStr">
         <is>
           <t>2457924</t>
         </is>
       </c>
-      <c r="C74" s="1" t="inlineStr">
+      <c r="C82" s="1" t="inlineStr">
         <is>
           <t>URBAN</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination - Deferred</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F74" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="75" customHeight="true" ht="140.0">
-      <c r="A75" s="1" t="inlineStr">
+    <row r="83" customHeight="1" ht="140.0">
+      <c r="A83" s="1" t="inlineStr">
         <is>
           <t>2454059</t>
         </is>
       </c>
-      <c r="C75" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>TOYOTA GO</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E75" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>9, 16, 35, 36, 38, 39, 41, 42, 43</t>
         </is>
       </c>
-      <c r="F75" s="1" t="inlineStr">
+      <c r="F83" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="76" customHeight="true" ht="140.0">
-      <c r="A76" s="1" t="inlineStr">
+    <row r="84" customHeight="1" ht="140.0">
+      <c r="A84" s="1" t="inlineStr">
         <is>
           <t>2448707</t>
         </is>
       </c>
-      <c r="C76" s="1" t="inlineStr">
+      <c r="C84" s="1" t="inlineStr">
         <is>
           <t>ES350e</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F76" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="77" customHeight="true" ht="140.0">
-      <c r="A77" s="1" t="inlineStr">
+    <row r="85" customHeight="1" ht="140.0">
+      <c r="A85" s="1" t="inlineStr">
         <is>
           <t>2448686</t>
         </is>
       </c>
-      <c r="C77" s="1" t="inlineStr">
+      <c r="C85" s="1" t="inlineStr">
         <is>
           <t>ES500e</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F77" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="78" customHeight="true" ht="140.0">
-      <c r="A78" s="1" t="inlineStr">
+    <row r="86" customHeight="1" ht="140.0">
+      <c r="A86" s="1" t="inlineStr">
         <is>
           <t>2448418</t>
         </is>
       </c>
-      <c r="C78" s="1" t="inlineStr">
+      <c r="C86" s="1" t="inlineStr">
         <is>
           <t>ES350h</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F78" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="79" customHeight="true" ht="140.0">
-      <c r="A79" s="1" t="inlineStr">
+    <row r="87" customHeight="1" ht="140.0">
+      <c r="A87" s="1" t="inlineStr">
         <is>
           <t>2445485</t>
         </is>
       </c>
-      <c r="C79" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>BEYOND ZERO</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>9, 39</t>
         </is>
       </c>
-      <c r="F79" s="1" t="inlineStr">
+      <c r="F87" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="80" customHeight="true" ht="140.0">
-      <c r="A80" s="1" t="inlineStr">
+    <row r="88" customHeight="1" ht="140.0">
+      <c r="A88" s="1" t="inlineStr">
         <is>
           <t>2445468</t>
         </is>
       </c>
-      <c r="C80" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>9, 39</t>
         </is>
       </c>
-      <c r="F80" s="1" t="inlineStr">
+      <c r="F88" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="81" customHeight="true" ht="140.0">
-      <c r="A81" s="1" t="inlineStr">
+    <row r="89" customHeight="1" ht="140.0">
+      <c r="A89" s="1" t="inlineStr">
         <is>
           <t>2436948</t>
         </is>
       </c>
-      <c r="C81" s="1" t="inlineStr">
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>TGR-WRT</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>9, 12, 18, 25, 28, 35, 37, 40, 41, 42</t>
         </is>
       </c>
-      <c r="F81" s="1" t="inlineStr">
+      <c r="F89" s="1" t="inlineStr">
         <is>
           <t>TOYOTA GAZOO Racing World Rally Team Oy</t>
         </is>
       </c>
     </row>
-    <row r="82" customHeight="true" ht="140.0">
-      <c r="A82" s="1" t="inlineStr">
+    <row r="90" customHeight="1" ht="140.0">
+      <c r="A90" s="1" t="inlineStr">
         <is>
           <t>2434280</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C90" s="1" t="inlineStr">
         <is>
           <t>FT-3e</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F82" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F90" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="83" customHeight="true" ht="140.0">
-      <c r="A83" s="1" t="inlineStr">
+    <row r="91" customHeight="1" ht="140.0">
+      <c r="A91" s="1" t="inlineStr">
         <is>
           <t>2430080</t>
         </is>
       </c>
-      <c r="C83" s="1" t="inlineStr">
+      <c r="C91" s="1" t="inlineStr">
         <is>
           <t>LAND CRUISER FJ</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F83" s="1" t="inlineStr">
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F91" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="84" customHeight="true" ht="140.0">
-      <c r="A84" s="1" t="inlineStr">
+    <row r="92" customHeight="1" ht="140.0">
+      <c r="A92" s="1" t="inlineStr">
         <is>
           <t>2424900</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C92" s="1" t="inlineStr">
         <is>
           <t>RZ F</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F84" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="85" customHeight="true" ht="140.0">
-      <c r="A85" s="1" t="inlineStr">
+    <row r="93" customHeight="1" ht="140.0">
+      <c r="A93" s="1" t="inlineStr">
         <is>
           <t>2424680</t>
         </is>
       </c>
-      <c r="C85" s="1" t="inlineStr">
+      <c r="C93" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F85" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="86" customHeight="true" ht="140.0">
-      <c r="A86" s="1" t="inlineStr">
+    <row r="94" customHeight="1" ht="140.0">
+      <c r="A94" s="1" t="inlineStr">
         <is>
           <t>2423861</t>
         </is>
       </c>
-      <c r="C86" s="1" t="inlineStr">
+      <c r="C94" s="1" t="inlineStr">
         <is>
           <t>MORIZO</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E86" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>9, 12, 14, 16, 24, 25, 28, 41</t>
         </is>
       </c>
-      <c r="F86" s="1" t="inlineStr">
+      <c r="F94" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="87" customHeight="true" ht="140.0">
-      <c r="A87" s="1" t="inlineStr">
+    <row r="95" customHeight="1" ht="140.0">
+      <c r="A95" s="1" t="inlineStr">
         <is>
           <t>2422370</t>
         </is>
       </c>
-      <c r="C87" s="1" t="inlineStr">
+      <c r="C95" s="1" t="inlineStr">
         <is>
           <t>V-Active</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E87" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F87" s="1" t="inlineStr">
+      <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="88" customHeight="true" ht="140.0">
-      <c r="A88" s="1" t="inlineStr">
+    <row r="96" customHeight="1" ht="140.0">
+      <c r="A96" s="1" t="inlineStr">
         <is>
           <t>2422170</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
+      <c r="C96" s="1" t="inlineStr">
         <is>
           <t>ENCORE ELEVATE</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination - Deferred</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>25, 35, 37, 39, 41, 45</t>
         </is>
       </c>
-      <c r="F88" s="1" t="inlineStr">
+      <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="89" customHeight="true" ht="140.0">
-      <c r="A89" s="1" t="inlineStr">
+    <row r="97" customHeight="1" ht="140.0">
+      <c r="A97" s="1" t="inlineStr">
         <is>
           <t>2422169</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
+      <c r="C97" s="1" t="inlineStr">
         <is>
           <t>ENCORE PLATINUM</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E89" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>25, 35, 37, 39, 41, 45</t>
         </is>
       </c>
-      <c r="F89" s="1" t="inlineStr">
+      <c r="F97" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="90" customHeight="true" ht="140.0">
-      <c r="A90" s="1" t="inlineStr">
+    <row r="98" customHeight="1" ht="140.0">
+      <c r="A98" s="1" t="inlineStr">
         <is>
           <t>2421769</t>
         </is>
       </c>
-      <c r="C90" s="1" t="inlineStr">
+      <c r="C98" s="1" t="inlineStr">
         <is>
           <t>GR GT</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F90" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="91" customHeight="true" ht="140.0">
-      <c r="A91" s="1" t="inlineStr">
+    <row r="99" customHeight="1" ht="140.0">
+      <c r="A99" s="1" t="inlineStr">
         <is>
           <t>2421000</t>
         </is>
       </c>
-      <c r="C91" s="1" t="inlineStr">
+      <c r="C99" s="1" t="inlineStr">
         <is>
           <t>HZ350e</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F91" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="92" customHeight="true" ht="140.0">
-      <c r="A92" s="1" t="inlineStr">
+    <row r="100" customHeight="1" ht="140.0">
+      <c r="A100" s="1" t="inlineStr">
         <is>
           <t>2420776</t>
         </is>
       </c>
-      <c r="C92" s="1" t="inlineStr">
+      <c r="C100" s="1" t="inlineStr">
         <is>
           <t>HZ550e</t>
         </is>
       </c>
-      <c r="D92" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F92" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="93" customHeight="true" ht="140.0">
-      <c r="A93" s="1" t="inlineStr">
+    <row r="101" customHeight="1" ht="140.0">
+      <c r="A101" s="1" t="inlineStr">
         <is>
           <t>2420628</t>
         </is>
       </c>
-      <c r="C93" s="1" t="inlineStr">
+      <c r="C101" s="1" t="inlineStr">
         <is>
           <t>HZ450e</t>
         </is>
       </c>
-      <c r="D93" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F93" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="94" customHeight="true" ht="140.0">
-      <c r="A94" s="1" t="inlineStr">
+    <row r="102" customHeight="1" ht="140.0">
+      <c r="A102" s="1" t="inlineStr">
         <is>
           <t>2416725</t>
         </is>
       </c>
-      <c r="C94" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>CENTURY</t>
         </is>
       </c>
-      <c r="D94" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F94" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="95" customHeight="true" ht="140.0">
-      <c r="A95" s="1" t="inlineStr">
+    <row r="103" customHeight="1" ht="140.0">
+      <c r="A103" s="1" t="inlineStr">
         <is>
           <t>2416721</t>
         </is>
       </c>
-      <c r="C95" s="1" t="inlineStr">
+      <c r="C103" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F95" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="96" customHeight="true" ht="140.0">
-      <c r="A96" s="1" t="inlineStr">
+    <row r="104" customHeight="1" ht="140.0">
+      <c r="A104" s="1" t="inlineStr">
         <is>
           <t>2411158</t>
         </is>
       </c>
-      <c r="C96" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>RZ550e</t>
         </is>
       </c>
-      <c r="D96" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F96" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="97" customHeight="true" ht="140.0">
-      <c r="A97" s="1" t="inlineStr">
+    <row r="105" customHeight="1" ht="140.0">
+      <c r="A105" s="1" t="inlineStr">
         <is>
           <t>2411078</t>
         </is>
       </c>
-      <c r="C97" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>RZ500e</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F97" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="98" customHeight="true" ht="140.0">
-      <c r="A98" s="1" t="inlineStr">
+    <row r="106" customHeight="1" ht="140.0">
+      <c r="A106" s="1" t="inlineStr">
         <is>
           <t>2406181</t>
         </is>
       </c>
-      <c r="C98" s="1" t="inlineStr">
+      <c r="C106" s="1" t="inlineStr">
         <is>
           <t>HZ300e</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F98" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="99" customHeight="true" ht="140.0">
-      <c r="A99" s="1" t="inlineStr">
+    <row r="107" customHeight="1" ht="140.0">
+      <c r="A107" s="1" t="inlineStr">
         <is>
           <t>2404247</t>
         </is>
       </c>
-      <c r="C99" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t>I_SITE</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
-      <c r="F99" s="1" t="inlineStr">
+      <c r="F107" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Europe AB</t>
         </is>
       </c>
     </row>
-    <row r="100" customHeight="true" ht="140.0">
-      <c r="A100" s="1" t="inlineStr">
+    <row r="108" customHeight="1" ht="140.0">
+      <c r="A108" s="1" t="inlineStr">
         <is>
           <t>2399949</t>
         </is>
       </c>
-      <c r="C100" s="1" t="inlineStr">
+      <c r="C108" s="1" t="inlineStr">
         <is>
           <t>TOYOTA HALO</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E100" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F100" s="1" t="inlineStr">
+      <c r="F108" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="101" customHeight="true" ht="140.0">
-      <c r="A101" s="1" t="inlineStr">
+    <row r="109" customHeight="1" ht="140.0">
+      <c r="A109" s="1" t="inlineStr">
         <is>
           <t>2386887</t>
         </is>
       </c>
-      <c r="C101" s="1" t="inlineStr">
+      <c r="C109" s="1" t="inlineStr">
         <is>
           <t>T-ONE</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>9, 35, 42</t>
         </is>
       </c>
-      <c r="F101" s="1" t="inlineStr">
+      <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Europe AB</t>
         </is>
       </c>
     </row>
-    <row r="102" customHeight="true" ht="140.0">
-      <c r="A102" s="1" t="inlineStr">
+    <row r="110" customHeight="1" ht="140.0">
+      <c r="A110" s="1" t="inlineStr">
         <is>
           <t>2386782</t>
         </is>
       </c>
-      <c r="C102" s="1" t="inlineStr">
+      <c r="C110" s="1" t="inlineStr">
         <is>
           <t>BZ5C</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F102" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="103" customHeight="true" ht="140.0">
-      <c r="A103" s="1" t="inlineStr">
+    <row r="111" customHeight="1" ht="140.0">
+      <c r="A111" s="1" t="inlineStr">
         <is>
           <t>2374773</t>
         </is>
       </c>
-      <c r="C103" s="1" t="inlineStr">
+      <c r="C111" s="1" t="inlineStr">
         <is>
           <t>MYCONCIERGE</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination - Deferred</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>9, 12, 35, 36, 37, 39, 42</t>
         </is>
       </c>
-      <c r="F103" s="1" t="inlineStr">
+      <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="104" customHeight="true" ht="140.0">
-      <c r="A104" s="1" t="inlineStr">
+    <row r="112" customHeight="1" ht="140.0">
+      <c r="A112" s="1" t="inlineStr">
         <is>
           <t>2373629</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t>TZ550e</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F104" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="105" customHeight="true" ht="140.0">
-      <c r="A105" s="1" t="inlineStr">
+    <row r="113" customHeight="1" ht="140.0">
+      <c r="A113" s="1" t="inlineStr">
         <is>
           <t>2372926</t>
         </is>
       </c>
-      <c r="C105" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>TZ450e</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F105" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="106" customHeight="true" ht="140.0">
-      <c r="A106" s="1" t="inlineStr">
+    <row r="114" customHeight="1" ht="140.0">
+      <c r="A114" s="1" t="inlineStr">
         <is>
           <t>2364683</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C114" s="1" t="inlineStr">
         <is>
           <t>TOYOTA KINETIC ASSIST</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F106" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F114" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="107" customHeight="true" ht="140.0">
-      <c r="A107" s="1" t="inlineStr">
+    <row r="115" customHeight="1" ht="140.0">
+      <c r="A115" s="1" t="inlineStr">
         <is>
           <t>2362246</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E107" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F107" s="1" t="inlineStr">
+      <c r="F115" s="1" t="inlineStr">
         <is>
           <t>toyota material handling australia pty ltd</t>
         </is>
       </c>
     </row>
-    <row r="108" customHeight="true" ht="140.0">
-      <c r="A108" s="1" t="inlineStr">
+    <row r="116" customHeight="1" ht="140.0">
+      <c r="A116" s="1" t="inlineStr">
         <is>
           <t>2352781</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C116" s="1" t="inlineStr">
         <is>
           <t>GR-ID</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E108" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F108" s="1" t="inlineStr">
+      <c r="F116" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="109" customHeight="true" ht="140.0">
-      <c r="A109" s="1" t="inlineStr">
+    <row r="117" customHeight="1" ht="140.0">
+      <c r="A117" s="1" t="inlineStr">
         <is>
           <t>2352429</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>BZ</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F109" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F117" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="110" customHeight="true" ht="140.0">
-      <c r="A110" s="1" t="inlineStr">
+    <row r="118" customHeight="1" ht="140.0">
+      <c r="A118" s="1" t="inlineStr">
         <is>
           <t>2341459</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t>ALTITUDE</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F110" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="111" customHeight="true" ht="140.0">
-      <c r="A111" s="1" t="inlineStr">
+    <row r="119" customHeight="1" ht="140.0">
+      <c r="A119" s="1" t="inlineStr">
         <is>
           <t>2340278</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>BZ4C</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F111" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="112" customHeight="true" ht="140.0">
-      <c r="A112" s="1" t="inlineStr">
+    <row r="120" customHeight="1" ht="140.0">
+      <c r="A120" s="1" t="inlineStr">
         <is>
           <t>2340269</t>
         </is>
       </c>
-      <c r="C112" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>BZ3C</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F112" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="113" customHeight="true" ht="140.0">
-      <c r="A113" s="1" t="inlineStr">
+    <row r="121" customHeight="1" ht="140.0">
+      <c r="A121" s="1" t="inlineStr">
         <is>
           <t>2340260</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>BZ2C</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F113" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F121" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="114" customHeight="true" ht="140.0">
-      <c r="A114" s="1" t="inlineStr">
+    <row r="122" customHeight="1" ht="140.0">
+      <c r="A122" s="1" t="inlineStr">
         <is>
           <t>2340255</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>BZ1C</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F114" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="115" customHeight="true" ht="140.0">
-      <c r="A115" s="1" t="inlineStr">
+    <row r="123" customHeight="1" ht="140.0">
+      <c r="A123" s="1" t="inlineStr">
         <is>
           <t>2337706</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>GR-ID</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E115" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
-      <c r="F115" s="1" t="inlineStr">
+      <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="116" customHeight="true" ht="140.0">
-      <c r="A116" s="1" t="inlineStr">
+    <row r="124" customHeight="1" ht="140.0">
+      <c r="A124" s="1" t="inlineStr">
         <is>
           <t>2333098</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F116" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="117" customHeight="true" ht="140.0">
-      <c r="A117" s="1" t="inlineStr">
+    <row r="125" customHeight="1" ht="140.0">
+      <c r="A125" s="1" t="inlineStr">
         <is>
           <t>2324871</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>Overtrail</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F117" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="118" customHeight="true" ht="140.0">
-      <c r="A118" s="1" t="inlineStr">
+    <row r="126" customHeight="1" ht="140.0">
+      <c r="A126" s="1" t="inlineStr">
         <is>
           <t>2316505</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>RX450h+</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F118" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="119" customHeight="true" ht="140.0">
-      <c r="A119" s="1" t="inlineStr">
+    <row r="127" customHeight="1" ht="140.0">
+      <c r="A127" s="1" t="inlineStr">
         <is>
           <t>2313482</t>
         </is>
       </c>
-      <c r="C119" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>LFR</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F119" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="120" customHeight="true" ht="140.0">
-      <c r="A120" s="1" t="inlineStr">
+    <row r="128" customHeight="1" ht="140.0">
+      <c r="A128" s="1" t="inlineStr">
         <is>
           <t>2309584</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>YARIS</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E120" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F120" s="1" t="inlineStr">
+      <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="121" customHeight="true" ht="140.0">
-      <c r="A121" s="1" t="inlineStr">
+    <row r="129" customHeight="1" ht="140.0">
+      <c r="A129" s="1" t="inlineStr">
         <is>
           <t>2309583</t>
         </is>
       </c>
-      <c r="C121" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>RAV4</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E121" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F121" s="1" t="inlineStr">
+      <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="122" customHeight="true" ht="140.0">
-      <c r="A122" s="1" t="inlineStr">
+    <row r="130" customHeight="1" ht="140.0">
+      <c r="A130" s="1" t="inlineStr">
         <is>
           <t>2309559</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>PRIUS</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E122" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F122" s="1" t="inlineStr">
+      <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="123" customHeight="true" ht="140.0">
-      <c r="A123" s="1" t="inlineStr">
+    <row r="131" customHeight="1" ht="140.0">
+      <c r="A131" s="1" t="inlineStr">
         <is>
           <t>2309558</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>PRADO</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E123" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F123" s="1" t="inlineStr">
+      <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="124" customHeight="true" ht="140.0">
-      <c r="A124" s="1" t="inlineStr">
+    <row r="132" customHeight="1" ht="140.0">
+      <c r="A132" s="1" t="inlineStr">
         <is>
           <t>2309557</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>LAND CRUISER</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E124" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F124" s="1" t="inlineStr">
+      <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="125" customHeight="true" ht="140.0">
-      <c r="A125" s="1" t="inlineStr">
+    <row r="133" customHeight="1" ht="140.0">
+      <c r="A133" s="1" t="inlineStr">
         <is>
           <t>2309556</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>HIACE</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E125" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
+      <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="126" customHeight="true" ht="140.0">
-      <c r="A126" s="1" t="inlineStr">
+    <row r="134" customHeight="1" ht="140.0">
+      <c r="A134" s="1" t="inlineStr">
         <is>
           <t>2309555</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>COROLLA</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E126" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F126" s="1" t="inlineStr">
+      <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="127" customHeight="true" ht="140.0">
-      <c r="A127" s="1" t="inlineStr">
+    <row r="135" customHeight="1" ht="140.0">
+      <c r="A135" s="1" t="inlineStr">
         <is>
           <t>2309552</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>CAMRY</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E127" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="F127" s="1" t="inlineStr">
+      <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="128" customHeight="true" ht="140.0">
-      <c r="A128" s="1" t="inlineStr">
+    <row r="136" customHeight="1" ht="140.0">
+      <c r="A136" s="1" t="inlineStr">
         <is>
           <t>2306166</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>UX300h</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F128" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="129" customHeight="true" ht="140.0">
-      <c r="A129" s="1" t="inlineStr">
+    <row r="137" customHeight="1" ht="140.0">
+      <c r="A137" s="1" t="inlineStr">
         <is>
           <t>2304920</t>
         </is>
       </c>
-      <c r="C129" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>CROWN SIGNIA</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F129" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="130" customHeight="true" ht="140.0">
-      <c r="A130" s="1" t="inlineStr">
+    <row r="138" customHeight="1" ht="140.0">
+      <c r="A138" s="1" t="inlineStr">
         <is>
           <t>2303888</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C138" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F130" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F138" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="131" customHeight="true" ht="140.0">
-      <c r="A131" s="1" t="inlineStr">
+    <row r="139" customHeight="1" ht="140.0">
+      <c r="A139" s="1" t="inlineStr">
         <is>
           <t>2303879</t>
         </is>
       </c>
-      <c r="C131" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>BEYOND ZERO</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>7, 9, 12, 35</t>
         </is>
       </c>
-      <c r="F131" s="1" t="inlineStr">
+      <c r="F139" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="132" customHeight="true" ht="140.0">
-      <c r="A132" s="1" t="inlineStr">
+    <row r="140" customHeight="1" ht="140.0">
+      <c r="A140" s="1" t="inlineStr">
         <is>
           <t>2295830</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
-      <c r="F132" s="1" t="inlineStr">
+      <c r="F140" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="133" customHeight="true" ht="140.0">
-      <c r="A133" s="1" t="inlineStr">
+    <row r="141" customHeight="1" ht="140.0">
+      <c r="A141" s="1" t="inlineStr">
         <is>
           <t>2286952</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>12, 27</t>
         </is>
       </c>
-      <c r="F133" s="1" t="inlineStr">
+      <c r="F141" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="134" customHeight="true" ht="140.0">
-      <c r="A134" s="1" t="inlineStr">
+    <row r="142" customHeight="1" ht="140.0">
+      <c r="A142" s="1" t="inlineStr">
         <is>
           <t>2279221</t>
         </is>
       </c>
-      <c r="C134" s="1" t="inlineStr">
+      <c r="C142" s="1" t="inlineStr">
         <is>
           <t>URBAN</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F134" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="135" customHeight="true" ht="140.0">
-      <c r="A135" s="1" t="inlineStr">
+    <row r="143" customHeight="1" ht="140.0">
+      <c r="A143" s="1" t="inlineStr">
         <is>
           <t>2264376</t>
         </is>
       </c>
-      <c r="C135" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F135" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="136" customHeight="true" ht="140.0">
-      <c r="A136" s="1" t="inlineStr">
+    <row r="144" customHeight="1" ht="140.0">
+      <c r="A144" s="1" t="inlineStr">
         <is>
           <t>2259800</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F136" s="1" t="inlineStr">
+      <c r="F144" s="1" t="inlineStr">
         <is>
           <t>Woven by Toyota, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="137" customHeight="true" ht="140.0">
-      <c r="A137" s="1" t="inlineStr">
+    <row r="145" customHeight="1" ht="140.0">
+      <c r="A145" s="1" t="inlineStr">
         <is>
           <t>2259789</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>Arene</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F137" s="1" t="inlineStr">
+      <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Woven by Toyota, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="138" customHeight="true" ht="140.0">
-      <c r="A138" s="1" t="inlineStr">
+    <row r="146" customHeight="1" ht="140.0">
+      <c r="A146" s="1" t="inlineStr">
         <is>
           <t>2253391</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>WOVEN CITY</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>39, 42</t>
         </is>
       </c>
-      <c r="F138" s="1" t="inlineStr">
+      <c r="F146" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="139" customHeight="true" ht="140.0">
-      <c r="A139" s="1" t="inlineStr">
+    <row r="147" customHeight="1" ht="140.0">
+      <c r="A147" s="1" t="inlineStr">
         <is>
           <t>2249965</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C147" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>39, 42</t>
         </is>
       </c>
-      <c r="F139" s="1" t="inlineStr">
+      <c r="F147" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="140" customHeight="true" ht="140.0">
-      <c r="A140" s="1" t="inlineStr">
+    <row r="148" customHeight="1" ht="140.0">
+      <c r="A148" s="1" t="inlineStr">
         <is>
           <t>2247013</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C148" s="1" t="inlineStr">
         <is>
           <t>iFORCE MAX</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F140" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F148" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="141" customHeight="true" ht="140.0">
-      <c r="A141" s="1" t="inlineStr">
+    <row r="149" customHeight="1" ht="140.0">
+      <c r="A149" s="1" t="inlineStr">
         <is>
           <t>2238066</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C149" s="1" t="inlineStr">
         <is>
           <t>FORCEFIELD TELEMATICS</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination - Deferred</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>9, 42</t>
         </is>
       </c>
-      <c r="F141" s="1" t="inlineStr">
+      <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="142" customHeight="true" ht="140.0">
-      <c r="A142" s="1" t="inlineStr">
+    <row r="150" customHeight="1" ht="140.0">
+      <c r="A150" s="1" t="inlineStr">
         <is>
           <t>2238065</t>
         </is>
       </c>
-      <c r="C142" s="1" t="inlineStr">
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>FORCEFIELD SHARE</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Published:
 Under examination - Deferred</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>9, 12, 38, 39, 42</t>
         </is>
       </c>
-      <c r="F142" s="1" t="inlineStr">
+      <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="143" customHeight="true" ht="140.0">
-      <c r="A143" s="1" t="inlineStr">
+    <row r="151" customHeight="1" ht="140.0">
+      <c r="A151" s="1" t="inlineStr">
         <is>
           <t>2235774</t>
         </is>
       </c>
-      <c r="C143" s="1" t="inlineStr">
+      <c r="C151" s="1" t="inlineStr">
         <is>
           <t>NX450h+</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F143" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="144" customHeight="true" ht="140.0">
-      <c r="A144" s="1" t="inlineStr">
+    <row r="152" customHeight="1" ht="140.0">
+      <c r="A152" s="1" t="inlineStr">
         <is>
           <t>2234945</t>
         </is>
       </c>
-      <c r="C144" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>9, 12, 39, 42</t>
         </is>
       </c>
-      <c r="F144" s="1" t="inlineStr">
+      <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Woven by Toyota, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="145" customHeight="true" ht="140.0">
-      <c r="A145" s="1" t="inlineStr">
+    <row r="153" customHeight="1" ht="140.0">
+      <c r="A153" s="1" t="inlineStr">
         <is>
           <t>2233330</t>
         </is>
       </c>
-      <c r="C145" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>CRUISER</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F145" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="146" customHeight="true" ht="140.0">
-      <c r="A146" s="1" t="inlineStr">
+    <row r="154" customHeight="1" ht="140.0">
+      <c r="A154" s="1" t="inlineStr">
         <is>
           <t>2233324</t>
         </is>
       </c>
-      <c r="C146" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>RAV4 CRUISER</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F146" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="147" customHeight="true" ht="140.0">
-      <c r="A147" s="1" t="inlineStr">
+    <row r="155" customHeight="1" ht="140.0">
+      <c r="A155" s="1" t="inlineStr">
         <is>
           <t>2214245</t>
         </is>
       </c>
-      <c r="C147" s="1" t="inlineStr">
+      <c r="C155" s="1" t="inlineStr">
         <is>
           <t>LEXUS GX550</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F147" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="148" customHeight="true" ht="140.0">
-      <c r="A148" s="1" t="inlineStr">
+    <row r="156" customHeight="1" ht="140.0">
+      <c r="A156" s="1" t="inlineStr">
         <is>
           <t>2210496</t>
         </is>
       </c>
-      <c r="C148" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>CAPSTONE</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F148" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="149" customHeight="true" ht="140.0">
-      <c r="A149" s="1" t="inlineStr">
+    <row r="157" customHeight="1" ht="140.0">
+      <c r="A157" s="1" t="inlineStr">
         <is>
           <t>2208860</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>LM500h</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F149" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="150" customHeight="true" ht="140.0">
-      <c r="A150" s="1" t="inlineStr">
+    <row r="158" customHeight="1" ht="140.0">
+      <c r="A158" s="1" t="inlineStr">
         <is>
           <t>2208859</t>
         </is>
       </c>
-      <c r="C150" s="1" t="inlineStr">
+      <c r="C158" s="1" t="inlineStr">
         <is>
           <t>LM350h</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F150" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="151" customHeight="true" ht="140.0">
-      <c r="A151" s="1" t="inlineStr">
+    <row r="159" customHeight="1" ht="140.0">
+      <c r="A159" s="1" t="inlineStr">
         <is>
           <t>2197364</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C159" s="1" t="inlineStr">
         <is>
           <t>ATMOS</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F151" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F159" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="152" customHeight="true" ht="140.0">
-      <c r="A152" s="1" t="inlineStr">
+    <row r="160" customHeight="1" ht="140.0">
+      <c r="A160" s="1" t="inlineStr">
         <is>
           <t>2197363</t>
         </is>
       </c>
-      <c r="C152" s="1" t="inlineStr">
+      <c r="C160" s="1" t="inlineStr">
         <is>
           <t>CHASE</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F152" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="153" customHeight="true" ht="140.0">
-      <c r="A153" s="1" t="inlineStr">
+    <row r="161" customHeight="1" ht="140.0">
+      <c r="A161" s="1" t="inlineStr">
         <is>
           <t>2180537</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C161" s="1" t="inlineStr">
         <is>
           <t>XSE</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F153" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="154" customHeight="true" ht="140.0">
-      <c r="A154" s="1" t="inlineStr">
+    <row r="162" customHeight="1" ht="140.0">
+      <c r="A162" s="1" t="inlineStr">
         <is>
           <t>2169093</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>GOODER</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E154" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 41</t>
         </is>
       </c>
-      <c r="F154" s="1" t="inlineStr">
+      <c r="F162" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="155" customHeight="true" ht="140.0">
-      <c r="A155" s="1" t="inlineStr">
+    <row r="163" customHeight="1" ht="140.0">
+      <c r="A163" s="1" t="inlineStr">
         <is>
           <t>2168872</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C163" s="1" t="inlineStr">
         <is>
           <t>BZ</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F155" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="156" customHeight="true" ht="140.0">
-      <c r="A156" s="1" t="inlineStr">
+    <row r="164" customHeight="1" ht="140.0">
+      <c r="A164" s="1" t="inlineStr">
         <is>
           <t>2166466</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>ES250</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F156" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="157" customHeight="true" ht="140.0">
-      <c r="A157" s="1" t="inlineStr">
+    <row r="165" customHeight="1" ht="140.0">
+      <c r="A165" s="1" t="inlineStr">
         <is>
           <t>2165250</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C165" s="1" t="inlineStr">
         <is>
           <t>LEXUS LBX</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F157" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="158" customHeight="true" ht="140.0">
-      <c r="A158" s="1" t="inlineStr">
+    <row r="166" customHeight="1" ht="140.0">
+      <c r="A166" s="1" t="inlineStr">
         <is>
           <t>2165185</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C166" s="1" t="inlineStr">
         <is>
           <t>MOVE LIKE MAGIC</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E158" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F158" s="1" t="inlineStr">
+      <c r="F166" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="159" customHeight="true" ht="140.0">
-      <c r="A159" s="1" t="inlineStr">
+    <row r="167" customHeight="1" ht="140.0">
+      <c r="A167" s="1" t="inlineStr">
         <is>
           <t>2157682</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C167" s="1" t="inlineStr">
         <is>
           <t>LF-Z</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F159" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F167" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="160" customHeight="true" ht="140.0">
-      <c r="A160" s="1" t="inlineStr">
+    <row r="168" customHeight="1" ht="140.0">
+      <c r="A168" s="1" t="inlineStr">
         <is>
           <t>2149107</t>
         </is>
       </c>
-      <c r="C160" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>CROWN</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F160" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="161" customHeight="true" ht="140.0">
-      <c r="A161" s="1" t="inlineStr">
+    <row r="169" customHeight="1" ht="140.0">
+      <c r="A169" s="1" t="inlineStr">
         <is>
           <t>2146231</t>
         </is>
       </c>
-      <c r="C161" s="1" t="inlineStr">
+      <c r="C169" s="1" t="inlineStr">
         <is>
           <t>DIRECT4</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F161" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="162" customHeight="true" ht="140.0">
-      <c r="A162" s="1" t="inlineStr">
+    <row r="170" customHeight="1" ht="140.0">
+      <c r="A170" s="1" t="inlineStr">
         <is>
           <t>2138491</t>
         </is>
       </c>
-      <c r="C162" s="1" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>SAHARA ZX</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F162" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F170" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="163" customHeight="true" ht="140.0">
-      <c r="A163" s="1" t="inlineStr">
+    <row r="171" customHeight="1" ht="140.0">
+      <c r="A171" s="1" t="inlineStr">
         <is>
           <t>2138360</t>
         </is>
       </c>
-      <c r="C163" s="1" t="inlineStr">
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>KOBA</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F163" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F171" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="164" customHeight="true" ht="140.0">
-      <c r="A164" s="1" t="inlineStr">
+    <row r="172" customHeight="1" ht="140.0">
+      <c r="A172" s="1" t="inlineStr">
         <is>
           <t>2127801</t>
         </is>
       </c>
-      <c r="C164" s="1" t="inlineStr">
+      <c r="C172" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX500h</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F164" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="165" customHeight="true" ht="140.0">
-      <c r="A165" s="1" t="inlineStr">
+    <row r="173" customHeight="1" ht="140.0">
+      <c r="A173" s="1" t="inlineStr">
         <is>
           <t>2127519</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C173" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX350h</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F165" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="166" customHeight="true" ht="140.0">
-      <c r="A166" s="1" t="inlineStr">
+    <row r="174" customHeight="1" ht="140.0">
+      <c r="A174" s="1" t="inlineStr">
         <is>
           <t>2126067</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>TOYOTA BZ5</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F166" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="167" customHeight="true" ht="140.0">
-      <c r="A167" s="1" t="inlineStr">
+    <row r="175" customHeight="1" ht="140.0">
+      <c r="A175" s="1" t="inlineStr">
         <is>
           <t>2125700</t>
         </is>
       </c>
-      <c r="C167" s="1" t="inlineStr">
+      <c r="C175" s="1" t="inlineStr">
         <is>
           <t>BZ3X</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F167" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="168" customHeight="true" ht="140.0">
-      <c r="A168" s="1" t="inlineStr">
+    <row r="176" customHeight="1" ht="140.0">
+      <c r="A176" s="1" t="inlineStr">
         <is>
           <t>2125670</t>
         </is>
       </c>
-      <c r="C168" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>BZ5X</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F168" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="169" customHeight="true" ht="140.0">
-      <c r="A169" s="1" t="inlineStr">
+    <row r="177" customHeight="1" ht="140.0">
+      <c r="A177" s="1" t="inlineStr">
         <is>
           <t>2125595</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>TOYOTA BZ2</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F169" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="170" customHeight="true" ht="140.0">
-      <c r="A170" s="1" t="inlineStr">
+    <row r="178" customHeight="1" ht="140.0">
+      <c r="A178" s="1" t="inlineStr">
         <is>
           <t>2124868</t>
         </is>
       </c>
-      <c r="C170" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>TOYOTA BZ4</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F170" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="171" customHeight="true" ht="140.0">
-      <c r="A171" s="1" t="inlineStr">
+    <row r="179" customHeight="1" ht="140.0">
+      <c r="A179" s="1" t="inlineStr">
         <is>
           <t>2124867</t>
         </is>
       </c>
-      <c r="C171" s="1" t="inlineStr">
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>BZ2X</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F171" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="172" customHeight="true" ht="140.0">
-      <c r="A172" s="1" t="inlineStr">
+    <row r="180" customHeight="1" ht="140.0">
+      <c r="A180" s="1" t="inlineStr">
         <is>
           <t>2124632</t>
         </is>
       </c>
-      <c r="C172" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>BZ1X</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F172" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F180" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="173" customHeight="true" ht="140.0">
-      <c r="A173" s="1" t="inlineStr">
+    <row r="181" customHeight="1" ht="140.0">
+      <c r="A181" s="1" t="inlineStr">
         <is>
           <t>2124389</t>
         </is>
       </c>
-      <c r="C173" s="1" t="inlineStr">
+      <c r="C181" s="1" t="inlineStr">
         <is>
           <t>TOYOTA BZ1</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F173" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F181" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="174" customHeight="true" ht="140.0">
-      <c r="A174" s="1" t="inlineStr">
+    <row r="182" customHeight="1" ht="140.0">
+      <c r="A182" s="1" t="inlineStr">
         <is>
           <t>2124219</t>
         </is>
       </c>
-      <c r="C174" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>TOYOTA BZ3</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F174" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="175" customHeight="true" ht="140.0">
-      <c r="A175" s="1" t="inlineStr">
+    <row r="183" customHeight="1" ht="140.0">
+      <c r="A183" s="1" t="inlineStr">
         <is>
           <t>2122498</t>
         </is>
       </c>
-      <c r="C175" s="1" t="inlineStr">
+      <c r="C183" s="1" t="inlineStr">
         <is>
           <t>GR 010</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F175" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="176" customHeight="true" ht="140.0">
-      <c r="A176" s="1" t="inlineStr">
+    <row r="184" customHeight="1" ht="140.0">
+      <c r="A184" s="1" t="inlineStr">
         <is>
           <t>2114914</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C184" s="1" t="inlineStr">
         <is>
           <t>UX300e</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F176" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F184" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="177" customHeight="true" ht="140.0">
-      <c r="A177" s="1" t="inlineStr">
+    <row r="185" customHeight="1" ht="140.0">
+      <c r="A185" s="1" t="inlineStr">
         <is>
           <t>2110135</t>
         </is>
       </c>
-      <c r="C177" s="1" t="inlineStr">
+      <c r="C185" s="1" t="inlineStr">
         <is>
           <t>LEXUS RZ450e</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F177" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F185" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="178" customHeight="true" ht="140.0">
-      <c r="A178" s="1" t="inlineStr">
+    <row r="186" customHeight="1" ht="140.0">
+      <c r="A186" s="1" t="inlineStr">
         <is>
           <t>2105646</t>
         </is>
       </c>
-      <c r="C178" s="1" t="inlineStr">
+      <c r="C186" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>9, 12, 42</t>
         </is>
       </c>
-      <c r="F178" s="1" t="inlineStr">
+      <c r="F186" s="1" t="inlineStr">
         <is>
           <t>Woven by Toyota, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="179" customHeight="true" ht="140.0">
-      <c r="A179" s="1" t="inlineStr">
+    <row r="187" customHeight="1" ht="140.0">
+      <c r="A187" s="1" t="inlineStr">
         <is>
           <t>2103962</t>
         </is>
       </c>
-      <c r="C179" s="1" t="inlineStr">
+      <c r="C187" s="1" t="inlineStr">
         <is>
           <t>ARENE</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>9, 12, 42</t>
         </is>
       </c>
-      <c r="F179" s="1" t="inlineStr">
+      <c r="F187" s="1" t="inlineStr">
         <is>
           <t>Woven by Toyota, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="180" customHeight="true" ht="140.0">
-      <c r="A180" s="1" t="inlineStr">
+    <row r="188" customHeight="1" ht="140.0">
+      <c r="A188" s="1" t="inlineStr">
         <is>
           <t>2096020</t>
         </is>
       </c>
-      <c r="C180" s="1" t="inlineStr">
+      <c r="C188" s="1" t="inlineStr">
         <is>
           <t>SNOWY</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F180" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="181" customHeight="true" ht="140.0">
-      <c r="A181" s="1" t="inlineStr">
+    <row r="189" customHeight="1" ht="140.0">
+      <c r="A189" s="1" t="inlineStr">
         <is>
           <t>2095687</t>
         </is>
       </c>
-      <c r="C181" s="1" t="inlineStr">
+      <c r="C189" s="1" t="inlineStr">
         <is>
           <t>ZX</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F181" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="182" customHeight="true" ht="140.0">
-      <c r="A182" s="1" t="inlineStr">
+    <row r="190" customHeight="1" ht="140.0">
+      <c r="A190" s="1" t="inlineStr">
         <is>
           <t>2095622</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C190" s="1" t="inlineStr">
         <is>
           <t>BZ4X</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F182" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F190" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="183" customHeight="true" ht="140.0">
-      <c r="A183" s="1" t="inlineStr">
+    <row r="191" customHeight="1" ht="140.0">
+      <c r="A191" s="1" t="inlineStr">
         <is>
           <t>2093149</t>
         </is>
       </c>
-      <c r="C183" s="1" t="inlineStr">
+      <c r="C191" s="1" t="inlineStr">
         <is>
           <t>BZ SERIES</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F183" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="184" customHeight="true" ht="140.0">
-      <c r="A184" s="1" t="inlineStr">
+    <row r="192" customHeight="1" ht="140.0">
+      <c r="A192" s="1" t="inlineStr">
         <is>
           <t>2090578</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C192" s="1" t="inlineStr">
         <is>
           <t>TOYOTA BZ</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F184" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F192" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="185" customHeight="true" ht="140.0">
-      <c r="A185" s="1" t="inlineStr">
+    <row r="193" customHeight="1" ht="140.0">
+      <c r="A193" s="1" t="inlineStr">
         <is>
           <t>2085092</t>
         </is>
       </c>
-      <c r="C185" s="1" t="inlineStr">
+      <c r="C193" s="1" t="inlineStr">
         <is>
           <t>YARIS CROSS URBAN</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F185" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F193" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="186" customHeight="true" ht="140.0">
-      <c r="A186" s="1" t="inlineStr">
+    <row r="194" customHeight="1" ht="140.0">
+      <c r="A194" s="1" t="inlineStr">
         <is>
           <t>2084430</t>
         </is>
       </c>
-      <c r="C186" s="1" t="inlineStr">
+      <c r="C194" s="1" t="inlineStr">
         <is>
           <t>URBAN</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F186" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="187" customHeight="true" ht="140.0">
-      <c r="A187" s="1" t="inlineStr">
+    <row r="195" customHeight="1" ht="140.0">
+      <c r="A195" s="1" t="inlineStr">
         <is>
           <t>2084192</t>
         </is>
       </c>
-      <c r="C187" s="1" t="inlineStr">
+      <c r="C195" s="1" t="inlineStr">
         <is>
           <t>C+WALK</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F187" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F195" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="188" customHeight="true" ht="140.0">
-      <c r="A188" s="1" t="inlineStr">
+    <row r="196" customHeight="1" ht="140.0">
+      <c r="A196" s="1" t="inlineStr">
         <is>
           <t>2084190</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C196" s="1" t="inlineStr">
         <is>
           <t>C+POD</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F188" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="189" customHeight="true" ht="140.0">
-      <c r="A189" s="1" t="inlineStr">
+    <row r="197" customHeight="1" ht="140.0">
+      <c r="A197" s="1" t="inlineStr">
         <is>
           <t>2082321</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>TERRA</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F189" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F197" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="190" customHeight="true" ht="140.0">
-      <c r="A190" s="1" t="inlineStr">
+    <row r="198" customHeight="1" ht="140.0">
+      <c r="A198" s="1" t="inlineStr">
         <is>
           <t>2082320</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>RALLYE</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F190" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F198" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="191" customHeight="true" ht="140.0">
-      <c r="A191" s="1" t="inlineStr">
+    <row r="199" customHeight="1" ht="140.0">
+      <c r="A199" s="1" t="inlineStr">
         <is>
           <t>2081602</t>
         </is>
       </c>
-      <c r="C191" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>LEXUS NX350h</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F191" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F199" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="192" customHeight="true" ht="140.0">
-      <c r="A192" s="1" t="inlineStr">
+    <row r="200" customHeight="1" ht="140.0">
+      <c r="A200" s="1" t="inlineStr">
         <is>
           <t>2081337</t>
         </is>
       </c>
-      <c r="C192" s="1" t="inlineStr">
+      <c r="C200" s="1" t="inlineStr">
         <is>
           <t>LEXUS NX350</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F192" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="193" customHeight="true" ht="140.0">
-      <c r="A193" s="1" t="inlineStr">
+    <row r="201" customHeight="1" ht="140.0">
+      <c r="A201" s="1" t="inlineStr">
         <is>
           <t>2080790</t>
         </is>
       </c>
-      <c r="C193" s="1" t="inlineStr">
+      <c r="C201" s="1" t="inlineStr">
         <is>
           <t>LEXUS NX250</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F193" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="194" customHeight="true" ht="140.0">
-      <c r="A194" s="1" t="inlineStr">
+    <row r="202" customHeight="1" ht="140.0">
+      <c r="A202" s="1" t="inlineStr">
         <is>
           <t>2079201</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C202" s="1" t="inlineStr">
         <is>
           <t>EXPERIENCE AMAZING</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F194" s="1" t="inlineStr">
+      <c r="F202" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="195" customHeight="true" ht="140.0">
-      <c r="A195" s="1" t="inlineStr">
+    <row r="203" customHeight="1" ht="140.0">
+      <c r="A203" s="1" t="inlineStr">
         <is>
           <t>2077978</t>
         </is>
       </c>
-      <c r="C195" s="1" t="inlineStr">
+      <c r="C203" s="1" t="inlineStr">
         <is>
           <t>START YOUR IMPOSSIBLE</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F195" s="1" t="inlineStr">
+      <c r="F203" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="196" customHeight="true" ht="140.0">
-      <c r="A196" s="1" t="inlineStr">
+    <row r="204" customHeight="1" ht="140.0">
+      <c r="A204" s="1" t="inlineStr">
         <is>
           <t>2076269</t>
         </is>
       </c>
-      <c r="C196" s="1" t="inlineStr">
+      <c r="C204" s="1" t="inlineStr">
         <is>
           <t>GR PARTS</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E196" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>7, 12, 35, 37</t>
         </is>
       </c>
-      <c r="F196" s="1" t="inlineStr">
+      <c r="F204" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="197" customHeight="true" ht="140.0">
-      <c r="A197" s="1" t="inlineStr">
+    <row r="205" customHeight="1" ht="140.0">
+      <c r="A205" s="1" t="inlineStr">
         <is>
           <t>2076265</t>
         </is>
       </c>
-      <c r="C197" s="1" t="inlineStr">
+      <c r="C205" s="1" t="inlineStr">
         <is>
           <t>GRMN</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F197" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="198" customHeight="true" ht="140.0">
-      <c r="A198" s="1" t="inlineStr">
+    <row r="206" customHeight="1" ht="140.0">
+      <c r="A206" s="1" t="inlineStr">
         <is>
           <t>2076263</t>
         </is>
       </c>
-      <c r="C198" s="1" t="inlineStr">
+      <c r="C206" s="1" t="inlineStr">
         <is>
           <t>C-HR GR-S</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F198" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="199" customHeight="true" ht="140.0">
-      <c r="A199" s="1" t="inlineStr">
+    <row r="207" customHeight="1" ht="140.0">
+      <c r="A207" s="1" t="inlineStr">
         <is>
           <t>2076262</t>
         </is>
       </c>
-      <c r="C199" s="1" t="inlineStr">
+      <c r="C207" s="1" t="inlineStr">
         <is>
           <t>C-HR GR SPORT</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F199" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F207" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="200" customHeight="true" ht="140.0">
-      <c r="A200" s="1" t="inlineStr">
+    <row r="208" customHeight="1" ht="140.0">
+      <c r="A208" s="1" t="inlineStr">
         <is>
           <t>2076261</t>
         </is>
       </c>
-      <c r="C200" s="1" t="inlineStr">
+      <c r="C208" s="1" t="inlineStr">
         <is>
           <t>GR COROLLA</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F200" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F208" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="201" customHeight="true" ht="140.0">
-      <c r="A201" s="1" t="inlineStr">
+    <row r="209" customHeight="1" ht="140.0">
+      <c r="A209" s="1" t="inlineStr">
         <is>
           <t>2073525</t>
         </is>
       </c>
-      <c r="C201" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>BT TYRO</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F201" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Europe AB</t>
         </is>
       </c>
     </row>
-    <row r="202" customHeight="true" ht="140.0">
-      <c r="A202" s="1" t="inlineStr">
+    <row r="210" customHeight="1" ht="140.0">
+      <c r="A210" s="1" t="inlineStr">
         <is>
           <t>2072290</t>
         </is>
       </c>
-      <c r="C202" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>TOYOTA HALO</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E202" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>9, 38, 39, 42</t>
         </is>
       </c>
-      <c r="F202" s="1" t="inlineStr">
+      <c r="F210" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="203" customHeight="true" ht="140.0">
-      <c r="A203" s="1" t="inlineStr">
+    <row r="211" customHeight="1" ht="140.0">
+      <c r="A211" s="1" t="inlineStr">
         <is>
           <t>2072232</t>
         </is>
       </c>
-      <c r="C203" s="1" t="inlineStr">
+      <c r="C211" s="1" t="inlineStr">
         <is>
           <t>TOYOTA C⁺</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F203" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F211" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="204" customHeight="true" ht="140.0">
-      <c r="A204" s="1" t="inlineStr">
+    <row r="212" customHeight="1" ht="140.0">
+      <c r="A212" s="1" t="inlineStr">
         <is>
           <t>2061366</t>
         </is>
       </c>
-      <c r="C204" s="1" t="inlineStr">
+      <c r="C212" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Rejected:
 Examination requirements not met</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F204" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="205" customHeight="true" ht="140.0">
-      <c r="A205" s="1" t="inlineStr">
+    <row r="213" customHeight="1" ht="140.0">
+      <c r="A213" s="1" t="inlineStr">
         <is>
           <t>2047796</t>
         </is>
       </c>
-      <c r="C205" s="1" t="inlineStr">
+      <c r="C213" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F205" s="1" t="inlineStr">
+      <c r="F213" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="206" customHeight="true" ht="140.0">
-      <c r="A206" s="1" t="inlineStr">
+    <row r="214" customHeight="1" ht="140.0">
+      <c r="A214" s="1" t="inlineStr">
         <is>
           <t>2044298</t>
         </is>
       </c>
-      <c r="C206" s="1" t="inlineStr">
+      <c r="C214" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D206" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>7, 9</t>
         </is>
       </c>
-      <c r="F206" s="1" t="inlineStr">
+      <c r="F214" s="1" t="inlineStr">
         <is>
           <t>Toyota Boshoku Kabushiki Kaisha, trading as Toyota Boshoku Corporation</t>
         </is>
       </c>
     </row>
-    <row r="207" customHeight="true" ht="140.0">
-      <c r="A207" s="1" t="inlineStr">
+    <row r="215" customHeight="1" ht="140.0">
+      <c r="A215" s="1" t="inlineStr">
         <is>
           <t>2044240</t>
         </is>
       </c>
-      <c r="C207" s="1" t="inlineStr">
+      <c r="C215" s="1" t="inlineStr">
         <is>
           <t>VEHICLE DATA VISUALIZER</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Not protected:
 Not accepted</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F207" s="1" t="inlineStr">
+      <c r="F215" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="208" customHeight="true" ht="140.0">
-      <c r="A208" s="1" t="inlineStr">
+    <row r="216" customHeight="1" ht="140.0">
+      <c r="A216" s="1" t="inlineStr">
         <is>
           <t>2044112</t>
         </is>
       </c>
-      <c r="C208" s="1" t="inlineStr">
+      <c r="C216" s="1" t="inlineStr">
         <is>
           <t>TB</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>7, 9</t>
         </is>
       </c>
-      <c r="F208" s="1" t="inlineStr">
+      <c r="F216" s="1" t="inlineStr">
         <is>
           <t>Toyota Boshoku Kabushiki Kaisha, trading as Toyota Boshoku Corporation</t>
         </is>
       </c>
     </row>
-    <row r="209" customHeight="true" ht="140.0">
-      <c r="A209" s="1" t="inlineStr">
+    <row r="217" customHeight="1" ht="140.0">
+      <c r="A217" s="1" t="inlineStr">
         <is>
           <t>2043235</t>
         </is>
       </c>
-      <c r="C209" s="1" t="inlineStr">
+      <c r="C217" s="1" t="inlineStr">
         <is>
           <t>LEXUS LX600</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F209" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F217" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="210" customHeight="true" ht="140.0">
-      <c r="A210" s="1" t="inlineStr">
+    <row r="218" customHeight="1" ht="140.0">
+      <c r="A218" s="1" t="inlineStr">
         <is>
           <t>2042458</t>
         </is>
       </c>
-      <c r="C210" s="1" t="inlineStr">
+      <c r="C218" s="1" t="inlineStr">
         <is>
           <t>LEXUS LX500d</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F210" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F218" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="211" customHeight="true" ht="140.0">
-      <c r="A211" s="1" t="inlineStr">
+    <row r="219" customHeight="1" ht="140.0">
+      <c r="A219" s="1" t="inlineStr">
         <is>
           <t>2038227</t>
         </is>
       </c>
-      <c r="C211" s="1" t="inlineStr">
+      <c r="C219" s="1" t="inlineStr">
         <is>
           <t>Lexus Teammate</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F211" s="1" t="inlineStr">
+      <c r="F219" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="212" customHeight="true" ht="140.0">
-      <c r="A212" s="1" t="inlineStr">
+    <row r="220" customHeight="1" ht="140.0">
+      <c r="A220" s="1" t="inlineStr">
         <is>
           <t>2036562</t>
         </is>
       </c>
-      <c r="C212" s="1" t="inlineStr">
+      <c r="C220" s="1" t="inlineStr">
         <is>
           <t>Toyota Teammate</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F212" s="1" t="inlineStr">
+      <c r="F220" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="213" customHeight="true" ht="140.0">
-      <c r="A213" s="1" t="inlineStr">
+    <row r="221" customHeight="1" ht="140.0">
+      <c r="A221" s="1" t="inlineStr">
         <is>
           <t>2024420</t>
         </is>
       </c>
-      <c r="C213" s="1" t="inlineStr">
+      <c r="C221" s="1" t="inlineStr">
         <is>
           <t>GR HILUX</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F213" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F221" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="214" customHeight="true" ht="140.0">
-      <c r="A214" s="1" t="inlineStr">
+    <row r="222" customHeight="1" ht="140.0">
+      <c r="A222" s="1" t="inlineStr">
         <is>
           <t>2024419</t>
         </is>
       </c>
-      <c r="C214" s="1" t="inlineStr">
+      <c r="C222" s="1" t="inlineStr">
         <is>
           <t>GR SUPRA</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F214" s="1" t="inlineStr">
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F222" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="215" customHeight="true" ht="140.0">
-      <c r="A215" s="1" t="inlineStr">
+    <row r="223" customHeight="1" ht="140.0">
+      <c r="A223" s="1" t="inlineStr">
         <is>
           <t>2020065</t>
         </is>
       </c>
-      <c r="C215" s="1" t="inlineStr">
+      <c r="C223" s="1" t="inlineStr">
         <is>
           <t>ENCORE PRIVILEGES</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>9, 16, 25, 35, 36, 37, 38, 39, 41, 42, 43, 45</t>
         </is>
       </c>
-      <c r="F215" s="1" t="inlineStr">
+      <c r="F223" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="216" customHeight="true" ht="140.0">
-      <c r="A216" s="1" t="inlineStr">
+    <row r="224" customHeight="1" ht="140.0">
+      <c r="A224" s="1" t="inlineStr">
         <is>
           <t>2020064</t>
         </is>
       </c>
-      <c r="C216" s="1" t="inlineStr">
+      <c r="C224" s="1" t="inlineStr">
         <is>
           <t>ENCORE</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E216" s="1" t="inlineStr">
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>25, 35, 37, 39, 41, 45</t>
         </is>
       </c>
-      <c r="F216" s="1" t="inlineStr">
+      <c r="F224" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="217" customHeight="true" ht="140.0">
-      <c r="A217" s="1" t="inlineStr">
+    <row r="225" customHeight="1" ht="140.0">
+      <c r="A225" s="1" t="inlineStr">
         <is>
           <t>2010215</t>
         </is>
       </c>
-      <c r="C217" s="1" t="inlineStr">
+      <c r="C225" s="1" t="inlineStr">
         <is>
           <t>KINTO</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E217" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>9, 12, 35, 36, 37, 39, 41, 42, 45</t>
         </is>
       </c>
-      <c r="F217" s="1" t="inlineStr">
+      <c r="F225" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="218" customHeight="true" ht="140.0">
-      <c r="A218" s="1" t="inlineStr">
+    <row r="226" customHeight="1" ht="140.0">
+      <c r="A226" s="1" t="inlineStr">
         <is>
           <t>2003379</t>
         </is>
       </c>
-      <c r="C218" s="1" t="inlineStr">
+      <c r="C226" s="1" t="inlineStr">
         <is>
           <t>TOYOTA GOOD FOR CRICKET</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E218" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 41</t>
         </is>
       </c>
-      <c r="F218" s="1" t="inlineStr">
+      <c r="F226" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="219" customHeight="true" ht="140.0">
-      <c r="A219" s="1" t="inlineStr">
+    <row r="227" customHeight="1" ht="140.0">
+      <c r="A227" s="1" t="inlineStr">
         <is>
           <t>2003378</t>
         </is>
       </c>
-      <c r="C219" s="1" t="inlineStr">
+      <c r="C227" s="1" t="inlineStr">
         <is>
           <t>GOOD FOR CRICKET</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E219" s="1" t="inlineStr">
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 41</t>
         </is>
       </c>
-      <c r="F219" s="1" t="inlineStr">
+      <c r="F227" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="220" customHeight="true" ht="140.0">
-      <c r="A220" s="1" t="inlineStr">
+    <row r="228" customHeight="1" ht="140.0">
+      <c r="A228" s="1" t="inlineStr">
         <is>
           <t>2003377</t>
         </is>
       </c>
-      <c r="C220" s="1" t="inlineStr">
+      <c r="C228" s="1" t="inlineStr">
         <is>
           <t>TOYOTA GOOD FOR FOOTY</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E220" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 41</t>
         </is>
       </c>
-      <c r="F220" s="1" t="inlineStr">
+      <c r="F228" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="221" customHeight="true" ht="140.0">
-      <c r="A221" s="1" t="inlineStr">
+    <row r="229" customHeight="1" ht="140.0">
+      <c r="A229" s="1" t="inlineStr">
         <is>
           <t>2003376</t>
         </is>
       </c>
-      <c r="C221" s="1" t="inlineStr">
+      <c r="C229" s="1" t="inlineStr">
         <is>
           <t>GOOD FOR FOOTY</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E221" s="1" t="inlineStr">
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 41</t>
         </is>
       </c>
-      <c r="F221" s="1" t="inlineStr">
+      <c r="F229" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="222" customHeight="true" ht="140.0">
-      <c r="A222" s="1" t="inlineStr">
+    <row r="230" customHeight="1" ht="140.0">
+      <c r="A230" s="1" t="inlineStr">
         <is>
           <t>1993402</t>
         </is>
       </c>
-      <c r="C222" s="1" t="inlineStr">
+      <c r="C230" s="1" t="inlineStr">
         <is>
           <t>LEXUS NX CRAFTED EDITION</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F222" s="1" t="inlineStr">
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F230" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="223" customHeight="true" ht="140.0">
-      <c r="A223" s="1" t="inlineStr">
+    <row r="231" customHeight="1" ht="140.0">
+      <c r="A231" s="1" t="inlineStr">
         <is>
           <t>1990106</t>
         </is>
       </c>
-      <c r="C223" s="1" t="inlineStr">
+      <c r="C231" s="1" t="inlineStr">
         <is>
           <t>Sell My Toyota</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E223" s="1" t="inlineStr">
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F223" s="1" t="inlineStr">
+      <c r="F231" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="224" customHeight="true" ht="140.0">
-      <c r="A224" s="1" t="inlineStr">
+    <row r="232" customHeight="1" ht="140.0">
+      <c r="A232" s="1" t="inlineStr">
         <is>
           <t>1984079</t>
         </is>
       </c>
-      <c r="C224" s="1" t="inlineStr">
+      <c r="C232" s="1" t="inlineStr">
         <is>
           <t>KOBA</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D232" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F224" s="1" t="inlineStr">
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F232" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="225" customHeight="true" ht="140.0">
-      <c r="A225" s="1" t="inlineStr">
+    <row r="233" customHeight="1" ht="140.0">
+      <c r="A233" s="1" t="inlineStr">
         <is>
           <t>1983695</t>
         </is>
       </c>
-      <c r="C225" s="1" t="inlineStr">
+      <c r="C233" s="1" t="inlineStr">
         <is>
           <t>RC F TRACK EDITION</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F225" s="1" t="inlineStr">
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F233" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="226" customHeight="true" ht="140.0">
-      <c r="A226" s="1" t="inlineStr">
+    <row r="234" customHeight="1" ht="140.0">
+      <c r="A234" s="1" t="inlineStr">
         <is>
           <t>1980409</t>
         </is>
       </c>
-      <c r="C226" s="1" t="inlineStr">
+      <c r="C234" s="1" t="inlineStr">
         <is>
           <t>Primearth EV Energy</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E226" s="1" t="inlineStr">
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F226" s="1" t="inlineStr">
+      <c r="F234" s="1" t="inlineStr">
         <is>
           <t>TOYOTA BATTERY CO., LTD.</t>
         </is>
       </c>
     </row>
-    <row r="227" customHeight="true" ht="140.0">
-      <c r="A227" s="1" t="inlineStr">
+    <row r="235" customHeight="1" ht="140.0">
+      <c r="A235" s="1" t="inlineStr">
         <is>
           <t>1980390</t>
         </is>
       </c>
-      <c r="C227" s="1" t="inlineStr">
+      <c r="C235" s="1" t="inlineStr">
         <is>
           <t>EDGE</t>
         </is>
       </c>
-      <c r="D227" s="1" t="inlineStr">
+      <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F227" s="1" t="inlineStr">
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F235" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="228" customHeight="true" ht="140.0">
-      <c r="A228" s="1" t="inlineStr">
+    <row r="236" customHeight="1" ht="140.0">
+      <c r="A236" s="1" t="inlineStr">
         <is>
           <t>1975802</t>
         </is>
       </c>
-      <c r="C228" s="1" t="inlineStr">
+      <c r="C236" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E236" s="1" t="inlineStr">
         <is>
           <t>7, 9, 12, 14, 16, 18, 25, 28, 35, 37, 39, 41</t>
         </is>
       </c>
-      <c r="F228" s="1" t="inlineStr">
+      <c r="F236" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="229" customHeight="true" ht="140.0">
-      <c r="A229" s="1" t="inlineStr">
+    <row r="237" customHeight="1" ht="140.0">
+      <c r="A237" s="1" t="inlineStr">
         <is>
           <t>1975545</t>
         </is>
       </c>
-      <c r="C229" s="1" t="inlineStr">
+      <c r="C237" s="1" t="inlineStr">
         <is>
           <t>Lexus Certified Pre-Owned</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E229" s="1" t="inlineStr">
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F229" s="1" t="inlineStr">
+      <c r="F237" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="230" customHeight="true" ht="140.0">
-      <c r="A230" s="1" t="inlineStr">
+    <row r="238" customHeight="1" ht="140.0">
+      <c r="A238" s="1" t="inlineStr">
         <is>
           <t>1975544</t>
         </is>
       </c>
-      <c r="C230" s="1" t="inlineStr">
+      <c r="C238" s="1" t="inlineStr">
         <is>
           <t>Toyota Certified Pre-Owned</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E230" s="1" t="inlineStr">
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F230" s="1" t="inlineStr">
+      <c r="F238" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="231" customHeight="true" ht="140.0">
-      <c r="A231" s="1" t="inlineStr">
+    <row r="239" customHeight="1" ht="140.0">
+      <c r="A239" s="1" t="inlineStr">
         <is>
           <t>1973355</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C239" s="1" t="inlineStr">
         <is>
           <t>OYO</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E231" s="1" t="inlineStr">
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
         <is>
           <t>9, 12, 39</t>
         </is>
       </c>
-      <c r="F231" s="1" t="inlineStr">
+      <c r="F239" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="232" customHeight="true" ht="140.0">
-      <c r="A232" s="1" t="inlineStr">
+    <row r="240" customHeight="1" ht="140.0">
+      <c r="A240" s="1" t="inlineStr">
         <is>
           <t>1973354</t>
         </is>
       </c>
-      <c r="C232" s="1" t="inlineStr">
+      <c r="C240" s="1" t="inlineStr">
         <is>
           <t>OYO</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E232" s="1" t="inlineStr">
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
         <is>
           <t>9, 12, 39</t>
         </is>
       </c>
-      <c r="F232" s="1" t="inlineStr">
+      <c r="F240" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="233" customHeight="true" ht="140.0">
-      <c r="A233" s="1" t="inlineStr">
+    <row r="241" customHeight="1" ht="140.0">
+      <c r="A241" s="1" t="inlineStr">
         <is>
           <t>1972040</t>
         </is>
       </c>
-      <c r="C233" s="1" t="inlineStr">
+      <c r="C241" s="1" t="inlineStr">
         <is>
           <t>YARIS CROSS</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F233" s="1" t="inlineStr">
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F241" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="234" customHeight="true" ht="140.0">
-      <c r="A234" s="1" t="inlineStr">
+    <row r="242" customHeight="1" ht="140.0">
+      <c r="A242" s="1" t="inlineStr">
         <is>
           <t>1971677</t>
         </is>
       </c>
-      <c r="C234" s="1" t="inlineStr">
+      <c r="C242" s="1" t="inlineStr">
         <is>
           <t>CARTIVATOR</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D242" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E242" s="1" t="inlineStr">
         <is>
           <t>7, 9, 12, 14, 16, 18, 25, 28, 35, 37, 39, 41</t>
         </is>
       </c>
-      <c r="F234" s="1" t="inlineStr">
+      <c r="F242" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="235" customHeight="true" ht="140.0">
-      <c r="A235" s="1" t="inlineStr">
+    <row r="243" customHeight="1" ht="140.0">
+      <c r="A243" s="1" t="inlineStr">
         <is>
           <t>1968745</t>
         </is>
       </c>
-      <c r="C235" s="1" t="inlineStr">
+      <c r="C243" s="1" t="inlineStr">
         <is>
           <t>YUKO</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E235" s="1" t="inlineStr">
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
         <is>
           <t>9, 12, 39</t>
         </is>
       </c>
-      <c r="F235" s="1" t="inlineStr">
+      <c r="F243" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="236" customHeight="true" ht="140.0">
-      <c r="A236" s="1" t="inlineStr">
+    <row r="244" customHeight="1" ht="140.0">
+      <c r="A244" s="1" t="inlineStr">
         <is>
           <t>1968744</t>
         </is>
       </c>
-      <c r="C236" s="1" t="inlineStr">
+      <c r="C244" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E236" s="1" t="inlineStr">
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
         <is>
           <t>9, 12, 39</t>
         </is>
       </c>
-      <c r="F236" s="1" t="inlineStr">
+      <c r="F244" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="237" customHeight="true" ht="140.0">
-      <c r="A237" s="1" t="inlineStr">
+    <row r="245" customHeight="1" ht="140.0">
+      <c r="A245" s="1" t="inlineStr">
         <is>
           <t>1964566</t>
         </is>
       </c>
-      <c r="C237" s="1" t="inlineStr">
+      <c r="C245" s="1" t="inlineStr">
         <is>
           <t>MODELLISTA</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
+      <c r="D245" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E237" s="1" t="inlineStr">
+      <c r="E245" s="1" t="inlineStr">
         <is>
           <t>9, 11, 12, 16, 35</t>
         </is>
       </c>
-      <c r="F237" s="1" t="inlineStr">
+      <c r="F245" s="1" t="inlineStr">
         <is>
           <t>Toyota Customizing &amp; Development Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="238" customHeight="true" ht="140.0">
-      <c r="A238" s="1" t="inlineStr">
+    <row r="246" customHeight="1" ht="140.0">
+      <c r="A246" s="1" t="inlineStr">
         <is>
           <t>1961560</t>
         </is>
       </c>
-      <c r="C238" s="1" t="inlineStr">
+      <c r="C246" s="1" t="inlineStr">
         <is>
           <t>HUMAN MOVEMENT COMPANY</t>
         </is>
       </c>
-      <c r="D238" s="1" t="inlineStr">
+      <c r="D246" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E238" s="1" t="inlineStr">
+      <c r="E246" s="1" t="inlineStr">
         <is>
           <t>9, 10, 12</t>
         </is>
       </c>
-      <c r="F238" s="1" t="inlineStr">
+      <c r="F246" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="239" customHeight="true" ht="140.0">
-      <c r="A239" s="1" t="inlineStr">
+    <row r="247" customHeight="1" ht="140.0">
+      <c r="A247" s="1" t="inlineStr">
         <is>
           <t>1959979</t>
         </is>
       </c>
-      <c r="C239" s="1" t="inlineStr">
+      <c r="C247" s="1" t="inlineStr">
         <is>
           <t>CRUISERLAND</t>
         </is>
       </c>
-      <c r="D239" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E239" s="1" t="inlineStr">
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
         <is>
           <t>12, 36, 37</t>
         </is>
       </c>
-      <c r="F239" s="1" t="inlineStr">
+      <c r="F247" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="240" customHeight="true" ht="140.0">
-      <c r="A240" s="1" t="inlineStr">
+    <row r="248" customHeight="1" ht="140.0">
+      <c r="A248" s="1" t="inlineStr">
         <is>
           <t>1959474</t>
         </is>
       </c>
-      <c r="C240" s="1" t="inlineStr">
+      <c r="C248" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D240" s="1" t="inlineStr">
+      <c r="D248" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E240" s="1" t="inlineStr">
+      <c r="E248" s="1" t="inlineStr">
         <is>
           <t>9, 12, 35, 37, 38, 39, 42, 45</t>
         </is>
       </c>
-      <c r="F240" s="1" t="inlineStr">
+      <c r="F248" s="1" t="inlineStr">
         <is>
           <t>TOYOTA Connected Corporation</t>
         </is>
       </c>
     </row>
-    <row r="241" customHeight="true" ht="140.0">
-      <c r="A241" s="1" t="inlineStr">
+    <row r="249" customHeight="1" ht="140.0">
+      <c r="A249" s="1" t="inlineStr">
         <is>
           <t>1957875</t>
         </is>
       </c>
-      <c r="C241" s="1" t="inlineStr">
+      <c r="C249" s="1" t="inlineStr">
         <is>
           <t>GR 86</t>
         </is>
       </c>
-      <c r="D241" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F241" s="1" t="inlineStr">
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F249" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="242" customHeight="true" ht="140.0">
-      <c r="A242" s="1" t="inlineStr">
+    <row r="250" customHeight="1" ht="140.0">
+      <c r="A250" s="1" t="inlineStr">
         <is>
           <t>1957012</t>
         </is>
       </c>
-      <c r="C242" s="1" t="inlineStr">
+      <c r="C250" s="1" t="inlineStr">
         <is>
           <t>HUSKI CONSTRUCTION EQUIPMENT</t>
         </is>
       </c>
-      <c r="D242" s="1" t="inlineStr">
+      <c r="D250" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
+      <c r="E250" s="1" t="inlineStr">
         <is>
           <t>7, 12, 37</t>
         </is>
       </c>
-      <c r="F242" s="1" t="inlineStr">
+      <c r="F250" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="243" customHeight="true" ht="140.0">
-      <c r="A243" s="1" t="inlineStr">
+    <row r="251" customHeight="1" ht="140.0">
+      <c r="A251" s="1" t="inlineStr">
         <is>
           <t>1956189</t>
         </is>
       </c>
-      <c r="C243" s="1" t="inlineStr">
+      <c r="C251" s="1" t="inlineStr">
         <is>
           <t>GR YARIS</t>
         </is>
       </c>
-      <c r="D243" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F243" s="1" t="inlineStr">
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F251" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="244" customHeight="true" ht="140.0">
-      <c r="A244" s="1" t="inlineStr">
+    <row r="252" customHeight="1" ht="140.0">
+      <c r="A252" s="1" t="inlineStr">
         <is>
           <t>1952126</t>
         </is>
       </c>
-      <c r="C244" s="1" t="inlineStr">
+      <c r="C252" s="1" t="inlineStr">
         <is>
           <t>HARRIER</t>
         </is>
       </c>
-      <c r="D244" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F244" s="1" t="inlineStr">
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F252" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="245" customHeight="true" ht="140.0">
-      <c r="A245" s="1" t="inlineStr">
+    <row r="253" customHeight="1" ht="140.0">
+      <c r="A253" s="1" t="inlineStr">
         <is>
           <t>1951498</t>
         </is>
       </c>
-      <c r="C245" s="1" t="inlineStr">
+      <c r="C253" s="1" t="inlineStr">
         <is>
           <t>COROLLA CROSS</t>
         </is>
       </c>
-      <c r="D245" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F245" s="1" t="inlineStr">
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F253" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="246" customHeight="true" ht="140.0">
-      <c r="A246" s="1" t="inlineStr">
+    <row r="254" customHeight="1" ht="140.0">
+      <c r="A254" s="1" t="inlineStr">
         <is>
           <t>1942156</t>
         </is>
       </c>
-      <c r="C246" s="1" t="inlineStr">
+      <c r="C254" s="1" t="inlineStr">
         <is>
           <t>TOYOTA Connected</t>
         </is>
       </c>
-      <c r="D246" s="1" t="inlineStr">
+      <c r="D254" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E246" s="1" t="inlineStr">
+      <c r="E254" s="1" t="inlineStr">
         <is>
           <t>9, 12, 35, 37, 38, 39, 42, 45</t>
         </is>
       </c>
-      <c r="F246" s="1" t="inlineStr">
+      <c r="F254" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="247" customHeight="true" ht="140.0">
-      <c r="A247" s="1" t="inlineStr">
+    <row r="255" customHeight="1" ht="140.0">
+      <c r="A255" s="1" t="inlineStr">
         <is>
           <t>1937164</t>
         </is>
       </c>
-      <c r="C247" s="1" t="inlineStr">
+      <c r="C255" s="1" t="inlineStr">
         <is>
           <t>Lexus CoDrive</t>
         </is>
       </c>
-      <c r="D247" s="1" t="inlineStr">
+      <c r="D255" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E247" s="1" t="inlineStr">
+      <c r="E255" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F247" s="1" t="inlineStr">
+      <c r="F255" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="248" customHeight="true" ht="140.0">
-      <c r="A248" s="1" t="inlineStr">
+    <row r="256" customHeight="1" ht="140.0">
+      <c r="A256" s="1" t="inlineStr">
         <is>
           <t>1929453</t>
         </is>
       </c>
-      <c r="C248" s="1" t="inlineStr">
+      <c r="C256" s="1" t="inlineStr">
         <is>
           <t>HORIZON</t>
         </is>
       </c>
-      <c r="D248" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F248" s="1" t="inlineStr">
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E256" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F256" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="249" customHeight="true" ht="140.0">
-      <c r="A249" s="1" t="inlineStr">
+    <row r="257" customHeight="1" ht="140.0">
+      <c r="A257" s="1" t="inlineStr">
         <is>
           <t>1928129</t>
         </is>
       </c>
-      <c r="C249" s="1" t="inlineStr">
+      <c r="C257" s="1" t="inlineStr">
         <is>
           <t>GRANVIA</t>
         </is>
       </c>
-      <c r="D249" s="1" t="inlineStr">
+      <c r="D257" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E249" s="1" t="inlineStr">
+      <c r="E257" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 37</t>
         </is>
       </c>
-      <c r="F249" s="1" t="inlineStr">
+      <c r="F257" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="250" customHeight="true" ht="140.0">
-      <c r="A250" s="1" t="inlineStr">
+    <row r="258" customHeight="1" ht="140.0">
+      <c r="A258" s="1" t="inlineStr">
         <is>
           <t>1926135</t>
         </is>
       </c>
-      <c r="C250" s="1" t="inlineStr">
+      <c r="C258" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX CRAFTED EDITION</t>
         </is>
       </c>
-      <c r="D250" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F250" s="1" t="inlineStr">
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E258" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F258" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="251" customHeight="true" ht="140.0">
-      <c r="A251" s="1" t="inlineStr">
+    <row r="259" customHeight="1" ht="140.0">
+      <c r="A259" s="1" t="inlineStr">
         <is>
           <t>1925759</t>
         </is>
       </c>
-      <c r="C251" s="1" t="inlineStr">
+      <c r="C259" s="1" t="inlineStr">
         <is>
           <t>KIROBO</t>
         </is>
       </c>
-      <c r="D251" s="1" t="inlineStr">
+      <c r="D259" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E251" s="1" t="inlineStr">
+      <c r="E259" s="1" t="inlineStr">
         <is>
           <t>7, 9, 28</t>
         </is>
       </c>
-      <c r="F251" s="1" t="inlineStr">
+      <c r="F259" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="252" customHeight="true" ht="140.0">
-      <c r="A252" s="1" t="inlineStr">
+    <row r="260" customHeight="1" ht="140.0">
+      <c r="A260" s="1" t="inlineStr">
         <is>
           <t>1925702</t>
         </is>
       </c>
-      <c r="C252" s="1" t="inlineStr">
+      <c r="C260" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D252" s="1" t="inlineStr">
+      <c r="D260" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E252" s="1" t="inlineStr">
+      <c r="E260" s="1" t="inlineStr">
         <is>
           <t>7, 9, 28</t>
         </is>
       </c>
-      <c r="F252" s="1" t="inlineStr">
+      <c r="F260" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="253" customHeight="true" ht="140.0">
-      <c r="A253" s="1" t="inlineStr">
+    <row r="261" customHeight="1" ht="140.0">
+      <c r="A261" s="1" t="inlineStr">
         <is>
           <t>1921167</t>
         </is>
       </c>
-      <c r="C253" s="1" t="inlineStr">
+      <c r="C261" s="1" t="inlineStr">
         <is>
           <t>SHED TALKS</t>
         </is>
       </c>
-      <c r="D253" s="1" t="inlineStr">
+      <c r="D261" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E253" s="1" t="inlineStr">
+      <c r="E261" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 21, 25, 35, 41</t>
         </is>
       </c>
-      <c r="F253" s="1" t="inlineStr">
+      <c r="F261" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporaton Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="254" customHeight="true" ht="140.0">
-      <c r="A254" s="1" t="inlineStr">
+    <row r="262" customHeight="1" ht="140.0">
+      <c r="A262" s="1" t="inlineStr">
         <is>
           <t>1919975</t>
         </is>
       </c>
-      <c r="C254" s="1" t="inlineStr">
+      <c r="C262" s="1" t="inlineStr">
         <is>
           <t>AUTONO-MAAS</t>
         </is>
       </c>
-      <c r="D254" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E254" s="1" t="inlineStr">
+      <c r="D262" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E262" s="1" t="inlineStr">
         <is>
           <t>9, 35, 38, 39, 42</t>
         </is>
       </c>
-      <c r="F254" s="1" t="inlineStr">
+      <c r="F262" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="255" customHeight="true" ht="140.0">
-      <c r="A255" s="1" t="inlineStr">
+    <row r="263" customHeight="1" ht="140.0">
+      <c r="A263" s="1" t="inlineStr">
         <is>
           <t>1918063</t>
         </is>
       </c>
-      <c r="C255" s="1" t="inlineStr">
+      <c r="C263" s="1" t="inlineStr">
         <is>
           <t>GRANVIA</t>
         </is>
       </c>
-      <c r="D255" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F255" s="1" t="inlineStr">
+      <c r="D263" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E263" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F263" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="256" customHeight="true" ht="140.0">
-      <c r="A256" s="1" t="inlineStr">
+    <row r="264" customHeight="1" ht="140.0">
+      <c r="A264" s="1" t="inlineStr">
         <is>
           <t>1916692</t>
         </is>
       </c>
-      <c r="C256" s="1" t="inlineStr">
+      <c r="C264" s="1" t="inlineStr">
         <is>
           <t>CRUISER</t>
         </is>
       </c>
-      <c r="D256" s="1" t="inlineStr">
+      <c r="D264" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E256" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F256" s="1" t="inlineStr">
+      <c r="E264" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F264" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="257" customHeight="true" ht="140.0">
-      <c r="A257" s="1" t="inlineStr">
+    <row r="265" customHeight="1" ht="140.0">
+      <c r="A265" s="1" t="inlineStr">
         <is>
           <t>1916448</t>
         </is>
       </c>
-      <c r="C257" s="1" t="inlineStr">
+      <c r="C265" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D257" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F257" s="1" t="inlineStr">
+      <c r="D265" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E265" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F265" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="258" customHeight="true" ht="140.0">
-      <c r="A258" s="1" t="inlineStr">
+    <row r="266" customHeight="1" ht="140.0">
+      <c r="A266" s="1" t="inlineStr">
         <is>
           <t>1916447</t>
         </is>
       </c>
-      <c r="C258" s="1" t="inlineStr">
+      <c r="C266" s="1" t="inlineStr">
         <is>
           <t>PRADO</t>
         </is>
       </c>
-      <c r="D258" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F258" s="1" t="inlineStr">
+      <c r="D266" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E266" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F266" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="259" customHeight="true" ht="140.0">
-      <c r="A259" s="1" t="inlineStr">
+    <row r="267" customHeight="1" ht="140.0">
+      <c r="A267" s="1" t="inlineStr">
         <is>
           <t>1916446</t>
         </is>
       </c>
-      <c r="C259" s="1" t="inlineStr">
+      <c r="C267" s="1" t="inlineStr">
         <is>
           <t>HILUX</t>
         </is>
       </c>
-      <c r="D259" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E259" s="1" t="inlineStr">
+      <c r="D267" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E267" s="1" t="inlineStr">
         <is>
           <t>7, 11, 12, 17, 25, 27, 35, 36, 37</t>
         </is>
       </c>
-      <c r="F259" s="1" t="inlineStr">
+      <c r="F267" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="260" customHeight="true" ht="140.0">
-      <c r="A260" s="1" t="inlineStr">
+    <row r="268" customHeight="1" ht="140.0">
+      <c r="A268" s="1" t="inlineStr">
         <is>
           <t>1916445</t>
         </is>
       </c>
-      <c r="C260" s="1" t="inlineStr">
+      <c r="C268" s="1" t="inlineStr">
         <is>
           <t>FORTUNER</t>
         </is>
       </c>
-      <c r="D260" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F260" s="1" t="inlineStr">
+      <c r="D268" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E268" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F268" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="261" customHeight="true" ht="140.0">
-      <c r="A261" s="1" t="inlineStr">
+    <row r="269" customHeight="1" ht="140.0">
+      <c r="A269" s="1" t="inlineStr">
         <is>
           <t>1915840</t>
         </is>
       </c>
-      <c r="C261" s="1" t="inlineStr">
+      <c r="C269" s="1" t="inlineStr">
         <is>
           <t>EDGE</t>
         </is>
       </c>
-      <c r="D261" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E261" s="1" t="inlineStr">
+      <c r="D269" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E269" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
-      <c r="F261" s="1" t="inlineStr">
+      <c r="F269" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="262" customHeight="true" ht="140.0">
-      <c r="A262" s="1" t="inlineStr">
+    <row r="270" customHeight="1" ht="140.0">
+      <c r="A270" s="1" t="inlineStr">
         <is>
           <t>1911962</t>
         </is>
       </c>
-      <c r="C262" s="1" t="inlineStr">
+      <c r="C270" s="1" t="inlineStr">
         <is>
           <t>GR</t>
         </is>
       </c>
-      <c r="D262" s="1" t="inlineStr">
+      <c r="D270" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E262" s="1" t="inlineStr">
+      <c r="E270" s="1" t="inlineStr">
         <is>
           <t>9, 12, 14, 16, 18, 20, 21, 24, 25, 28, 41, 43</t>
         </is>
       </c>
-      <c r="F262" s="1" t="inlineStr">
+      <c r="F270" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="263" customHeight="true" ht="140.0">
-      <c r="A263" s="1" t="inlineStr">
+    <row r="271" customHeight="1" ht="140.0">
+      <c r="A271" s="1" t="inlineStr">
         <is>
           <t>1903845</t>
         </is>
       </c>
-      <c r="C263" s="1" t="inlineStr">
+      <c r="C271" s="1" t="inlineStr">
         <is>
           <t>GR MN</t>
         </is>
       </c>
-      <c r="D263" s="1" t="inlineStr">
+      <c r="D271" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E263" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F263" s="1" t="inlineStr">
+      <c r="E271" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F271" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="264" customHeight="true" ht="140.0">
-      <c r="A264" s="1" t="inlineStr">
+    <row r="272" customHeight="1" ht="140.0">
+      <c r="A272" s="1" t="inlineStr">
         <is>
           <t>1898175</t>
         </is>
       </c>
-      <c r="C264" s="1" t="inlineStr">
+      <c r="C272" s="1" t="inlineStr">
         <is>
           <t>WEETS</t>
         </is>
       </c>
-      <c r="D264" s="1" t="inlineStr">
+      <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E264" s="1" t="inlineStr">
+      <c r="E272" s="1" t="inlineStr">
         <is>
           <t>11, 42</t>
         </is>
       </c>
-      <c r="F264" s="1" t="inlineStr">
+      <c r="F272" s="1" t="inlineStr">
         <is>
           <t>Toyota Boshoku Kabushiki Kaisha, trading as Toyota Boshoku Corporation</t>
         </is>
       </c>
     </row>
-    <row r="265" customHeight="true" ht="140.0">
-      <c r="A265" s="1" t="inlineStr">
+    <row r="273" customHeight="1" ht="140.0">
+      <c r="A273" s="1" t="inlineStr">
         <is>
           <t>1897990</t>
         </is>
       </c>
-      <c r="C265" s="1" t="inlineStr">
+      <c r="C273" s="1" t="inlineStr">
         <is>
           <t>e-Palette</t>
         </is>
       </c>
-      <c r="D265" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F265" s="1" t="inlineStr">
+      <c r="D273" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E273" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F273" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="266" customHeight="true" ht="140.0">
-      <c r="A266" s="1" t="inlineStr">
+    <row r="274" customHeight="1" ht="140.0">
+      <c r="A274" s="1" t="inlineStr">
         <is>
           <t>1897401</t>
         </is>
       </c>
-      <c r="C266" s="1" t="inlineStr">
+      <c r="C274" s="1" t="inlineStr">
         <is>
           <t>START YOUR IMPOSSIBLE</t>
         </is>
       </c>
-      <c r="D266" s="1" t="inlineStr">
+      <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E266" s="1" t="inlineStr">
+      <c r="E274" s="1" t="inlineStr">
         <is>
           <t>9, 10, 12</t>
         </is>
       </c>
-      <c r="F266" s="1" t="inlineStr">
+      <c r="F274" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="267" customHeight="true" ht="140.0">
-      <c r="A267" s="1" t="inlineStr">
+    <row r="275" customHeight="1" ht="140.0">
+      <c r="A275" s="1" t="inlineStr">
         <is>
           <t>1887459</t>
         </is>
       </c>
-      <c r="C267" s="1" t="inlineStr">
+      <c r="C275" s="1" t="inlineStr">
         <is>
           <t>TORA-MAX</t>
         </is>
       </c>
-      <c r="D267" s="1" t="inlineStr">
+      <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E267" s="1" t="inlineStr">
+      <c r="E275" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F267" s="1" t="inlineStr">
+      <c r="F275" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling, Inc.</t>
         </is>
       </c>
     </row>
-    <row r="268" customHeight="true" ht="140.0">
-      <c r="A268" s="1" t="inlineStr">
+    <row r="276" customHeight="1" ht="140.0">
+      <c r="A276" s="1" t="inlineStr">
         <is>
           <t>1874764</t>
         </is>
       </c>
-      <c r="C268" s="1" t="inlineStr">
+      <c r="C276" s="1" t="inlineStr">
         <is>
           <t>HILUX RUGGED</t>
         </is>
       </c>
-      <c r="D268" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E268" s="1" t="inlineStr">
+      <c r="D276" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E276" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F268" s="1" t="inlineStr">
+      <c r="F276" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="269" customHeight="true" ht="140.0">
-      <c r="A269" s="1" t="inlineStr">
+    <row r="277" customHeight="1" ht="140.0">
+      <c r="A277" s="1" t="inlineStr">
         <is>
           <t>1873364</t>
         </is>
       </c>
-      <c r="C269" s="1" t="inlineStr">
+      <c r="C277" s="1" t="inlineStr">
         <is>
           <t>ROGUE</t>
         </is>
       </c>
-      <c r="D269" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E269" s="1" t="inlineStr">
+      <c r="D277" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E277" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
-      <c r="F269" s="1" t="inlineStr">
+      <c r="F277" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="270" customHeight="true" ht="140.0">
-      <c r="A270" s="1" t="inlineStr">
+    <row r="278" customHeight="1" ht="140.0">
+      <c r="A278" s="1" t="inlineStr">
         <is>
           <t>1873363</t>
         </is>
       </c>
-      <c r="C270" s="1" t="inlineStr">
+      <c r="C278" s="1" t="inlineStr">
         <is>
           <t>TACOMA</t>
         </is>
       </c>
-      <c r="D270" s="1" t="inlineStr">
+      <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E270" s="1" t="inlineStr">
+      <c r="E278" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 37</t>
         </is>
       </c>
-      <c r="F270" s="1" t="inlineStr">
+      <c r="F278" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="271" customHeight="true" ht="140.0">
-      <c r="A271" s="1" t="inlineStr">
+    <row r="279" customHeight="1" ht="140.0">
+      <c r="A279" s="1" t="inlineStr">
         <is>
           <t>1873362</t>
         </is>
       </c>
-      <c r="C271" s="1" t="inlineStr">
+      <c r="C279" s="1" t="inlineStr">
         <is>
           <t>SIENNA</t>
         </is>
       </c>
-      <c r="D271" s="1" t="inlineStr">
+      <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E271" s="1" t="inlineStr">
+      <c r="E279" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 37</t>
         </is>
       </c>
-      <c r="F271" s="1" t="inlineStr">
+      <c r="F279" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="272" customHeight="true" ht="140.0">
-      <c r="A272" s="1" t="inlineStr">
+    <row r="280" customHeight="1" ht="140.0">
+      <c r="A280" s="1" t="inlineStr">
         <is>
           <t>1873361</t>
         </is>
       </c>
-      <c r="C272" s="1" t="inlineStr">
+      <c r="C280" s="1" t="inlineStr">
         <is>
           <t>TUNDRA</t>
         </is>
       </c>
-      <c r="D272" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E272" s="1" t="inlineStr">
+      <c r="D280" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E280" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 37</t>
         </is>
       </c>
-      <c r="F272" s="1" t="inlineStr">
+      <c r="F280" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="273" customHeight="true" ht="140.0">
-      <c r="A273" s="1" t="inlineStr">
+    <row r="281" customHeight="1" ht="140.0">
+      <c r="A281" s="1" t="inlineStr">
         <is>
           <t>1872320</t>
         </is>
       </c>
-      <c r="C273" s="1" t="inlineStr">
+      <c r="C281" s="1" t="inlineStr">
         <is>
           <t>TOYOTA GAZOO RACING RECORDER</t>
         </is>
       </c>
-      <c r="D273" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E273" s="1" t="inlineStr">
+      <c r="D281" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E281" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F273" s="1" t="inlineStr">
+      <c r="F281" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="274" customHeight="true" ht="140.0">
-      <c r="A274" s="1" t="inlineStr">
+    <row r="282" customHeight="1" ht="140.0">
+      <c r="A282" s="1" t="inlineStr">
         <is>
           <t>1870829</t>
         </is>
       </c>
-      <c r="C274" s="1" t="inlineStr">
+      <c r="C282" s="1" t="inlineStr">
         <is>
           <t>SUPRA</t>
         </is>
       </c>
-      <c r="D274" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E274" s="1" t="inlineStr">
+      <c r="D282" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E282" s="1" t="inlineStr">
         <is>
           <t>12, 35, 36, 37</t>
         </is>
       </c>
-      <c r="F274" s="1" t="inlineStr">
+      <c r="F282" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="275" customHeight="true" ht="140.0">
-      <c r="A275" s="1" t="inlineStr">
+    <row r="283" customHeight="1" ht="140.0">
+      <c r="A283" s="1" t="inlineStr">
         <is>
           <t>1868365</t>
         </is>
       </c>
-      <c r="C275" s="1" t="inlineStr">
+      <c r="C283" s="1" t="inlineStr">
         <is>
           <t>TC TOYOTA COMPACT CAR COMPANY</t>
         </is>
       </c>
-      <c r="D275" s="1" t="inlineStr">
+      <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E275" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F275" s="1" t="inlineStr">
+      <c r="E283" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F283" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="276" customHeight="true" ht="140.0">
-      <c r="A276" s="1" t="inlineStr">
+    <row r="284" customHeight="1" ht="140.0">
+      <c r="A284" s="1" t="inlineStr">
         <is>
           <t>1855500</t>
         </is>
       </c>
-      <c r="C276" s="1" t="inlineStr">
+      <c r="C284" s="1" t="inlineStr">
         <is>
           <t>TB</t>
         </is>
       </c>
-      <c r="D276" s="1" t="inlineStr">
+      <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E276" s="1" t="inlineStr">
+      <c r="E284" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F276" s="1" t="inlineStr">
+      <c r="F284" s="1" t="inlineStr">
         <is>
           <t>Toyota Boshoku Kabushiki Kaisha, trading as Toyota Boshoku Corporation</t>
         </is>
       </c>
     </row>
-    <row r="277" customHeight="true" ht="140.0">
-      <c r="A277" s="1" t="inlineStr">
+    <row r="285" customHeight="1" ht="140.0">
+      <c r="A285" s="1" t="inlineStr">
         <is>
           <t>1853753</t>
         </is>
       </c>
-      <c r="C277" s="1" t="inlineStr">
+      <c r="C285" s="1" t="inlineStr">
         <is>
           <t>MS TOYOTA MID-SIZE VEHICLE COMPANY</t>
         </is>
       </c>
-      <c r="D277" s="1" t="inlineStr">
+      <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E277" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F277" s="1" t="inlineStr">
+      <c r="E285" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F285" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="278" customHeight="true" ht="140.0">
-      <c r="A278" s="1" t="inlineStr">
+    <row r="286" customHeight="1" ht="140.0">
+      <c r="A286" s="1" t="inlineStr">
         <is>
           <t>1850149</t>
         </is>
       </c>
-      <c r="C278" s="1" t="inlineStr">
+      <c r="C286" s="1" t="inlineStr">
         <is>
           <t>HILUX ROGUE</t>
         </is>
       </c>
-      <c r="D278" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F278" s="1" t="inlineStr">
+      <c r="D286" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E286" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F286" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="279" customHeight="true" ht="140.0">
-      <c r="A279" s="1" t="inlineStr">
+    <row r="287" customHeight="1" ht="140.0">
+      <c r="A287" s="1" t="inlineStr">
         <is>
           <t>1843855</t>
         </is>
       </c>
-      <c r="C279" s="1" t="inlineStr">
+      <c r="C287" s="1" t="inlineStr">
         <is>
           <t>MIRO</t>
         </is>
       </c>
-      <c r="D279" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="D281" s="1" t="inlineStr">
+      <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E281" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D282" s="1" t="inlineStr">
+      <c r="E287" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="F287" s="1" t="inlineStr">
+        <is>
+          <t>Toyota Boshoku Kabushiki Kaisha,</t>
+        </is>
+      </c>
+    </row>
+    <row r="288" customHeight="1" ht="140.0">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>1839519</t>
+        </is>
+      </c>
+      <c r="C288" s="1" t="inlineStr">
+        <is>
+          <t>I_SITE</t>
+        </is>
+      </c>
+      <c r="D288" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E288" s="1" t="inlineStr">
+        <is>
+          <t>12, 35</t>
+        </is>
+      </c>
+      <c r="F288" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA MATERIAL HANDLING EUROPE, en abrege TMHE, Societe Anonyme</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" customHeight="1" ht="140.0">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>1838288</t>
+        </is>
+      </c>
+      <c r="C289" s="1" t="inlineStr">
+        <is>
+          <t>CV TOYOTA COMMERCIAL VEHICLE COMPANY</t>
+        </is>
+      </c>
+      <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E282" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D283" s="1" t="inlineStr">
+      <c r="E289" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F289" s="1" t="inlineStr">
+        <is>
+          <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="290" customHeight="1" ht="140.0">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>1838135</t>
+        </is>
+      </c>
+      <c r="C290" s="1" t="inlineStr">
+        <is>
+          <t>EXPERIENCE AMAZING</t>
+        </is>
+      </c>
+      <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E283" s="1" t="inlineStr">
+      <c r="E290" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F290" s="1" t="inlineStr">
+        <is>
+          <t>Toyota Jidosha Kabushiki Kaisha (also trading as TOYOTA MOTOR CORPORATION)</t>
+        </is>
+      </c>
+    </row>
+    <row r="291" customHeight="1" ht="140.0">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>1836736</t>
+        </is>
+      </c>
+      <c r="C291" s="1" t="inlineStr">
+        <is>
+          <t>GR TOYOTA GAZOO RACING</t>
+        </is>
+      </c>
+      <c r="D291" s="1" t="inlineStr">
+        <is>
+          <t>Protected:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E291" s="1" t="inlineStr">
         <is>
           <t>9, 12, 14, 16, 18, 20, 21, 24, 25, 28, 41, 43</t>
         </is>
       </c>
-      <c r="F283" s="1" t="inlineStr">
+      <c r="F291" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="284" customHeight="true" ht="140.0">
-      <c r="A284" s="1" t="inlineStr">
+    <row r="292" customHeight="1" ht="140.0">
+      <c r="A292" s="1" t="inlineStr">
         <is>
           <t>1836367</t>
         </is>
       </c>
-      <c r="C284" s="1" t="inlineStr">
+      <c r="C292" s="1" t="inlineStr">
         <is>
           <t>SpotMe</t>
         </is>
       </c>
-      <c r="D284" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E284" s="1" t="inlineStr">
+      <c r="D292" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E292" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F284" s="1" t="inlineStr">
+      <c r="F292" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Europe AB</t>
         </is>
       </c>
     </row>
-    <row r="285" customHeight="true" ht="140.0">
-      <c r="A285" s="1" t="inlineStr">
+    <row r="293" customHeight="1" ht="140.0">
+      <c r="A293" s="1" t="inlineStr">
         <is>
           <t>1833742</t>
         </is>
       </c>
-      <c r="C285" s="1" t="inlineStr">
+      <c r="C293" s="1" t="inlineStr">
         <is>
           <t>ASCENT</t>
         </is>
       </c>
-      <c r="D285" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F285" s="1" t="inlineStr">
+      <c r="D293" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E293" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F293" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="286" customHeight="true" ht="140.0">
-      <c r="A286" s="1" t="inlineStr">
+    <row r="294" customHeight="1" ht="140.0">
+      <c r="A294" s="1" t="inlineStr">
         <is>
           <t>1825709</t>
         </is>
       </c>
-      <c r="C286" s="1" t="inlineStr">
+      <c r="C294" s="1" t="inlineStr">
         <is>
           <t>RAV4</t>
         </is>
       </c>
-      <c r="D286" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F286" s="1" t="inlineStr">
+      <c r="D294" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E294" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F294" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="287" customHeight="true" ht="140.0">
-      <c r="A287" s="1" t="inlineStr">
+    <row r="295" customHeight="1" ht="140.0">
+      <c r="A295" s="1" t="inlineStr">
         <is>
           <t>1824063</t>
         </is>
       </c>
-      <c r="C287" s="1" t="inlineStr">
+      <c r="C295" s="1" t="inlineStr">
         <is>
           <t>LEXUS LC F</t>
         </is>
       </c>
-      <c r="D287" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F287" s="1" t="inlineStr">
+      <c r="D295" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E295" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F295" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="288" customHeight="true" ht="140.0">
-      <c r="A288" s="1" t="inlineStr">
+    <row r="296" customHeight="1" ht="140.0">
+      <c r="A296" s="1" t="inlineStr">
         <is>
           <t>1822904</t>
         </is>
       </c>
-      <c r="C288" s="1" t="inlineStr">
+      <c r="C296" s="1" t="inlineStr">
         <is>
           <t>KOBA</t>
         </is>
       </c>
-      <c r="D288" s="1" t="inlineStr">
+      <c r="D296" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E288" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F288" s="1" t="inlineStr">
+      <c r="E296" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F296" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="289" customHeight="true" ht="140.0">
-      <c r="A289" s="1" t="inlineStr">
+    <row r="297" customHeight="1" ht="140.0">
+      <c r="A297" s="1" t="inlineStr">
         <is>
           <t>1817754</t>
         </is>
       </c>
-      <c r="C289" s="1" t="inlineStr">
+      <c r="C297" s="1" t="inlineStr">
         <is>
           <t>FORCEFIELD TELEMATICS</t>
         </is>
       </c>
-      <c r="D289" s="1" t="inlineStr">
+      <c r="D297" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E289" s="1" t="inlineStr">
+      <c r="E297" s="1" t="inlineStr">
         <is>
           <t>12, 35, 38, 39</t>
         </is>
       </c>
-      <c r="F289" s="1" t="inlineStr">
+      <c r="F297" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="290" customHeight="true" ht="140.0">
-      <c r="A290" s="1" t="inlineStr">
+    <row r="298" customHeight="1" ht="140.0">
+      <c r="A298" s="1" t="inlineStr">
         <is>
           <t>1801086</t>
         </is>
       </c>
-      <c r="C290" s="1" t="inlineStr">
+      <c r="C298" s="1" t="inlineStr">
         <is>
           <t>RUGGED</t>
         </is>
       </c>
-      <c r="D290" s="1" t="inlineStr">
+      <c r="D298" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E290" s="1" t="inlineStr">
+      <c r="E298" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
-      <c r="F290" s="1" t="inlineStr">
+      <c r="F298" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="291" customHeight="true" ht="140.0">
-      <c r="A291" s="1" t="inlineStr">
+    <row r="299" customHeight="1" ht="140.0">
+      <c r="A299" s="1" t="inlineStr">
         <is>
           <t>1801085</t>
         </is>
       </c>
-      <c r="C291" s="1" t="inlineStr">
+      <c r="C299" s="1" t="inlineStr">
         <is>
           <t>HILUX RUGGED</t>
         </is>
       </c>
-      <c r="D291" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F291" s="1" t="inlineStr">
+      <c r="D299" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E299" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F299" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="292" customHeight="true" ht="140.0">
-      <c r="A292" s="1" t="inlineStr">
+    <row r="300" customHeight="1" ht="140.0">
+      <c r="A300" s="1" t="inlineStr">
         <is>
           <t>1801084</t>
         </is>
       </c>
-      <c r="C292" s="1" t="inlineStr">
+      <c r="C300" s="1" t="inlineStr">
         <is>
           <t>DAKAR</t>
         </is>
       </c>
-      <c r="D292" s="1" t="inlineStr">
+      <c r="D300" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E292" s="1" t="inlineStr">
+      <c r="E300" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37</t>
         </is>
       </c>
-      <c r="F292" s="1" t="inlineStr">
+      <c r="F300" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="293" customHeight="true" ht="140.0">
-      <c r="A293" s="1" t="inlineStr">
+    <row r="301" customHeight="1" ht="140.0">
+      <c r="A301" s="1" t="inlineStr">
         <is>
           <t>1801083</t>
         </is>
       </c>
-      <c r="C293" s="1" t="inlineStr">
+      <c r="C301" s="1" t="inlineStr">
         <is>
           <t>HILUX DAKAR</t>
         </is>
       </c>
-      <c r="D293" s="1" t="inlineStr">
+      <c r="D301" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E293" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F293" s="1" t="inlineStr">
+      <c r="E301" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F301" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="294" customHeight="true" ht="140.0">
-      <c r="A294" s="1" t="inlineStr">
+    <row r="302" customHeight="1" ht="140.0">
+      <c r="A302" s="1" t="inlineStr">
         <is>
           <t>1798486</t>
         </is>
       </c>
-      <c r="C294" s="1" t="inlineStr">
+      <c r="C302" s="1" t="inlineStr">
         <is>
           <t>FIRST CLASS WORLD-LEADING NEW FORKLIFTS</t>
         </is>
       </c>
-      <c r="D294" s="1" t="inlineStr">
+      <c r="D302" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E294" s="1" t="inlineStr">
+      <c r="E302" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F294" s="1" t="inlineStr">
+      <c r="F302" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="295" customHeight="true" ht="140.0">
-      <c r="A295" s="1" t="inlineStr">
+    <row r="303" customHeight="1" ht="140.0">
+      <c r="A303" s="1" t="inlineStr">
         <is>
           <t>1798485</t>
         </is>
       </c>
-      <c r="C295" s="1" t="inlineStr">
+      <c r="C303" s="1" t="inlineStr">
         <is>
           <t>ECONOMY CLASS BUDGET USED FORKLIFTS</t>
         </is>
       </c>
-      <c r="D295" s="1" t="inlineStr">
+      <c r="D303" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E295" s="1" t="inlineStr">
+      <c r="E303" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F295" s="1" t="inlineStr">
+      <c r="F303" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="296" customHeight="true" ht="140.0">
-      <c r="A296" s="1" t="inlineStr">
+    <row r="304" customHeight="1" ht="140.0">
+      <c r="A304" s="1" t="inlineStr">
         <is>
           <t>1798484</t>
         </is>
       </c>
-      <c r="C296" s="1" t="inlineStr">
+      <c r="C304" s="1" t="inlineStr">
         <is>
           <t>JUST USED FORKLIFTS</t>
         </is>
       </c>
-      <c r="D296" s="1" t="inlineStr">
+      <c r="D304" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E296" s="1" t="inlineStr">
+      <c r="E304" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F296" s="1" t="inlineStr">
+      <c r="F304" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="297" customHeight="true" ht="140.0">
-      <c r="A297" s="1" t="inlineStr">
+    <row r="305" customHeight="1" ht="140.0">
+      <c r="A305" s="1" t="inlineStr">
         <is>
           <t>1798483</t>
         </is>
       </c>
-      <c r="C297" s="1" t="inlineStr">
+      <c r="C305" s="1" t="inlineStr">
         <is>
           <t>BUSINESS CLASS PREMIUM USED FORKLIFTS</t>
         </is>
       </c>
-      <c r="D297" s="1" t="inlineStr">
+      <c r="D305" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E297" s="1" t="inlineStr">
+      <c r="E305" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F297" s="1" t="inlineStr">
+      <c r="F305" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="298" customHeight="true" ht="140.0">
-      <c r="A298" s="1" t="inlineStr">
+    <row r="306" customHeight="1" ht="140.0">
+      <c r="A306" s="1" t="inlineStr">
         <is>
           <t>1794983</t>
         </is>
       </c>
-      <c r="C298" s="1" t="inlineStr">
+      <c r="C306" s="1" t="inlineStr">
         <is>
           <t>TNGA</t>
         </is>
       </c>
-      <c r="D298" s="1" t="inlineStr">
+      <c r="D306" s="1" t="inlineStr">
         <is>
           <t>Protected:
-Renewal due</t>
-[...2 lines deleted...]
-      <c r="E298" s="1" t="inlineStr">
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E306" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F298" s="1" t="inlineStr">
+      <c r="F306" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="299" customHeight="true" ht="140.0">
-      <c r="A299" s="1" t="inlineStr">
+    <row r="307" customHeight="1" ht="140.0">
+      <c r="A307" s="1" t="inlineStr">
         <is>
           <t>1779286</t>
         </is>
       </c>
-      <c r="C299" s="1" t="inlineStr">
+      <c r="C307" s="1" t="inlineStr">
         <is>
           <t>HINO UNIFI</t>
         </is>
       </c>
-      <c r="D299" s="1" t="inlineStr">
+      <c r="D307" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E299" s="1" t="inlineStr">
+      <c r="E307" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42</t>
         </is>
       </c>
-      <c r="F299" s="1" t="inlineStr">
+      <c r="F307" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="300" customHeight="true" ht="140.0">
-      <c r="A300" s="1" t="inlineStr">
+    <row r="308" customHeight="1" ht="140.0">
+      <c r="A308" s="1" t="inlineStr">
         <is>
           <t>1779284</t>
         </is>
       </c>
-      <c r="C300" s="1" t="inlineStr">
+      <c r="C308" s="1" t="inlineStr">
         <is>
           <t>LEXUS UNIFI</t>
         </is>
       </c>
-      <c r="D300" s="1" t="inlineStr">
+      <c r="D308" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E300" s="1" t="inlineStr">
+      <c r="E308" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42</t>
         </is>
       </c>
-      <c r="F300" s="1" t="inlineStr">
+      <c r="F308" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="301" customHeight="true" ht="140.0">
-      <c r="A301" s="1" t="inlineStr">
+    <row r="309" customHeight="1" ht="140.0">
+      <c r="A309" s="1" t="inlineStr">
         <is>
           <t>1779275</t>
         </is>
       </c>
-      <c r="C301" s="1" t="inlineStr">
+      <c r="C309" s="1" t="inlineStr">
         <is>
           <t>POWERTORQUE UNIFI</t>
         </is>
       </c>
-      <c r="D301" s="1" t="inlineStr">
+      <c r="D309" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E301" s="1" t="inlineStr">
+      <c r="E309" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42</t>
         </is>
       </c>
-      <c r="F301" s="1" t="inlineStr">
+      <c r="F309" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="302" customHeight="true" ht="140.0">
-      <c r="A302" s="1" t="inlineStr">
+    <row r="310" customHeight="1" ht="140.0">
+      <c r="A310" s="1" t="inlineStr">
         <is>
           <t>1779271</t>
         </is>
       </c>
-      <c r="C302" s="1" t="inlineStr">
+      <c r="C310" s="1" t="inlineStr">
         <is>
           <t>TOYOTA UNIFI</t>
         </is>
       </c>
-      <c r="D302" s="1" t="inlineStr">
+      <c r="D310" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E302" s="1" t="inlineStr">
+      <c r="E310" s="1" t="inlineStr">
         <is>
           <t>9, 36, 42</t>
         </is>
       </c>
-      <c r="F302" s="1" t="inlineStr">
+      <c r="F310" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="303" customHeight="true" ht="140.0">
-      <c r="A303" s="1" t="inlineStr">
+    <row r="311" customHeight="1" ht="140.0">
+      <c r="A311" s="1" t="inlineStr">
         <is>
           <t>1774914</t>
         </is>
       </c>
-      <c r="C303" s="1" t="inlineStr">
+      <c r="C311" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SUPRA</t>
         </is>
       </c>
-      <c r="D303" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F303" s="1" t="inlineStr">
+      <c r="D311" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E311" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F311" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="304" customHeight="true" ht="140.0">
-      <c r="A304" s="1" t="inlineStr">
+    <row r="312" customHeight="1" ht="140.0">
+      <c r="A312" s="1" t="inlineStr">
         <is>
           <t>1761251</t>
         </is>
       </c>
-      <c r="C304" s="1" t="inlineStr">
+      <c r="C312" s="1" t="inlineStr">
         <is>
           <t>LEXUS NX300</t>
         </is>
       </c>
-      <c r="D304" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F304" s="1" t="inlineStr">
+      <c r="D312" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E312" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F312" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="305" customHeight="true" ht="140.0">
-      <c r="A305" s="1" t="inlineStr">
+    <row r="313" customHeight="1" ht="140.0">
+      <c r="A313" s="1" t="inlineStr">
         <is>
           <t>1760868</t>
         </is>
       </c>
-      <c r="C305" s="1" t="inlineStr">
+      <c r="C313" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D305" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E305" s="1" t="inlineStr">
+      <c r="D313" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E313" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F305" s="1" t="inlineStr">
+      <c r="F313" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="306" customHeight="true" ht="140.0">
-      <c r="A306" s="1" t="inlineStr">
+    <row r="314" customHeight="1" ht="140.0">
+      <c r="A314" s="1" t="inlineStr">
         <is>
           <t>1758841</t>
         </is>
       </c>
-      <c r="C306" s="1" t="inlineStr">
+      <c r="C314" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX450hL</t>
         </is>
       </c>
-      <c r="D306" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F306" s="1" t="inlineStr">
+      <c r="D314" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E314" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F314" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="307" customHeight="true" ht="140.0">
-      <c r="A307" s="1" t="inlineStr">
+    <row r="315" customHeight="1" ht="140.0">
+      <c r="A315" s="1" t="inlineStr">
         <is>
           <t>1758684</t>
         </is>
       </c>
-      <c r="C307" s="1" t="inlineStr">
+      <c r="C315" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX350L</t>
         </is>
       </c>
-      <c r="D307" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F307" s="1" t="inlineStr">
+      <c r="D315" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E315" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F315" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="308" customHeight="true" ht="140.0">
-      <c r="A308" s="1" t="inlineStr">
+    <row r="316" customHeight="1" ht="140.0">
+      <c r="A316" s="1" t="inlineStr">
         <is>
           <t>1757381</t>
         </is>
       </c>
-      <c r="C308" s="1" t="inlineStr">
+      <c r="C316" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX300</t>
         </is>
       </c>
-      <c r="D308" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F308" s="1" t="inlineStr">
+      <c r="D316" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E316" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F316" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="309" customHeight="true" ht="140.0">
-      <c r="A309" s="1" t="inlineStr">
+    <row r="317" customHeight="1" ht="140.0">
+      <c r="A317" s="1" t="inlineStr">
         <is>
           <t>1756080</t>
         </is>
       </c>
-      <c r="C309" s="1" t="inlineStr">
+      <c r="C317" s="1" t="inlineStr">
         <is>
           <t>LEXUS RC300</t>
         </is>
       </c>
-      <c r="D309" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F309" s="1" t="inlineStr">
+      <c r="D317" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E317" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F317" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="310" customHeight="true" ht="140.0">
-      <c r="A310" s="1" t="inlineStr">
+    <row r="318" customHeight="1" ht="140.0">
+      <c r="A318" s="1" t="inlineStr">
         <is>
           <t>1754522</t>
         </is>
       </c>
-      <c r="C310" s="1" t="inlineStr">
+      <c r="C318" s="1" t="inlineStr">
         <is>
           <t>LEXUS UX250h</t>
         </is>
       </c>
-      <c r="D310" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F310" s="1" t="inlineStr">
+      <c r="D318" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E318" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F318" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="311" customHeight="true" ht="140.0">
-      <c r="A311" s="1" t="inlineStr">
+    <row r="319" customHeight="1" ht="140.0">
+      <c r="A319" s="1" t="inlineStr">
         <is>
           <t>1754520</t>
         </is>
       </c>
-      <c r="C311" s="1" t="inlineStr">
+      <c r="C319" s="1" t="inlineStr">
         <is>
           <t>LEXUS UX250</t>
         </is>
       </c>
-      <c r="D311" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F311" s="1" t="inlineStr">
+      <c r="D319" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E319" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F319" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="312" customHeight="true" ht="140.0">
-      <c r="A312" s="1" t="inlineStr">
+    <row r="320" customHeight="1" ht="140.0">
+      <c r="A320" s="1" t="inlineStr">
         <is>
           <t>1754518</t>
         </is>
       </c>
-      <c r="C312" s="1" t="inlineStr">
+      <c r="C320" s="1" t="inlineStr">
         <is>
           <t>LEXUS UX200</t>
         </is>
       </c>
-      <c r="D312" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F312" s="1" t="inlineStr">
+      <c r="D320" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E320" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F320" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="313" customHeight="true" ht="140.0">
-      <c r="A313" s="1" t="inlineStr">
+    <row r="321" customHeight="1" ht="140.0">
+      <c r="A321" s="1" t="inlineStr">
         <is>
           <t>1745003</t>
         </is>
       </c>
-      <c r="C313" s="1" t="inlineStr">
+      <c r="C321" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SAFETY SENSE</t>
         </is>
       </c>
-      <c r="D313" s="1" t="inlineStr">
+      <c r="D321" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E313" s="1" t="inlineStr">
+      <c r="E321" s="1" t="inlineStr">
         <is>
           <t>9, 11, 12</t>
         </is>
       </c>
-      <c r="F313" s="1" t="inlineStr">
+      <c r="F321" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="314" customHeight="true" ht="140.0">
-      <c r="A314" s="1" t="inlineStr">
+    <row r="322" customHeight="1" ht="140.0">
+      <c r="A322" s="1" t="inlineStr">
         <is>
           <t>1742078</t>
         </is>
       </c>
-      <c r="C314" s="1" t="inlineStr">
+      <c r="C322" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D314" s="1" t="inlineStr">
+      <c r="D322" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E314" s="1" t="inlineStr">
+      <c r="E322" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
         </is>
       </c>
-      <c r="F314" s="1" t="inlineStr">
+      <c r="F322" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="315" customHeight="true" ht="140.0">
-      <c r="A315" s="1" t="inlineStr">
+    <row r="323" customHeight="1" ht="140.0">
+      <c r="A323" s="1" t="inlineStr">
         <is>
           <t>1738829</t>
         </is>
       </c>
-      <c r="C315" s="1" t="inlineStr">
+      <c r="C323" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D315" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E315" s="1" t="inlineStr">
+      <c r="D323" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E323" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F315" s="1" t="inlineStr">
+      <c r="F323" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="316" customHeight="true" ht="140.0">
-      <c r="A316" s="1" t="inlineStr">
+    <row r="324" customHeight="1" ht="140.0">
+      <c r="A324" s="1" t="inlineStr">
         <is>
           <t>1738828</t>
         </is>
       </c>
-      <c r="C316" s="1" t="inlineStr">
+      <c r="C324" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D316" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E316" s="1" t="inlineStr">
+      <c r="D324" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E324" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F316" s="1" t="inlineStr">
+      <c r="F324" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="317" customHeight="true" ht="140.0">
-      <c r="A317" s="1" t="inlineStr">
+    <row r="325" customHeight="1" ht="140.0">
+      <c r="A325" s="1" t="inlineStr">
         <is>
           <t>1738375</t>
         </is>
       </c>
-      <c r="C317" s="1" t="inlineStr">
+      <c r="C325" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D317" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E317" s="1" t="inlineStr">
+      <c r="D325" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E325" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F317" s="1" t="inlineStr">
+      <c r="F325" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="318" customHeight="true" ht="140.0">
-      <c r="A318" s="1" t="inlineStr">
+    <row r="326" customHeight="1" ht="140.0">
+      <c r="A326" s="1" t="inlineStr">
         <is>
           <t>1735652</t>
         </is>
       </c>
-      <c r="C318" s="1" t="inlineStr">
+      <c r="C326" s="1" t="inlineStr">
         <is>
           <t>LEXUS</t>
         </is>
       </c>
-      <c r="D318" s="1" t="inlineStr">
+      <c r="D326" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E318" s="1" t="inlineStr">
+      <c r="E326" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
         </is>
       </c>
-      <c r="F318" s="1" t="inlineStr">
+      <c r="F326" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="319" customHeight="true" ht="140.0">
-      <c r="A319" s="1" t="inlineStr">
+    <row r="327" customHeight="1" ht="140.0">
+      <c r="A327" s="1" t="inlineStr">
         <is>
           <t>1735651</t>
         </is>
       </c>
-      <c r="C319" s="1" t="inlineStr">
+      <c r="C327" s="1" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
-      <c r="D319" s="1" t="inlineStr">
+      <c r="D327" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E319" s="1" t="inlineStr">
+      <c r="E327" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
         </is>
       </c>
-      <c r="F319" s="1" t="inlineStr">
+      <c r="F327" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="320" customHeight="true" ht="140.0">
-      <c r="A320" s="1" t="inlineStr">
+    <row r="328" customHeight="1" ht="140.0">
+      <c r="A328" s="1" t="inlineStr">
         <is>
           <t>1735650</t>
         </is>
       </c>
-      <c r="C320" s="1" t="inlineStr">
+      <c r="C328" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D320" s="1" t="inlineStr">
+      <c r="D328" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E320" s="1" t="inlineStr">
+      <c r="E328" s="1" t="inlineStr">
         <is>
           <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45</t>
         </is>
       </c>
-      <c r="F320" s="1" t="inlineStr">
+      <c r="F328" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="321" customHeight="true" ht="140.0">
-      <c r="A321" s="1" t="inlineStr">
+    <row r="329" customHeight="1" ht="140.0">
+      <c r="A329" s="1" t="inlineStr">
         <is>
           <t>1711791</t>
         </is>
       </c>
-      <c r="C321" s="1" t="inlineStr">
+      <c r="C329" s="1" t="inlineStr">
         <is>
           <t>LEXUS LS500</t>
         </is>
       </c>
-      <c r="D321" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F321" s="1" t="inlineStr">
+      <c r="D329" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E329" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F329" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="322" customHeight="true" ht="140.0">
-      <c r="A322" s="1" t="inlineStr">
+    <row r="330" customHeight="1" ht="140.0">
+      <c r="A330" s="1" t="inlineStr">
         <is>
           <t>1697975</t>
         </is>
       </c>
-      <c r="C322" s="1" t="inlineStr">
+      <c r="C330" s="1" t="inlineStr">
         <is>
           <t>EDGE</t>
         </is>
       </c>
-      <c r="D322" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F322" s="1" t="inlineStr">
+      <c r="D330" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E330" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F330" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="323" customHeight="true" ht="140.0">
-      <c r="A323" s="1" t="inlineStr">
+    <row r="331" customHeight="1" ht="140.0">
+      <c r="A331" s="1" t="inlineStr">
         <is>
           <t>1695747</t>
         </is>
       </c>
-      <c r="C323" s="1" t="inlineStr">
+      <c r="C331" s="1" t="inlineStr">
         <is>
           <t>LEXUS LS500h</t>
         </is>
       </c>
-      <c r="D323" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F323" s="1" t="inlineStr">
+      <c r="D331" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E331" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F331" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="324" customHeight="true" ht="140.0">
-      <c r="A324" s="1" t="inlineStr">
+    <row r="332" customHeight="1" ht="140.0">
+      <c r="A332" s="1" t="inlineStr">
         <is>
           <t>1691111</t>
         </is>
       </c>
-      <c r="C324" s="1" t="inlineStr">
+      <c r="C332" s="1" t="inlineStr">
         <is>
           <t>GX</t>
         </is>
       </c>
-      <c r="D324" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F324" s="1" t="inlineStr">
+      <c r="D332" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E332" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F332" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="325" customHeight="true" ht="140.0">
-      <c r="A325" s="1" t="inlineStr">
+    <row r="333" customHeight="1" ht="140.0">
+      <c r="A333" s="1" t="inlineStr">
         <is>
           <t>1691110</t>
         </is>
       </c>
-      <c r="C325" s="1" t="inlineStr">
+      <c r="C333" s="1" t="inlineStr">
         <is>
           <t>GXL</t>
         </is>
       </c>
-      <c r="D325" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F325" s="1" t="inlineStr">
+      <c r="D333" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E333" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F333" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="326" customHeight="true" ht="140.0">
-      <c r="A326" s="1" t="inlineStr">
+    <row r="334" customHeight="1" ht="140.0">
+      <c r="A334" s="1" t="inlineStr">
         <is>
           <t>1691109</t>
         </is>
       </c>
-      <c r="C326" s="1" t="inlineStr">
+      <c r="C334" s="1" t="inlineStr">
         <is>
           <t>RZ</t>
         </is>
       </c>
-      <c r="D326" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F326" s="1" t="inlineStr">
+      <c r="D334" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E334" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F334" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="327" customHeight="true" ht="140.0">
-      <c r="A327" s="1" t="inlineStr">
+    <row r="335" customHeight="1" ht="140.0">
+      <c r="A335" s="1" t="inlineStr">
         <is>
           <t>1691108</t>
         </is>
       </c>
-      <c r="C327" s="1" t="inlineStr">
+      <c r="C335" s="1" t="inlineStr">
         <is>
           <t>86GTS</t>
         </is>
       </c>
-      <c r="D327" s="1" t="inlineStr">
+      <c r="D335" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E327" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F327" s="1" t="inlineStr">
+      <c r="E335" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F335" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA</t>
         </is>
       </c>
     </row>
-    <row r="328" customHeight="true" ht="140.0">
-      <c r="A328" s="1" t="inlineStr">
+    <row r="336" customHeight="1" ht="140.0">
+      <c r="A336" s="1" t="inlineStr">
         <is>
           <t>1691106</t>
         </is>
       </c>
-      <c r="C328" s="1" t="inlineStr">
+      <c r="C336" s="1" t="inlineStr">
         <is>
           <t>86GT</t>
         </is>
       </c>
-      <c r="D328" s="1" t="inlineStr">
+      <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E328" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F328" s="1" t="inlineStr">
+      <c r="E336" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F336" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA</t>
         </is>
       </c>
     </row>
-    <row r="329" customHeight="true" ht="140.0">
-      <c r="A329" s="1" t="inlineStr">
+    <row r="337" customHeight="1" ht="140.0">
+      <c r="A337" s="1" t="inlineStr">
         <is>
           <t>1691105</t>
         </is>
       </c>
-      <c r="C329" s="1" t="inlineStr">
+      <c r="C337" s="1" t="inlineStr">
         <is>
           <t>VX</t>
         </is>
       </c>
-      <c r="D329" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F329" s="1" t="inlineStr">
+      <c r="D337" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E337" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F337" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="330" customHeight="true" ht="140.0">
-      <c r="A330" s="1" t="inlineStr">
+    <row r="338" customHeight="1" ht="140.0">
+      <c r="A338" s="1" t="inlineStr">
         <is>
           <t>1691104</t>
         </is>
       </c>
-      <c r="C330" s="1" t="inlineStr">
+      <c r="C338" s="1" t="inlineStr">
         <is>
           <t>ZR</t>
         </is>
       </c>
-      <c r="D330" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F330" s="1" t="inlineStr">
+      <c r="D338" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E338" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F338" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="331" customHeight="true" ht="140.0">
-      <c r="A331" s="1" t="inlineStr">
+    <row r="339" customHeight="1" ht="140.0">
+      <c r="A339" s="1" t="inlineStr">
         <is>
           <t>1684226</t>
         </is>
       </c>
-      <c r="C331" s="1" t="inlineStr">
+      <c r="C339" s="1" t="inlineStr">
         <is>
           <t>GRANDE</t>
         </is>
       </c>
-      <c r="D331" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F331" s="1" t="inlineStr">
+      <c r="D339" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E339" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F339" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="332" customHeight="true" ht="140.0">
-      <c r="A332" s="1" t="inlineStr">
+    <row r="340" customHeight="1" ht="140.0">
+      <c r="A340" s="1" t="inlineStr">
         <is>
           <t>1681093</t>
         </is>
       </c>
-      <c r="C332" s="1" t="inlineStr">
+      <c r="C340" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D332" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E332" s="1" t="inlineStr">
+      <c r="D340" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E340" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F332" s="1" t="inlineStr">
+      <c r="F340" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="333" customHeight="true" ht="140.0">
-      <c r="A333" s="1" t="inlineStr">
+    <row r="341" customHeight="1" ht="140.0">
+      <c r="A341" s="1" t="inlineStr">
         <is>
           <t>1681092</t>
         </is>
       </c>
-      <c r="C333" s="1" t="inlineStr">
+      <c r="C341" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D333" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E333" s="1" t="inlineStr">
+      <c r="D341" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E341" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F333" s="1" t="inlineStr">
+      <c r="F341" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="334" customHeight="true" ht="140.0">
-      <c r="A334" s="1" t="inlineStr">
+    <row r="342" customHeight="1" ht="140.0">
+      <c r="A342" s="1" t="inlineStr">
         <is>
           <t>1681091</t>
         </is>
       </c>
-      <c r="C334" s="1" t="inlineStr">
+      <c r="C342" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D334" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E334" s="1" t="inlineStr">
+      <c r="D342" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E342" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F334" s="1" t="inlineStr">
+      <c r="F342" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="335" customHeight="true" ht="140.0">
-      <c r="A335" s="1" t="inlineStr">
+    <row r="343" customHeight="1" ht="140.0">
+      <c r="A343" s="1" t="inlineStr">
         <is>
           <t>1681090</t>
         </is>
       </c>
-      <c r="C335" s="1" t="inlineStr">
+      <c r="C343" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D335" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E335" s="1" t="inlineStr">
+      <c r="D343" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E343" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F335" s="1" t="inlineStr">
+      <c r="F343" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="336" customHeight="true" ht="140.0">
-      <c r="A336" s="1" t="inlineStr">
+    <row r="344" customHeight="1" ht="140.0">
+      <c r="A344" s="1" t="inlineStr">
         <is>
           <t>1678276</t>
         </is>
       </c>
-      <c r="C336" s="1" t="inlineStr">
+      <c r="C344" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D336" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E336" s="1" t="inlineStr">
+      <c r="D344" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E344" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F336" s="1" t="inlineStr">
+      <c r="F344" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="337" customHeight="true" ht="140.0">
-      <c r="A337" s="1" t="inlineStr">
+    <row r="345" customHeight="1" ht="140.0">
+      <c r="A345" s="1" t="inlineStr">
         <is>
           <t>1676602</t>
         </is>
       </c>
-      <c r="C337" s="1" t="inlineStr">
+      <c r="C345" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D337" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E337" s="1" t="inlineStr">
+      <c r="D345" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E345" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F337" s="1" t="inlineStr">
+      <c r="F345" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="338" customHeight="true" ht="140.0">
-      <c r="A338" s="1" t="inlineStr">
+    <row r="346" customHeight="1" ht="140.0">
+      <c r="A346" s="1" t="inlineStr">
         <is>
           <t>1676601</t>
         </is>
       </c>
-      <c r="C338" s="1" t="inlineStr">
+      <c r="C346" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D338" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E338" s="1" t="inlineStr">
+      <c r="D346" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E346" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F338" s="1" t="inlineStr">
+      <c r="F346" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="339" customHeight="true" ht="140.0">
-      <c r="A339" s="1" t="inlineStr">
+    <row r="347" customHeight="1" ht="140.0">
+      <c r="A347" s="1" t="inlineStr">
         <is>
           <t>1676600</t>
         </is>
       </c>
-      <c r="C339" s="1" t="inlineStr">
+      <c r="C347" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D339" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E339" s="1" t="inlineStr">
+      <c r="D347" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E347" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F339" s="1" t="inlineStr">
+      <c r="F347" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="340" customHeight="true" ht="140.0">
-      <c r="A340" s="1" t="inlineStr">
+    <row r="348" customHeight="1" ht="140.0">
+      <c r="A348" s="1" t="inlineStr">
         <is>
           <t>1676599</t>
         </is>
       </c>
-      <c r="C340" s="1" t="inlineStr">
+      <c r="C348" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D340" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E340" s="1" t="inlineStr">
+      <c r="D348" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E348" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F340" s="1" t="inlineStr">
+      <c r="F348" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="341" customHeight="true" ht="140.0">
-      <c r="A341" s="1" t="inlineStr">
+    <row r="349" customHeight="1" ht="140.0">
+      <c r="A349" s="1" t="inlineStr">
         <is>
           <t>1676598</t>
         </is>
       </c>
-      <c r="C341" s="1" t="inlineStr">
+      <c r="C349" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D341" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E341" s="1" t="inlineStr">
+      <c r="D349" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E349" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F341" s="1" t="inlineStr">
+      <c r="F349" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="342" customHeight="true" ht="140.0">
-      <c r="A342" s="1" t="inlineStr">
+    <row r="350" customHeight="1" ht="140.0">
+      <c r="A350" s="1" t="inlineStr">
         <is>
           <t>1676597</t>
         </is>
       </c>
-      <c r="C342" s="1" t="inlineStr">
+      <c r="C350" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D342" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E342" s="1" t="inlineStr">
+      <c r="D350" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E350" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F342" s="1" t="inlineStr">
+      <c r="F350" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="343" customHeight="true" ht="140.0">
-      <c r="A343" s="1" t="inlineStr">
+    <row r="351" customHeight="1" ht="140.0">
+      <c r="A351" s="1" t="inlineStr">
         <is>
           <t>1676596</t>
         </is>
       </c>
-      <c r="C343" s="1" t="inlineStr">
+      <c r="C351" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D343" s="1" t="inlineStr">
+      <c r="D351" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E343" s="1" t="inlineStr">
+      <c r="E351" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F343" s="1" t="inlineStr">
+      <c r="F351" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="344" customHeight="true" ht="140.0">
-      <c r="A344" s="1" t="inlineStr">
+    <row r="352" customHeight="1" ht="140.0">
+      <c r="A352" s="1" t="inlineStr">
         <is>
           <t>1676595</t>
         </is>
       </c>
-      <c r="C344" s="1" t="inlineStr">
+      <c r="C352" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D344" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E344" s="1" t="inlineStr">
+      <c r="D352" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E352" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F344" s="1" t="inlineStr">
+      <c r="F352" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="345" customHeight="true" ht="140.0">
-      <c r="A345" s="1" t="inlineStr">
+    <row r="353" customHeight="1" ht="140.0">
+      <c r="A353" s="1" t="inlineStr">
         <is>
           <t>1676594</t>
         </is>
       </c>
-      <c r="C345" s="1" t="inlineStr">
+      <c r="C353" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D345" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E345" s="1" t="inlineStr">
+      <c r="D353" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E353" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F345" s="1" t="inlineStr">
+      <c r="F353" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="346" customHeight="true" ht="140.0">
-      <c r="A346" s="1" t="inlineStr">
+    <row r="354" customHeight="1" ht="140.0">
+      <c r="A354" s="1" t="inlineStr">
         <is>
           <t>1676593</t>
         </is>
       </c>
-      <c r="C346" s="1" t="inlineStr">
+      <c r="C354" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D346" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E346" s="1" t="inlineStr">
+      <c r="D354" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E354" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F346" s="1" t="inlineStr">
+      <c r="F354" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="347" customHeight="true" ht="140.0">
-      <c r="A347" s="1" t="inlineStr">
+    <row r="355" customHeight="1" ht="140.0">
+      <c r="A355" s="1" t="inlineStr">
         <is>
           <t>1676592</t>
         </is>
       </c>
-      <c r="C347" s="1" t="inlineStr">
+      <c r="C355" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D347" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E347" s="1" t="inlineStr">
+      <c r="D355" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E355" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F347" s="1" t="inlineStr">
+      <c r="F355" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="348" customHeight="true" ht="140.0">
-      <c r="A348" s="1" t="inlineStr">
+    <row r="356" customHeight="1" ht="140.0">
+      <c r="A356" s="1" t="inlineStr">
         <is>
           <t>1676591</t>
         </is>
       </c>
-      <c r="C348" s="1" t="inlineStr">
+      <c r="C356" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D348" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E348" s="1" t="inlineStr">
+      <c r="D356" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E356" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F348" s="1" t="inlineStr">
+      <c r="F356" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="349" customHeight="true" ht="140.0">
-      <c r="A349" s="1" t="inlineStr">
+    <row r="357" customHeight="1" ht="140.0">
+      <c r="A357" s="1" t="inlineStr">
         <is>
           <t>1676590</t>
         </is>
       </c>
-      <c r="C349" s="1" t="inlineStr">
+      <c r="C357" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D349" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E349" s="1" t="inlineStr">
+      <c r="D357" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E357" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F349" s="1" t="inlineStr">
+      <c r="F357" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="350" customHeight="true" ht="140.0">
-      <c r="A350" s="1" t="inlineStr">
+    <row r="358" customHeight="1" ht="140.0">
+      <c r="A358" s="1" t="inlineStr">
         <is>
           <t>1676589</t>
         </is>
       </c>
-      <c r="C350" s="1" t="inlineStr">
+      <c r="C358" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D350" s="1" t="inlineStr">
+      <c r="D358" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E350" s="1" t="inlineStr">
+      <c r="E358" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F350" s="1" t="inlineStr">
+      <c r="F358" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="351" customHeight="true" ht="140.0">
-      <c r="A351" s="1" t="inlineStr">
+    <row r="359" customHeight="1" ht="140.0">
+      <c r="A359" s="1" t="inlineStr">
         <is>
           <t>1676585</t>
         </is>
       </c>
-      <c r="C351" s="1" t="inlineStr">
+      <c r="C359" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D351" s="1" t="inlineStr">
+      <c r="D359" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E351" s="1" t="inlineStr">
+      <c r="E359" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F351" s="1" t="inlineStr">
+      <c r="F359" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="352" customHeight="true" ht="140.0">
-      <c r="A352" s="1" t="inlineStr">
+    <row r="360" customHeight="1" ht="140.0">
+      <c r="A360" s="1" t="inlineStr">
         <is>
           <t>1676584</t>
         </is>
       </c>
-      <c r="C352" s="1" t="inlineStr">
+      <c r="C360" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D352" s="1" t="inlineStr">
+      <c r="D360" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E352" s="1" t="inlineStr">
+      <c r="E360" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F352" s="1" t="inlineStr">
+      <c r="F360" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="353" customHeight="true" ht="140.0">
-      <c r="A353" s="1" t="inlineStr">
+    <row r="361" customHeight="1" ht="140.0">
+      <c r="A361" s="1" t="inlineStr">
         <is>
           <t>1676583</t>
         </is>
       </c>
-      <c r="C353" s="1" t="inlineStr">
+      <c r="C361" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D353" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E353" s="1" t="inlineStr">
+      <c r="D361" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E361" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F353" s="1" t="inlineStr">
+      <c r="F361" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="354" customHeight="true" ht="140.0">
-      <c r="A354" s="1" t="inlineStr">
+    <row r="362" customHeight="1" ht="140.0">
+      <c r="A362" s="1" t="inlineStr">
         <is>
           <t>1676582</t>
         </is>
       </c>
-      <c r="C354" s="1" t="inlineStr">
+      <c r="C362" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D354" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E354" s="1" t="inlineStr">
+      <c r="D362" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E362" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F354" s="1" t="inlineStr">
+      <c r="F362" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="355" customHeight="true" ht="140.0">
-      <c r="A355" s="1" t="inlineStr">
+    <row r="363" customHeight="1" ht="140.0">
+      <c r="A363" s="1" t="inlineStr">
         <is>
           <t>1676581</t>
         </is>
       </c>
-      <c r="C355" s="1" t="inlineStr">
+      <c r="C363" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D355" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E355" s="1" t="inlineStr">
+      <c r="D363" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E363" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F355" s="1" t="inlineStr">
+      <c r="F363" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="356" customHeight="true" ht="140.0">
-      <c r="A356" s="1" t="inlineStr">
+    <row r="364" customHeight="1" ht="140.0">
+      <c r="A364" s="1" t="inlineStr">
         <is>
           <t>1676580</t>
         </is>
       </c>
-      <c r="C356" s="1" t="inlineStr">
+      <c r="C364" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D356" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E356" s="1" t="inlineStr">
+      <c r="D364" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E364" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F356" s="1" t="inlineStr">
+      <c r="F364" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="357" customHeight="true" ht="140.0">
-      <c r="A357" s="1" t="inlineStr">
+    <row r="365" customHeight="1" ht="140.0">
+      <c r="A365" s="1" t="inlineStr">
         <is>
           <t>1676579</t>
         </is>
       </c>
-      <c r="C357" s="1" t="inlineStr">
+      <c r="C365" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D357" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E357" s="1" t="inlineStr">
+      <c r="D365" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E365" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F357" s="1" t="inlineStr">
+      <c r="F365" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="358" customHeight="true" ht="140.0">
-      <c r="A358" s="1" t="inlineStr">
+    <row r="366" customHeight="1" ht="140.0">
+      <c r="A366" s="1" t="inlineStr">
         <is>
           <t>1676578</t>
         </is>
       </c>
-      <c r="C358" s="1" t="inlineStr">
+      <c r="C366" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D358" s="1" t="inlineStr">
+      <c r="D366" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E358" s="1" t="inlineStr">
+      <c r="E366" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F358" s="1" t="inlineStr">
+      <c r="F366" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="359" customHeight="true" ht="140.0">
-      <c r="A359" s="1" t="inlineStr">
+    <row r="367" customHeight="1" ht="140.0">
+      <c r="A367" s="1" t="inlineStr">
         <is>
           <t>1676577</t>
         </is>
       </c>
-      <c r="C359" s="1" t="inlineStr">
+      <c r="C367" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D359" s="1" t="inlineStr">
+      <c r="D367" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E359" s="1" t="inlineStr">
+      <c r="E367" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F359" s="1" t="inlineStr">
+      <c r="F367" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="360" customHeight="true" ht="140.0">
-      <c r="A360" s="1" t="inlineStr">
+    <row r="368" customHeight="1" ht="140.0">
+      <c r="A368" s="1" t="inlineStr">
         <is>
           <t>1676576</t>
         </is>
       </c>
-      <c r="C360" s="1" t="inlineStr">
+      <c r="C368" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D360" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E360" s="1" t="inlineStr">
+      <c r="D368" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E368" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F360" s="1" t="inlineStr">
+      <c r="F368" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="361" customHeight="true" ht="140.0">
-      <c r="A361" s="1" t="inlineStr">
+    <row r="369" customHeight="1" ht="140.0">
+      <c r="A369" s="1" t="inlineStr">
         <is>
           <t>1676575</t>
         </is>
       </c>
-      <c r="C361" s="1" t="inlineStr">
+      <c r="C369" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D361" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E361" s="1" t="inlineStr">
+      <c r="D369" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E369" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F361" s="1" t="inlineStr">
+      <c r="F369" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="362" customHeight="true" ht="140.0">
-      <c r="A362" s="1" t="inlineStr">
+    <row r="370" customHeight="1" ht="140.0">
+      <c r="A370" s="1" t="inlineStr">
         <is>
           <t>1676574</t>
         </is>
       </c>
-      <c r="C362" s="1" t="inlineStr">
+      <c r="C370" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D362" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E362" s="1" t="inlineStr">
+      <c r="D370" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E370" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F362" s="1" t="inlineStr">
+      <c r="F370" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="363" customHeight="true" ht="140.0">
-      <c r="A363" s="1" t="inlineStr">
+    <row r="371" customHeight="1" ht="140.0">
+      <c r="A371" s="1" t="inlineStr">
         <is>
           <t>1676573</t>
         </is>
       </c>
-      <c r="C363" s="1" t="inlineStr">
+      <c r="C371" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D363" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E363" s="1" t="inlineStr">
+      <c r="D371" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E371" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F363" s="1" t="inlineStr">
+      <c r="F371" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="364" customHeight="true" ht="140.0">
-      <c r="A364" s="1" t="inlineStr">
+    <row r="372" customHeight="1" ht="140.0">
+      <c r="A372" s="1" t="inlineStr">
         <is>
           <t>1676572</t>
         </is>
       </c>
-      <c r="C364" s="1" t="inlineStr">
+      <c r="C372" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D364" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E364" s="1" t="inlineStr">
+      <c r="D372" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E372" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F364" s="1" t="inlineStr">
+      <c r="F372" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="365" customHeight="true" ht="140.0">
-      <c r="A365" s="1" t="inlineStr">
+    <row r="373" customHeight="1" ht="140.0">
+      <c r="A373" s="1" t="inlineStr">
         <is>
           <t>1676571</t>
         </is>
       </c>
-      <c r="C365" s="1" t="inlineStr">
+      <c r="C373" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D365" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E365" s="1" t="inlineStr">
+      <c r="D373" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E373" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F365" s="1" t="inlineStr">
+      <c r="F373" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="366" customHeight="true" ht="140.0">
-      <c r="A366" s="1" t="inlineStr">
+    <row r="374" customHeight="1" ht="140.0">
+      <c r="A374" s="1" t="inlineStr">
         <is>
           <t>1670659</t>
         </is>
       </c>
-      <c r="C366" s="1" t="inlineStr">
+      <c r="C374" s="1" t="inlineStr">
         <is>
           <t>MIRAI</t>
         </is>
       </c>
-      <c r="D366" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F366" s="1" t="inlineStr">
+      <c r="D374" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E374" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F374" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="367" customHeight="true" ht="140.0">
-      <c r="A367" s="1" t="inlineStr">
+    <row r="375" customHeight="1" ht="140.0">
+      <c r="A375" s="1" t="inlineStr">
         <is>
           <t>1667476</t>
         </is>
       </c>
-      <c r="C367" s="1" t="inlineStr">
+      <c r="C375" s="1" t="inlineStr">
         <is>
           <t>TFCS</t>
         </is>
       </c>
-      <c r="D367" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E367" s="1" t="inlineStr">
+      <c r="D375" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E375" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F367" s="1" t="inlineStr">
+      <c r="F375" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="368" customHeight="true" ht="140.0">
-      <c r="A368" s="1" t="inlineStr">
+    <row r="376" customHeight="1" ht="140.0">
+      <c r="A376" s="1" t="inlineStr">
         <is>
           <t>1667474</t>
         </is>
       </c>
-      <c r="C368" s="1" t="inlineStr">
+      <c r="C376" s="1" t="inlineStr">
         <is>
           <t>FUEL CELL</t>
         </is>
       </c>
-      <c r="D368" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E368" s="1" t="inlineStr">
+      <c r="D376" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E376" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F368" s="1" t="inlineStr">
+      <c r="F376" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="369" customHeight="true" ht="140.0">
-      <c r="A369" s="1" t="inlineStr">
+    <row r="377" customHeight="1" ht="140.0">
+      <c r="A377" s="1" t="inlineStr">
         <is>
           <t>1662572</t>
         </is>
       </c>
-      <c r="C369" s="1" t="inlineStr">
+      <c r="C377" s="1" t="inlineStr">
         <is>
           <t>CRAFTED FOR LEXUS</t>
         </is>
       </c>
-      <c r="D369" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E369" s="1" t="inlineStr">
+      <c r="D377" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E377" s="1" t="inlineStr">
         <is>
           <t>3, 8, 9, 14, 16, 18, 20, 21, 24, 25, 27, 28</t>
         </is>
       </c>
-      <c r="F369" s="1" t="inlineStr">
+      <c r="F377" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="370" customHeight="true" ht="140.0">
-      <c r="A370" s="1" t="inlineStr">
+    <row r="378" customHeight="1" ht="140.0">
+      <c r="A378" s="1" t="inlineStr">
         <is>
           <t>1660396</t>
         </is>
       </c>
-      <c r="C370" s="1" t="inlineStr">
+      <c r="C378" s="1" t="inlineStr">
         <is>
           <t>LEXUS LC500h</t>
         </is>
       </c>
-      <c r="D370" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F370" s="1" t="inlineStr">
+      <c r="D378" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E378" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F378" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="371" customHeight="true" ht="140.0">
-      <c r="A371" s="1" t="inlineStr">
+    <row r="379" customHeight="1" ht="140.0">
+      <c r="A379" s="1" t="inlineStr">
         <is>
           <t>1660392</t>
         </is>
       </c>
-      <c r="C371" s="1" t="inlineStr">
+      <c r="C379" s="1" t="inlineStr">
         <is>
           <t>LEXUS LC500</t>
         </is>
       </c>
-      <c r="D371" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F371" s="1" t="inlineStr">
+      <c r="D379" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E379" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F379" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="372" customHeight="true" ht="140.0">
-      <c r="A372" s="1" t="inlineStr">
+    <row r="380" customHeight="1" ht="140.0">
+      <c r="A380" s="1" t="inlineStr">
         <is>
           <t>1642709</t>
         </is>
       </c>
-      <c r="C372" s="1" t="inlineStr">
+      <c r="C380" s="1" t="inlineStr">
         <is>
           <t>FORTUNER CRUSADE</t>
         </is>
       </c>
-      <c r="D372" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F372" s="1" t="inlineStr">
+      <c r="D380" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E380" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F380" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="373" customHeight="true" ht="140.0">
-      <c r="A373" s="1" t="inlineStr">
+    <row r="381" customHeight="1" ht="140.0">
+      <c r="A381" s="1" t="inlineStr">
         <is>
           <t>1639781</t>
         </is>
       </c>
-      <c r="C373" s="1" t="inlineStr">
+      <c r="C381" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MAIN EVENT</t>
         </is>
       </c>
-      <c r="D373" s="1" t="inlineStr">
+      <c r="D381" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E373" s="1" t="inlineStr">
+      <c r="E381" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F373" s="1" t="inlineStr">
+      <c r="F381" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="374" customHeight="true" ht="140.0">
-      <c r="A374" s="1" t="inlineStr">
+    <row r="382" customHeight="1" ht="140.0">
+      <c r="A382" s="1" t="inlineStr">
         <is>
           <t>1638460</t>
         </is>
       </c>
-      <c r="C374" s="1" t="inlineStr">
+      <c r="C382" s="1" t="inlineStr">
         <is>
           <t>NULUX</t>
         </is>
       </c>
-      <c r="D374" s="1" t="inlineStr">
+      <c r="D382" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E374" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F374" s="1" t="inlineStr">
+      <c r="E382" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F382" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota</t>
         </is>
       </c>
     </row>
-    <row r="375" customHeight="true" ht="140.0">
-      <c r="A375" s="1" t="inlineStr">
+    <row r="383" customHeight="1" ht="140.0">
+      <c r="A383" s="1" t="inlineStr">
         <is>
           <t>1633198</t>
         </is>
       </c>
-      <c r="C375" s="1" t="inlineStr">
+      <c r="C383" s="1" t="inlineStr">
         <is>
           <t>DRIVE CENTRE</t>
         </is>
       </c>
-      <c r="D375" s="1" t="inlineStr">
+      <c r="D383" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E375" s="1" t="inlineStr">
+      <c r="E383" s="1" t="inlineStr">
         <is>
           <t>35, 41</t>
         </is>
       </c>
-      <c r="F375" s="1" t="inlineStr">
+      <c r="F383" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="376" customHeight="true" ht="140.0">
-      <c r="A376" s="1" t="inlineStr">
+    <row r="384" customHeight="1" ht="140.0">
+      <c r="A384" s="1" t="inlineStr">
         <is>
           <t>1629132</t>
         </is>
       </c>
-      <c r="C376" s="1" t="inlineStr">
+      <c r="C384" s="1" t="inlineStr">
         <is>
           <t>GOOD FOR SPORT</t>
         </is>
       </c>
-      <c r="D376" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F376" s="1" t="inlineStr">
+      <c r="D384" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E384" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F384" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="377" customHeight="true" ht="140.0">
-      <c r="A377" s="1" t="inlineStr">
+    <row r="385" customHeight="1" ht="140.0">
+      <c r="A385" s="1" t="inlineStr">
         <is>
           <t>1629130</t>
         </is>
       </c>
-      <c r="C377" s="1" t="inlineStr">
+      <c r="C385" s="1" t="inlineStr">
         <is>
           <t>GOOD FOR CRICKET</t>
         </is>
       </c>
-      <c r="D377" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F377" s="1" t="inlineStr">
+      <c r="D385" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E385" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F385" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="378" customHeight="true" ht="140.0">
-      <c r="A378" s="1" t="inlineStr">
+    <row r="386" customHeight="1" ht="140.0">
+      <c r="A386" s="1" t="inlineStr">
         <is>
           <t>1629127</t>
         </is>
       </c>
-      <c r="C378" s="1" t="inlineStr">
+      <c r="C386" s="1" t="inlineStr">
         <is>
           <t>GOOD FOR FOOTY</t>
         </is>
       </c>
-      <c r="D378" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F378" s="1" t="inlineStr">
+      <c r="D386" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E386" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F386" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="379" customHeight="true" ht="140.0">
-      <c r="A379" s="1" t="inlineStr">
+    <row r="387" customHeight="1" ht="140.0">
+      <c r="A387" s="1" t="inlineStr">
         <is>
           <t>1627841</t>
         </is>
       </c>
-      <c r="C379" s="1" t="inlineStr">
+      <c r="C387" s="1" t="inlineStr">
         <is>
           <t>LX450d</t>
         </is>
       </c>
-      <c r="D379" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F379" s="1" t="inlineStr">
+      <c r="D387" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E387" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F387" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="380" customHeight="true" ht="140.0">
-      <c r="A380" s="1" t="inlineStr">
+    <row r="388" customHeight="1" ht="140.0">
+      <c r="A388" s="1" t="inlineStr">
         <is>
           <t>1627590</t>
         </is>
       </c>
-      <c r="C380" s="1" t="inlineStr">
+      <c r="C388" s="1" t="inlineStr">
         <is>
           <t>C-HR</t>
         </is>
       </c>
-      <c r="D380" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F380" s="1" t="inlineStr">
+      <c r="D388" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E388" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F388" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="381" customHeight="true" ht="140.0">
-      <c r="A381" s="1" t="inlineStr">
+    <row r="389" customHeight="1" ht="140.0">
+      <c r="A389" s="1" t="inlineStr">
         <is>
           <t>1624592</t>
         </is>
       </c>
-      <c r="C381" s="1" t="inlineStr">
+      <c r="C389" s="1" t="inlineStr">
         <is>
           <t>IS200t</t>
         </is>
       </c>
-      <c r="D381" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F381" s="1" t="inlineStr">
+      <c r="D389" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E389" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F389" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="382" customHeight="true" ht="140.0">
-      <c r="A382" s="1" t="inlineStr">
+    <row r="390" customHeight="1" ht="140.0">
+      <c r="A390" s="1" t="inlineStr">
         <is>
           <t>1607177</t>
         </is>
       </c>
-      <c r="C382" s="1" t="inlineStr">
+      <c r="C390" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS F</t>
         </is>
       </c>
-      <c r="D382" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F382" s="1" t="inlineStr">
+      <c r="D390" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E390" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F390" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="383" customHeight="true" ht="140.0">
-      <c r="A383" s="1" t="inlineStr">
+    <row r="391" customHeight="1" ht="140.0">
+      <c r="A391" s="1" t="inlineStr">
         <is>
           <t>1605496</t>
         </is>
       </c>
-      <c r="C383" s="1" t="inlineStr">
+      <c r="C391" s="1" t="inlineStr">
         <is>
           <t>D-4T</t>
         </is>
       </c>
-      <c r="D383" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F383" s="1" t="inlineStr">
+      <c r="D391" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E391" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F391" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="384" customHeight="true" ht="140.0">
-      <c r="A384" s="1" t="inlineStr">
+    <row r="392" customHeight="1" ht="140.0">
+      <c r="A392" s="1" t="inlineStr">
         <is>
           <t>1605493</t>
         </is>
       </c>
-      <c r="C384" s="1" t="inlineStr">
+      <c r="C392" s="1" t="inlineStr">
         <is>
           <t>D-4ST</t>
         </is>
       </c>
-      <c r="D384" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F384" s="1" t="inlineStr">
+      <c r="D392" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E392" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F392" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="385" customHeight="true" ht="140.0">
-      <c r="A385" s="1" t="inlineStr">
+    <row r="393" customHeight="1" ht="140.0">
+      <c r="A393" s="1" t="inlineStr">
         <is>
           <t>1604770</t>
         </is>
       </c>
-      <c r="C385" s="1" t="inlineStr">
+      <c r="C393" s="1" t="inlineStr">
         <is>
           <t>BI-BEAM LED</t>
         </is>
       </c>
-      <c r="D385" s="1" t="inlineStr">
+      <c r="D393" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E385" s="1" t="inlineStr">
+      <c r="E393" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="F385" s="1" t="inlineStr">
+      <c r="F393" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="386" customHeight="true" ht="140.0">
-      <c r="A386" s="1" t="inlineStr">
+    <row r="394" customHeight="1" ht="140.0">
+      <c r="A394" s="1" t="inlineStr">
         <is>
           <t>1603986</t>
         </is>
       </c>
-      <c r="C386" s="1" t="inlineStr">
+      <c r="C394" s="1" t="inlineStr">
         <is>
           <t>TMHA FORKLIFT RENTALS 1800 425 438</t>
         </is>
       </c>
-      <c r="D386" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E386" s="1" t="inlineStr">
+      <c r="D394" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E394" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F386" s="1" t="inlineStr">
+      <c r="F394" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MATERIAL HANDLING AUSTRALIA PTY LIMITED</t>
         </is>
       </c>
     </row>
-    <row r="387" customHeight="true" ht="140.0">
-      <c r="A387" s="1" t="inlineStr">
+    <row r="395" customHeight="1" ht="140.0">
+      <c r="A395" s="1" t="inlineStr">
         <is>
           <t>1580341</t>
         </is>
       </c>
-      <c r="C387" s="1" t="inlineStr">
+      <c r="C395" s="1" t="inlineStr">
         <is>
           <t>TOYOTA FT</t>
         </is>
       </c>
-      <c r="D387" s="1" t="inlineStr">
+      <c r="D395" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E387" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F387" s="1" t="inlineStr">
+      <c r="E395" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F395" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="388" customHeight="true" ht="140.0">
-      <c r="A388" s="1" t="inlineStr">
+    <row r="396" customHeight="1" ht="140.0">
+      <c r="A396" s="1" t="inlineStr">
         <is>
           <t>1579589</t>
         </is>
       </c>
-      <c r="C388" s="1" t="inlineStr">
+      <c r="C396" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS200t</t>
         </is>
       </c>
-      <c r="D388" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F388" s="1" t="inlineStr">
+      <c r="D396" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E396" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F396" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="389" customHeight="true" ht="140.0">
-      <c r="A389" s="1" t="inlineStr">
+    <row r="397" customHeight="1" ht="140.0">
+      <c r="A397" s="1" t="inlineStr">
         <is>
           <t>1576747</t>
         </is>
       </c>
-      <c r="C389" s="1" t="inlineStr">
+      <c r="C397" s="1" t="inlineStr">
         <is>
           <t>LIVE RAV4WARD</t>
         </is>
       </c>
-      <c r="D389" s="1" t="inlineStr">
+      <c r="D397" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E389" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F389" s="1" t="inlineStr">
+      <c r="E397" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F397" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="390" customHeight="true" ht="140.0">
-      <c r="A390" s="1" t="inlineStr">
+    <row r="398" customHeight="1" ht="140.0">
+      <c r="A398" s="1" t="inlineStr">
         <is>
           <t>1574017</t>
         </is>
       </c>
-      <c r="C390" s="1" t="inlineStr">
+      <c r="C398" s="1" t="inlineStr">
         <is>
           <t>LEXUS RC200t</t>
         </is>
       </c>
-      <c r="D390" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F390" s="1" t="inlineStr">
+      <c r="D398" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E398" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F398" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="391" customHeight="true" ht="140.0">
-      <c r="A391" s="1" t="inlineStr">
+    <row r="399" customHeight="1" ht="140.0">
+      <c r="A399" s="1" t="inlineStr">
         <is>
           <t>1573848</t>
         </is>
       </c>
-      <c r="C391" s="1" t="inlineStr">
+      <c r="C399" s="1" t="inlineStr">
         <is>
           <t>LEGENDARY MOMENTS</t>
         </is>
       </c>
-      <c r="D391" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E391" s="1" t="inlineStr">
+      <c r="D399" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E399" s="1" t="inlineStr">
         <is>
           <t>12, 41</t>
         </is>
       </c>
-      <c r="F391" s="1" t="inlineStr">
+      <c r="F399" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="392" customHeight="true" ht="140.0">
-      <c r="A392" s="1" t="inlineStr">
+    <row r="400" customHeight="1" ht="140.0">
+      <c r="A400" s="1" t="inlineStr">
         <is>
           <t>1565071</t>
         </is>
       </c>
-      <c r="C392" s="1" t="inlineStr">
+      <c r="C400" s="1" t="inlineStr">
         <is>
           <t>TOYOTA HYBRID</t>
         </is>
       </c>
-      <c r="D392" s="1" t="inlineStr">
+      <c r="D400" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E392" s="1" t="inlineStr">
+      <c r="E400" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F392" s="1" t="inlineStr">
+      <c r="F400" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="393" customHeight="true" ht="140.0">
-      <c r="A393" s="1" t="inlineStr">
+    <row r="401" customHeight="1" ht="140.0">
+      <c r="A401" s="1" t="inlineStr">
         <is>
           <t>1550008</t>
         </is>
       </c>
-      <c r="C393" s="1" t="inlineStr">
+      <c r="C401" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX200t</t>
         </is>
       </c>
-      <c r="D393" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F393" s="1" t="inlineStr">
+      <c r="D401" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E401" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F401" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="394" customHeight="true" ht="140.0">
-      <c r="A394" s="1" t="inlineStr">
+    <row r="402" customHeight="1" ht="140.0">
+      <c r="A402" s="1" t="inlineStr">
         <is>
           <t>1546945</t>
         </is>
       </c>
-      <c r="C394" s="1" t="inlineStr">
+      <c r="C402" s="1" t="inlineStr">
         <is>
           <t>GS F</t>
         </is>
       </c>
-      <c r="D394" s="1" t="inlineStr">
+      <c r="D402" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E394" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F394" s="1" t="inlineStr">
+      <c r="E402" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F402" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="395" customHeight="true" ht="140.0">
-      <c r="A395" s="1" t="inlineStr">
+    <row r="403" customHeight="1" ht="140.0">
+      <c r="A403" s="1" t="inlineStr">
         <is>
           <t>1543807</t>
         </is>
       </c>
-      <c r="C395" s="1" t="inlineStr">
+      <c r="C403" s="1" t="inlineStr">
         <is>
           <t>BEYOND BY LEXUS</t>
         </is>
       </c>
-      <c r="D395" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E395" s="1" t="inlineStr">
+      <c r="D403" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E403" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F395" s="1" t="inlineStr">
+      <c r="F403" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="396" customHeight="true" ht="140.0">
-      <c r="A396" s="1" t="inlineStr">
+    <row r="404" customHeight="1" ht="140.0">
+      <c r="A404" s="1" t="inlineStr">
         <is>
           <t>1533796</t>
         </is>
       </c>
-      <c r="C396" s="1" t="inlineStr">
+      <c r="C404" s="1" t="inlineStr">
         <is>
           <t>RC F</t>
         </is>
       </c>
-      <c r="D396" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F396" s="1" t="inlineStr">
+      <c r="D404" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E404" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F404" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="397" customHeight="true" ht="140.0">
-      <c r="A397" s="1" t="inlineStr">
+    <row r="405" customHeight="1" ht="140.0">
+      <c r="A405" s="1" t="inlineStr">
         <is>
           <t>1524186</t>
         </is>
       </c>
-      <c r="C397" s="1" t="inlineStr">
+      <c r="C405" s="1" t="inlineStr">
         <is>
           <t>LEXUS RC350</t>
         </is>
       </c>
-      <c r="D397" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F397" s="1" t="inlineStr">
+      <c r="D405" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E405" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F405" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="398" customHeight="true" ht="140.0">
-      <c r="A398" s="1" t="inlineStr">
+    <row r="406" customHeight="1" ht="140.0">
+      <c r="A406" s="1" t="inlineStr">
         <is>
           <t>1520546</t>
         </is>
       </c>
-      <c r="C398" s="1" t="inlineStr">
+      <c r="C406" s="1" t="inlineStr">
         <is>
           <t>Etios</t>
         </is>
       </c>
-      <c r="D398" s="1" t="inlineStr">
+      <c r="D406" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Registered/protected</t>
         </is>
       </c>
-      <c r="E398" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F398" s="1" t="inlineStr">
+      <c r="E406" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F406" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="399" customHeight="true" ht="140.0">
-      <c r="A399" s="1" t="inlineStr">
+    <row r="407" customHeight="1" ht="140.0">
+      <c r="A407" s="1" t="inlineStr">
         <is>
           <t>1520227</t>
         </is>
       </c>
-      <c r="C399" s="1" t="inlineStr">
+      <c r="C407" s="1" t="inlineStr">
         <is>
           <t>LEXUS NX300h</t>
         </is>
       </c>
-      <c r="D399" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F399" s="1" t="inlineStr">
+      <c r="D407" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E407" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F407" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="400" customHeight="true" ht="140.0">
-      <c r="A400" s="1" t="inlineStr">
+    <row r="408" customHeight="1" ht="140.0">
+      <c r="A408" s="1" t="inlineStr">
         <is>
           <t>1520225</t>
         </is>
       </c>
-      <c r="C400" s="1" t="inlineStr">
+      <c r="C408" s="1" t="inlineStr">
         <is>
           <t>LEXUS NX200t</t>
         </is>
       </c>
-      <c r="D400" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F400" s="1" t="inlineStr">
+      <c r="D408" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E408" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F408" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="401" customHeight="true" ht="140.0">
-      <c r="A401" s="1" t="inlineStr">
+    <row r="409" customHeight="1" ht="140.0">
+      <c r="A409" s="1" t="inlineStr">
         <is>
           <t>1518343</t>
         </is>
       </c>
-      <c r="C401" s="1" t="inlineStr">
+      <c r="C409" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MATERIAL HANDLING</t>
         </is>
       </c>
-      <c r="D401" s="1" t="inlineStr">
+      <c r="D409" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E401" s="1" t="inlineStr">
+      <c r="E409" s="1" t="inlineStr">
         <is>
           <t>7, 12, 35, 37, 39, 41, 42</t>
         </is>
       </c>
-      <c r="F401" s="1" t="inlineStr">
+      <c r="F409" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="402" customHeight="true" ht="140.0">
-      <c r="A402" s="1" t="inlineStr">
+    <row r="410" customHeight="1" ht="140.0">
+      <c r="A410" s="1" t="inlineStr">
         <is>
           <t>1517358</t>
         </is>
       </c>
-      <c r="C402" s="1" t="inlineStr">
+      <c r="C410" s="1" t="inlineStr">
         <is>
           <t>TOYOTA TOWING TRACTORS</t>
         </is>
       </c>
-      <c r="D402" s="1" t="inlineStr">
+      <c r="D410" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E402" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F402" s="1" t="inlineStr">
+      <c r="E410" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F410" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="403" customHeight="true" ht="140.0">
-      <c r="A403" s="1" t="inlineStr">
+    <row r="411" customHeight="1" ht="140.0">
+      <c r="A411" s="1" t="inlineStr">
         <is>
           <t>1517355</t>
         </is>
       </c>
-      <c r="C403" s="1" t="inlineStr">
+      <c r="C411" s="1" t="inlineStr">
         <is>
           <t>TOYOTA TOW TUGS</t>
         </is>
       </c>
-      <c r="D403" s="1" t="inlineStr">
+      <c r="D411" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E403" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F403" s="1" t="inlineStr">
+      <c r="E411" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F411" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="404" customHeight="true" ht="140.0">
-      <c r="A404" s="1" t="inlineStr">
+    <row r="412" customHeight="1" ht="140.0">
+      <c r="A412" s="1" t="inlineStr">
         <is>
           <t>1516070</t>
         </is>
       </c>
-      <c r="C404" s="1" t="inlineStr">
+      <c r="C412" s="1" t="inlineStr">
         <is>
           <t>HUSKI CONSTRUCTION EQUIPMENT</t>
         </is>
       </c>
-      <c r="D404" s="1" t="inlineStr">
+      <c r="D412" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E404" s="1" t="inlineStr">
+      <c r="E412" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F404" s="1" t="inlineStr">
+      <c r="F412" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="405" customHeight="true" ht="140.0">
-      <c r="A405" s="1" t="inlineStr">
+    <row r="413" customHeight="1" ht="140.0">
+      <c r="A413" s="1" t="inlineStr">
         <is>
           <t>1515434</t>
         </is>
       </c>
-      <c r="C405" s="1" t="inlineStr">
+      <c r="C413" s="1" t="inlineStr">
         <is>
           <t>TOYOTA CONSTRUCTION EQUIPMENT</t>
         </is>
       </c>
-      <c r="D405" s="1" t="inlineStr">
+      <c r="D413" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E405" s="1" t="inlineStr">
+      <c r="E413" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F405" s="1" t="inlineStr">
+      <c r="F413" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="406" customHeight="true" ht="140.0">
-      <c r="A406" s="1" t="inlineStr">
+    <row r="414" customHeight="1" ht="140.0">
+      <c r="A414" s="1" t="inlineStr">
         <is>
           <t>1515149</t>
         </is>
       </c>
-      <c r="C406" s="1" t="inlineStr">
+      <c r="C414" s="1" t="inlineStr">
         <is>
           <t>TOYOTA FORKLIFTS</t>
         </is>
       </c>
-      <c r="D406" s="1" t="inlineStr">
+      <c r="D414" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E406" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F406" s="1" t="inlineStr">
+      <c r="E414" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F414" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="407" customHeight="true" ht="140.0">
-      <c r="A407" s="1" t="inlineStr">
+    <row r="415" customHeight="1" ht="140.0">
+      <c r="A415" s="1" t="inlineStr">
         <is>
           <t>1515148</t>
         </is>
       </c>
-      <c r="C407" s="1" t="inlineStr">
+      <c r="C415" s="1" t="inlineStr">
         <is>
           <t>BT LIFT TRUCKS</t>
         </is>
       </c>
-      <c r="D407" s="1" t="inlineStr">
+      <c r="D415" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E407" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F407" s="1" t="inlineStr">
+      <c r="E415" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F415" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="408" customHeight="true" ht="140.0">
-      <c r="A408" s="1" t="inlineStr">
+    <row r="416" customHeight="1" ht="140.0">
+      <c r="A416" s="1" t="inlineStr">
         <is>
           <t>1515146</t>
         </is>
       </c>
-      <c r="C408" s="1" t="inlineStr">
+      <c r="C416" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SKID STEER LOADERS</t>
         </is>
       </c>
-      <c r="D408" s="1" t="inlineStr">
+      <c r="D416" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E408" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F408" s="1" t="inlineStr">
+      <c r="E416" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F416" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="409" customHeight="true" ht="140.0">
-      <c r="A409" s="1" t="inlineStr">
+    <row r="417" customHeight="1" ht="140.0">
+      <c r="A417" s="1" t="inlineStr">
         <is>
           <t>1515145</t>
         </is>
       </c>
-      <c r="C409" s="1" t="inlineStr">
+      <c r="C417" s="1" t="inlineStr">
         <is>
           <t>RAYMOND FORKLIFTS</t>
         </is>
       </c>
-      <c r="D409" s="1" t="inlineStr">
+      <c r="D417" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E409" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F409" s="1" t="inlineStr">
+      <c r="E417" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F417" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="410" customHeight="true" ht="140.0">
-      <c r="A410" s="1" t="inlineStr">
+    <row r="418" customHeight="1" ht="140.0">
+      <c r="A418" s="1" t="inlineStr">
         <is>
           <t>1507798</t>
         </is>
       </c>
-      <c r="C410" s="1" t="inlineStr">
+      <c r="C418" s="1" t="inlineStr">
         <is>
           <t>LEXUS ES350</t>
         </is>
       </c>
-      <c r="D410" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F410" s="1" t="inlineStr">
+      <c r="D418" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E418" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F418" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="411" customHeight="true" ht="140.0">
-      <c r="A411" s="1" t="inlineStr">
+    <row r="419" customHeight="1" ht="140.0">
+      <c r="A419" s="1" t="inlineStr">
         <is>
           <t>1507797</t>
         </is>
       </c>
-      <c r="C411" s="1" t="inlineStr">
+      <c r="C419" s="1" t="inlineStr">
         <is>
           <t>LEXUS ES300h</t>
         </is>
       </c>
-      <c r="D411" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F411" s="1" t="inlineStr">
+      <c r="D419" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E419" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F419" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="412" customHeight="true" ht="140.0">
-      <c r="A412" s="1" t="inlineStr">
+    <row r="420" customHeight="1" ht="140.0">
+      <c r="A420" s="1" t="inlineStr">
         <is>
           <t>1506902</t>
         </is>
       </c>
-      <c r="C412" s="1" t="inlineStr">
+      <c r="C420" s="1" t="inlineStr">
         <is>
           <t>LIFETIME OF GOODTIMES</t>
         </is>
       </c>
-      <c r="D412" s="1" t="inlineStr">
+      <c r="D420" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E412" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F412" s="1" t="inlineStr">
+      <c r="E420" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F420" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="413" customHeight="true" ht="140.0">
-      <c r="A413" s="1" t="inlineStr">
+    <row r="421" customHeight="1" ht="140.0">
+      <c r="A421" s="1" t="inlineStr">
         <is>
           <t>1502661</t>
         </is>
       </c>
-      <c r="C413" s="1" t="inlineStr">
+      <c r="C421" s="1" t="inlineStr">
         <is>
           <t>TOYOTA ACCESS</t>
         </is>
       </c>
-      <c r="D413" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E413" s="1" t="inlineStr">
+      <c r="D421" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E421" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F413" s="1" t="inlineStr">
+      <c r="F421" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="414" customHeight="true" ht="140.0">
-      <c r="A414" s="1" t="inlineStr">
+    <row r="422" customHeight="1" ht="140.0">
+      <c r="A422" s="1" t="inlineStr">
         <is>
           <t>1502660</t>
         </is>
       </c>
-      <c r="C414" s="1" t="inlineStr">
+      <c r="C422" s="1" t="inlineStr">
         <is>
           <t>LEXUS OWNERSHIP SOLUTIONS</t>
         </is>
       </c>
-      <c r="D414" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E414" s="1" t="inlineStr">
+      <c r="D422" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E422" s="1" t="inlineStr">
         <is>
           <t>12, 36</t>
         </is>
       </c>
-      <c r="F414" s="1" t="inlineStr">
+      <c r="F422" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="415" customHeight="true" ht="140.0">
-      <c r="A415" s="1" t="inlineStr">
+    <row r="423" customHeight="1" ht="140.0">
+      <c r="A423" s="1" t="inlineStr">
         <is>
           <t>1500018</t>
         </is>
       </c>
-      <c r="C415" s="1" t="inlineStr">
+      <c r="C423" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D415" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F415" s="1" t="inlineStr">
+      <c r="D423" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E423" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F423" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="416" customHeight="true" ht="140.0">
-      <c r="A416" s="1" t="inlineStr">
+    <row r="424" customHeight="1" ht="140.0">
+      <c r="A424" s="1" t="inlineStr">
         <is>
           <t>1500017</t>
         </is>
       </c>
-      <c r="C416" s="1" t="inlineStr">
+      <c r="C424" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D416" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F416" s="1" t="inlineStr">
+      <c r="D424" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E424" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F424" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="417" customHeight="true" ht="140.0">
-      <c r="A417" s="1" t="inlineStr">
+    <row r="425" customHeight="1" ht="140.0">
+      <c r="A425" s="1" t="inlineStr">
         <is>
           <t>1500016</t>
         </is>
       </c>
-      <c r="C417" s="1" t="inlineStr">
+      <c r="C425" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D417" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F417" s="1" t="inlineStr">
+      <c r="D425" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E425" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F425" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="418" customHeight="true" ht="140.0">
-      <c r="A418" s="1" t="inlineStr">
+    <row r="426" customHeight="1" ht="140.0">
+      <c r="A426" s="1" t="inlineStr">
         <is>
           <t>1500015</t>
         </is>
       </c>
-      <c r="C418" s="1" t="inlineStr">
+      <c r="C426" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D418" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F418" s="1" t="inlineStr">
+      <c r="D426" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E426" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F426" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="419" customHeight="true" ht="140.0">
-      <c r="A419" s="1" t="inlineStr">
+    <row r="427" customHeight="1" ht="140.0">
+      <c r="A427" s="1" t="inlineStr">
         <is>
           <t>1500014</t>
         </is>
       </c>
-      <c r="C419" s="1" t="inlineStr">
+      <c r="C427" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D419" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F419" s="1" t="inlineStr">
+      <c r="D427" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E427" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F427" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="420" customHeight="true" ht="140.0">
-      <c r="A420" s="1" t="inlineStr">
+    <row r="428" customHeight="1" ht="140.0">
+      <c r="A428" s="1" t="inlineStr">
         <is>
           <t>1500013</t>
         </is>
       </c>
-      <c r="C420" s="1" t="inlineStr">
+      <c r="C428" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D420" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F420" s="1" t="inlineStr">
+      <c r="D428" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E428" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F428" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="421" customHeight="true" ht="140.0">
-      <c r="A421" s="1" t="inlineStr">
+    <row r="429" customHeight="1" ht="140.0">
+      <c r="A429" s="1" t="inlineStr">
         <is>
           <t>1500012</t>
         </is>
       </c>
-      <c r="C421" s="1" t="inlineStr">
+      <c r="C429" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D421" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F421" s="1" t="inlineStr">
+      <c r="D429" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E429" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F429" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="422" customHeight="true" ht="140.0">
-      <c r="A422" s="1" t="inlineStr">
+    <row r="430" customHeight="1" ht="140.0">
+      <c r="A430" s="1" t="inlineStr">
         <is>
           <t>1500010</t>
         </is>
       </c>
-      <c r="C422" s="1" t="inlineStr">
+      <c r="C430" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D422" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F422" s="1" t="inlineStr">
+      <c r="D430" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E430" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F430" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="423" customHeight="true" ht="140.0">
-      <c r="A423" s="1" t="inlineStr">
+    <row r="431" customHeight="1" ht="140.0">
+      <c r="A431" s="1" t="inlineStr">
         <is>
           <t>1500008</t>
         </is>
       </c>
-      <c r="C423" s="1" t="inlineStr">
+      <c r="C431" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D423" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F423" s="1" t="inlineStr">
+      <c r="D431" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E431" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F431" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="424" customHeight="true" ht="140.0">
-      <c r="A424" s="1" t="inlineStr">
+    <row r="432" customHeight="1" ht="140.0">
+      <c r="A432" s="1" t="inlineStr">
         <is>
           <t>1500006</t>
         </is>
       </c>
-      <c r="C424" s="1" t="inlineStr">
+      <c r="C432" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D424" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F424" s="1" t="inlineStr">
+      <c r="D432" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E432" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F432" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="425" customHeight="true" ht="140.0">
-      <c r="A425" s="1" t="inlineStr">
+    <row r="433" customHeight="1" ht="140.0">
+      <c r="A433" s="1" t="inlineStr">
         <is>
           <t>1500004</t>
         </is>
       </c>
-      <c r="C425" s="1" t="inlineStr">
+      <c r="C433" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D425" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F425" s="1" t="inlineStr">
+      <c r="D433" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E433" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F433" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="426" customHeight="true" ht="140.0">
-      <c r="A426" s="1" t="inlineStr">
+    <row r="434" customHeight="1" ht="140.0">
+      <c r="A434" s="1" t="inlineStr">
         <is>
           <t>1499836</t>
         </is>
       </c>
-      <c r="C426" s="1" t="inlineStr">
+      <c r="C434" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D426" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E426" s="1" t="inlineStr">
+      <c r="D434" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E434" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="F426" s="1" t="inlineStr">
+      <c r="F434" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="427" customHeight="true" ht="140.0">
-      <c r="A427" s="1" t="inlineStr">
+    <row r="435" customHeight="1" ht="140.0">
+      <c r="A435" s="1" t="inlineStr">
         <is>
           <t>1498532</t>
         </is>
       </c>
-      <c r="C427" s="1" t="inlineStr">
+      <c r="C435" s="1" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
-      <c r="D427" s="1" t="inlineStr">
+      <c r="D435" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E427" s="1" t="inlineStr">
+      <c r="E435" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="F427" s="1" t="inlineStr">
+      <c r="F435" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="428" customHeight="true" ht="140.0">
-      <c r="A428" s="1" t="inlineStr">
+    <row r="436" customHeight="1" ht="140.0">
+      <c r="A436" s="1" t="inlineStr">
         <is>
           <t>1494414</t>
         </is>
       </c>
-      <c r="C428" s="1" t="inlineStr">
+      <c r="C436" s="1" t="inlineStr">
         <is>
           <t>OPONOPO</t>
         </is>
       </c>
-      <c r="D428" s="1" t="inlineStr">
+      <c r="D436" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E428" s="1" t="inlineStr">
+      <c r="E436" s="1" t="inlineStr">
         <is>
           <t>9, 10</t>
         </is>
       </c>
-      <c r="F428" s="1" t="inlineStr">
+      <c r="F436" s="1" t="inlineStr">
         <is>
           <t>Toyota Tsusho Corporation</t>
         </is>
       </c>
     </row>
-    <row r="429" customHeight="true" ht="140.0">
-      <c r="A429" s="1" t="inlineStr">
+    <row r="437" customHeight="1" ht="140.0">
+      <c r="A437" s="1" t="inlineStr">
         <is>
           <t>1493160</t>
         </is>
       </c>
-      <c r="C429" s="1" t="inlineStr">
+      <c r="C437" s="1" t="inlineStr">
         <is>
           <t>LEXUS RACING</t>
         </is>
       </c>
-      <c r="D429" s="1" t="inlineStr">
+      <c r="D437" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E429" s="1" t="inlineStr">
+      <c r="E437" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 21, 24, 25, 28</t>
         </is>
       </c>
-      <c r="F429" s="1" t="inlineStr">
+      <c r="F437" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="430" customHeight="true" ht="140.0">
-      <c r="A430" s="1" t="inlineStr">
+    <row r="438" customHeight="1" ht="140.0">
+      <c r="A438" s="1" t="inlineStr">
         <is>
           <t>1493159</t>
         </is>
       </c>
-      <c r="C430" s="1" t="inlineStr">
+      <c r="C438" s="1" t="inlineStr">
         <is>
           <t>TOYOTA RACING</t>
         </is>
       </c>
-      <c r="D430" s="1" t="inlineStr">
+      <c r="D438" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E430" s="1" t="inlineStr">
+      <c r="E438" s="1" t="inlineStr">
         <is>
           <t>9, 14, 16, 18, 21, 24, 25, 28</t>
         </is>
       </c>
-      <c r="F430" s="1" t="inlineStr">
+      <c r="F438" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="431" customHeight="true" ht="140.0">
-      <c r="A431" s="1" t="inlineStr">
+    <row r="439" customHeight="1" ht="140.0">
+      <c r="A439" s="1" t="inlineStr">
         <is>
           <t>1492621</t>
         </is>
       </c>
-      <c r="C431" s="1" t="inlineStr">
+      <c r="C439" s="1" t="inlineStr">
         <is>
           <t>TOYOTA HYBRID</t>
         </is>
       </c>
-      <c r="D431" s="1" t="inlineStr">
+      <c r="D439" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E431" s="1" t="inlineStr">
+      <c r="E439" s="1" t="inlineStr">
         <is>
           <t>9, 14, 18, 21, 24, 25, 28, 41</t>
         </is>
       </c>
-      <c r="F431" s="1" t="inlineStr">
+      <c r="F439" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="432" customHeight="true" ht="140.0">
-      <c r="A432" s="1" t="inlineStr">
+    <row r="440" customHeight="1" ht="140.0">
+      <c r="A440" s="1" t="inlineStr">
         <is>
           <t>1490286</t>
         </is>
       </c>
-      <c r="C432" s="1" t="inlineStr">
+      <c r="C440" s="1" t="inlineStr">
         <is>
           <t>EVERY SECOND COUNTS</t>
         </is>
       </c>
-      <c r="D432" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F432" s="1" t="inlineStr">
+      <c r="D440" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E440" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F440" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="433" customHeight="true" ht="140.0">
-      <c r="A433" s="1" t="inlineStr">
+    <row r="441" customHeight="1" ht="140.0">
+      <c r="A441" s="1" t="inlineStr">
         <is>
           <t>1488985</t>
         </is>
       </c>
-      <c r="C433" s="1" t="inlineStr">
+      <c r="C441" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D433" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F433" s="1" t="inlineStr">
+      <c r="D441" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E441" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F441" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="434" customHeight="true" ht="140.0">
-      <c r="A434" s="1" t="inlineStr">
+    <row r="442" customHeight="1" ht="140.0">
+      <c r="A442" s="1" t="inlineStr">
         <is>
           <t>1488984</t>
         </is>
       </c>
-      <c r="C434" s="1" t="inlineStr">
+      <c r="C442" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D434" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F434" s="1" t="inlineStr">
+      <c r="D442" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E442" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F442" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="435" customHeight="true" ht="140.0">
-      <c r="A435" s="1" t="inlineStr">
+    <row r="443" customHeight="1" ht="140.0">
+      <c r="A443" s="1" t="inlineStr">
         <is>
           <t>1488983</t>
         </is>
       </c>
-      <c r="C435" s="1" t="inlineStr">
+      <c r="C443" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D435" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F435" s="1" t="inlineStr">
+      <c r="D443" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E443" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F443" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="436" customHeight="true" ht="140.0">
-      <c r="A436" s="1" t="inlineStr">
+    <row r="444" customHeight="1" ht="140.0">
+      <c r="A444" s="1" t="inlineStr">
         <is>
           <t>1488978</t>
         </is>
       </c>
-      <c r="C436" s="1" t="inlineStr">
+      <c r="C444" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D436" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F436" s="1" t="inlineStr">
+      <c r="D444" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E444" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F444" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="437" customHeight="true" ht="140.0">
-      <c r="A437" s="1" t="inlineStr">
+    <row r="445" customHeight="1" ht="140.0">
+      <c r="A445" s="1" t="inlineStr">
         <is>
           <t>1488976</t>
         </is>
       </c>
-      <c r="C437" s="1" t="inlineStr">
+      <c r="C445" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D437" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F437" s="1" t="inlineStr">
+      <c r="D445" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E445" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F445" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="438" customHeight="true" ht="140.0">
-      <c r="A438" s="1" t="inlineStr">
+    <row r="446" customHeight="1" ht="140.0">
+      <c r="A446" s="1" t="inlineStr">
         <is>
           <t>1488975</t>
         </is>
       </c>
-      <c r="C438" s="1" t="inlineStr">
+      <c r="C446" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D438" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F438" s="1" t="inlineStr">
+      <c r="D446" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E446" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F446" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="439" customHeight="true" ht="140.0">
-      <c r="A439" s="1" t="inlineStr">
+    <row r="447" customHeight="1" ht="140.0">
+      <c r="A447" s="1" t="inlineStr">
         <is>
           <t>1488973</t>
         </is>
       </c>
-      <c r="C439" s="1" t="inlineStr">
+      <c r="C447" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D439" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F439" s="1" t="inlineStr">
+      <c r="D447" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E447" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F447" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="440" customHeight="true" ht="140.0">
-      <c r="A440" s="1" t="inlineStr">
+    <row r="448" customHeight="1" ht="140.0">
+      <c r="A448" s="1" t="inlineStr">
         <is>
           <t>1488971</t>
         </is>
       </c>
-      <c r="C440" s="1" t="inlineStr">
+      <c r="C448" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D440" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F440" s="1" t="inlineStr">
+      <c r="D448" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E448" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F448" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="441" customHeight="true" ht="140.0">
-      <c r="A441" s="1" t="inlineStr">
+    <row r="449" customHeight="1" ht="140.0">
+      <c r="A449" s="1" t="inlineStr">
         <is>
           <t>1488968</t>
         </is>
       </c>
-      <c r="C441" s="1" t="inlineStr">
+      <c r="C449" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D441" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F441" s="1" t="inlineStr">
+      <c r="D449" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E449" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F449" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="442" customHeight="true" ht="140.0">
-      <c r="A442" s="1" t="inlineStr">
+    <row r="450" customHeight="1" ht="140.0">
+      <c r="A450" s="1" t="inlineStr">
         <is>
           <t>1488967</t>
         </is>
       </c>
-      <c r="C442" s="1" t="inlineStr">
+      <c r="C450" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D442" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F442" s="1" t="inlineStr">
+      <c r="D450" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E450" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F450" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="443" customHeight="true" ht="140.0">
-      <c r="A443" s="1" t="inlineStr">
+    <row r="451" customHeight="1" ht="140.0">
+      <c r="A451" s="1" t="inlineStr">
         <is>
           <t>1488966</t>
         </is>
       </c>
-      <c r="C443" s="1" t="inlineStr">
+      <c r="C451" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D443" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F443" s="1" t="inlineStr">
+      <c r="D451" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E451" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F451" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="444" customHeight="true" ht="140.0">
-      <c r="A444" s="1" t="inlineStr">
+    <row r="452" customHeight="1" ht="140.0">
+      <c r="A452" s="1" t="inlineStr">
         <is>
           <t>1488965</t>
         </is>
       </c>
-      <c r="C444" s="1" t="inlineStr">
+      <c r="C452" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D444" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F444" s="1" t="inlineStr">
+      <c r="D452" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E452" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F452" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="445" customHeight="true" ht="140.0">
-      <c r="A445" s="1" t="inlineStr">
+    <row r="453" customHeight="1" ht="140.0">
+      <c r="A453" s="1" t="inlineStr">
         <is>
           <t>1488963</t>
         </is>
       </c>
-      <c r="C445" s="1" t="inlineStr">
+      <c r="C453" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D445" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F445" s="1" t="inlineStr">
+      <c r="D453" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E453" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F453" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="446" customHeight="true" ht="140.0">
-      <c r="A446" s="1" t="inlineStr">
+    <row r="454" customHeight="1" ht="140.0">
+      <c r="A454" s="1" t="inlineStr">
         <is>
           <t>1488960</t>
         </is>
       </c>
-      <c r="C446" s="1" t="inlineStr">
+      <c r="C454" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D446" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F446" s="1" t="inlineStr">
+      <c r="D454" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E454" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F454" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="447" customHeight="true" ht="140.0">
-      <c r="A447" s="1" t="inlineStr">
+    <row r="455" customHeight="1" ht="140.0">
+      <c r="A455" s="1" t="inlineStr">
         <is>
           <t>1488958</t>
         </is>
       </c>
-      <c r="C447" s="1" t="inlineStr">
+      <c r="C455" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D447" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F447" s="1" t="inlineStr">
+      <c r="D455" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E455" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F455" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="448" customHeight="true" ht="140.0">
-      <c r="A448" s="1" t="inlineStr">
+    <row r="456" customHeight="1" ht="140.0">
+      <c r="A456" s="1" t="inlineStr">
         <is>
           <t>1488957</t>
         </is>
       </c>
-      <c r="C448" s="1" t="inlineStr">
+      <c r="C456" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D448" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F448" s="1" t="inlineStr">
+      <c r="D456" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E456" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F456" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="449" customHeight="true" ht="140.0">
-      <c r="A449" s="1" t="inlineStr">
+    <row r="457" customHeight="1" ht="140.0">
+      <c r="A457" s="1" t="inlineStr">
         <is>
           <t>1488956</t>
         </is>
       </c>
-      <c r="C449" s="1" t="inlineStr">
+      <c r="C457" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D449" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F449" s="1" t="inlineStr">
+      <c r="D457" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E457" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F457" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="450" customHeight="true" ht="140.0">
-      <c r="A450" s="1" t="inlineStr">
+    <row r="458" customHeight="1" ht="140.0">
+      <c r="A458" s="1" t="inlineStr">
         <is>
           <t>1487811</t>
         </is>
       </c>
-      <c r="C450" s="1" t="inlineStr">
+      <c r="C458" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D450" s="1" t="inlineStr">
+      <c r="D458" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E450" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F450" s="1" t="inlineStr">
+      <c r="E458" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F458" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="451" customHeight="true" ht="140.0">
-      <c r="A451" s="1" t="inlineStr">
+    <row r="459" customHeight="1" ht="140.0">
+      <c r="A459" s="1" t="inlineStr">
         <is>
           <t>1487810</t>
         </is>
       </c>
-      <c r="C451" s="1" t="inlineStr">
+      <c r="C459" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D451" s="1" t="inlineStr">
+      <c r="D459" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E451" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F451" s="1" t="inlineStr">
+      <c r="E459" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F459" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="452" customHeight="true" ht="140.0">
-      <c r="A452" s="1" t="inlineStr">
+    <row r="460" customHeight="1" ht="140.0">
+      <c r="A460" s="1" t="inlineStr">
         <is>
           <t>1487809</t>
         </is>
       </c>
-      <c r="C452" s="1" t="inlineStr">
+      <c r="C460" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D452" s="1" t="inlineStr">
+      <c r="D460" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E452" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F452" s="1" t="inlineStr">
+      <c r="E460" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F460" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="453" customHeight="true" ht="140.0">
-      <c r="A453" s="1" t="inlineStr">
+    <row r="461" customHeight="1" ht="140.0">
+      <c r="A461" s="1" t="inlineStr">
         <is>
           <t>1487808</t>
         </is>
       </c>
-      <c r="C453" s="1" t="inlineStr">
+      <c r="C461" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D453" s="1" t="inlineStr">
+      <c r="D461" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E453" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F453" s="1" t="inlineStr">
+      <c r="E461" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F461" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="454" customHeight="true" ht="140.0">
-      <c r="A454" s="1" t="inlineStr">
+    <row r="462" customHeight="1" ht="140.0">
+      <c r="A462" s="1" t="inlineStr">
         <is>
           <t>1482092</t>
         </is>
       </c>
-      <c r="C454" s="1" t="inlineStr">
+      <c r="C462" s="1" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
-      <c r="D454" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E454" s="1" t="inlineStr">
+      <c r="D462" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E462" s="1" t="inlineStr">
         <is>
           <t>1, 4, 6, 9, 27</t>
         </is>
       </c>
-      <c r="F454" s="1" t="inlineStr">
+      <c r="F462" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="455" customHeight="true" ht="140.0">
-      <c r="A455" s="1" t="inlineStr">
+    <row r="463" customHeight="1" ht="140.0">
+      <c r="A463" s="1" t="inlineStr">
         <is>
           <t>1482091</t>
         </is>
       </c>
-      <c r="C455" s="1" t="inlineStr">
+      <c r="C463" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D455" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E455" s="1" t="inlineStr">
+      <c r="D463" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E463" s="1" t="inlineStr">
         <is>
           <t>1, 4, 6, 9, 27</t>
         </is>
       </c>
-      <c r="F455" s="1" t="inlineStr">
+      <c r="F463" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="456" customHeight="true" ht="140.0">
-      <c r="A456" s="1" t="inlineStr">
+    <row r="464" customHeight="1" ht="140.0">
+      <c r="A464" s="1" t="inlineStr">
         <is>
           <t>1482090</t>
         </is>
       </c>
-      <c r="C456" s="1" t="inlineStr">
+      <c r="C464" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D456" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E456" s="1" t="inlineStr">
+      <c r="D464" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E464" s="1" t="inlineStr">
         <is>
           <t>6, 27</t>
         </is>
       </c>
-      <c r="F456" s="1" t="inlineStr">
+      <c r="F464" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="457" customHeight="true" ht="140.0">
-      <c r="A457" s="1" t="inlineStr">
+    <row r="465" customHeight="1" ht="140.0">
+      <c r="A465" s="1" t="inlineStr">
         <is>
           <t>1482089</t>
         </is>
       </c>
-      <c r="C457" s="1" t="inlineStr">
+      <c r="C465" s="1" t="inlineStr">
         <is>
           <t>LEXUS</t>
         </is>
       </c>
-      <c r="D457" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E457" s="1" t="inlineStr">
+      <c r="D465" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E465" s="1" t="inlineStr">
         <is>
           <t>1, 4, 6, 9, 27</t>
         </is>
       </c>
-      <c r="F457" s="1" t="inlineStr">
+      <c r="F465" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="458" customHeight="true" ht="140.0">
-      <c r="A458" s="1" t="inlineStr">
+    <row r="466" customHeight="1" ht="140.0">
+      <c r="A466" s="1" t="inlineStr">
         <is>
           <t>1479897</t>
         </is>
       </c>
-      <c r="C458" s="1" t="inlineStr">
+      <c r="C466" s="1" t="inlineStr">
         <is>
           <t>RAW DRIVING</t>
         </is>
       </c>
-      <c r="D458" s="1" t="inlineStr">
+      <c r="D466" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E458" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F458" s="1" t="inlineStr">
+      <c r="E466" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F466" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="459" customHeight="true" ht="140.0">
-      <c r="A459" s="1" t="inlineStr">
+    <row r="467" customHeight="1" ht="140.0">
+      <c r="A467" s="1" t="inlineStr">
         <is>
           <t>1477076</t>
         </is>
       </c>
-      <c r="C459" s="1" t="inlineStr">
+      <c r="C467" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS300h</t>
         </is>
       </c>
-      <c r="D459" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F459" s="1" t="inlineStr">
+      <c r="D467" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E467" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F467" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="460" customHeight="true" ht="140.0">
-      <c r="A460" s="1" t="inlineStr">
+    <row r="468" customHeight="1" ht="140.0">
+      <c r="A468" s="1" t="inlineStr">
         <is>
           <t>1474064</t>
         </is>
       </c>
-      <c r="C460" s="1" t="inlineStr">
+      <c r="C468" s="1" t="inlineStr">
         <is>
           <t>THE POWER OF H</t>
         </is>
       </c>
-      <c r="D460" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F460" s="1" t="inlineStr">
+      <c r="D468" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E468" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F468" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="461" customHeight="true" ht="140.0">
-      <c r="A461" s="1" t="inlineStr">
+    <row r="469" customHeight="1" ht="140.0">
+      <c r="A469" s="1" t="inlineStr">
         <is>
           <t>1473610</t>
         </is>
       </c>
-      <c r="C461" s="1" t="inlineStr">
+      <c r="C469" s="1" t="inlineStr">
         <is>
           <t>ENFORM</t>
         </is>
       </c>
-      <c r="D461" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E461" s="1" t="inlineStr">
+      <c r="D469" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E469" s="1" t="inlineStr">
         <is>
           <t>9, 12, 42</t>
         </is>
       </c>
-      <c r="F461" s="1" t="inlineStr">
+      <c r="F469" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="462" customHeight="true" ht="140.0">
-      <c r="A462" s="1" t="inlineStr">
+    <row r="470" customHeight="1" ht="140.0">
+      <c r="A470" s="1" t="inlineStr">
         <is>
           <t>1472463</t>
         </is>
       </c>
-      <c r="C462" s="1" t="inlineStr">
+      <c r="C470" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D462" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F462" s="1" t="inlineStr">
+      <c r="D470" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E470" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F470" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="463" customHeight="true" ht="140.0">
-      <c r="A463" s="1" t="inlineStr">
+    <row r="471" customHeight="1" ht="140.0">
+      <c r="A471" s="1" t="inlineStr">
         <is>
           <t>1472375</t>
         </is>
       </c>
-      <c r="C463" s="1" t="inlineStr">
+      <c r="C471" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D463" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F463" s="1" t="inlineStr">
+      <c r="D471" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E471" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F471" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="464" customHeight="true" ht="140.0">
-      <c r="A464" s="1" t="inlineStr">
+    <row r="472" customHeight="1" ht="140.0">
+      <c r="A472" s="1" t="inlineStr">
         <is>
           <t>1471789</t>
         </is>
       </c>
-      <c r="C464" s="1" t="inlineStr">
+      <c r="C472" s="1" t="inlineStr">
         <is>
           <t>CAMRY HYBRID</t>
         </is>
       </c>
-      <c r="D464" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F464" s="1" t="inlineStr">
+      <c r="D472" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E472" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F472" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="465" customHeight="true" ht="140.0">
-      <c r="A465" s="1" t="inlineStr">
+    <row r="473" customHeight="1" ht="140.0">
+      <c r="A473" s="1" t="inlineStr">
         <is>
           <t>1471265</t>
         </is>
       </c>
-      <c r="C465" s="1" t="inlineStr">
+      <c r="C473" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MATERIAL HANDLING TORQUE THE TOYOTA MATERIAL HANDLING MAGAZINE</t>
         </is>
       </c>
-      <c r="D465" s="1" t="inlineStr">
+      <c r="D473" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E465" s="1" t="inlineStr">
+      <c r="E473" s="1" t="inlineStr">
         <is>
           <t>9, 16</t>
         </is>
       </c>
-      <c r="F465" s="1" t="inlineStr">
+      <c r="F473" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="466" customHeight="true" ht="140.0">
-      <c r="A466" s="1" t="inlineStr">
+    <row r="474" customHeight="1" ht="140.0">
+      <c r="A474" s="1" t="inlineStr">
         <is>
           <t>1466858</t>
         </is>
       </c>
-      <c r="C466" s="1" t="inlineStr">
+      <c r="C474" s="1" t="inlineStr">
         <is>
           <t>PRIUS C</t>
         </is>
       </c>
-      <c r="D466" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F466" s="1" t="inlineStr">
+      <c r="D474" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E474" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F474" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="467" customHeight="true" ht="140.0">
-      <c r="A467" s="1" t="inlineStr">
+    <row r="475" customHeight="1" ht="140.0">
+      <c r="A475" s="1" t="inlineStr">
         <is>
           <t>1466348</t>
         </is>
       </c>
-      <c r="C467" s="1" t="inlineStr">
+      <c r="C475" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D467" s="1" t="inlineStr">
+      <c r="D475" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E467" s="1" t="inlineStr">
+      <c r="E475" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F467" s="1" t="inlineStr">
+      <c r="F475" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="468" customHeight="true" ht="140.0">
-      <c r="A468" s="1" t="inlineStr">
+    <row r="476" customHeight="1" ht="140.0">
+      <c r="A476" s="1" t="inlineStr">
         <is>
           <t>1465912</t>
         </is>
       </c>
-      <c r="C468" s="1" t="inlineStr">
+      <c r="C476" s="1" t="inlineStr">
         <is>
           <t>ASPEN</t>
         </is>
       </c>
-      <c r="D468" s="1" t="inlineStr">
+      <c r="D476" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E468" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F468" s="1" t="inlineStr">
+      <c r="E476" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F476" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="469" customHeight="true" ht="140.0">
-      <c r="A469" s="1" t="inlineStr">
+    <row r="477" customHeight="1" ht="140.0">
+      <c r="A477" s="1" t="inlineStr">
         <is>
           <t>1456564</t>
         </is>
       </c>
-      <c r="C469" s="1" t="inlineStr">
+      <c r="C477" s="1" t="inlineStr">
         <is>
           <t>ATARA</t>
         </is>
       </c>
-      <c r="D469" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F469" s="1" t="inlineStr">
+      <c r="D477" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E477" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F477" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha also trading as Toyota Motor Corporation incorporated in Japan</t>
         </is>
       </c>
     </row>
-    <row r="470" customHeight="true" ht="140.0">
-      <c r="A470" s="1" t="inlineStr">
+    <row r="478" customHeight="1" ht="140.0">
+      <c r="A478" s="1" t="inlineStr">
         <is>
           <t>1446677</t>
         </is>
       </c>
-      <c r="C470" s="1" t="inlineStr">
+      <c r="C478" s="1" t="inlineStr">
         <is>
           <t>TOYOTA ENTERTAINMENT COMMUNICATIONS HUB</t>
         </is>
       </c>
-      <c r="D470" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E470" s="1" t="inlineStr">
+      <c r="D478" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E478" s="1" t="inlineStr">
         <is>
           <t>9, 12, 42</t>
         </is>
       </c>
-      <c r="F470" s="1" t="inlineStr">
+      <c r="F478" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="471" customHeight="true" ht="140.0">
-      <c r="A471" s="1" t="inlineStr">
+    <row r="479" customHeight="1" ht="140.0">
+      <c r="A479" s="1" t="inlineStr">
         <is>
           <t>1441663</t>
         </is>
       </c>
-      <c r="C471" s="1" t="inlineStr">
+      <c r="C479" s="1" t="inlineStr">
         <is>
           <t>LS600h</t>
         </is>
       </c>
-      <c r="D471" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F471" s="1" t="inlineStr">
+      <c r="D479" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E479" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F479" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="472" customHeight="true" ht="140.0">
-      <c r="A472" s="1" t="inlineStr">
+    <row r="480" customHeight="1" ht="140.0">
+      <c r="A480" s="1" t="inlineStr">
         <is>
           <t>1441661</t>
         </is>
       </c>
-      <c r="C472" s="1" t="inlineStr">
+      <c r="C480" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SERVICE ADVANTAGE</t>
         </is>
       </c>
-      <c r="D472" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E472" s="1" t="inlineStr">
+      <c r="D480" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E480" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F472" s="1" t="inlineStr">
+      <c r="F480" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="473" customHeight="true" ht="140.0">
-      <c r="A473" s="1" t="inlineStr">
+    <row r="481" customHeight="1" ht="140.0">
+      <c r="A481" s="1" t="inlineStr">
         <is>
           <t>1439434</t>
         </is>
       </c>
-      <c r="C473" s="1" t="inlineStr">
+      <c r="C481" s="1" t="inlineStr">
         <is>
           <t>LEXUS IS300h</t>
         </is>
       </c>
-      <c r="D473" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F473" s="1" t="inlineStr">
+      <c r="D481" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E481" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F481" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="474" customHeight="true" ht="140.0">
-      <c r="A474" s="1" t="inlineStr">
+    <row r="482" customHeight="1" ht="140.0">
+      <c r="A482" s="1" t="inlineStr">
         <is>
           <t>1436830</t>
         </is>
       </c>
-      <c r="C474" s="1" t="inlineStr">
+      <c r="C482" s="1" t="inlineStr">
         <is>
           <t>HACHIJYUROKU</t>
         </is>
       </c>
-      <c r="D474" s="1" t="inlineStr">
+      <c r="D482" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E474" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F474" s="1" t="inlineStr">
+      <c r="E482" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F482" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="475" customHeight="true" ht="140.0">
-      <c r="A475" s="1" t="inlineStr">
+    <row r="483" customHeight="1" ht="140.0">
+      <c r="A483" s="1" t="inlineStr">
         <is>
           <t>1423654</t>
         </is>
       </c>
-      <c r="C475" s="1" t="inlineStr">
+      <c r="C483" s="1" t="inlineStr">
         <is>
           <t>ENTUNE</t>
         </is>
       </c>
-      <c r="D475" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E475" s="1" t="inlineStr">
+      <c r="D483" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E483" s="1" t="inlineStr">
         <is>
           <t>9, 12, 42</t>
         </is>
       </c>
-      <c r="F475" s="1" t="inlineStr">
+      <c r="F483" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="476" customHeight="true" ht="140.0">
-      <c r="A476" s="1" t="inlineStr">
+    <row r="484" customHeight="1" ht="140.0">
+      <c r="A484" s="1" t="inlineStr">
         <is>
           <t>1422718</t>
         </is>
       </c>
-      <c r="C476" s="1" t="inlineStr">
+      <c r="C484" s="1" t="inlineStr">
         <is>
           <t>PRIUS V</t>
         </is>
       </c>
-      <c r="D476" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F476" s="1" t="inlineStr">
+      <c r="D484" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E484" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F484" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="477" customHeight="true" ht="140.0">
-      <c r="A477" s="1" t="inlineStr">
+    <row r="485" customHeight="1" ht="140.0">
+      <c r="A485" s="1" t="inlineStr">
         <is>
           <t>1422717</t>
         </is>
       </c>
-      <c r="C477" s="1" t="inlineStr">
+      <c r="C485" s="1" t="inlineStr">
         <is>
           <t>PRIUS +</t>
         </is>
       </c>
-      <c r="D477" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F477" s="1" t="inlineStr">
+      <c r="D485" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E485" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F485" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="478" customHeight="true" ht="140.0">
-      <c r="A478" s="1" t="inlineStr">
+    <row r="486" customHeight="1" ht="140.0">
+      <c r="A486" s="1" t="inlineStr">
         <is>
           <t>1418164</t>
         </is>
       </c>
-      <c r="C478" s="1" t="inlineStr">
+      <c r="C486" s="1" t="inlineStr">
         <is>
           <t>CELESTIAL BLUE</t>
         </is>
       </c>
-      <c r="D478" s="1" t="inlineStr">
+      <c r="D486" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E478" s="1" t="inlineStr">
+      <c r="E486" s="1" t="inlineStr">
         <is>
           <t>2, 12</t>
         </is>
       </c>
-      <c r="F478" s="1" t="inlineStr">
+      <c r="F486" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="479" customHeight="true" ht="140.0">
-      <c r="A479" s="1" t="inlineStr">
+    <row r="487" customHeight="1" ht="140.0">
+      <c r="A487" s="1" t="inlineStr">
         <is>
           <t>1418163</t>
         </is>
       </c>
-      <c r="C479" s="1" t="inlineStr">
+      <c r="C487" s="1" t="inlineStr">
         <is>
           <t>GREEN POTION</t>
         </is>
       </c>
-      <c r="D479" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E479" s="1" t="inlineStr">
+      <c r="D487" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E487" s="1" t="inlineStr">
         <is>
           <t>2, 12</t>
         </is>
       </c>
-      <c r="F479" s="1" t="inlineStr">
+      <c r="F487" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="480" customHeight="true" ht="140.0">
-      <c r="A480" s="1" t="inlineStr">
+    <row r="488" customHeight="1" ht="140.0">
+      <c r="A488" s="1" t="inlineStr">
         <is>
           <t>1418162</t>
         </is>
       </c>
-      <c r="C480" s="1" t="inlineStr">
+      <c r="C488" s="1" t="inlineStr">
         <is>
           <t>INTEGRATED WIPER SYSTEM</t>
         </is>
       </c>
-      <c r="D480" s="1" t="inlineStr">
+      <c r="D488" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E480" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F480" s="1" t="inlineStr">
+      <c r="E488" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F488" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="481" customHeight="true" ht="140.0">
-      <c r="A481" s="1" t="inlineStr">
+    <row r="489" customHeight="1" ht="140.0">
+      <c r="A489" s="1" t="inlineStr">
         <is>
           <t>1416763</t>
         </is>
       </c>
-      <c r="C481" s="1" t="inlineStr">
+      <c r="C489" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX270</t>
         </is>
       </c>
-      <c r="D481" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F481" s="1" t="inlineStr">
+      <c r="D489" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E489" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F489" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="482" customHeight="true" ht="140.0">
-      <c r="A482" s="1" t="inlineStr">
+    <row r="490" customHeight="1" ht="140.0">
+      <c r="A490" s="1" t="inlineStr">
         <is>
           <t>1416098</t>
         </is>
       </c>
-      <c r="C482" s="1" t="inlineStr">
+      <c r="C490" s="1" t="inlineStr">
         <is>
           <t>DRIVE SMALL. LIVE LARGE</t>
         </is>
       </c>
-      <c r="D482" s="1" t="inlineStr">
+      <c r="D490" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E482" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F482" s="1" t="inlineStr">
+      <c r="E490" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F490" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="483" customHeight="true" ht="140.0">
-      <c r="A483" s="1" t="inlineStr">
+    <row r="491" customHeight="1" ht="140.0">
+      <c r="A491" s="1" t="inlineStr">
         <is>
           <t>1415473</t>
         </is>
       </c>
-      <c r="C483" s="1" t="inlineStr">
+      <c r="C491" s="1" t="inlineStr">
         <is>
           <t>86 SPRINTER</t>
         </is>
       </c>
-      <c r="D483" s="1" t="inlineStr">
+      <c r="D491" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E483" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F483" s="1" t="inlineStr">
+      <c r="E491" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F491" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="484" customHeight="true" ht="140.0">
-      <c r="A484" s="1" t="inlineStr">
+    <row r="492" customHeight="1" ht="140.0">
+      <c r="A492" s="1" t="inlineStr">
         <is>
           <t>1407044</t>
         </is>
       </c>
-      <c r="C484" s="1" t="inlineStr">
+      <c r="C492" s="1" t="inlineStr">
         <is>
           <t>X</t>
         </is>
       </c>
-      <c r="D484" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F484" s="1" t="inlineStr">
+      <c r="D492" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E492" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F492" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="485" customHeight="true" ht="140.0">
-      <c r="A485" s="1" t="inlineStr">
+    <row r="493" customHeight="1" ht="140.0">
+      <c r="A493" s="1" t="inlineStr">
         <is>
           <t>1403388</t>
         </is>
       </c>
-      <c r="C485" s="1" t="inlineStr">
+      <c r="C493" s="1" t="inlineStr">
         <is>
           <t>TOYOTA ACADEMY DRIVING SCHOOL</t>
         </is>
       </c>
-      <c r="D485" s="1" t="inlineStr">
+      <c r="D493" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E485" s="1" t="inlineStr">
+      <c r="E493" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F485" s="1" t="inlineStr">
+      <c r="F493" s="1" t="inlineStr">
         <is>
           <t>Mariusz Wierzchos</t>
         </is>
       </c>
     </row>
-    <row r="486" customHeight="true" ht="140.0">
-      <c r="A486" s="1" t="inlineStr">
+    <row r="494" customHeight="1" ht="140.0">
+      <c r="A494" s="1" t="inlineStr">
         <is>
           <t>1401016</t>
         </is>
       </c>
-      <c r="C486" s="1" t="inlineStr">
+      <c r="C494" s="1" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
-      <c r="D486" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F486" s="1" t="inlineStr">
+      <c r="D494" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E494" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F494" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="487" customHeight="true" ht="140.0">
-      <c r="A487" s="1" t="inlineStr">
+    <row r="495" customHeight="1" ht="140.0">
+      <c r="A495" s="1" t="inlineStr">
         <is>
           <t>1396640</t>
         </is>
       </c>
-      <c r="C487" s="1" t="inlineStr">
+      <c r="C495" s="1" t="inlineStr">
         <is>
           <t>HSD</t>
         </is>
       </c>
-      <c r="D487" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F487" s="1" t="inlineStr">
+      <c r="D495" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E495" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F495" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="488" customHeight="true" ht="140.0">
-      <c r="A488" s="1" t="inlineStr">
+    <row r="496" customHeight="1" ht="140.0">
+      <c r="A496" s="1" t="inlineStr">
         <is>
           <t>1396479</t>
         </is>
       </c>
-      <c r="C488" s="1" t="inlineStr">
+      <c r="C496" s="1" t="inlineStr">
         <is>
           <t>TOURER</t>
         </is>
       </c>
-      <c r="D488" s="1" t="inlineStr">
+      <c r="D496" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E488" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F488" s="1" t="inlineStr">
+      <c r="E496" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F496" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="489" customHeight="true" ht="140.0">
-      <c r="A489" s="1" t="inlineStr">
+    <row r="497" customHeight="1" ht="140.0">
+      <c r="A497" s="1" t="inlineStr">
         <is>
           <t>1394066</t>
         </is>
       </c>
-      <c r="C489" s="1" t="inlineStr">
+      <c r="C497" s="1" t="inlineStr">
         <is>
           <t>TERRAIN</t>
         </is>
       </c>
-      <c r="D489" s="1" t="inlineStr">
+      <c r="D497" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E489" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F489" s="1" t="inlineStr">
+      <c r="E497" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F497" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="490" customHeight="true" ht="140.0">
-      <c r="A490" s="1" t="inlineStr">
+    <row r="498" customHeight="1" ht="140.0">
+      <c r="A498" s="1" t="inlineStr">
         <is>
           <t>1385079</t>
         </is>
       </c>
-      <c r="C490" s="1" t="inlineStr">
+      <c r="C498" s="1" t="inlineStr">
         <is>
           <t>HALO</t>
         </is>
       </c>
-      <c r="D490" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F490" s="1" t="inlineStr">
+      <c r="D498" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E498" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F498" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="491" customHeight="true" ht="140.0">
-      <c r="A491" s="1" t="inlineStr">
+    <row r="499" customHeight="1" ht="140.0">
+      <c r="A499" s="1" t="inlineStr">
         <is>
           <t>1381338</t>
         </is>
       </c>
-      <c r="C491" s="1" t="inlineStr">
+      <c r="C499" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS250</t>
         </is>
       </c>
-      <c r="D491" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F491" s="1" t="inlineStr">
+      <c r="D499" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E499" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F499" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="492" customHeight="true" ht="140.0">
-      <c r="A492" s="1" t="inlineStr">
+    <row r="500" customHeight="1" ht="140.0">
+      <c r="A500" s="1" t="inlineStr">
         <is>
           <t>1375070</t>
         </is>
       </c>
-      <c r="C492" s="1" t="inlineStr">
+      <c r="C500" s="1" t="inlineStr">
         <is>
           <t>COSMOPOLITAN</t>
         </is>
       </c>
-      <c r="D492" s="1" t="inlineStr">
+      <c r="D500" s="1" t="inlineStr">
         <is>
           <t>Refused:
 Opposition successful</t>
         </is>
       </c>
-      <c r="E492" s="1" t="inlineStr">
+      <c r="E500" s="1" t="inlineStr">
         <is>
           <t>2, 12</t>
         </is>
       </c>
-      <c r="F492" s="1" t="inlineStr">
+      <c r="F500" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="493" customHeight="true" ht="140.0">
-      <c r="A493" s="1" t="inlineStr">
+    <row r="501" customHeight="1" ht="140.0">
+      <c r="A501" s="1" t="inlineStr">
         <is>
           <t>1374096</t>
         </is>
       </c>
-      <c r="C493" s="1" t="inlineStr">
+      <c r="C501" s="1" t="inlineStr">
         <is>
           <t>T3</t>
         </is>
       </c>
-      <c r="D493" s="1" t="inlineStr">
+      <c r="D501" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E493" s="1" t="inlineStr">
+      <c r="E501" s="1" t="inlineStr">
         <is>
           <t>16, 41</t>
         </is>
       </c>
-      <c r="F493" s="1" t="inlineStr">
+      <c r="F501" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="494" customHeight="true" ht="140.0">
-      <c r="A494" s="1" t="inlineStr">
+    <row r="502" customHeight="1" ht="140.0">
+      <c r="A502" s="1" t="inlineStr">
         <is>
           <t>1369336</t>
         </is>
       </c>
-      <c r="C494" s="1" t="inlineStr">
+      <c r="C502" s="1" t="inlineStr">
         <is>
           <t>E HYBRID SERVICE SD</t>
         </is>
       </c>
-      <c r="D494" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E494" s="1" t="inlineStr">
+      <c r="D502" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E502" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F494" s="1" t="inlineStr">
+      <c r="F502" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="495" customHeight="true" ht="140.0">
-      <c r="A495" s="1" t="inlineStr">
+    <row r="503" customHeight="1" ht="140.0">
+      <c r="A503" s="1" t="inlineStr">
         <is>
           <t>1367816</t>
         </is>
       </c>
-      <c r="C495" s="1" t="inlineStr">
+      <c r="C503" s="1" t="inlineStr">
         <is>
           <t>TOYOTA 86</t>
         </is>
       </c>
-      <c r="D495" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F495" s="1" t="inlineStr">
+      <c r="D503" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E503" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F503" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="496" customHeight="true" ht="140.0">
-      <c r="A496" s="1" t="inlineStr">
+    <row r="504" customHeight="1" ht="140.0">
+      <c r="A504" s="1" t="inlineStr">
         <is>
           <t>1363264</t>
         </is>
       </c>
-      <c r="C496" s="1" t="inlineStr">
+      <c r="C504" s="1" t="inlineStr">
         <is>
           <t>TOYOTA ENVIRONMENTAL DEALERSHIP</t>
         </is>
       </c>
-      <c r="D496" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E496" s="1" t="inlineStr">
+      <c r="D504" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E504" s="1" t="inlineStr">
         <is>
           <t>35, 42</t>
         </is>
       </c>
-      <c r="F496" s="1" t="inlineStr">
+      <c r="F504" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="497" customHeight="true" ht="140.0">
-      <c r="A497" s="1" t="inlineStr">
+    <row r="505" customHeight="1" ht="140.0">
+      <c r="A505" s="1" t="inlineStr">
         <is>
           <t>1354574</t>
         </is>
       </c>
-      <c r="C497" s="1" t="inlineStr">
+      <c r="C505" s="1" t="inlineStr">
         <is>
           <t>COSMOS BLUE</t>
         </is>
       </c>
-      <c r="D497" s="1" t="inlineStr">
+      <c r="D505" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E497" s="1" t="inlineStr">
+      <c r="E505" s="1" t="inlineStr">
         <is>
           <t>2, 12</t>
         </is>
       </c>
-      <c r="F497" s="1" t="inlineStr">
+      <c r="F505" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="498" customHeight="true" ht="140.0">
-      <c r="A498" s="1" t="inlineStr">
+    <row r="506" customHeight="1" ht="140.0">
+      <c r="A506" s="1" t="inlineStr">
         <is>
           <t>1354573</t>
         </is>
       </c>
-      <c r="C498" s="1" t="inlineStr">
+      <c r="C506" s="1" t="inlineStr">
         <is>
           <t>CRUISER</t>
         </is>
       </c>
-      <c r="D498" s="1" t="inlineStr">
+      <c r="D506" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E498" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F498" s="1" t="inlineStr">
+      <c r="E506" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F506" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="499" customHeight="true" ht="140.0">
-      <c r="A499" s="1" t="inlineStr">
+    <row r="507" customHeight="1" ht="140.0">
+      <c r="A507" s="1" t="inlineStr">
         <is>
           <t>1354034</t>
         </is>
       </c>
-      <c r="C499" s="1" t="inlineStr">
+      <c r="C507" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA SERVICE ADVANTAGE</t>
         </is>
       </c>
-      <c r="D499" s="1" t="inlineStr">
+      <c r="D507" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E499" s="1" t="inlineStr">
+      <c r="E507" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F499" s="1" t="inlineStr">
+      <c r="F507" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="500" customHeight="true" ht="140.0">
-      <c r="A500" s="1" t="inlineStr">
+    <row r="508" customHeight="1" ht="140.0">
+      <c r="A508" s="1" t="inlineStr">
         <is>
           <t>1347858</t>
         </is>
       </c>
-      <c r="C500" s="1" t="inlineStr">
+      <c r="C508" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA MYFLEET BETTER BUSINESS SENSE</t>
         </is>
       </c>
-      <c r="D500" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E500" s="1" t="inlineStr">
+      <c r="D508" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E508" s="1" t="inlineStr">
         <is>
           <t>36, 37, 39</t>
         </is>
       </c>
-      <c r="F500" s="1" t="inlineStr">
+      <c r="F508" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="501" customHeight="true" ht="140.0">
-      <c r="A501" s="1" t="inlineStr">
+    <row r="509" customHeight="1" ht="140.0">
+      <c r="A509" s="1" t="inlineStr">
         <is>
           <t>1346428</t>
         </is>
       </c>
-      <c r="C501" s="1" t="inlineStr">
+      <c r="C509" s="1" t="inlineStr">
         <is>
           <t>3 STAR TOYOTA ENVIRONMENTAL DEALERSHIP
 4 STAR TOYOTA ENVIRONMENTAL DEALERSHIP
 5 STAR TOYOTA ENVIRONMENTAL DEALERSHIP</t>
         </is>
       </c>
-      <c r="D501" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E501" s="1" t="inlineStr">
+      <c r="D509" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E509" s="1" t="inlineStr">
         <is>
           <t>35, 42</t>
         </is>
       </c>
-      <c r="F501" s="1" t="inlineStr">
+      <c r="F509" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha (also trading as Toyota Motor Corporation)</t>
         </is>
       </c>
     </row>
-    <row r="502" customHeight="true" ht="140.0">
-      <c r="A502" s="1" t="inlineStr">
+    <row r="510" customHeight="1" ht="140.0">
+      <c r="A510" s="1" t="inlineStr">
         <is>
           <t>1345933</t>
         </is>
       </c>
-      <c r="C502" s="1" t="inlineStr">
+      <c r="C510" s="1" t="inlineStr">
         <is>
           <t>ASCENT SPORT</t>
         </is>
       </c>
-      <c r="D502" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F502" s="1" t="inlineStr">
+      <c r="D510" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E510" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F510" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="503" customHeight="true" ht="140.0">
-      <c r="A503" s="1" t="inlineStr">
+    <row r="511" customHeight="1" ht="140.0">
+      <c r="A511" s="1" t="inlineStr">
         <is>
           <t>1343035</t>
         </is>
       </c>
-      <c r="C503" s="1" t="inlineStr">
+      <c r="C511" s="1" t="inlineStr">
         <is>
           <t>TUNE A COMPELLING VISION OF THE FUTURE</t>
         </is>
       </c>
-      <c r="D503" s="1" t="inlineStr">
+      <c r="D511" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E503" s="1" t="inlineStr">
+      <c r="E511" s="1" t="inlineStr">
         <is>
           <t>9, 12, 35</t>
         </is>
       </c>
-      <c r="F503" s="1" t="inlineStr">
+      <c r="F511" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="504" customHeight="true" ht="140.0">
-      <c r="A504" s="1" t="inlineStr">
+    <row r="512" customHeight="1" ht="140.0">
+      <c r="A512" s="1" t="inlineStr">
         <is>
           <t>1343033</t>
         </is>
       </c>
-      <c r="C504" s="1" t="inlineStr">
+      <c r="C512" s="1" t="inlineStr">
         <is>
           <t>TUNE</t>
         </is>
       </c>
-      <c r="D504" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E504" s="1" t="inlineStr">
+      <c r="D512" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E512" s="1" t="inlineStr">
         <is>
           <t>9, 12, 35</t>
         </is>
       </c>
-      <c r="F504" s="1" t="inlineStr">
+      <c r="F512" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="505" customHeight="true" ht="140.0">
-      <c r="A505" s="1" t="inlineStr">
+    <row r="513" customHeight="1" ht="140.0">
+      <c r="A513" s="1" t="inlineStr">
         <is>
           <t>1333813</t>
         </is>
       </c>
-      <c r="C505" s="1" t="inlineStr">
+      <c r="C513" s="1" t="inlineStr">
         <is>
           <t>CAMRY ATARA</t>
         </is>
       </c>
-      <c r="D505" s="1" t="inlineStr">
+      <c r="D513" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E505" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F505" s="1" t="inlineStr">
+      <c r="E513" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F513" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="506" customHeight="true" ht="140.0">
-      <c r="A506" s="1" t="inlineStr">
+    <row r="514" customHeight="1" ht="140.0">
+      <c r="A514" s="1" t="inlineStr">
         <is>
           <t>1331955</t>
         </is>
       </c>
-      <c r="C506" s="1" t="inlineStr">
+      <c r="C514" s="1" t="inlineStr">
         <is>
           <t>BUILD 1
 BUILD 2
 BUILD 3</t>
         </is>
       </c>
-      <c r="D506" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F506" s="1" t="inlineStr">
+      <c r="D514" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E514" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F514" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="507" customHeight="true" ht="140.0">
-      <c r="A507" s="1" t="inlineStr">
+    <row r="515" customHeight="1" ht="140.0">
+      <c r="A515" s="1" t="inlineStr">
         <is>
           <t>1326391</t>
         </is>
       </c>
-      <c r="C507" s="1" t="inlineStr">
+      <c r="C515" s="1" t="inlineStr">
         <is>
           <t>TEMS</t>
         </is>
       </c>
-      <c r="D507" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E507" s="1" t="inlineStr">
+      <c r="D515" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E515" s="1" t="inlineStr">
         <is>
           <t>12, 35, 41</t>
         </is>
       </c>
-      <c r="F507" s="1" t="inlineStr">
+      <c r="F515" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="508" customHeight="true" ht="140.0">
-      <c r="A508" s="1" t="inlineStr">
+    <row r="516" customHeight="1" ht="140.0">
+      <c r="A516" s="1" t="inlineStr">
         <is>
           <t>1325152</t>
         </is>
       </c>
-      <c r="C508" s="1" t="inlineStr">
+      <c r="C516" s="1" t="inlineStr">
         <is>
           <t>PREPARE FOR ANYTHING</t>
         </is>
       </c>
-      <c r="D508" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F508" s="1" t="inlineStr">
+      <c r="D516" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E516" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F516" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="509" customHeight="true" ht="140.0">
-      <c r="A509" s="1" t="inlineStr">
+    <row r="517" customHeight="1" ht="140.0">
+      <c r="A517" s="1" t="inlineStr">
         <is>
           <t>1309864</t>
         </is>
       </c>
-      <c r="C509" s="1" t="inlineStr">
+      <c r="C517" s="1" t="inlineStr">
         <is>
           <t>FJ CRUISER</t>
         </is>
       </c>
-      <c r="D509" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F509" s="1" t="inlineStr">
+      <c r="D517" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E517" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F517" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="510" customHeight="true" ht="140.0">
-      <c r="A510" s="1" t="inlineStr">
+    <row r="518" customHeight="1" ht="140.0">
+      <c r="A518" s="1" t="inlineStr">
         <is>
           <t>1306358</t>
         </is>
       </c>
-      <c r="C510" s="1" t="inlineStr">
+      <c r="C518" s="1" t="inlineStr">
         <is>
           <t>PLUG-IN HYBRID SD</t>
         </is>
       </c>
-      <c r="D510" s="1" t="inlineStr">
+      <c r="D518" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E510" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F510" s="1" t="inlineStr">
+      <c r="E518" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F518" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="511" customHeight="true" ht="140.0">
-      <c r="A511" s="1" t="inlineStr">
+    <row r="519" customHeight="1" ht="140.0">
+      <c r="A519" s="1" t="inlineStr">
         <is>
           <t>1306357</t>
         </is>
       </c>
-      <c r="C511" s="1" t="inlineStr">
+      <c r="C519" s="1" t="inlineStr">
         <is>
           <t>PLUG-IN HYBRID SD</t>
         </is>
       </c>
-      <c r="D511" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F511" s="1" t="inlineStr">
+      <c r="D519" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E519" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F519" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="512" customHeight="true" ht="140.0">
-      <c r="A512" s="1" t="inlineStr">
+    <row r="520" customHeight="1" ht="140.0">
+      <c r="A520" s="1" t="inlineStr">
         <is>
           <t>1306356</t>
         </is>
       </c>
-      <c r="C512" s="1" t="inlineStr">
+      <c r="C520" s="1" t="inlineStr">
         <is>
           <t>PLUG-IN HYBRID S</t>
         </is>
       </c>
-      <c r="D512" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F512" s="1" t="inlineStr">
+      <c r="D520" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E520" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F520" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="513" customHeight="true" ht="140.0">
-      <c r="A513" s="1" t="inlineStr">
+    <row r="521" customHeight="1" ht="140.0">
+      <c r="A521" s="1" t="inlineStr">
         <is>
           <t>1303934</t>
         </is>
       </c>
-      <c r="C513" s="1" t="inlineStr">
+      <c r="C521" s="1" t="inlineStr">
         <is>
           <t>METAL STORM</t>
         </is>
       </c>
-      <c r="D513" s="1" t="inlineStr">
+      <c r="D521" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E513" s="1" t="inlineStr">
+      <c r="E521" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F513" s="1" t="inlineStr">
+      <c r="F521" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="514" customHeight="true" ht="140.0">
-      <c r="A514" s="1" t="inlineStr">
+    <row r="522" customHeight="1" ht="140.0">
+      <c r="A522" s="1" t="inlineStr">
         <is>
           <t>1303933</t>
         </is>
       </c>
-      <c r="C514" s="1" t="inlineStr">
+      <c r="C522" s="1" t="inlineStr">
         <is>
           <t>DARK FURNACE</t>
         </is>
       </c>
-      <c r="D514" s="1" t="inlineStr">
+      <c r="D522" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E514" s="1" t="inlineStr">
+      <c r="E522" s="1" t="inlineStr">
         <is>
           <t>2, 12</t>
         </is>
       </c>
-      <c r="F514" s="1" t="inlineStr">
+      <c r="F522" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="515" customHeight="true" ht="140.0">
-      <c r="A515" s="1" t="inlineStr">
+    <row r="523" customHeight="1" ht="140.0">
+      <c r="A523" s="1" t="inlineStr">
         <is>
           <t>1303932</t>
         </is>
       </c>
-      <c r="C515" s="1" t="inlineStr">
+      <c r="C523" s="1" t="inlineStr">
         <is>
           <t>ZR3</t>
         </is>
       </c>
-      <c r="D515" s="1" t="inlineStr">
+      <c r="D523" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E515" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F515" s="1" t="inlineStr">
+      <c r="E523" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F523" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="516" customHeight="true" ht="140.0">
-      <c r="A516" s="1" t="inlineStr">
+    <row r="524" customHeight="1" ht="140.0">
+      <c r="A524" s="1" t="inlineStr">
         <is>
           <t>1303931</t>
         </is>
       </c>
-      <c r="C516" s="1" t="inlineStr">
+      <c r="C524" s="1" t="inlineStr">
         <is>
           <t>PRADO SX3</t>
         </is>
       </c>
-      <c r="D516" s="1" t="inlineStr">
+      <c r="D524" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E516" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F516" s="1" t="inlineStr">
+      <c r="E524" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F524" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="517" customHeight="true" ht="140.0">
-      <c r="A517" s="1" t="inlineStr">
+    <row r="525" customHeight="1" ht="140.0">
+      <c r="A525" s="1" t="inlineStr">
         <is>
           <t>1302719</t>
         </is>
       </c>
-      <c r="C517" s="1" t="inlineStr">
+      <c r="C525" s="1" t="inlineStr">
         <is>
           <t>LEXUS CT200h</t>
         </is>
       </c>
-      <c r="D517" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F517" s="1" t="inlineStr">
+      <c r="D525" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E525" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F525" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="518" customHeight="true" ht="140.0">
-      <c r="A518" s="1" t="inlineStr">
+    <row r="526" customHeight="1" ht="140.0">
+      <c r="A526" s="1" t="inlineStr">
         <is>
           <t>1298466</t>
         </is>
       </c>
-      <c r="C518" s="1" t="inlineStr">
+      <c r="C526" s="1" t="inlineStr">
         <is>
           <t>SALPAC</t>
         </is>
       </c>
-      <c r="D518" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E518" s="1" t="inlineStr">
+      <c r="D526" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E526" s="1" t="inlineStr">
         <is>
           <t>9, 35, 36, 41, 42</t>
         </is>
       </c>
-      <c r="F518" s="1" t="inlineStr">
+      <c r="F526" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="519" customHeight="true" ht="140.0">
-      <c r="A519" s="1" t="inlineStr">
+    <row r="527" customHeight="1" ht="140.0">
+      <c r="A527" s="1" t="inlineStr">
         <is>
           <t>1298465</t>
         </is>
       </c>
-      <c r="C519" s="1" t="inlineStr">
+      <c r="C527" s="1" t="inlineStr">
         <is>
           <t>SALPAC</t>
         </is>
       </c>
-      <c r="D519" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E519" s="1" t="inlineStr">
+      <c r="D527" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E527" s="1" t="inlineStr">
         <is>
           <t>9, 41, 42</t>
         </is>
       </c>
-      <c r="F519" s="1" t="inlineStr">
+      <c r="F527" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="520" customHeight="true" ht="140.0">
-      <c r="A520" s="1" t="inlineStr">
+    <row r="528" customHeight="1" ht="140.0">
+      <c r="A528" s="1" t="inlineStr">
         <is>
           <t>1297504</t>
         </is>
       </c>
-      <c r="C520" s="1" t="inlineStr">
+      <c r="C528" s="1" t="inlineStr">
         <is>
           <t>I-TECH</t>
         </is>
       </c>
-      <c r="D520" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F520" s="1" t="inlineStr">
+      <c r="D528" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E528" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F528" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="521" customHeight="true" ht="140.0">
-      <c r="A521" s="1" t="inlineStr">
+    <row r="529" customHeight="1" ht="140.0">
+      <c r="A529" s="1" t="inlineStr">
         <is>
           <t>1293346</t>
         </is>
       </c>
-      <c r="C521" s="1" t="inlineStr">
+      <c r="C529" s="1" t="inlineStr">
         <is>
           <t>SHOWROOM MASTER</t>
         </is>
       </c>
-      <c r="D521" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E521" s="1" t="inlineStr">
+      <c r="D529" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E529" s="1" t="inlineStr">
         <is>
           <t>9, 35</t>
         </is>
       </c>
-      <c r="F521" s="1" t="inlineStr">
+      <c r="F529" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="522" customHeight="true" ht="140.0">
-      <c r="A522" s="1" t="inlineStr">
+    <row r="530" customHeight="1" ht="140.0">
+      <c r="A530" s="1" t="inlineStr">
         <is>
           <t>1290369</t>
         </is>
       </c>
-      <c r="C522" s="1" t="inlineStr">
+      <c r="C530" s="1" t="inlineStr">
         <is>
           <t>TEMS TOYOTA ENVIRONMENT MANAGEMENT SYSTEM</t>
         </is>
       </c>
-      <c r="D522" s="1" t="inlineStr">
+      <c r="D530" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E522" s="1" t="inlineStr">
+      <c r="E530" s="1" t="inlineStr">
         <is>
           <t>12, 35, 41</t>
         </is>
       </c>
-      <c r="F522" s="1" t="inlineStr">
+      <c r="F530" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="523" customHeight="true" ht="140.0">
-      <c r="A523" s="1" t="inlineStr">
+    <row r="531" customHeight="1" ht="140.0">
+      <c r="A531" s="1" t="inlineStr">
         <is>
           <t>1277527</t>
         </is>
       </c>
-      <c r="C523" s="1" t="inlineStr">
+      <c r="C531" s="1" t="inlineStr">
         <is>
           <t>IS350</t>
         </is>
       </c>
-      <c r="D523" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F523" s="1" t="inlineStr">
+      <c r="D531" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E531" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F531" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="524" customHeight="true" ht="140.0">
-      <c r="A524" s="1" t="inlineStr">
+    <row r="532" customHeight="1" ht="140.0">
+      <c r="A532" s="1" t="inlineStr">
         <is>
           <t>1277324</t>
         </is>
       </c>
-      <c r="C524" s="1" t="inlineStr">
+      <c r="C532" s="1" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
-      <c r="D524" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F524" s="1" t="inlineStr">
+      <c r="D532" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E532" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F532" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="525" customHeight="true" ht="140.0">
-      <c r="A525" s="1" t="inlineStr">
+    <row r="533" customHeight="1" ht="140.0">
+      <c r="A533" s="1" t="inlineStr">
         <is>
           <t>1277323</t>
         </is>
       </c>
-      <c r="C525" s="1" t="inlineStr">
+      <c r="C533" s="1" t="inlineStr">
         <is>
           <t>LFINESSE DESIGN</t>
         </is>
       </c>
-      <c r="D525" s="1" t="inlineStr">
+      <c r="D533" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E525" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F525" s="1" t="inlineStr">
+      <c r="E533" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F533" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="526" customHeight="true" ht="140.0">
-      <c r="A526" s="1" t="inlineStr">
+    <row r="534" customHeight="1" ht="140.0">
+      <c r="A534" s="1" t="inlineStr">
         <is>
           <t>1277322</t>
         </is>
       </c>
-      <c r="C526" s="1" t="inlineStr">
+      <c r="C534" s="1" t="inlineStr">
         <is>
           <t>LFINESSE</t>
         </is>
       </c>
-      <c r="D526" s="1" t="inlineStr">
+      <c r="D534" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E526" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F526" s="1" t="inlineStr">
+      <c r="E534" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F534" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="527" customHeight="true" ht="140.0">
-      <c r="A527" s="1" t="inlineStr">
+    <row r="535" customHeight="1" ht="140.0">
+      <c r="A535" s="1" t="inlineStr">
         <is>
           <t>1277321</t>
         </is>
       </c>
-      <c r="C527" s="1" t="inlineStr">
+      <c r="C535" s="1" t="inlineStr">
         <is>
           <t>LEXUS</t>
         </is>
       </c>
-      <c r="D527" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F527" s="1" t="inlineStr">
+      <c r="D535" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E535" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F535" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="528" customHeight="true" ht="140.0">
-      <c r="A528" s="1" t="inlineStr">
+    <row r="536" customHeight="1" ht="140.0">
+      <c r="A536" s="1" t="inlineStr">
         <is>
           <t>1275021</t>
         </is>
       </c>
-      <c r="C528" s="1" t="inlineStr">
+      <c r="C536" s="1" t="inlineStr">
         <is>
           <t>LFA</t>
         </is>
       </c>
-      <c r="D528" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F528" s="1" t="inlineStr">
+      <c r="D536" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E536" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F536" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="529" customHeight="true" ht="140.0">
-      <c r="A529" s="1" t="inlineStr">
+    <row r="537" customHeight="1" ht="140.0">
+      <c r="A537" s="1" t="inlineStr">
         <is>
           <t>1273822</t>
         </is>
       </c>
-      <c r="C529" s="1" t="inlineStr">
+      <c r="C537" s="1" t="inlineStr">
         <is>
           <t>AUTOFAB A TOYOTA TSUSHO COMPANY</t>
         </is>
       </c>
-      <c r="D529" s="1" t="inlineStr">
+      <c r="D537" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E529" s="1" t="inlineStr">
+      <c r="E537" s="1" t="inlineStr">
         <is>
           <t>12, 24</t>
         </is>
       </c>
-      <c r="F529" s="1" t="inlineStr">
+      <c r="F537" s="1" t="inlineStr">
         <is>
           <t>Autofab (Australia) Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="530" customHeight="true" ht="140.0">
-      <c r="A530" s="1" t="inlineStr">
+    <row r="538" customHeight="1" ht="140.0">
+      <c r="A538" s="1" t="inlineStr">
         <is>
           <t>1271484</t>
         </is>
       </c>
-      <c r="C530" s="1" t="inlineStr">
+      <c r="C538" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D530" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E530" s="1" t="inlineStr">
+      <c r="D538" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E538" s="1" t="inlineStr">
         <is>
           <t>4, 9</t>
         </is>
       </c>
-      <c r="F530" s="1" t="inlineStr">
+      <c r="F538" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="531" customHeight="true" ht="140.0">
-      <c r="A531" s="1" t="inlineStr">
+    <row r="539" customHeight="1" ht="140.0">
+      <c r="A539" s="1" t="inlineStr">
         <is>
           <t>1271480</t>
         </is>
       </c>
-      <c r="C531" s="1" t="inlineStr">
+      <c r="C539" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D531" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E531" s="1" t="inlineStr">
+      <c r="D539" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E539" s="1" t="inlineStr">
         <is>
           <t>4, 9</t>
         </is>
       </c>
-      <c r="F531" s="1" t="inlineStr">
+      <c r="F539" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="532" customHeight="true" ht="140.0">
-      <c r="A532" s="1" t="inlineStr">
+    <row r="540" customHeight="1" ht="140.0">
+      <c r="A540" s="1" t="inlineStr">
         <is>
           <t>1270530</t>
         </is>
       </c>
-      <c r="C532" s="1" t="inlineStr">
+      <c r="C540" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D532" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F532" s="1" t="inlineStr">
+      <c r="D540" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E540" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F540" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="533" customHeight="true" ht="140.0">
-      <c r="A533" s="1" t="inlineStr">
+    <row r="541" customHeight="1" ht="140.0">
+      <c r="A541" s="1" t="inlineStr">
         <is>
           <t>1270529</t>
         </is>
       </c>
-      <c r="C533" s="1" t="inlineStr">
+      <c r="C541" s="1" t="inlineStr">
         <is>
           <t>HUSKI</t>
         </is>
       </c>
-      <c r="D533" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F533" s="1" t="inlineStr">
+      <c r="D541" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E541" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F541" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="534" customHeight="true" ht="140.0">
-      <c r="A534" s="1" t="inlineStr">
+    <row r="542" customHeight="1" ht="140.0">
+      <c r="A542" s="1" t="inlineStr">
         <is>
           <t>1270092</t>
         </is>
       </c>
-      <c r="C534" s="1" t="inlineStr">
+      <c r="C542" s="1" t="inlineStr">
         <is>
           <t>Dual VVT-i</t>
         </is>
       </c>
-      <c r="D534" s="1" t="inlineStr">
+      <c r="D542" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E534" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F534" s="1" t="inlineStr">
+      <c r="E542" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F542" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="535" customHeight="true" ht="140.0">
-      <c r="A535" s="1" t="inlineStr">
+    <row r="543" customHeight="1" ht="140.0">
+      <c r="A543" s="1" t="inlineStr">
         <is>
           <t>1261462</t>
         </is>
       </c>
-      <c r="C535" s="1" t="inlineStr">
+      <c r="C543" s="1" t="inlineStr">
         <is>
           <t>ENCORE PRIVILEGES</t>
         </is>
       </c>
-      <c r="D535" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E535" s="1" t="inlineStr">
+      <c r="D543" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E543" s="1" t="inlineStr">
         <is>
           <t>35, 37, 39, 41</t>
         </is>
       </c>
-      <c r="F535" s="1" t="inlineStr">
+      <c r="F543" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="536" customHeight="true" ht="140.0">
-      <c r="A536" s="1" t="inlineStr">
+    <row r="544" customHeight="1" ht="140.0">
+      <c r="A544" s="1" t="inlineStr">
         <is>
           <t>1261461</t>
         </is>
       </c>
-      <c r="C536" s="1" t="inlineStr">
+      <c r="C544" s="1" t="inlineStr">
         <is>
           <t>ENCORE</t>
         </is>
       </c>
-      <c r="D536" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E536" s="1" t="inlineStr">
+      <c r="D544" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E544" s="1" t="inlineStr">
         <is>
           <t>35, 37, 39, 41</t>
         </is>
       </c>
-      <c r="F536" s="1" t="inlineStr">
+      <c r="F544" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="537" customHeight="true" ht="140.0">
-      <c r="A537" s="1" t="inlineStr">
+    <row r="545" customHeight="1" ht="140.0">
+      <c r="A545" s="1" t="inlineStr">
         <is>
           <t>1261084</t>
         </is>
       </c>
-      <c r="C537" s="1" t="inlineStr">
+      <c r="C545" s="1" t="inlineStr">
         <is>
           <t>IT'S A FAMILY THING</t>
         </is>
       </c>
-      <c r="D537" s="1" t="inlineStr">
+      <c r="D545" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E537" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F537" s="1" t="inlineStr">
+      <c r="E545" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F545" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="538" customHeight="true" ht="140.0">
-      <c r="A538" s="1" t="inlineStr">
+    <row r="546" customHeight="1" ht="140.0">
+      <c r="A546" s="1" t="inlineStr">
         <is>
           <t>1258737</t>
         </is>
       </c>
-      <c r="C538" s="1" t="inlineStr">
+      <c r="C546" s="1" t="inlineStr">
         <is>
           <t>CRAWL</t>
         </is>
       </c>
-      <c r="D538" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F538" s="1" t="inlineStr">
+      <c r="D546" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E546" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F546" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="539" customHeight="true" ht="140.0">
-      <c r="A539" s="1" t="inlineStr">
+    <row r="547" customHeight="1" ht="140.0">
+      <c r="A547" s="1" t="inlineStr">
         <is>
           <t>1258178</t>
         </is>
       </c>
-      <c r="C539" s="1" t="inlineStr">
+      <c r="C547" s="1" t="inlineStr">
         <is>
           <t>LUNA</t>
         </is>
       </c>
-      <c r="D539" s="1" t="inlineStr">
+      <c r="D547" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E539" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F539" s="1" t="inlineStr">
+      <c r="E547" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F547" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="540" customHeight="true" ht="140.0">
-      <c r="A540" s="1" t="inlineStr">
+    <row r="548" customHeight="1" ht="140.0">
+      <c r="A548" s="1" t="inlineStr">
         <is>
           <t>1246088</t>
         </is>
       </c>
-      <c r="C540" s="1" t="inlineStr">
+      <c r="C548" s="1" t="inlineStr">
         <is>
           <t>RUKUS</t>
         </is>
       </c>
-      <c r="D540" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F540" s="1" t="inlineStr">
+      <c r="D548" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E548" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F548" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="541" customHeight="true" ht="140.0">
-      <c r="A541" s="1" t="inlineStr">
+    <row r="549" customHeight="1" ht="140.0">
+      <c r="A549" s="1" t="inlineStr">
         <is>
           <t>1245521</t>
         </is>
       </c>
-      <c r="C541" s="1" t="inlineStr">
+      <c r="C549" s="1" t="inlineStr">
         <is>
           <t>ALTITUDE</t>
         </is>
       </c>
-      <c r="D541" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F541" s="1" t="inlineStr">
+      <c r="D549" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E549" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F549" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="542" customHeight="true" ht="140.0">
-      <c r="A542" s="1" t="inlineStr">
+    <row r="550" customHeight="1" ht="140.0">
+      <c r="A550" s="1" t="inlineStr">
         <is>
           <t>1243391</t>
         </is>
       </c>
-      <c r="C542" s="1" t="inlineStr">
+      <c r="C550" s="1" t="inlineStr">
         <is>
           <t>LIQUID BRONZE</t>
         </is>
       </c>
-      <c r="D542" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F542" s="1" t="inlineStr">
+      <c r="D550" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E550" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F550" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="543" customHeight="true" ht="140.0">
-      <c r="A543" s="1" t="inlineStr">
+    <row r="551" customHeight="1" ht="140.0">
+      <c r="A551" s="1" t="inlineStr">
         <is>
           <t>1235549</t>
         </is>
       </c>
-      <c r="C543" s="1" t="inlineStr">
+      <c r="C551" s="1" t="inlineStr">
         <is>
           <t>LEXUS IS250C</t>
         </is>
       </c>
-      <c r="D543" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F543" s="1" t="inlineStr">
+      <c r="D551" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E551" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F551" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="544" customHeight="true" ht="140.0">
-      <c r="A544" s="1" t="inlineStr">
+    <row r="552" customHeight="1" ht="140.0">
+      <c r="A552" s="1" t="inlineStr">
         <is>
           <t>1235545</t>
         </is>
       </c>
-      <c r="C544" s="1" t="inlineStr">
+      <c r="C552" s="1" t="inlineStr">
         <is>
           <t>LEXUS IS300C</t>
         </is>
       </c>
-      <c r="D544" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F544" s="1" t="inlineStr">
+      <c r="D552" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E552" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F552" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="545" customHeight="true" ht="140.0">
-      <c r="A545" s="1" t="inlineStr">
+    <row r="553" customHeight="1" ht="140.0">
+      <c r="A553" s="1" t="inlineStr">
         <is>
           <t>1235543</t>
         </is>
       </c>
-      <c r="C545" s="1" t="inlineStr">
+      <c r="C553" s="1" t="inlineStr">
         <is>
           <t>LEXUS IS350C</t>
         </is>
       </c>
-      <c r="D545" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F545" s="1" t="inlineStr">
+      <c r="D553" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E553" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F553" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="546" customHeight="true" ht="140.0">
-      <c r="A546" s="1" t="inlineStr">
+    <row r="554" customHeight="1" ht="140.0">
+      <c r="A554" s="1" t="inlineStr">
         <is>
           <t>1234280</t>
         </is>
       </c>
-      <c r="C546" s="1" t="inlineStr">
+      <c r="C554" s="1" t="inlineStr">
         <is>
           <t>Jikotei Kanketsu</t>
         </is>
       </c>
-      <c r="D546" s="1" t="inlineStr">
+      <c r="D554" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E546" s="1" t="inlineStr">
+      <c r="E554" s="1" t="inlineStr">
         <is>
           <t>16, 35, 41</t>
         </is>
       </c>
-      <c r="F546" s="1" t="inlineStr">
+      <c r="F554" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="547" customHeight="true" ht="140.0">
-      <c r="A547" s="1" t="inlineStr">
+    <row r="555" customHeight="1" ht="140.0">
+      <c r="A555" s="1" t="inlineStr">
         <is>
           <t>1232968</t>
         </is>
       </c>
-      <c r="C547" s="1" t="inlineStr">
+      <c r="C555" s="1" t="inlineStr">
         <is>
           <t>MOVING FORWARD</t>
         </is>
       </c>
-      <c r="D547" s="1" t="inlineStr">
+      <c r="D555" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E547" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F547" s="1" t="inlineStr">
+      <c r="E555" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F555" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="548" customHeight="true" ht="140.0">
-      <c r="A548" s="1" t="inlineStr">
+    <row r="556" customHeight="1" ht="140.0">
+      <c r="A556" s="1" t="inlineStr">
         <is>
           <t>1231867</t>
         </is>
       </c>
-      <c r="C548" s="1" t="inlineStr">
+      <c r="C556" s="1" t="inlineStr">
         <is>
           <t>FOLLOWME</t>
         </is>
       </c>
-      <c r="D548" s="1" t="inlineStr">
+      <c r="D556" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E548" s="1" t="inlineStr">
+      <c r="E556" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F548" s="1" t="inlineStr">
+      <c r="F556" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="549" customHeight="true" ht="140.0">
-      <c r="A549" s="1" t="inlineStr">
+    <row r="557" customHeight="1" ht="140.0">
+      <c r="A557" s="1" t="inlineStr">
         <is>
           <t>1231866</t>
         </is>
       </c>
-      <c r="C549" s="1" t="inlineStr">
+      <c r="C557" s="1" t="inlineStr">
         <is>
           <t>FOLLOWME</t>
         </is>
       </c>
-      <c r="D549" s="1" t="inlineStr">
+      <c r="D557" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E549" s="1" t="inlineStr">
+      <c r="E557" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F549" s="1" t="inlineStr">
+      <c r="F557" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="550" customHeight="true" ht="140.0">
-      <c r="A550" s="1" t="inlineStr">
+    <row r="558" customHeight="1" ht="140.0">
+      <c r="A558" s="1" t="inlineStr">
         <is>
           <t>1214366</t>
         </is>
       </c>
-      <c r="C550" s="1" t="inlineStr">
+      <c r="C558" s="1" t="inlineStr">
         <is>
           <t>TEAM TRADE GRADE</t>
         </is>
       </c>
-      <c r="D550" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E550" s="1" t="inlineStr">
+      <c r="D558" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E558" s="1" t="inlineStr">
         <is>
           <t>12, 16</t>
         </is>
       </c>
-      <c r="F550" s="1" t="inlineStr">
+      <c r="F558" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="551" customHeight="true" ht="140.0">
-      <c r="A551" s="1" t="inlineStr">
+    <row r="559" customHeight="1" ht="140.0">
+      <c r="A559" s="1" t="inlineStr">
         <is>
           <t>1214101</t>
         </is>
       </c>
-      <c r="C551" s="1" t="inlineStr">
+      <c r="C559" s="1" t="inlineStr">
         <is>
           <t>TEAM TRADE GRADE T TOYOTA</t>
         </is>
       </c>
-      <c r="D551" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E551" s="1" t="inlineStr">
+      <c r="D559" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E559" s="1" t="inlineStr">
         <is>
           <t>12, 16</t>
         </is>
       </c>
-      <c r="F551" s="1" t="inlineStr">
+      <c r="F559" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="552" customHeight="true" ht="140.0">
-      <c r="A552" s="1" t="inlineStr">
+    <row r="560" customHeight="1" ht="140.0">
+      <c r="A560" s="1" t="inlineStr">
         <is>
           <t>1213036</t>
         </is>
       </c>
-      <c r="C552" s="1" t="inlineStr">
+      <c r="C560" s="1" t="inlineStr">
         <is>
           <t>TOYOTA Urban Cruiser</t>
         </is>
       </c>
-      <c r="D552" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F552" s="1" t="inlineStr">
+      <c r="D560" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E560" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F560" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="553" customHeight="true" ht="140.0">
-      <c r="A553" s="1" t="inlineStr">
+    <row r="561" customHeight="1" ht="140.0">
+      <c r="A561" s="1" t="inlineStr">
         <is>
           <t>1205812</t>
         </is>
       </c>
-      <c r="C553" s="1" t="inlineStr">
+      <c r="C561" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D553" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E553" s="1" t="inlineStr">
+      <c r="D561" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E561" s="1" t="inlineStr">
         <is>
           <t>37, 39</t>
         </is>
       </c>
-      <c r="F553" s="1" t="inlineStr">
+      <c r="F561" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="554" customHeight="true" ht="140.0">
-      <c r="A554" s="1" t="inlineStr">
+    <row r="562" customHeight="1" ht="140.0">
+      <c r="A562" s="1" t="inlineStr">
         <is>
           <t>1204986</t>
         </is>
       </c>
-      <c r="C554" s="1" t="inlineStr">
+      <c r="C562" s="1" t="inlineStr">
         <is>
           <t>TB</t>
         </is>
       </c>
-      <c r="D554" s="1" t="inlineStr">
+      <c r="D562" s="1" t="inlineStr">
         <is>
           <t>Protected:
 Renewal due</t>
         </is>
       </c>
-      <c r="E554" s="1" t="inlineStr">
+      <c r="E562" s="1" t="inlineStr">
         <is>
           <t>7, 12, 27</t>
         </is>
       </c>
-      <c r="F554" s="1" t="inlineStr">
+      <c r="F562" s="1" t="inlineStr">
         <is>
           <t>Toyota Boshoku Corporation Toyota Boshoku Kabushiki Kaisha, trading as</t>
         </is>
       </c>
     </row>
-    <row r="555" customHeight="true" ht="140.0">
-      <c r="A555" s="1" t="inlineStr">
+    <row r="563" customHeight="1" ht="140.0">
+      <c r="A563" s="1" t="inlineStr">
         <is>
           <t>1199309</t>
         </is>
       </c>
-      <c r="C555" s="1" t="inlineStr">
+      <c r="C563" s="1" t="inlineStr">
         <is>
           <t>F-SPORT</t>
         </is>
       </c>
-      <c r="D555" s="1" t="inlineStr">
+      <c r="D563" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E555" s="1" t="inlineStr">
+      <c r="E563" s="1" t="inlineStr">
         <is>
           <t>6, 7, 9, 12, 20, 21, 25, 27</t>
         </is>
       </c>
-      <c r="F555" s="1" t="inlineStr">
+      <c r="F563" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="556" customHeight="true" ht="140.0">
-      <c r="A556" s="1" t="inlineStr">
+    <row r="564" customHeight="1" ht="140.0">
+      <c r="A564" s="1" t="inlineStr">
         <is>
           <t>1198354</t>
         </is>
       </c>
-      <c r="C556" s="1" t="inlineStr">
+      <c r="C564" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX440h</t>
         </is>
       </c>
-      <c r="D556" s="1" t="inlineStr">
+      <c r="D564" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E556" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F556" s="1" t="inlineStr">
+      <c r="E564" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F564" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="557" customHeight="true" ht="140.0">
-      <c r="A557" s="1" t="inlineStr">
+    <row r="565" customHeight="1" ht="140.0">
+      <c r="A565" s="1" t="inlineStr">
         <is>
           <t>1198353</t>
         </is>
       </c>
-      <c r="C557" s="1" t="inlineStr">
+      <c r="C565" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX450h</t>
         </is>
       </c>
-      <c r="D557" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F557" s="1" t="inlineStr">
+      <c r="D565" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E565" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F565" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="558" customHeight="true" ht="140.0">
-      <c r="A558" s="1" t="inlineStr">
+    <row r="566" customHeight="1" ht="140.0">
+      <c r="A566" s="1" t="inlineStr">
         <is>
           <t>1198352</t>
         </is>
       </c>
-      <c r="C558" s="1" t="inlineStr">
+      <c r="C566" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX430h</t>
         </is>
       </c>
-      <c r="D558" s="1" t="inlineStr">
+      <c r="D566" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E558" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F558" s="1" t="inlineStr">
+      <c r="E566" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F566" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="559" customHeight="true" ht="140.0">
-      <c r="A559" s="1" t="inlineStr">
+    <row r="567" customHeight="1" ht="140.0">
+      <c r="A567" s="1" t="inlineStr">
         <is>
           <t>1177947</t>
         </is>
       </c>
-      <c r="C559" s="1" t="inlineStr">
+      <c r="C567" s="1" t="inlineStr">
         <is>
           <t>THE PURSUIT OF PERFECTION</t>
         </is>
       </c>
-      <c r="D559" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F559" s="1" t="inlineStr">
+      <c r="D567" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E567" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F567" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="560" customHeight="true" ht="140.0">
-      <c r="A560" s="1" t="inlineStr">
+    <row r="568" customHeight="1" ht="140.0">
+      <c r="A568" s="1" t="inlineStr">
         <is>
           <t>1172661</t>
         </is>
       </c>
-      <c r="C560" s="1" t="inlineStr">
+      <c r="C568" s="1" t="inlineStr">
         <is>
           <t>TRD AURION 3500SL</t>
         </is>
       </c>
-      <c r="D560" s="1" t="inlineStr">
+      <c r="D568" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E560" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F560" s="1" t="inlineStr">
+      <c r="E568" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F568" s="1" t="inlineStr">
         <is>
           <t>Toyota Technocraft Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="561" customHeight="true" ht="140.0">
-      <c r="A561" s="1" t="inlineStr">
+    <row r="569" customHeight="1" ht="140.0">
+      <c r="A569" s="1" t="inlineStr">
         <is>
           <t>1172659</t>
         </is>
       </c>
-      <c r="C561" s="1" t="inlineStr">
+      <c r="C569" s="1" t="inlineStr">
         <is>
           <t>TRD AURION 3500S</t>
         </is>
       </c>
-      <c r="D561" s="1" t="inlineStr">
+      <c r="D569" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E561" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F561" s="1" t="inlineStr">
+      <c r="E569" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F569" s="1" t="inlineStr">
         <is>
           <t>Toyota Technocraft Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="562" customHeight="true" ht="140.0">
-      <c r="A562" s="1" t="inlineStr">
+    <row r="570" customHeight="1" ht="140.0">
+      <c r="A570" s="1" t="inlineStr">
         <is>
           <t>1172657</t>
         </is>
       </c>
-      <c r="C562" s="1" t="inlineStr">
+      <c r="C570" s="1" t="inlineStr">
         <is>
           <t>TRD HILUX 4000SL</t>
         </is>
       </c>
-      <c r="D562" s="1" t="inlineStr">
+      <c r="D570" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E562" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F562" s="1" t="inlineStr">
+      <c r="E570" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F570" s="1" t="inlineStr">
         <is>
           <t>Toyota Technocraft Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="563" customHeight="true" ht="140.0">
-      <c r="A563" s="1" t="inlineStr">
+    <row r="571" customHeight="1" ht="140.0">
+      <c r="A571" s="1" t="inlineStr">
         <is>
           <t>1172656</t>
         </is>
       </c>
-      <c r="C563" s="1" t="inlineStr">
+      <c r="C571" s="1" t="inlineStr">
         <is>
           <t>TRD HILUX 4000S</t>
         </is>
       </c>
-      <c r="D563" s="1" t="inlineStr">
+      <c r="D571" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E563" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F563" s="1" t="inlineStr">
+      <c r="E571" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F571" s="1" t="inlineStr">
         <is>
           <t>Toyota Technocraft Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="564" customHeight="true" ht="140.0">
-      <c r="A564" s="1" t="inlineStr">
+    <row r="572" customHeight="1" ht="140.0">
+      <c r="A572" s="1" t="inlineStr">
         <is>
           <t>1170625</t>
         </is>
       </c>
-      <c r="C564" s="1" t="inlineStr">
+      <c r="C572" s="1" t="inlineStr">
         <is>
           <t>IS F</t>
         </is>
       </c>
-      <c r="D564" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F564" s="1" t="inlineStr">
+      <c r="D572" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E572" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F572" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="565" customHeight="true" ht="140.0">
-      <c r="A565" s="1" t="inlineStr">
+    <row r="573" customHeight="1" ht="140.0">
+      <c r="A573" s="1" t="inlineStr">
         <is>
           <t>1169238</t>
         </is>
       </c>
-      <c r="C565" s="1" t="inlineStr">
+      <c r="C573" s="1" t="inlineStr">
         <is>
           <t>SOLUTIONS FOR EVERY PALLET</t>
         </is>
       </c>
-      <c r="D565" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F565" s="1" t="inlineStr">
+      <c r="D573" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E573" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F573" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="566" customHeight="true" ht="140.0">
-      <c r="A566" s="1" t="inlineStr">
+    <row r="574" customHeight="1" ht="140.0">
+      <c r="A574" s="1" t="inlineStr">
         <is>
           <t>1156840</t>
         </is>
       </c>
-      <c r="C566" s="1" t="inlineStr">
+      <c r="C574" s="1" t="inlineStr">
         <is>
           <t>AVANZA</t>
         </is>
       </c>
-      <c r="D566" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F566" s="1" t="inlineStr">
+      <c r="D574" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E574" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F574" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="567" customHeight="true" ht="140.0">
-      <c r="A567" s="1" t="inlineStr">
+    <row r="575" customHeight="1" ht="140.0">
+      <c r="A575" s="1" t="inlineStr">
         <is>
           <t>1156100</t>
         </is>
       </c>
-      <c r="C567" s="1" t="inlineStr">
+      <c r="C575" s="1" t="inlineStr">
         <is>
           <t>LFINESSE DESIGN</t>
         </is>
       </c>
-      <c r="D567" s="1" t="inlineStr">
+      <c r="D575" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E567" s="1" t="inlineStr">
+      <c r="E575" s="1" t="inlineStr">
         <is>
           <t>12, 16, 42</t>
         </is>
       </c>
-      <c r="F567" s="1" t="inlineStr">
+      <c r="F575" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="568" customHeight="true" ht="140.0">
-      <c r="A568" s="1" t="inlineStr">
+    <row r="576" customHeight="1" ht="140.0">
+      <c r="A576" s="1" t="inlineStr">
         <is>
           <t>1156099</t>
         </is>
       </c>
-      <c r="C568" s="1" t="inlineStr">
+      <c r="C576" s="1" t="inlineStr">
         <is>
           <t>L FINESSE</t>
         </is>
       </c>
-      <c r="D568" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E568" s="1" t="inlineStr">
+      <c r="D576" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E576" s="1" t="inlineStr">
         <is>
           <t>12, 16, 42</t>
         </is>
       </c>
-      <c r="F568" s="1" t="inlineStr">
+      <c r="F576" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="569" customHeight="true" ht="140.0">
-      <c r="A569" s="1" t="inlineStr">
+    <row r="577" customHeight="1" ht="140.0">
+      <c r="A577" s="1" t="inlineStr">
         <is>
           <t>1155981</t>
         </is>
       </c>
-      <c r="C569" s="1" t="inlineStr">
+      <c r="C577" s="1" t="inlineStr">
         <is>
           <t>TRADE GRADE</t>
         </is>
       </c>
-      <c r="D569" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E569" s="1" t="inlineStr">
+      <c r="D577" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E577" s="1" t="inlineStr">
         <is>
           <t>12, 16</t>
         </is>
       </c>
-      <c r="F569" s="1" t="inlineStr">
+      <c r="F577" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="570" customHeight="true" ht="140.0">
-      <c r="A570" s="1" t="inlineStr">
+    <row r="578" customHeight="1" ht="140.0">
+      <c r="A578" s="1" t="inlineStr">
         <is>
           <t>1150752</t>
         </is>
       </c>
-      <c r="C570" s="1" t="inlineStr">
+      <c r="C578" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D570" s="1" t="inlineStr">
+      <c r="D578" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E570" s="1" t="inlineStr">
+      <c r="E578" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F570" s="1" t="inlineStr">
+      <c r="F578" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="571" customHeight="true" ht="140.0">
-      <c r="A571" s="1" t="inlineStr">
+    <row r="579" customHeight="1" ht="140.0">
+      <c r="A579" s="1" t="inlineStr">
         <is>
           <t>1145854</t>
         </is>
       </c>
-      <c r="C571" s="1" t="inlineStr">
+      <c r="C579" s="1" t="inlineStr">
         <is>
           <t>IS-F</t>
         </is>
       </c>
-      <c r="D571" s="1" t="inlineStr">
+      <c r="D579" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E571" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F571" s="1" t="inlineStr">
+      <c r="E579" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F579" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="572" customHeight="true" ht="140.0">
-      <c r="A572" s="1" t="inlineStr">
+    <row r="580" customHeight="1" ht="140.0">
+      <c r="A580" s="1" t="inlineStr">
         <is>
           <t>1141100</t>
         </is>
       </c>
-      <c r="C572" s="1" t="inlineStr">
+      <c r="C580" s="1" t="inlineStr">
         <is>
           <t>KAPPA</t>
         </is>
       </c>
-      <c r="D572" s="1" t="inlineStr">
+      <c r="D580" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E572" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F572" s="1" t="inlineStr">
+      <c r="E580" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F580" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="573" customHeight="true" ht="140.0">
-      <c r="A573" s="1" t="inlineStr">
+    <row r="581" customHeight="1" ht="140.0">
+      <c r="A581" s="1" t="inlineStr">
         <is>
           <t>1140763</t>
         </is>
       </c>
-      <c r="C573" s="1" t="inlineStr">
+      <c r="C581" s="1" t="inlineStr">
         <is>
           <t>VALVEMATIC</t>
         </is>
       </c>
-      <c r="D573" s="1" t="inlineStr">
+      <c r="D581" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E573" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F573" s="1" t="inlineStr">
+      <c r="E581" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F581" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="574" customHeight="true" ht="140.0">
-      <c r="A574" s="1" t="inlineStr">
+    <row r="582" customHeight="1" ht="140.0">
+      <c r="A582" s="1" t="inlineStr">
         <is>
           <t>1140140</t>
         </is>
       </c>
-      <c r="C574" s="1" t="inlineStr">
+      <c r="C582" s="1" t="inlineStr">
         <is>
           <t>F</t>
         </is>
       </c>
-      <c r="D574" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F574" s="1" t="inlineStr">
+      <c r="D582" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E582" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F582" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="575" customHeight="true" ht="140.0">
-      <c r="A575" s="1" t="inlineStr">
+    <row r="583" customHeight="1" ht="140.0">
+      <c r="A583" s="1" t="inlineStr">
         <is>
           <t>1129560</t>
         </is>
       </c>
-      <c r="C575" s="1" t="inlineStr">
+      <c r="C583" s="1" t="inlineStr">
         <is>
           <t>DRAMS</t>
         </is>
       </c>
-      <c r="D575" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F575" s="1" t="inlineStr">
+      <c r="D583" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E583" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F583" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="576" customHeight="true" ht="140.0">
-      <c r="A576" s="1" t="inlineStr">
+    <row r="584" customHeight="1" ht="140.0">
+      <c r="A584" s="1" t="inlineStr">
         <is>
           <t>1127315</t>
         </is>
       </c>
-      <c r="C576" s="1" t="inlineStr">
+      <c r="C584" s="1" t="inlineStr">
         <is>
           <t>LS600hL</t>
         </is>
       </c>
-      <c r="D576" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F576" s="1" t="inlineStr">
+      <c r="D584" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E584" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F584" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="577" customHeight="true" ht="140.0">
-      <c r="A577" s="1" t="inlineStr">
+    <row r="585" customHeight="1" ht="140.0">
+      <c r="A585" s="1" t="inlineStr">
         <is>
           <t>1127313</t>
         </is>
       </c>
-      <c r="C577" s="1" t="inlineStr">
+      <c r="C585" s="1" t="inlineStr">
         <is>
           <t>LX520</t>
         </is>
       </c>
-      <c r="D577" s="1" t="inlineStr">
+      <c r="D585" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E577" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F577" s="1" t="inlineStr">
+      <c r="E585" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F585" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="578" customHeight="true" ht="140.0">
-      <c r="A578" s="1" t="inlineStr">
+    <row r="586" customHeight="1" ht="140.0">
+      <c r="A586" s="1" t="inlineStr">
         <is>
           <t>1127312</t>
         </is>
       </c>
-      <c r="C578" s="1" t="inlineStr">
+      <c r="C586" s="1" t="inlineStr">
         <is>
           <t>LX550</t>
         </is>
       </c>
-      <c r="D578" s="1" t="inlineStr">
+      <c r="D586" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E578" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F578" s="1" t="inlineStr">
+      <c r="E586" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F586" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="579" customHeight="true" ht="140.0">
-      <c r="A579" s="1" t="inlineStr">
+    <row r="587" customHeight="1" ht="140.0">
+      <c r="A587" s="1" t="inlineStr">
         <is>
           <t>1127309</t>
         </is>
       </c>
-      <c r="C579" s="1" t="inlineStr">
+      <c r="C587" s="1" t="inlineStr">
         <is>
           <t>LX570</t>
         </is>
       </c>
-      <c r="D579" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F579" s="1" t="inlineStr">
+      <c r="D587" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E587" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F587" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="580" customHeight="true" ht="140.0">
-      <c r="A580" s="1" t="inlineStr">
+    <row r="588" customHeight="1" ht="140.0">
+      <c r="A588" s="1" t="inlineStr">
         <is>
           <t>1127308</t>
         </is>
       </c>
-      <c r="C580" s="1" t="inlineStr">
+      <c r="C588" s="1" t="inlineStr">
         <is>
           <t>LX590</t>
         </is>
       </c>
-      <c r="D580" s="1" t="inlineStr">
+      <c r="D588" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E580" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F580" s="1" t="inlineStr">
+      <c r="E588" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F588" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="581" customHeight="true" ht="140.0">
-      <c r="A581" s="1" t="inlineStr">
+    <row r="589" customHeight="1" ht="140.0">
+      <c r="A589" s="1" t="inlineStr">
         <is>
           <t>1127306</t>
         </is>
       </c>
-      <c r="C581" s="1" t="inlineStr">
+      <c r="C589" s="1" t="inlineStr">
         <is>
           <t>LX600</t>
         </is>
       </c>
-      <c r="D581" s="1" t="inlineStr">
+      <c r="D589" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E581" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F581" s="1" t="inlineStr">
+      <c r="E589" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F589" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="582" customHeight="true" ht="140.0">
-      <c r="A582" s="1" t="inlineStr">
+    <row r="590" customHeight="1" ht="140.0">
+      <c r="A590" s="1" t="inlineStr">
         <is>
           <t>1118986</t>
         </is>
       </c>
-      <c r="C582" s="1" t="inlineStr">
+      <c r="C590" s="1" t="inlineStr">
         <is>
           <t>SCION xD</t>
         </is>
       </c>
-      <c r="D582" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F582" s="1" t="inlineStr">
+      <c r="D590" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E590" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F590" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="583" customHeight="true" ht="140.0">
-      <c r="A583" s="1" t="inlineStr">
+    <row r="591" customHeight="1" ht="140.0">
+      <c r="A591" s="1" t="inlineStr">
         <is>
           <t>1118063</t>
         </is>
       </c>
-      <c r="C583" s="1" t="inlineStr">
+      <c r="C591" s="1" t="inlineStr">
         <is>
           <t>SAFE &amp; SAVVY CAR KNOW-HOW NIGHTS</t>
         </is>
       </c>
-      <c r="D583" s="1" t="inlineStr">
+      <c r="D591" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E583" s="1" t="inlineStr">
+      <c r="E591" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F583" s="1" t="inlineStr">
+      <c r="F591" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="584" customHeight="true" ht="140.0">
-      <c r="A584" s="1" t="inlineStr">
+    <row r="592" customHeight="1" ht="140.0">
+      <c r="A592" s="1" t="inlineStr">
         <is>
           <t>1118062</t>
         </is>
       </c>
-      <c r="C584" s="1" t="inlineStr">
+      <c r="C592" s="1" t="inlineStr">
         <is>
           <t>SAFE &amp; SAVVY</t>
         </is>
       </c>
-      <c r="D584" s="1" t="inlineStr">
+      <c r="D592" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E584" s="1" t="inlineStr">
+      <c r="E592" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F584" s="1" t="inlineStr">
+      <c r="F592" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="585" customHeight="true" ht="140.0">
-      <c r="A585" s="1" t="inlineStr">
+    <row r="593" customHeight="1" ht="140.0">
+      <c r="A593" s="1" t="inlineStr">
         <is>
           <t>1116188</t>
         </is>
       </c>
-      <c r="C585" s="1" t="inlineStr">
+      <c r="C593" s="1" t="inlineStr">
         <is>
           <t>ECHO</t>
         </is>
       </c>
-      <c r="D585" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F585" s="1" t="inlineStr">
+      <c r="D593" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E593" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F593" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="586" customHeight="true" ht="140.0">
-      <c r="A586" s="1" t="inlineStr">
+    <row r="594" customHeight="1" ht="140.0">
+      <c r="A594" s="1" t="inlineStr">
         <is>
           <t>1114900</t>
         </is>
       </c>
-      <c r="C586" s="1" t="inlineStr">
+      <c r="C594" s="1" t="inlineStr">
         <is>
           <t>TRD</t>
         </is>
       </c>
-      <c r="D586" s="1" t="inlineStr">
+      <c r="D594" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E586" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F586" s="1" t="inlineStr">
+      <c r="E594" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F594" s="1" t="inlineStr">
         <is>
           <t>Toyota Technocraft Co., Ltd</t>
         </is>
       </c>
     </row>
-    <row r="587" customHeight="true" ht="140.0">
-      <c r="A587" s="1" t="inlineStr">
+    <row r="595" customHeight="1" ht="140.0">
+      <c r="A595" s="1" t="inlineStr">
         <is>
           <t>1114291</t>
         </is>
       </c>
-      <c r="C587" s="1" t="inlineStr">
+      <c r="C595" s="1" t="inlineStr">
         <is>
           <t>SWOOP CUT</t>
         </is>
       </c>
-      <c r="D587" s="1" t="inlineStr">
+      <c r="D595" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E587" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F587" s="1" t="inlineStr">
+      <c r="E595" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F595" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="588" customHeight="true" ht="140.0">
-      <c r="A588" s="1" t="inlineStr">
+    <row r="596" customHeight="1" ht="140.0">
+      <c r="A596" s="1" t="inlineStr">
         <is>
           <t>1114283</t>
         </is>
       </c>
-      <c r="C588" s="1" t="inlineStr">
+      <c r="C596" s="1" t="inlineStr">
         <is>
           <t>SWEEP CUT</t>
         </is>
       </c>
-      <c r="D588" s="1" t="inlineStr">
+      <c r="D596" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E588" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F588" s="1" t="inlineStr">
+      <c r="E596" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F596" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="589" customHeight="true" ht="140.0">
-      <c r="A589" s="1" t="inlineStr">
+    <row r="597" customHeight="1" ht="140.0">
+      <c r="A597" s="1" t="inlineStr">
         <is>
           <t>1113375</t>
         </is>
       </c>
-      <c r="C589" s="1" t="inlineStr">
+      <c r="C597" s="1" t="inlineStr">
         <is>
           <t>TRD RACING DEVELOPMENT</t>
         </is>
       </c>
-      <c r="D589" s="1" t="inlineStr">
+      <c r="D597" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E589" s="1" t="inlineStr">
+      <c r="E597" s="1" t="inlineStr">
         <is>
           <t>9, 11, 12, 14, 16, 18, 21, 24, 25, 28</t>
         </is>
       </c>
-      <c r="F589" s="1" t="inlineStr">
+      <c r="F597" s="1" t="inlineStr">
         <is>
           <t>Toyota Customizing &amp; Development Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="590" customHeight="true" ht="140.0">
-      <c r="A590" s="1" t="inlineStr">
+    <row r="598" customHeight="1" ht="140.0">
+      <c r="A598" s="1" t="inlineStr">
         <is>
           <t>1113373</t>
         </is>
       </c>
-      <c r="C590" s="1" t="inlineStr">
+      <c r="C598" s="1" t="inlineStr">
         <is>
           <t>TRD</t>
         </is>
       </c>
-      <c r="D590" s="1" t="inlineStr">
+      <c r="D598" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E590" s="1" t="inlineStr">
+      <c r="E598" s="1" t="inlineStr">
         <is>
           <t>9, 11, 12, 14, 16, 18, 21, 24, 25, 28</t>
         </is>
       </c>
-      <c r="F590" s="1" t="inlineStr">
+      <c r="F598" s="1" t="inlineStr">
         <is>
           <t>Toyota Customizing &amp; Development Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="591" customHeight="true" ht="140.0">
-      <c r="A591" s="1" t="inlineStr">
+    <row r="599" customHeight="1" ht="140.0">
+      <c r="A599" s="1" t="inlineStr">
         <is>
           <t>1110068</t>
         </is>
       </c>
-      <c r="C591" s="1" t="inlineStr">
+      <c r="C599" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D591" s="1" t="inlineStr">
+      <c r="D599" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E591" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F591" s="1" t="inlineStr">
+      <c r="E599" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F599" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="592" customHeight="true" ht="140.0">
-      <c r="A592" s="1" t="inlineStr">
+    <row r="600" customHeight="1" ht="140.0">
+      <c r="A600" s="1" t="inlineStr">
         <is>
           <t>1102658</t>
         </is>
       </c>
-      <c r="C592" s="1" t="inlineStr">
+      <c r="C600" s="1" t="inlineStr">
         <is>
           <t>HYBRID DRIVE</t>
         </is>
       </c>
-      <c r="D592" s="1" t="inlineStr">
+      <c r="D600" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E592" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F592" s="1" t="inlineStr">
+      <c r="E600" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F600" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="593" customHeight="true" ht="140.0">
-      <c r="A593" s="1" t="inlineStr">
+    <row r="601" customHeight="1" ht="140.0">
+      <c r="A601" s="1" t="inlineStr">
         <is>
           <t>1102657</t>
         </is>
       </c>
-      <c r="C593" s="1" t="inlineStr">
+      <c r="C601" s="1" t="inlineStr">
         <is>
           <t>PERFORMANCE HYBRID</t>
         </is>
       </c>
-      <c r="D593" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F593" s="1" t="inlineStr">
+      <c r="D601" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E601" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F601" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="594" customHeight="true" ht="140.0">
-      <c r="A594" s="1" t="inlineStr">
+    <row r="602" customHeight="1" ht="140.0">
+      <c r="A602" s="1" t="inlineStr">
         <is>
           <t>1099004</t>
         </is>
       </c>
-      <c r="C594" s="1" t="inlineStr">
+      <c r="C602" s="1" t="inlineStr">
         <is>
           <t>VERSO</t>
         </is>
       </c>
-      <c r="D594" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F594" s="1" t="inlineStr">
+      <c r="D602" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E602" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F602" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="595" customHeight="true" ht="140.0">
-      <c r="A595" s="1" t="inlineStr">
+    <row r="603" customHeight="1" ht="140.0">
+      <c r="A603" s="1" t="inlineStr">
         <is>
           <t>1096396</t>
         </is>
       </c>
-      <c r="C595" s="1" t="inlineStr">
+      <c r="C603" s="1" t="inlineStr">
         <is>
           <t>HYBRID SD</t>
         </is>
       </c>
-      <c r="D595" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E595" s="1" t="inlineStr">
+      <c r="D603" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E603" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F595" s="1" t="inlineStr">
+      <c r="F603" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="596" customHeight="true" ht="140.0">
-      <c r="A596" s="1" t="inlineStr">
+    <row r="604" customHeight="1" ht="140.0">
+      <c r="A604" s="1" t="inlineStr">
         <is>
           <t>1095741</t>
         </is>
       </c>
-      <c r="C596" s="1" t="inlineStr">
+      <c r="C604" s="1" t="inlineStr">
         <is>
           <t>MAKE YOUR MOVE</t>
         </is>
       </c>
-      <c r="D596" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F596" s="1" t="inlineStr">
+      <c r="D604" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E604" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F604" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="597" customHeight="true" ht="140.0">
-      <c r="A597" s="1" t="inlineStr">
+    <row r="605" customHeight="1" ht="140.0">
+      <c r="A605" s="1" t="inlineStr">
         <is>
           <t>1086437</t>
         </is>
       </c>
-      <c r="C597" s="1" t="inlineStr">
+      <c r="C605" s="1" t="inlineStr">
         <is>
           <t>LAVA</t>
         </is>
       </c>
-      <c r="D597" s="1" t="inlineStr">
+      <c r="D605" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E597" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F597" s="1" t="inlineStr">
+      <c r="E605" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F605" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="598" customHeight="true" ht="140.0">
-      <c r="A598" s="1" t="inlineStr">
+    <row r="606" customHeight="1" ht="140.0">
+      <c r="A606" s="1" t="inlineStr">
         <is>
           <t>1085640</t>
         </is>
       </c>
-      <c r="C598" s="1" t="inlineStr">
+      <c r="C606" s="1" t="inlineStr">
         <is>
           <t>GTR GAIN TRAIN RETAIN</t>
         </is>
       </c>
-      <c r="D598" s="1" t="inlineStr">
+      <c r="D606" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Expired renewal possible</t>
         </is>
       </c>
-      <c r="E598" s="1" t="inlineStr">
+      <c r="E606" s="1" t="inlineStr">
         <is>
           <t>35, 41</t>
         </is>
       </c>
-      <c r="F598" s="1" t="inlineStr">
+      <c r="F606" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="599" customHeight="true" ht="140.0">
-      <c r="A599" s="1" t="inlineStr">
+    <row r="607" customHeight="1" ht="140.0">
+      <c r="A607" s="1" t="inlineStr">
         <is>
           <t>1078132</t>
         </is>
       </c>
-      <c r="C599" s="1" t="inlineStr">
+      <c r="C607" s="1" t="inlineStr">
         <is>
           <t>TRD</t>
         </is>
       </c>
-      <c r="D599" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F599" s="1" t="inlineStr">
+      <c r="D607" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E607" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F607" s="1" t="inlineStr">
         <is>
           <t>Toyota Customizing &amp; Development Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="600" customHeight="true" ht="140.0">
-      <c r="A600" s="1" t="inlineStr">
+    <row r="608" customHeight="1" ht="140.0">
+      <c r="A608" s="1" t="inlineStr">
         <is>
           <t>1059415</t>
         </is>
       </c>
-      <c r="C600" s="1" t="inlineStr">
+      <c r="C608" s="1" t="inlineStr">
         <is>
           <t>YRX</t>
         </is>
       </c>
-      <c r="D600" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F600" s="1" t="inlineStr">
+      <c r="D608" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E608" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F608" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="601" customHeight="true" ht="140.0">
-      <c r="A601" s="1" t="inlineStr">
+    <row r="609" customHeight="1" ht="140.0">
+      <c r="A609" s="1" t="inlineStr">
         <is>
           <t>1058264</t>
         </is>
       </c>
-      <c r="C601" s="1" t="inlineStr">
+      <c r="C609" s="1" t="inlineStr">
         <is>
           <t>TOYOTA GENUINE PARTS</t>
         </is>
       </c>
-      <c r="D601" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E601" s="1" t="inlineStr">
+      <c r="D609" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E609" s="1" t="inlineStr">
         <is>
           <t>7, 11, 12</t>
         </is>
       </c>
-      <c r="F601" s="1" t="inlineStr">
+      <c r="F609" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="602" customHeight="true" ht="140.0">
-      <c r="A602" s="1" t="inlineStr">
+    <row r="610" customHeight="1" ht="140.0">
+      <c r="A610" s="1" t="inlineStr">
         <is>
           <t>1057122</t>
         </is>
       </c>
-      <c r="C602" s="1" t="inlineStr">
+      <c r="C610" s="1" t="inlineStr">
         <is>
           <t>AUV THE WORLD'S FIRST ACTION UTILITY VEHICLE</t>
         </is>
       </c>
-      <c r="D602" s="1" t="inlineStr">
+      <c r="D610" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E602" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F602" s="1" t="inlineStr">
+      <c r="E610" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F610" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="603" customHeight="true" ht="140.0">
-      <c r="A603" s="1" t="inlineStr">
+    <row r="611" customHeight="1" ht="140.0">
+      <c r="A611" s="1" t="inlineStr">
         <is>
           <t>1057121</t>
         </is>
       </c>
-      <c r="C603" s="1" t="inlineStr">
+      <c r="C611" s="1" t="inlineStr">
         <is>
           <t>AUV ACTION UTILITY VEHICLE</t>
         </is>
       </c>
-      <c r="D603" s="1" t="inlineStr">
+      <c r="D611" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E603" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F603" s="1" t="inlineStr">
+      <c r="E611" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F611" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="604" customHeight="true" ht="140.0">
-      <c r="A604" s="1" t="inlineStr">
+    <row r="612" customHeight="1" ht="140.0">
+      <c r="A612" s="1" t="inlineStr">
         <is>
           <t>1056059</t>
         </is>
       </c>
-      <c r="C604" s="1" t="inlineStr">
+      <c r="C612" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D604" s="1" t="inlineStr">
+      <c r="D612" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E604" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F604" s="1" t="inlineStr">
+      <c r="E612" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F612" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="605" customHeight="true" ht="140.0">
-      <c r="A605" s="1" t="inlineStr">
+    <row r="613" customHeight="1" ht="140.0">
+      <c r="A613" s="1" t="inlineStr">
         <is>
           <t>1052424</t>
         </is>
       </c>
-      <c r="C605" s="1" t="inlineStr">
+      <c r="C613" s="1" t="inlineStr">
         <is>
           <t>CAN'T WAIT FOR TOMORROW</t>
         </is>
       </c>
-      <c r="D605" s="1" t="inlineStr">
+      <c r="D613" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E605" s="1" t="inlineStr">
+      <c r="E613" s="1" t="inlineStr">
         <is>
           <t>12, 25, 36, 37</t>
         </is>
       </c>
-      <c r="F605" s="1" t="inlineStr">
+      <c r="F613" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="606" customHeight="true" ht="140.0">
-      <c r="A606" s="1" t="inlineStr">
+    <row r="614" customHeight="1" ht="140.0">
+      <c r="A614" s="1" t="inlineStr">
         <is>
           <t>1052417</t>
         </is>
       </c>
-      <c r="C606" s="1" t="inlineStr">
+      <c r="C614" s="1" t="inlineStr">
         <is>
           <t>CAN'T WAIT FOR TOMORROW</t>
         </is>
       </c>
-      <c r="D606" s="1" t="inlineStr">
+      <c r="D614" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E606" s="1" t="inlineStr">
+      <c r="E614" s="1" t="inlineStr">
         <is>
           <t>12, 25, 36, 37</t>
         </is>
       </c>
-      <c r="F606" s="1" t="inlineStr">
+      <c r="F614" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="607" customHeight="true" ht="140.0">
-      <c r="A607" s="1" t="inlineStr">
+    <row r="615" customHeight="1" ht="140.0">
+      <c r="A615" s="1" t="inlineStr">
         <is>
           <t>1051342</t>
         </is>
       </c>
-      <c r="C607" s="1" t="inlineStr">
+      <c r="C615" s="1" t="inlineStr">
         <is>
           <t>ALTISE SPORT</t>
         </is>
       </c>
-      <c r="D607" s="1" t="inlineStr">
+      <c r="D615" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E607" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F607" s="1" t="inlineStr">
+      <c r="E615" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F615" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="608" customHeight="true" ht="140.0">
-      <c r="A608" s="1" t="inlineStr">
+    <row r="616" customHeight="1" ht="140.0">
+      <c r="A616" s="1" t="inlineStr">
         <is>
           <t>1051226</t>
         </is>
       </c>
-      <c r="C608" s="1" t="inlineStr">
+      <c r="C616" s="1" t="inlineStr">
         <is>
           <t>WE RACE. WE LEARN. YOU WIN.</t>
         </is>
       </c>
-      <c r="D608" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E608" s="1" t="inlineStr">
+      <c r="D616" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E616" s="1" t="inlineStr">
         <is>
           <t>12, 25, 36, 37</t>
         </is>
       </c>
-      <c r="F608" s="1" t="inlineStr">
+      <c r="F616" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="609" customHeight="true" ht="140.0">
-      <c r="A609" s="1" t="inlineStr">
+    <row r="617" customHeight="1" ht="140.0">
+      <c r="A617" s="1" t="inlineStr">
         <is>
           <t>1046407</t>
         </is>
       </c>
-      <c r="C609" s="1" t="inlineStr">
+      <c r="C617" s="1" t="inlineStr">
         <is>
           <t>KING OFF THE ROAD</t>
         </is>
       </c>
-      <c r="D609" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F609" s="1" t="inlineStr">
+      <c r="D617" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E617" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F617" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="610" customHeight="true" ht="140.0">
-      <c r="A610" s="1" t="inlineStr">
+    <row r="618" customHeight="1" ht="140.0">
+      <c r="A618" s="1" t="inlineStr">
         <is>
           <t>1044513</t>
         </is>
       </c>
-      <c r="C610" s="1" t="inlineStr">
+      <c r="C618" s="1" t="inlineStr">
         <is>
           <t>WORLD'S BEST PICK UP LINE</t>
         </is>
       </c>
-      <c r="D610" s="1" t="inlineStr">
+      <c r="D618" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E610" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F610" s="1" t="inlineStr">
+      <c r="E618" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F618" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="611" customHeight="true" ht="140.0">
-      <c r="A611" s="1" t="inlineStr">
+    <row r="619" customHeight="1" ht="140.0">
+      <c r="A619" s="1" t="inlineStr">
         <is>
           <t>1044474</t>
         </is>
       </c>
-      <c r="C611" s="1" t="inlineStr">
+      <c r="C619" s="1" t="inlineStr">
         <is>
           <t>RUSH</t>
         </is>
       </c>
-      <c r="D611" s="1" t="inlineStr">
+      <c r="D619" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E611" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F611" s="1" t="inlineStr">
+      <c r="E619" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F619" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="612" customHeight="true" ht="140.0">
-      <c r="A612" s="1" t="inlineStr">
+    <row r="620" customHeight="1" ht="140.0">
+      <c r="A620" s="1" t="inlineStr">
         <is>
           <t>1044202</t>
         </is>
       </c>
-      <c r="C612" s="1" t="inlineStr">
+      <c r="C620" s="1" t="inlineStr">
         <is>
           <t>LEXUS LS460</t>
         </is>
       </c>
-      <c r="D612" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F612" s="1" t="inlineStr">
+      <c r="D620" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E620" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F620" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="613" customHeight="true" ht="140.0">
-      <c r="A613" s="1" t="inlineStr">
+    <row r="621" customHeight="1" ht="140.0">
+      <c r="A621" s="1" t="inlineStr">
         <is>
           <t>1042682</t>
         </is>
       </c>
-      <c r="C613" s="1" t="inlineStr">
+      <c r="C621" s="1" t="inlineStr">
         <is>
           <t>AURIS</t>
         </is>
       </c>
-      <c r="D613" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F613" s="1" t="inlineStr">
+      <c r="D621" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E621" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F621" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="614" customHeight="true" ht="140.0">
-      <c r="A614" s="1" t="inlineStr">
+    <row r="622" customHeight="1" ht="140.0">
+      <c r="A622" s="1" t="inlineStr">
         <is>
           <t>1039997</t>
         </is>
       </c>
-      <c r="C614" s="1" t="inlineStr">
+      <c r="C622" s="1" t="inlineStr">
         <is>
           <t>PRODIGY</t>
         </is>
       </c>
-      <c r="D614" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F614" s="1" t="inlineStr">
+      <c r="D622" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E622" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F622" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="615" customHeight="true" ht="140.0">
-      <c r="A615" s="1" t="inlineStr">
+    <row r="623" customHeight="1" ht="140.0">
+      <c r="A623" s="1" t="inlineStr">
         <is>
           <t>1038514</t>
         </is>
       </c>
-      <c r="C615" s="1" t="inlineStr">
+      <c r="C623" s="1" t="inlineStr">
         <is>
           <t>PLATINUM</t>
         </is>
       </c>
-      <c r="D615" s="1" t="inlineStr">
+      <c r="D623" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E615" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F615" s="1" t="inlineStr">
+      <c r="E623" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F623" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="616" customHeight="true" ht="140.0">
-      <c r="A616" s="1" t="inlineStr">
+    <row r="624" customHeight="1" ht="140.0">
+      <c r="A624" s="1" t="inlineStr">
         <is>
           <t>1038459</t>
         </is>
       </c>
-      <c r="C616" s="1" t="inlineStr">
+      <c r="C624" s="1" t="inlineStr">
         <is>
           <t>AUV</t>
         </is>
       </c>
-      <c r="D616" s="1" t="inlineStr">
+      <c r="D624" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E616" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F616" s="1" t="inlineStr">
+      <c r="E624" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F624" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="617" customHeight="true" ht="140.0">
-      <c r="A617" s="1" t="inlineStr">
+    <row r="625" customHeight="1" ht="140.0">
+      <c r="A625" s="1" t="inlineStr">
         <is>
           <t>1034718</t>
         </is>
       </c>
-      <c r="C617" s="1" t="inlineStr">
+      <c r="C625" s="1" t="inlineStr">
         <is>
           <t>FORGE</t>
         </is>
       </c>
-      <c r="D617" s="1" t="inlineStr">
+      <c r="D625" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E617" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F617" s="1" t="inlineStr">
+      <c r="E625" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F625" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="618" customHeight="true" ht="140.0">
-      <c r="A618" s="1" t="inlineStr">
+    <row r="626" customHeight="1" ht="140.0">
+      <c r="A626" s="1" t="inlineStr">
         <is>
           <t>1033497</t>
         </is>
       </c>
-      <c r="C618" s="1" t="inlineStr">
+      <c r="C626" s="1" t="inlineStr">
         <is>
           <t>AURION</t>
         </is>
       </c>
-      <c r="D618" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F618" s="1" t="inlineStr">
+      <c r="D626" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E626" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F626" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="619" customHeight="true" ht="140.0">
-      <c r="A619" s="1" t="inlineStr">
+    <row r="627" customHeight="1" ht="140.0">
+      <c r="A627" s="1" t="inlineStr">
         <is>
           <t>1032998</t>
         </is>
       </c>
-      <c r="C619" s="1" t="inlineStr">
+      <c r="C627" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX350</t>
         </is>
       </c>
-      <c r="D619" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F619" s="1" t="inlineStr">
+      <c r="D627" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E627" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F627" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="620" customHeight="true" ht="140.0">
-      <c r="A620" s="1" t="inlineStr">
+    <row r="628" customHeight="1" ht="140.0">
+      <c r="A628" s="1" t="inlineStr">
         <is>
           <t>1032988</t>
         </is>
       </c>
-      <c r="C620" s="1" t="inlineStr">
+      <c r="C628" s="1" t="inlineStr">
         <is>
           <t>SALPAC</t>
         </is>
       </c>
-      <c r="D620" s="1" t="inlineStr">
+      <c r="D628" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E620" s="1" t="inlineStr">
+      <c r="E628" s="1" t="inlineStr">
         <is>
           <t>35, 36</t>
         </is>
       </c>
-      <c r="F620" s="1" t="inlineStr">
+      <c r="F628" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="621" customHeight="true" ht="140.0">
-      <c r="A621" s="1" t="inlineStr">
+    <row r="629" customHeight="1" ht="140.0">
+      <c r="A629" s="1" t="inlineStr">
         <is>
           <t>1031102</t>
         </is>
       </c>
-      <c r="C621" s="1" t="inlineStr">
+      <c r="C629" s="1" t="inlineStr">
         <is>
           <t>PRESARA</t>
         </is>
       </c>
-      <c r="D621" s="1" t="inlineStr">
+      <c r="D629" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E621" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F621" s="1" t="inlineStr">
+      <c r="E629" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F629" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="622" customHeight="true" ht="140.0">
-      <c r="A622" s="1" t="inlineStr">
+    <row r="630" customHeight="1" ht="140.0">
+      <c r="A630" s="1" t="inlineStr">
         <is>
           <t>1030917</t>
         </is>
       </c>
-      <c r="C622" s="1" t="inlineStr">
+      <c r="C630" s="1" t="inlineStr">
         <is>
           <t>CHICANE</t>
         </is>
       </c>
-      <c r="D622" s="1" t="inlineStr">
+      <c r="D630" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E622" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F622" s="1" t="inlineStr">
+      <c r="E630" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F630" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="623" customHeight="true" ht="140.0">
-      <c r="A623" s="1" t="inlineStr">
+    <row r="631" customHeight="1" ht="140.0">
+      <c r="A631" s="1" t="inlineStr">
         <is>
           <t>1030358</t>
         </is>
       </c>
-      <c r="C623" s="1" t="inlineStr">
+      <c r="C631" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS460</t>
         </is>
       </c>
-      <c r="D623" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F623" s="1" t="inlineStr">
+      <c r="D631" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E631" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F631" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="624" customHeight="true" ht="140.0">
-      <c r="A624" s="1" t="inlineStr">
+    <row r="632" customHeight="1" ht="140.0">
+      <c r="A632" s="1" t="inlineStr">
         <is>
           <t>1030357</t>
         </is>
       </c>
-      <c r="C624" s="1" t="inlineStr">
+      <c r="C632" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS350</t>
         </is>
       </c>
-      <c r="D624" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F624" s="1" t="inlineStr">
+      <c r="D632" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E632" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F632" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="625" customHeight="true" ht="140.0">
-      <c r="A625" s="1" t="inlineStr">
+    <row r="633" customHeight="1" ht="140.0">
+      <c r="A633" s="1" t="inlineStr">
         <is>
           <t>1029919</t>
         </is>
       </c>
-      <c r="C625" s="1" t="inlineStr">
+      <c r="C633" s="1" t="inlineStr">
         <is>
           <t>LEXUS IS250</t>
         </is>
       </c>
-      <c r="D625" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F625" s="1" t="inlineStr">
+      <c r="D633" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E633" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F633" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="626" customHeight="true" ht="140.0">
-      <c r="A626" s="1" t="inlineStr">
+    <row r="634" customHeight="1" ht="140.0">
+      <c r="A634" s="1" t="inlineStr">
         <is>
           <t>1028231</t>
         </is>
       </c>
-      <c r="C626" s="1" t="inlineStr">
+      <c r="C634" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS450h</t>
         </is>
       </c>
-      <c r="D626" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F626" s="1" t="inlineStr">
+      <c r="D634" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E634" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F634" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="627" customHeight="true" ht="140.0">
-      <c r="A627" s="1" t="inlineStr">
+    <row r="635" customHeight="1" ht="140.0">
+      <c r="A635" s="1" t="inlineStr">
         <is>
           <t>1027528</t>
         </is>
       </c>
-      <c r="C627" s="1" t="inlineStr">
+      <c r="C635" s="1" t="inlineStr">
         <is>
           <t>TOYOTA AVENUE</t>
         </is>
       </c>
-      <c r="D627" s="1" t="inlineStr">
+      <c r="D635" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E627" s="1" t="inlineStr">
+      <c r="E635" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F627" s="1" t="inlineStr">
+      <c r="F635" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="628" customHeight="true" ht="140.0">
-      <c r="A628" s="1" t="inlineStr">
+    <row r="636" customHeight="1" ht="140.0">
+      <c r="A636" s="1" t="inlineStr">
         <is>
           <t>1027446</t>
         </is>
       </c>
-      <c r="C628" s="1" t="inlineStr">
+      <c r="C636" s="1" t="inlineStr">
         <is>
           <t>toyotaclub</t>
         </is>
       </c>
-      <c r="D628" s="1" t="inlineStr">
+      <c r="D636" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E628" s="1" t="inlineStr">
+      <c r="E636" s="1" t="inlineStr">
         <is>
           <t>12, 25, 35, 36, 41</t>
         </is>
       </c>
-      <c r="F628" s="1" t="inlineStr">
+      <c r="F636" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="629" customHeight="true" ht="140.0">
-      <c r="A629" s="1" t="inlineStr">
+    <row r="637" customHeight="1" ht="140.0">
+      <c r="A637" s="1" t="inlineStr">
         <is>
           <t>1027444</t>
         </is>
       </c>
-      <c r="C629" s="1" t="inlineStr">
+      <c r="C637" s="1" t="inlineStr">
         <is>
           <t>etoyotaclub</t>
         </is>
       </c>
-      <c r="D629" s="1" t="inlineStr">
+      <c r="D637" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E629" s="1" t="inlineStr">
+      <c r="E637" s="1" t="inlineStr">
         <is>
           <t>12, 25, 35, 36, 41</t>
         </is>
       </c>
-      <c r="F629" s="1" t="inlineStr">
+      <c r="F637" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="630" customHeight="true" ht="140.0">
-      <c r="A630" s="1" t="inlineStr">
+    <row r="638" customHeight="1" ht="140.0">
+      <c r="A638" s="1" t="inlineStr">
         <is>
           <t>1027148</t>
         </is>
       </c>
-      <c r="C630" s="1" t="inlineStr">
+      <c r="C638" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA LUBRICANTS &amp; FLUIDS</t>
         </is>
       </c>
-      <c r="D630" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E630" s="1" t="inlineStr">
+      <c r="D638" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E638" s="1" t="inlineStr">
         <is>
           <t>1, 3, 4, 12, 35, 37</t>
         </is>
       </c>
-      <c r="F630" s="1" t="inlineStr">
+      <c r="F638" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="631" customHeight="true" ht="140.0">
-      <c r="A631" s="1" t="inlineStr">
+    <row r="639" customHeight="1" ht="140.0">
+      <c r="A639" s="1" t="inlineStr">
         <is>
           <t>1025477</t>
         </is>
       </c>
-      <c r="C631" s="1" t="inlineStr">
+      <c r="C639" s="1" t="inlineStr">
         <is>
           <t>AURIEN</t>
         </is>
       </c>
-      <c r="D631" s="1" t="inlineStr">
+      <c r="D639" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E631" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F631" s="1" t="inlineStr">
+      <c r="E639" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F639" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="632" customHeight="true" ht="140.0">
-      <c r="A632" s="1" t="inlineStr">
+    <row r="640" customHeight="1" ht="140.0">
+      <c r="A640" s="1" t="inlineStr">
         <is>
           <t>1023883</t>
         </is>
       </c>
-      <c r="C632" s="1" t="inlineStr">
+      <c r="C640" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D632" s="1" t="inlineStr">
+      <c r="D640" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E632" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F632" s="1" t="inlineStr">
+      <c r="E640" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F640" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="633" customHeight="true" ht="140.0">
-      <c r="A633" s="1" t="inlineStr">
+    <row r="641" customHeight="1" ht="140.0">
+      <c r="A641" s="1" t="inlineStr">
         <is>
           <t>1020049</t>
         </is>
       </c>
-      <c r="C633" s="1" t="inlineStr">
+      <c r="C641" s="1" t="inlineStr">
         <is>
           <t>G-BOOK</t>
         </is>
       </c>
-      <c r="D633" s="1" t="inlineStr">
+      <c r="D641" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E633" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F633" s="1" t="inlineStr">
+      <c r="E641" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F641" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="634" customHeight="true" ht="140.0">
-      <c r="A634" s="1" t="inlineStr">
+    <row r="642" customHeight="1" ht="140.0">
+      <c r="A642" s="1" t="inlineStr">
         <is>
           <t>1018000</t>
         </is>
       </c>
-      <c r="C634" s="1" t="inlineStr">
+      <c r="C642" s="1" t="inlineStr">
         <is>
           <t>TOYOTA LINK</t>
         </is>
       </c>
-      <c r="D634" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F634" s="1" t="inlineStr">
+      <c r="D642" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E642" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F642" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="635" customHeight="true" ht="140.0">
-      <c r="A635" s="1" t="inlineStr">
+    <row r="643" customHeight="1" ht="140.0">
+      <c r="A643" s="1" t="inlineStr">
         <is>
           <t>1017989</t>
         </is>
       </c>
-      <c r="C635" s="1" t="inlineStr">
+      <c r="C643" s="1" t="inlineStr">
         <is>
           <t>T LINK</t>
         </is>
       </c>
-      <c r="D635" s="1" t="inlineStr">
+      <c r="D643" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E635" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F635" s="1" t="inlineStr">
+      <c r="E643" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F643" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="636" customHeight="true" ht="140.0">
-      <c r="A636" s="1" t="inlineStr">
+    <row r="644" customHeight="1" ht="140.0">
+      <c r="A644" s="1" t="inlineStr">
         <is>
           <t>1017104</t>
         </is>
       </c>
-      <c r="C636" s="1" t="inlineStr">
+      <c r="C644" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA LINK</t>
         </is>
       </c>
-      <c r="D636" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E636" s="1" t="inlineStr">
+      <c r="D644" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E644" s="1" t="inlineStr">
         <is>
           <t>9, 12, 37, 38, 42</t>
         </is>
       </c>
-      <c r="F636" s="1" t="inlineStr">
+      <c r="F644" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="637" customHeight="true" ht="140.0">
-      <c r="A637" s="1" t="inlineStr">
+    <row r="645" customHeight="1" ht="140.0">
+      <c r="A645" s="1" t="inlineStr">
         <is>
           <t>1013059</t>
         </is>
       </c>
-      <c r="C637" s="1" t="inlineStr">
+      <c r="C645" s="1" t="inlineStr">
         <is>
           <t>LEAVES</t>
         </is>
       </c>
-      <c r="D637" s="1" t="inlineStr">
+      <c r="D645" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E637" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F637" s="1" t="inlineStr">
+      <c r="E645" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F645" s="1" t="inlineStr">
         <is>
           <t>Kabushiki Kaisha Toyota Jidoshokki</t>
         </is>
       </c>
     </row>
-    <row r="638" customHeight="true" ht="140.0">
-      <c r="A638" s="1" t="inlineStr">
+    <row r="646" customHeight="1" ht="140.0">
+      <c r="A646" s="1" t="inlineStr">
         <is>
           <t>1012741</t>
         </is>
       </c>
-      <c r="C638" s="1" t="inlineStr">
+      <c r="C646" s="1" t="inlineStr">
         <is>
           <t>TOYOTA WEARABLE MOBILITY</t>
         </is>
       </c>
-      <c r="D638" s="1" t="inlineStr">
+      <c r="D646" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E638" s="1" t="inlineStr">
+      <c r="E646" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F638" s="1" t="inlineStr">
+      <c r="F646" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="639" customHeight="true" ht="140.0">
-      <c r="A639" s="1" t="inlineStr">
+    <row r="647" customHeight="1" ht="140.0">
+      <c r="A647" s="1" t="inlineStr">
         <is>
           <t>1006922</t>
         </is>
       </c>
-      <c r="C639" s="1" t="inlineStr">
+      <c r="C647" s="1" t="inlineStr">
         <is>
           <t>COMPLETELEASE</t>
         </is>
       </c>
-      <c r="D639" s="1" t="inlineStr">
+      <c r="D647" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E639" s="1" t="inlineStr">
+      <c r="E647" s="1" t="inlineStr">
         <is>
           <t>35, 36, 37, 39</t>
         </is>
       </c>
-      <c r="F639" s="1" t="inlineStr">
+      <c r="F647" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="640" customHeight="true" ht="140.0">
-      <c r="A640" s="1" t="inlineStr">
+    <row r="648" customHeight="1" ht="140.0">
+      <c r="A648" s="1" t="inlineStr">
         <is>
           <t>1001832</t>
         </is>
       </c>
-      <c r="C640" s="1" t="inlineStr">
+      <c r="C648" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D640" s="1" t="inlineStr">
+      <c r="D648" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E640" s="1" t="inlineStr">
+      <c r="E648" s="1" t="inlineStr">
         <is>
           <t>9, 37, 38, 42</t>
         </is>
       </c>
-      <c r="F640" s="1" t="inlineStr">
+      <c r="F648" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="641" customHeight="true" ht="140.0">
-      <c r="A641" s="1" t="inlineStr">
+    <row r="649" customHeight="1" ht="140.0">
+      <c r="A649" s="1" t="inlineStr">
         <is>
           <t>998075</t>
         </is>
       </c>
-      <c r="C641" s="1" t="inlineStr">
+      <c r="C649" s="1" t="inlineStr">
         <is>
           <t>TOYOTA D-4D</t>
         </is>
       </c>
-      <c r="D641" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F641" s="1" t="inlineStr">
+      <c r="D649" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E649" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F649" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="642" customHeight="true" ht="140.0">
-      <c r="A642" s="1" t="inlineStr">
+    <row r="650" customHeight="1" ht="140.0">
+      <c r="A650" s="1" t="inlineStr">
         <is>
           <t>994314</t>
         </is>
       </c>
-      <c r="C642" s="1" t="inlineStr">
+      <c r="C650" s="1" t="inlineStr">
         <is>
           <t>TT TOYOTA</t>
         </is>
       </c>
-      <c r="D642" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E642" s="1" t="inlineStr">
+      <c r="D650" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E650" s="1" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="F642" s="1" t="inlineStr">
+      <c r="F650" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="643" customHeight="true" ht="140.0">
-      <c r="A643" s="1" t="inlineStr">
+    <row r="651" customHeight="1" ht="140.0">
+      <c r="A651" s="1" t="inlineStr">
         <is>
           <t>989830</t>
         </is>
       </c>
-      <c r="C643" s="1" t="inlineStr">
+      <c r="C651" s="1" t="inlineStr">
         <is>
           <t>Kakadu</t>
         </is>
       </c>
-      <c r="D643" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F643" s="1" t="inlineStr">
+      <c r="D651" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E651" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F651" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="644" customHeight="true" ht="140.0">
-      <c r="A644" s="1" t="inlineStr">
+    <row r="652" customHeight="1" ht="140.0">
+      <c r="A652" s="1" t="inlineStr">
         <is>
           <t>989829</t>
         </is>
       </c>
-      <c r="C644" s="1" t="inlineStr">
+      <c r="C652" s="1" t="inlineStr">
         <is>
           <t>Muster</t>
         </is>
       </c>
-      <c r="D644" s="1" t="inlineStr">
+      <c r="D652" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E644" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F644" s="1" t="inlineStr">
+      <c r="E652" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F652" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="645" customHeight="true" ht="140.0">
-      <c r="A645" s="1" t="inlineStr">
+    <row r="653" customHeight="1" ht="140.0">
+      <c r="A653" s="1" t="inlineStr">
         <is>
           <t>989634</t>
         </is>
       </c>
-      <c r="C645" s="1" t="inlineStr">
+      <c r="C653" s="1" t="inlineStr">
         <is>
           <t>G-Book</t>
         </is>
       </c>
-      <c r="D645" s="1" t="inlineStr">
+      <c r="D653" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E645" s="1" t="inlineStr">
+      <c r="E653" s="1" t="inlineStr">
         <is>
           <t>9, 37, 38, 42</t>
         </is>
       </c>
-      <c r="F645" s="1" t="inlineStr">
+      <c r="F653" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="646" customHeight="true" ht="140.0">
-      <c r="A646" s="1" t="inlineStr">
+    <row r="654" customHeight="1" ht="140.0">
+      <c r="A654" s="1" t="inlineStr">
         <is>
           <t>989443</t>
         </is>
       </c>
-      <c r="C646" s="1" t="inlineStr">
+      <c r="C654" s="1" t="inlineStr">
         <is>
           <t>TOYOTA Feed21</t>
         </is>
       </c>
-      <c r="D646" s="1" t="inlineStr">
+      <c r="D654" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E646" s="1" t="inlineStr">
+      <c r="E654" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F646" s="1" t="inlineStr">
+      <c r="F654" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="647" customHeight="true" ht="140.0">
-      <c r="A647" s="1" t="inlineStr">
+    <row r="655" customHeight="1" ht="140.0">
+      <c r="A655" s="1" t="inlineStr">
         <is>
           <t>985389</t>
         </is>
       </c>
-      <c r="C647" s="1" t="inlineStr">
+      <c r="C655" s="1" t="inlineStr">
         <is>
           <t>Toyota Link</t>
         </is>
       </c>
-      <c r="D647" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E647" s="1" t="inlineStr">
+      <c r="D655" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E655" s="1" t="inlineStr">
         <is>
           <t>9, 37, 38, 42</t>
         </is>
       </c>
-      <c r="F647" s="1" t="inlineStr">
+      <c r="F655" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="648" customHeight="true" ht="140.0">
-      <c r="A648" s="1" t="inlineStr">
+    <row r="656" customHeight="1" ht="140.0">
+      <c r="A656" s="1" t="inlineStr">
         <is>
           <t>985388</t>
         </is>
       </c>
-      <c r="C648" s="1" t="inlineStr">
+      <c r="C656" s="1" t="inlineStr">
         <is>
           <t>T Link</t>
         </is>
       </c>
-      <c r="D648" s="1" t="inlineStr">
+      <c r="D656" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E648" s="1" t="inlineStr">
+      <c r="E656" s="1" t="inlineStr">
         <is>
           <t>9, 37, 38, 42</t>
         </is>
       </c>
-      <c r="F648" s="1" t="inlineStr">
+      <c r="F656" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="649" customHeight="true" ht="140.0">
-      <c r="A649" s="1" t="inlineStr">
+    <row r="657" customHeight="1" ht="140.0">
+      <c r="A657" s="1" t="inlineStr">
         <is>
           <t>985385</t>
         </is>
       </c>
-      <c r="C649" s="1" t="inlineStr">
+      <c r="C657" s="1" t="inlineStr">
         <is>
           <t>T LINK</t>
         </is>
       </c>
-      <c r="D649" s="1" t="inlineStr">
+      <c r="D657" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E649" s="1" t="inlineStr">
+      <c r="E657" s="1" t="inlineStr">
         <is>
           <t>9, 37, 38, 42</t>
         </is>
       </c>
-      <c r="F649" s="1" t="inlineStr">
+      <c r="F657" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="650" customHeight="true" ht="140.0">
-      <c r="A650" s="1" t="inlineStr">
+    <row r="658" customHeight="1" ht="140.0">
+      <c r="A658" s="1" t="inlineStr">
         <is>
           <t>982412</t>
         </is>
       </c>
-      <c r="C650" s="1" t="inlineStr">
+      <c r="C658" s="1" t="inlineStr">
         <is>
           <t>CHSS</t>
         </is>
       </c>
-      <c r="D650" s="1" t="inlineStr">
+      <c r="D658" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E650" s="1" t="inlineStr">
+      <c r="E658" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F650" s="1" t="inlineStr">
+      <c r="F658" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="651" customHeight="true" ht="140.0">
-      <c r="A651" s="1" t="inlineStr">
+    <row r="659" customHeight="1" ht="140.0">
+      <c r="A659" s="1" t="inlineStr">
         <is>
           <t>975225</t>
         </is>
       </c>
-      <c r="C651" s="1" t="inlineStr">
+      <c r="C659" s="1" t="inlineStr">
         <is>
           <t>D-4D</t>
         </is>
       </c>
-      <c r="D651" s="1" t="inlineStr">
+      <c r="D659" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E651" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F651" s="1" t="inlineStr">
+      <c r="E659" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F659" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="652" customHeight="true" ht="140.0">
-      <c r="A652" s="1" t="inlineStr">
+    <row r="660" customHeight="1" ht="140.0">
+      <c r="A660" s="1" t="inlineStr">
         <is>
           <t>971801</t>
         </is>
       </c>
-      <c r="C652" s="1" t="inlineStr">
+      <c r="C660" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MATERIALS HANDLING EQUIPMENT</t>
         </is>
       </c>
-      <c r="D652" s="1" t="inlineStr">
+      <c r="D660" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E652" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F652" s="1" t="inlineStr">
+      <c r="E660" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F660" s="1" t="inlineStr">
         <is>
           <t>Toyota Industries Corporation Australia Pty Limited</t>
         </is>
       </c>
     </row>
-    <row r="653" customHeight="true" ht="140.0">
-      <c r="A653" s="1" t="inlineStr">
+    <row r="661" customHeight="1" ht="140.0">
+      <c r="A661" s="1" t="inlineStr">
         <is>
           <t>970464</t>
         </is>
       </c>
-      <c r="C653" s="1" t="inlineStr">
+      <c r="C661" s="1" t="inlineStr">
         <is>
           <t>SAFE &amp; SAVVY CAR KNOW-HOW NIGHTS</t>
         </is>
       </c>
-      <c r="D653" s="1" t="inlineStr">
+      <c r="D661" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E653" s="1" t="inlineStr">
+      <c r="E661" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F653" s="1" t="inlineStr">
+      <c r="F661" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="654" customHeight="true" ht="140.0">
-      <c r="A654" s="1" t="inlineStr">
+    <row r="662" customHeight="1" ht="140.0">
+      <c r="A662" s="1" t="inlineStr">
         <is>
           <t>970378</t>
         </is>
       </c>
-      <c r="C654" s="1" t="inlineStr">
+      <c r="C662" s="1" t="inlineStr">
         <is>
           <t>CAR KNOW-HOW NIGHTS</t>
         </is>
       </c>
-      <c r="D654" s="1" t="inlineStr">
+      <c r="D662" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E654" s="1" t="inlineStr">
+      <c r="E662" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F654" s="1" t="inlineStr">
+      <c r="F662" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="655" customHeight="true" ht="140.0">
-      <c r="A655" s="1" t="inlineStr">
+    <row r="663" customHeight="1" ht="140.0">
+      <c r="A663" s="1" t="inlineStr">
         <is>
           <t>970343</t>
         </is>
       </c>
-      <c r="C655" s="1" t="inlineStr">
+      <c r="C663" s="1" t="inlineStr">
         <is>
           <t>SAFE &amp; SAVVY</t>
         </is>
       </c>
-      <c r="D655" s="1" t="inlineStr">
+      <c r="D663" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E655" s="1" t="inlineStr">
+      <c r="E663" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F655" s="1" t="inlineStr">
+      <c r="F663" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="656" customHeight="true" ht="140.0">
-      <c r="A656" s="1" t="inlineStr">
+    <row r="664" customHeight="1" ht="140.0">
+      <c r="A664" s="1" t="inlineStr">
         <is>
           <t>970327</t>
         </is>
       </c>
-      <c r="C656" s="1" t="inlineStr">
+      <c r="C664" s="1" t="inlineStr">
         <is>
           <t>SAFE &amp; SAVVY</t>
         </is>
       </c>
-      <c r="D656" s="1" t="inlineStr">
+      <c r="D664" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E656" s="1" t="inlineStr">
+      <c r="E664" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F656" s="1" t="inlineStr">
+      <c r="F664" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="657" customHeight="true" ht="140.0">
-      <c r="A657" s="1" t="inlineStr">
+    <row r="665" customHeight="1" ht="140.0">
+      <c r="A665" s="1" t="inlineStr">
         <is>
           <t>970172</t>
         </is>
       </c>
-      <c r="C657" s="1" t="inlineStr">
+      <c r="C665" s="1" t="inlineStr">
         <is>
           <t>D DI@SU THAT'S WHO!</t>
         </is>
       </c>
-      <c r="D657" s="1" t="inlineStr">
+      <c r="D665" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E657" s="1" t="inlineStr">
+      <c r="E665" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F657" s="1" t="inlineStr">
+      <c r="F665" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="658" customHeight="true" ht="140.0">
-      <c r="A658" s="1" t="inlineStr">
+    <row r="666" customHeight="1" ht="140.0">
+      <c r="A666" s="1" t="inlineStr">
         <is>
           <t>969161</t>
         </is>
       </c>
-      <c r="C658" s="1" t="inlineStr">
+      <c r="C666" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D658" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F658" s="1" t="inlineStr">
+      <c r="D666" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E666" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F666" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="659" customHeight="true" ht="140.0">
-      <c r="A659" s="1" t="inlineStr">
+    <row r="667" customHeight="1" ht="140.0">
+      <c r="A667" s="1" t="inlineStr">
         <is>
           <t>968845</t>
         </is>
       </c>
-      <c r="C659" s="1" t="inlineStr">
+      <c r="C667" s="1" t="inlineStr">
         <is>
           <t>AUSTRALIA'S BEST PICK UP LINE</t>
         </is>
       </c>
-      <c r="D659" s="1" t="inlineStr">
+      <c r="D667" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E659" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F659" s="1" t="inlineStr">
+      <c r="E667" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F667" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="660" customHeight="true" ht="140.0">
-      <c r="A660" s="1" t="inlineStr">
+    <row r="668" customHeight="1" ht="140.0">
+      <c r="A668" s="1" t="inlineStr">
         <is>
           <t>968796</t>
         </is>
       </c>
-      <c r="C660" s="1" t="inlineStr">
+      <c r="C668" s="1" t="inlineStr">
         <is>
           <t>Edge-K</t>
         </is>
       </c>
-      <c r="D660" s="1" t="inlineStr">
+      <c r="D668" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E660" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F660" s="1" t="inlineStr">
+      <c r="E668" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F668" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="661" customHeight="true" ht="140.0">
-      <c r="A661" s="1" t="inlineStr">
+    <row r="669" customHeight="1" ht="140.0">
+      <c r="A669" s="1" t="inlineStr">
         <is>
           <t>968252</t>
         </is>
       </c>
-      <c r="C661" s="1" t="inlineStr">
+      <c r="C669" s="1" t="inlineStr">
         <is>
           <t>TOYOTA INNOVA</t>
         </is>
       </c>
-      <c r="D661" s="1" t="inlineStr">
+      <c r="D669" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E661" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F661" s="1" t="inlineStr">
+      <c r="E669" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F669" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="662" customHeight="true" ht="140.0">
-      <c r="A662" s="1" t="inlineStr">
+    <row r="670" customHeight="1" ht="140.0">
+      <c r="A670" s="1" t="inlineStr">
         <is>
           <t>964261</t>
         </is>
       </c>
-      <c r="C662" s="1" t="inlineStr">
+      <c r="C670" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA SPORT</t>
         </is>
       </c>
-      <c r="D662" s="1" t="inlineStr">
+      <c r="D670" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E662" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F662" s="1" t="inlineStr">
+      <c r="E670" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F670" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="663" customHeight="true" ht="140.0">
-      <c r="A663" s="1" t="inlineStr">
+    <row r="671" customHeight="1" ht="140.0">
+      <c r="A671" s="1" t="inlineStr">
         <is>
           <t>964227</t>
         </is>
       </c>
-      <c r="C663" s="1" t="inlineStr">
+      <c r="C671" s="1" t="inlineStr">
         <is>
           <t>L-SPORT</t>
         </is>
       </c>
-      <c r="D663" s="1" t="inlineStr">
+      <c r="D671" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E663" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F663" s="1" t="inlineStr">
+      <c r="E671" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F671" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="664" customHeight="true" ht="140.0">
-      <c r="A664" s="1" t="inlineStr">
+    <row r="672" customHeight="1" ht="140.0">
+      <c r="A672" s="1" t="inlineStr">
         <is>
           <t>964200</t>
         </is>
       </c>
-      <c r="C664" s="1" t="inlineStr">
+      <c r="C672" s="1" t="inlineStr">
         <is>
           <t>T-TUNED</t>
         </is>
       </c>
-      <c r="D664" s="1" t="inlineStr">
+      <c r="D672" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E664" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F664" s="1" t="inlineStr">
+      <c r="E672" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F672" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="665" customHeight="true" ht="140.0">
-      <c r="A665" s="1" t="inlineStr">
+    <row r="673" customHeight="1" ht="140.0">
+      <c r="A673" s="1" t="inlineStr">
         <is>
           <t>964187</t>
         </is>
       </c>
-      <c r="C665" s="1" t="inlineStr">
+      <c r="C673" s="1" t="inlineStr">
         <is>
           <t>L TUNED</t>
         </is>
       </c>
-      <c r="D665" s="1" t="inlineStr">
+      <c r="D673" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E665" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F665" s="1" t="inlineStr">
+      <c r="E673" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F673" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="666" customHeight="true" ht="140.0">
-      <c r="A666" s="1" t="inlineStr">
+    <row r="674" customHeight="1" ht="140.0">
+      <c r="A674" s="1" t="inlineStr">
         <is>
           <t>963145</t>
         </is>
       </c>
-      <c r="C666" s="1" t="inlineStr">
+      <c r="C674" s="1" t="inlineStr">
         <is>
           <t>T-Con</t>
         </is>
       </c>
-      <c r="D666" s="1" t="inlineStr">
+      <c r="D674" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E666" s="1" t="inlineStr">
+      <c r="E674" s="1" t="inlineStr">
         <is>
           <t>9, 37, 38, 42</t>
         </is>
       </c>
-      <c r="F666" s="1" t="inlineStr">
+      <c r="F674" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="667" customHeight="true" ht="140.0">
-      <c r="A667" s="1" t="inlineStr">
+    <row r="675" customHeight="1" ht="140.0">
+      <c r="A675" s="1" t="inlineStr">
         <is>
           <t>962129</t>
         </is>
       </c>
-      <c r="C667" s="1" t="inlineStr">
+      <c r="C675" s="1" t="inlineStr">
         <is>
           <t>Feed21</t>
         </is>
       </c>
-      <c r="D667" s="1" t="inlineStr">
+      <c r="D675" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E667" s="1" t="inlineStr">
+      <c r="E675" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="F667" s="1" t="inlineStr">
+      <c r="F675" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="668" customHeight="true" ht="140.0">
-      <c r="A668" s="1" t="inlineStr">
+    <row r="676" customHeight="1" ht="140.0">
+      <c r="A676" s="1" t="inlineStr">
         <is>
           <t>961564</t>
         </is>
       </c>
-      <c r="C668" s="1" t="inlineStr">
+      <c r="C676" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX400h</t>
         </is>
       </c>
-      <c r="D668" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F668" s="1" t="inlineStr">
+      <c r="D676" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E676" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F676" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="669" customHeight="true" ht="140.0">
-      <c r="A669" s="1" t="inlineStr">
+    <row r="677" customHeight="1" ht="140.0">
+      <c r="A677" s="1" t="inlineStr">
         <is>
           <t>960826</t>
         </is>
       </c>
-      <c r="C669" s="1" t="inlineStr">
+      <c r="C677" s="1" t="inlineStr">
         <is>
           <t>CROSSOVER</t>
         </is>
       </c>
-      <c r="D669" s="1" t="inlineStr">
+      <c r="D677" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E669" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F669" s="1" t="inlineStr">
+      <c r="E677" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F677" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="670" customHeight="true" ht="140.0">
-      <c r="A670" s="1" t="inlineStr">
+    <row r="678" customHeight="1" ht="140.0">
+      <c r="A678" s="1" t="inlineStr">
         <is>
           <t>960763</t>
         </is>
       </c>
-      <c r="C670" s="1" t="inlineStr">
+      <c r="C678" s="1" t="inlineStr">
         <is>
           <t>HIGHLANDER</t>
         </is>
       </c>
-      <c r="D670" s="1" t="inlineStr">
+      <c r="D678" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E670" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F670" s="1" t="inlineStr">
+      <c r="E678" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F678" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="671" customHeight="true" ht="140.0">
-      <c r="A671" s="1" t="inlineStr">
+    <row r="679" customHeight="1" ht="140.0">
+      <c r="A679" s="1" t="inlineStr">
         <is>
           <t>960615</t>
         </is>
       </c>
-      <c r="C671" s="1" t="inlineStr">
+      <c r="C679" s="1" t="inlineStr">
         <is>
           <t>TSUNAMI THE NEW WAVE IN SEAFOOD</t>
         </is>
       </c>
-      <c r="D671" s="1" t="inlineStr">
+      <c r="D679" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E671" s="1" t="inlineStr">
+      <c r="E679" s="1" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="F671" s="1" t="inlineStr">
+      <c r="F679" s="1" t="inlineStr">
         <is>
           <t>Toyota Tsusho (Australasia) Pty. Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="672" customHeight="true" ht="140.0">
-      <c r="A672" s="1" t="inlineStr">
+    <row r="680" customHeight="1" ht="140.0">
+      <c r="A680" s="1" t="inlineStr">
         <is>
           <t>960569</t>
         </is>
       </c>
-      <c r="C672" s="1" t="inlineStr">
+      <c r="C680" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA</t>
         </is>
       </c>
-      <c r="D672" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E672" s="1" t="inlineStr">
+      <c r="D680" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E680" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="F672" s="1" t="inlineStr">
+      <c r="F680" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="673" customHeight="true" ht="140.0">
-      <c r="A673" s="1" t="inlineStr">
+    <row r="681" customHeight="1" ht="140.0">
+      <c r="A681" s="1" t="inlineStr">
         <is>
           <t>958193</t>
         </is>
       </c>
-      <c r="C673" s="1" t="inlineStr">
+      <c r="C681" s="1" t="inlineStr">
         <is>
           <t>TOYOTA FORTUNER</t>
         </is>
       </c>
-      <c r="D673" s="1" t="inlineStr">
+      <c r="D681" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E673" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F673" s="1" t="inlineStr">
+      <c r="E681" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F681" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="674" customHeight="true" ht="140.0">
-      <c r="A674" s="1" t="inlineStr">
+    <row r="682" customHeight="1" ht="140.0">
+      <c r="A682" s="1" t="inlineStr">
         <is>
           <t>957528</t>
         </is>
       </c>
-      <c r="C674" s="1" t="inlineStr">
+      <c r="C682" s="1" t="inlineStr">
         <is>
           <t>KEEP THE FEELING! T TOYOTA GENUINE PARTS, SERVICE &amp; ACCESSORIES</t>
         </is>
       </c>
-      <c r="D674" s="1" t="inlineStr">
+      <c r="D682" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E674" s="1" t="inlineStr">
+      <c r="E682" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F674" s="1" t="inlineStr">
+      <c r="F682" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="675" customHeight="true" ht="140.0">
-      <c r="A675" s="1" t="inlineStr">
+    <row r="683" customHeight="1" ht="140.0">
+      <c r="A683" s="1" t="inlineStr">
         <is>
           <t>951252</t>
         </is>
       </c>
-      <c r="C675" s="1" t="inlineStr">
+      <c r="C683" s="1" t="inlineStr">
         <is>
           <t>EXPRESS MAINTENANCE</t>
         </is>
       </c>
-      <c r="D675" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E675" s="1" t="inlineStr">
+      <c r="D683" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E683" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F675" s="1" t="inlineStr">
+      <c r="F683" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="676" customHeight="true" ht="140.0">
-      <c r="A676" s="1" t="inlineStr">
+    <row r="684" customHeight="1" ht="140.0">
+      <c r="A684" s="1" t="inlineStr">
         <is>
           <t>951115</t>
         </is>
       </c>
-      <c r="C676" s="1" t="inlineStr">
+      <c r="C684" s="1" t="inlineStr">
         <is>
           <t>ParkAssist</t>
         </is>
       </c>
-      <c r="D676" s="1" t="inlineStr">
+      <c r="D684" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E676" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F676" s="1" t="inlineStr">
+      <c r="E684" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F684" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="677" customHeight="true" ht="140.0">
-      <c r="A677" s="1" t="inlineStr">
+    <row r="685" customHeight="1" ht="140.0">
+      <c r="A685" s="1" t="inlineStr">
         <is>
           <t>946840</t>
         </is>
       </c>
-      <c r="C677" s="1" t="inlineStr">
+      <c r="C685" s="1" t="inlineStr">
         <is>
           <t>THS</t>
         </is>
       </c>
-      <c r="D677" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F677" s="1" t="inlineStr">
+      <c r="D685" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E685" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F685" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="678" customHeight="true" ht="140.0">
-      <c r="A678" s="1" t="inlineStr">
+    <row r="686" customHeight="1" ht="140.0">
+      <c r="A686" s="1" t="inlineStr">
         <is>
           <t>946838</t>
         </is>
       </c>
-      <c r="C678" s="1" t="inlineStr">
+      <c r="C686" s="1" t="inlineStr">
         <is>
           <t>AVALON GXi</t>
         </is>
       </c>
-      <c r="D678" s="1" t="inlineStr">
+      <c r="D686" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E678" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F678" s="1" t="inlineStr">
+      <c r="E686" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F686" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="679" customHeight="true" ht="140.0">
-      <c r="A679" s="1" t="inlineStr">
+    <row r="687" customHeight="1" ht="140.0">
+      <c r="A687" s="1" t="inlineStr">
         <is>
           <t>946819</t>
         </is>
       </c>
-      <c r="C679" s="1" t="inlineStr">
+      <c r="C687" s="1" t="inlineStr">
         <is>
           <t>GXi</t>
         </is>
       </c>
-      <c r="D679" s="1" t="inlineStr">
+      <c r="D687" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E679" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F679" s="1" t="inlineStr">
+      <c r="E687" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F687" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="680" customHeight="true" ht="140.0">
-      <c r="A680" s="1" t="inlineStr">
+    <row r="688" customHeight="1" ht="140.0">
+      <c r="A688" s="1" t="inlineStr">
         <is>
           <t>946393</t>
         </is>
       </c>
-      <c r="C680" s="1" t="inlineStr">
+      <c r="C688" s="1" t="inlineStr">
         <is>
           <t>SOVEREIGN</t>
         </is>
       </c>
-      <c r="D680" s="1" t="inlineStr">
+      <c r="D688" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E680" s="1" t="inlineStr">
+      <c r="E688" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="F680" s="1" t="inlineStr">
+      <c r="F688" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="681" customHeight="true" ht="140.0">
-      <c r="A681" s="1" t="inlineStr">
+    <row r="689" customHeight="1" ht="140.0">
+      <c r="A689" s="1" t="inlineStr">
         <is>
           <t>944080</t>
         </is>
       </c>
-      <c r="C681" s="1" t="inlineStr">
+      <c r="C689" s="1" t="inlineStr">
         <is>
           <t>SEE-THROUGH SUN VISOR</t>
         </is>
       </c>
-      <c r="D681" s="1" t="inlineStr">
+      <c r="D689" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E681" s="1" t="inlineStr">
+      <c r="E689" s="1" t="inlineStr">
         <is>
           <t>12, 25</t>
         </is>
       </c>
-      <c r="F681" s="1" t="inlineStr">
+      <c r="F689" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="682" customHeight="true" ht="140.0">
-      <c r="A682" s="1" t="inlineStr">
+    <row r="690" customHeight="1" ht="140.0">
+      <c r="A690" s="1" t="inlineStr">
         <is>
           <t>941279</t>
         </is>
       </c>
-      <c r="C682" s="1" t="inlineStr">
+      <c r="C690" s="1" t="inlineStr">
         <is>
           <t>DAT DRIVER ASSIST TECHNOLOGY</t>
         </is>
       </c>
-      <c r="D682" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E682" s="1" t="inlineStr">
+      <c r="D690" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E690" s="1" t="inlineStr">
         <is>
           <t>9, 12</t>
         </is>
       </c>
-      <c r="F682" s="1" t="inlineStr">
+      <c r="F690" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="683" customHeight="true" ht="140.0">
-      <c r="A683" s="1" t="inlineStr">
+    <row r="691" customHeight="1" ht="140.0">
+      <c r="A691" s="1" t="inlineStr">
         <is>
           <t>940417</t>
         </is>
       </c>
-      <c r="C683" s="1" t="inlineStr">
+      <c r="C691" s="1" t="inlineStr">
         <is>
           <t>RAV4 EXTREME</t>
         </is>
       </c>
-      <c r="D683" s="1" t="inlineStr">
+      <c r="D691" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E683" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F683" s="1" t="inlineStr">
+      <c r="E691" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F691" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="684" customHeight="true" ht="140.0">
-      <c r="A684" s="1" t="inlineStr">
+    <row r="692" customHeight="1" ht="140.0">
+      <c r="A692" s="1" t="inlineStr">
         <is>
           <t>938798</t>
         </is>
       </c>
-      <c r="C684" s="1" t="inlineStr">
+      <c r="C692" s="1" t="inlineStr">
         <is>
           <t>TOGETHER WE MAKE TOYOTA</t>
         </is>
       </c>
-      <c r="D684" s="1" t="inlineStr">
+      <c r="D692" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E684" s="1" t="inlineStr">
+      <c r="E692" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F684" s="1" t="inlineStr">
+      <c r="F692" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="685" customHeight="true" ht="140.0">
-      <c r="A685" s="1" t="inlineStr">
+    <row r="693" customHeight="1" ht="140.0">
+      <c r="A693" s="1" t="inlineStr">
         <is>
           <t>937771</t>
         </is>
       </c>
-      <c r="C685" s="1" t="inlineStr">
+      <c r="C693" s="1" t="inlineStr">
         <is>
           <t>HSD</t>
         </is>
       </c>
-      <c r="D685" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F685" s="1" t="inlineStr">
+      <c r="D693" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E693" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F693" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="686" customHeight="true" ht="140.0">
-      <c r="A686" s="1" t="inlineStr">
+    <row r="694" customHeight="1" ht="140.0">
+      <c r="A694" s="1" t="inlineStr">
         <is>
           <t>936568</t>
         </is>
       </c>
-      <c r="C686" s="1" t="inlineStr">
+      <c r="C694" s="1" t="inlineStr">
         <is>
           <t>TTR TOYOTA TEAM RACING</t>
         </is>
       </c>
-      <c r="D686" s="1" t="inlineStr">
+      <c r="D694" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E686" s="1" t="inlineStr">
+      <c r="E694" s="1" t="inlineStr">
         <is>
           <t>12, 16, 25, 35, 41</t>
         </is>
       </c>
-      <c r="F686" s="1" t="inlineStr">
+      <c r="F694" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="687" customHeight="true" ht="140.0">
-      <c r="A687" s="1" t="inlineStr">
+    <row r="695" customHeight="1" ht="140.0">
+      <c r="A695" s="1" t="inlineStr">
         <is>
           <t>936567</t>
         </is>
       </c>
-      <c r="C687" s="1" t="inlineStr">
+      <c r="C695" s="1" t="inlineStr">
         <is>
           <t>TTR TOYOTA TEAM RACING</t>
         </is>
       </c>
-      <c r="D687" s="1" t="inlineStr">
+      <c r="D695" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E687" s="1" t="inlineStr">
+      <c r="E695" s="1" t="inlineStr">
         <is>
           <t>12, 16, 25, 35, 41</t>
         </is>
       </c>
-      <c r="F687" s="1" t="inlineStr">
+      <c r="F695" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="688" customHeight="true" ht="140.0">
-      <c r="A688" s="1" t="inlineStr">
+    <row r="696" customHeight="1" ht="140.0">
+      <c r="A696" s="1" t="inlineStr">
         <is>
           <t>936201</t>
         </is>
       </c>
-      <c r="C688" s="1" t="inlineStr">
+      <c r="C696" s="1" t="inlineStr">
         <is>
           <t>TOYOTA TEAM RACING</t>
         </is>
       </c>
-      <c r="D688" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E688" s="1" t="inlineStr">
+      <c r="D696" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E696" s="1" t="inlineStr">
         <is>
           <t>12, 16, 25, 35, 41</t>
         </is>
       </c>
-      <c r="F688" s="1" t="inlineStr">
+      <c r="F696" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="689" customHeight="true" ht="140.0">
-      <c r="A689" s="1" t="inlineStr">
+    <row r="697" customHeight="1" ht="140.0">
+      <c r="A697" s="1" t="inlineStr">
         <is>
           <t>934743</t>
         </is>
       </c>
-      <c r="C689" s="1" t="inlineStr">
+      <c r="C697" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA INDUSTRIAL EQUIPMENT</t>
         </is>
       </c>
-      <c r="D689" s="1" t="inlineStr">
+      <c r="D697" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E689" s="1" t="inlineStr">
+      <c r="E697" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F689" s="1" t="inlineStr">
+      <c r="F697" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="690" customHeight="true" ht="140.0">
-      <c r="A690" s="1" t="inlineStr">
+    <row r="698" customHeight="1" ht="140.0">
+      <c r="A698" s="1" t="inlineStr">
         <is>
           <t>934742</t>
         </is>
       </c>
-      <c r="C690" s="1" t="inlineStr">
+      <c r="C698" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA EDGE</t>
         </is>
       </c>
-      <c r="D690" s="1" t="inlineStr">
+      <c r="D698" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E690" s="1" t="inlineStr">
+      <c r="E698" s="1" t="inlineStr">
         <is>
           <t>35, 41</t>
         </is>
       </c>
-      <c r="F690" s="1" t="inlineStr">
+      <c r="F698" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="691" customHeight="true" ht="140.0">
-      <c r="A691" s="1" t="inlineStr">
+    <row r="699" customHeight="1" ht="140.0">
+      <c r="A699" s="1" t="inlineStr">
         <is>
           <t>932995</t>
         </is>
       </c>
-      <c r="C691" s="1" t="inlineStr">
+      <c r="C699" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA FLEET BETTER BUSINESS SENSE</t>
         </is>
       </c>
-      <c r="D691" s="1" t="inlineStr">
+      <c r="D699" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E691" s="1" t="inlineStr">
+      <c r="E699" s="1" t="inlineStr">
         <is>
           <t>36, 37, 39</t>
         </is>
       </c>
-      <c r="F691" s="1" t="inlineStr">
+      <c r="F699" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="692" customHeight="true" ht="140.0">
-      <c r="A692" s="1" t="inlineStr">
+    <row r="700" customHeight="1" ht="140.0">
+      <c r="A700" s="1" t="inlineStr">
         <is>
           <t>932977</t>
         </is>
       </c>
-      <c r="C692" s="1" t="inlineStr">
+      <c r="C700" s="1" t="inlineStr">
         <is>
           <t>T TOYOTA FLEET</t>
         </is>
       </c>
-      <c r="D692" s="1" t="inlineStr">
+      <c r="D700" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E692" s="1" t="inlineStr">
+      <c r="E700" s="1" t="inlineStr">
         <is>
           <t>36, 37, 39</t>
         </is>
       </c>
-      <c r="F692" s="1" t="inlineStr">
+      <c r="F700" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="693" customHeight="true" ht="140.0">
-      <c r="A693" s="1" t="inlineStr">
+    <row r="701" customHeight="1" ht="140.0">
+      <c r="A701" s="1" t="inlineStr">
         <is>
           <t>932973</t>
         </is>
       </c>
-      <c r="C693" s="1" t="inlineStr">
+      <c r="C701" s="1" t="inlineStr">
         <is>
           <t>D DAIHATSU GENUINE THAT'S WHO! TRADE GRADE CRASH PARTS QUALITY THAT
 FITS</t>
         </is>
       </c>
-      <c r="D693" s="1" t="inlineStr">
+      <c r="D701" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E693" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F693" s="1" t="inlineStr">
+      <c r="E701" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F701" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="694" customHeight="true" ht="140.0">
-      <c r="A694" s="1" t="inlineStr">
+    <row r="702" customHeight="1" ht="140.0">
+      <c r="A702" s="1" t="inlineStr">
         <is>
           <t>932095</t>
         </is>
       </c>
-      <c r="C694" s="1" t="inlineStr">
+      <c r="C702" s="1" t="inlineStr">
         <is>
           <t>HYBRID SYNERGY DRIVE</t>
         </is>
       </c>
-      <c r="D694" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F694" s="1" t="inlineStr">
+      <c r="D702" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E702" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F702" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="695" customHeight="true" ht="140.0">
-      <c r="A695" s="1" t="inlineStr">
+    <row r="703" customHeight="1" ht="140.0">
+      <c r="A703" s="1" t="inlineStr">
         <is>
           <t>931590</t>
         </is>
       </c>
-      <c r="C695" s="1" t="inlineStr">
+      <c r="C703" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX330</t>
         </is>
       </c>
-      <c r="D695" s="1" t="inlineStr">
+      <c r="D703" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E695" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F695" s="1" t="inlineStr">
+      <c r="E703" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F703" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="696" customHeight="true" ht="140.0">
-      <c r="A696" s="1" t="inlineStr">
+    <row r="704" customHeight="1" ht="140.0">
+      <c r="A704" s="1" t="inlineStr">
         <is>
           <t>925559</t>
         </is>
       </c>
-      <c r="C696" s="1" t="inlineStr">
+      <c r="C704" s="1" t="inlineStr">
         <is>
           <t>NEW CAMRY TEST THE BEST</t>
         </is>
       </c>
-      <c r="D696" s="1" t="inlineStr">
+      <c r="D704" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E696" s="1" t="inlineStr">
+      <c r="E704" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
-      <c r="F696" s="1" t="inlineStr">
+      <c r="F704" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="697" customHeight="true" ht="140.0">
-      <c r="A697" s="1" t="inlineStr">
+    <row r="705" customHeight="1" ht="140.0">
+      <c r="A705" s="1" t="inlineStr">
         <is>
           <t>924646</t>
         </is>
       </c>
-      <c r="C697" s="1" t="inlineStr">
+      <c r="C705" s="1" t="inlineStr">
         <is>
           <t>AVALON SORRENTO</t>
         </is>
       </c>
-      <c r="D697" s="1" t="inlineStr">
+      <c r="D705" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E697" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F697" s="1" t="inlineStr">
+      <c r="E705" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F705" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="698" customHeight="true" ht="140.0">
-      <c r="A698" s="1" t="inlineStr">
+    <row r="706" customHeight="1" ht="140.0">
+      <c r="A706" s="1" t="inlineStr">
         <is>
           <t>919751</t>
         </is>
       </c>
-      <c r="C698" s="1" t="inlineStr">
+      <c r="C706" s="1" t="inlineStr">
         <is>
           <t>T GET THINGS MOVING</t>
         </is>
       </c>
-      <c r="D698" s="1" t="inlineStr">
+      <c r="D706" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E698" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F698" s="1" t="inlineStr">
+      <c r="E706" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F706" s="1" t="inlineStr">
         <is>
           <t>TOYOTA JIDOSHA KABUSHIKI KAISHA (also trading as TOYOTA MOTOR CORPORATION)</t>
         </is>
       </c>
     </row>
-    <row r="699" customHeight="true" ht="140.0">
-      <c r="A699" s="1" t="inlineStr">
+    <row r="707" customHeight="1" ht="140.0">
+      <c r="A707" s="1" t="inlineStr">
         <is>
           <t>917581</t>
         </is>
       </c>
-      <c r="C699" s="1" t="inlineStr">
+      <c r="C707" s="1" t="inlineStr">
         <is>
           <t>FAST FIND SATELLITE NAVIGATION</t>
         </is>
       </c>
-      <c r="D699" s="1" t="inlineStr">
+      <c r="D707" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E699" s="1" t="inlineStr">
+      <c r="E707" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F699" s="1" t="inlineStr">
+      <c r="F707" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="700" customHeight="true" ht="140.0">
-      <c r="A700" s="1" t="inlineStr">
+    <row r="708" customHeight="1" ht="140.0">
+      <c r="A708" s="1" t="inlineStr">
         <is>
           <t>917580</t>
         </is>
       </c>
-      <c r="C700" s="1" t="inlineStr">
+      <c r="C708" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D700" s="1" t="inlineStr">
+      <c r="D708" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E700" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F700" s="1" t="inlineStr">
+      <c r="E708" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F708" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="701" customHeight="true" ht="140.0">
-      <c r="A701" s="1" t="inlineStr">
+    <row r="709" customHeight="1" ht="140.0">
+      <c r="A709" s="1" t="inlineStr">
         <is>
           <t>916767</t>
         </is>
       </c>
-      <c r="C701" s="1" t="inlineStr">
+      <c r="C709" s="1" t="inlineStr">
         <is>
           <t>TOYOTA D-CAT</t>
         </is>
       </c>
-      <c r="D701" s="1" t="inlineStr">
+      <c r="D709" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E701" s="1" t="inlineStr">
+      <c r="E709" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F701" s="1" t="inlineStr">
+      <c r="F709" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="702" customHeight="true" ht="140.0">
-      <c r="A702" s="1" t="inlineStr">
+    <row r="710" customHeight="1" ht="140.0">
+      <c r="A710" s="1" t="inlineStr">
         <is>
           <t>916408</t>
         </is>
       </c>
-      <c r="C702" s="1" t="inlineStr">
+      <c r="C710" s="1" t="inlineStr">
         <is>
           <t>RX330</t>
         </is>
       </c>
-      <c r="D702" s="1" t="inlineStr">
+      <c r="D710" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E702" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F702" s="1" t="inlineStr">
+      <c r="E710" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F710" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="703" customHeight="true" ht="140.0">
-      <c r="A703" s="1" t="inlineStr">
+    <row r="711" customHeight="1" ht="140.0">
+      <c r="A711" s="1" t="inlineStr">
         <is>
           <t>916407</t>
         </is>
       </c>
-      <c r="C703" s="1" t="inlineStr">
+      <c r="C711" s="1" t="inlineStr">
         <is>
           <t>LEXUS RX330</t>
         </is>
       </c>
-      <c r="D703" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F703" s="1" t="inlineStr">
+      <c r="D711" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E711" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F711" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="704" customHeight="true" ht="140.0">
-      <c r="A704" s="1" t="inlineStr">
+    <row r="712" customHeight="1" ht="140.0">
+      <c r="A712" s="1" t="inlineStr">
         <is>
           <t>916301</t>
         </is>
       </c>
-      <c r="C704" s="1" t="inlineStr">
+      <c r="C712" s="1" t="inlineStr">
         <is>
           <t>NO WORRIES</t>
         </is>
       </c>
-      <c r="D704" s="1" t="inlineStr">
+      <c r="D712" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E704" s="1" t="inlineStr">
+      <c r="E712" s="1" t="inlineStr">
         <is>
           <t>12, 25, 37</t>
         </is>
       </c>
-      <c r="F704" s="1" t="inlineStr">
+      <c r="F712" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="705" customHeight="true" ht="140.0">
-      <c r="A705" s="1" t="inlineStr">
+    <row r="713" customHeight="1" ht="140.0">
+      <c r="A713" s="1" t="inlineStr">
         <is>
           <t>916300</t>
         </is>
       </c>
-      <c r="C705" s="1" t="inlineStr">
+      <c r="C713" s="1" t="inlineStr">
         <is>
           <t>NO WORRIES T</t>
         </is>
       </c>
-      <c r="D705" s="1" t="inlineStr">
+      <c r="D713" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E705" s="1" t="inlineStr">
+      <c r="E713" s="1" t="inlineStr">
         <is>
           <t>12, 25, 37</t>
         </is>
       </c>
-      <c r="F705" s="1" t="inlineStr">
+      <c r="F713" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="706" customHeight="true" ht="140.0">
-      <c r="A706" s="1" t="inlineStr">
+    <row r="714" customHeight="1" ht="140.0">
+      <c r="A714" s="1" t="inlineStr">
         <is>
           <t>916299</t>
         </is>
       </c>
-      <c r="C706" s="1" t="inlineStr">
+      <c r="C714" s="1" t="inlineStr">
         <is>
           <t>LEXPRESS</t>
         </is>
       </c>
-      <c r="D706" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E706" s="1" t="inlineStr">
+      <c r="D714" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E714" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F706" s="1" t="inlineStr">
+      <c r="F714" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="707" customHeight="true" ht="140.0">
-      <c r="A707" s="1" t="inlineStr">
+    <row r="715" customHeight="1" ht="140.0">
+      <c r="A715" s="1" t="inlineStr">
         <is>
           <t>916298</t>
         </is>
       </c>
-      <c r="C707" s="1" t="inlineStr">
+      <c r="C715" s="1" t="inlineStr">
         <is>
           <t>VORTEX</t>
         </is>
       </c>
-      <c r="D707" s="1" t="inlineStr">
+      <c r="D715" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E707" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F707" s="1" t="inlineStr">
+      <c r="E715" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F715" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="708" customHeight="true" ht="140.0">
-      <c r="A708" s="1" t="inlineStr">
+    <row r="716" customHeight="1" ht="140.0">
+      <c r="A716" s="1" t="inlineStr">
         <is>
           <t>916297</t>
         </is>
       </c>
-      <c r="C708" s="1" t="inlineStr">
+      <c r="C716" s="1" t="inlineStr">
         <is>
           <t>RAPTOR</t>
         </is>
       </c>
-      <c r="D708" s="1" t="inlineStr">
+      <c r="D716" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E708" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F708" s="1" t="inlineStr">
+      <c r="E716" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F716" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="709" customHeight="true" ht="140.0">
-      <c r="A709" s="1" t="inlineStr">
+    <row r="717" customHeight="1" ht="140.0">
+      <c r="A717" s="1" t="inlineStr">
         <is>
           <t>916296</t>
         </is>
       </c>
-      <c r="C709" s="1" t="inlineStr">
+      <c r="C717" s="1" t="inlineStr">
         <is>
           <t>ATLAS</t>
         </is>
       </c>
-      <c r="D709" s="1" t="inlineStr">
+      <c r="D717" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E709" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F709" s="1" t="inlineStr">
+      <c r="E717" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F717" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="710" customHeight="true" ht="140.0">
-      <c r="A710" s="1" t="inlineStr">
+    <row r="718" customHeight="1" ht="140.0">
+      <c r="A718" s="1" t="inlineStr">
         <is>
           <t>916295</t>
         </is>
       </c>
-      <c r="C710" s="1" t="inlineStr">
+      <c r="C718" s="1" t="inlineStr">
         <is>
           <t>PHOENIX</t>
         </is>
       </c>
-      <c r="D710" s="1" t="inlineStr">
+      <c r="D718" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E710" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F710" s="1" t="inlineStr">
+      <c r="E718" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F718" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="711" customHeight="true" ht="140.0">
-      <c r="A711" s="1" t="inlineStr">
+    <row r="719" customHeight="1" ht="140.0">
+      <c r="A719" s="1" t="inlineStr">
         <is>
           <t>915867</t>
         </is>
       </c>
-      <c r="C711" s="1" t="inlineStr">
+      <c r="C719" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COMMUNITY SPIRIT</t>
         </is>
       </c>
-      <c r="D711" s="1" t="inlineStr">
+      <c r="D719" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E711" s="1" t="inlineStr">
+      <c r="E719" s="1" t="inlineStr">
         <is>
           <t>35, 41</t>
         </is>
       </c>
-      <c r="F711" s="1" t="inlineStr">
+      <c r="F719" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="712" customHeight="true" ht="140.0">
-      <c r="A712" s="1" t="inlineStr">
+    <row r="720" customHeight="1" ht="140.0">
+      <c r="A720" s="1" t="inlineStr">
         <is>
           <t>913087</t>
         </is>
       </c>
-      <c r="C712" s="1" t="inlineStr">
+      <c r="C720" s="1" t="inlineStr">
         <is>
           <t>TSCA</t>
         </is>
       </c>
-      <c r="D712" s="1" t="inlineStr">
+      <c r="D720" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E712" s="1" t="inlineStr">
+      <c r="E720" s="1" t="inlineStr">
         <is>
           <t>9, 35</t>
         </is>
       </c>
-      <c r="F712" s="1" t="inlineStr">
+      <c r="F720" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="713" customHeight="true" ht="140.0">
-      <c r="A713" s="1" t="inlineStr">
+    <row r="721" customHeight="1" ht="140.0">
+      <c r="A721" s="1" t="inlineStr">
         <is>
           <t>912377</t>
         </is>
       </c>
-      <c r="C713" s="1" t="inlineStr">
+      <c r="C721" s="1" t="inlineStr">
         <is>
           <t>EXPRESS SERVICE</t>
         </is>
       </c>
-      <c r="D713" s="1" t="inlineStr">
+      <c r="D721" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E713" s="1" t="inlineStr">
+      <c r="E721" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F713" s="1" t="inlineStr">
+      <c r="F721" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="714" customHeight="true" ht="140.0">
-      <c r="A714" s="1" t="inlineStr">
+    <row r="722" customHeight="1" ht="140.0">
+      <c r="A722" s="1" t="inlineStr">
         <is>
           <t>912376</t>
         </is>
       </c>
-      <c r="C714" s="1" t="inlineStr">
+      <c r="C722" s="1" t="inlineStr">
         <is>
           <t>EXPRESS LUBE</t>
         </is>
       </c>
-      <c r="D714" s="1" t="inlineStr">
+      <c r="D722" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E714" s="1" t="inlineStr">
+      <c r="E722" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F714" s="1" t="inlineStr">
+      <c r="F722" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="715" customHeight="true" ht="140.0">
-      <c r="A715" s="1" t="inlineStr">
+    <row r="723" customHeight="1" ht="140.0">
+      <c r="A723" s="1" t="inlineStr">
         <is>
           <t>912375</t>
         </is>
       </c>
-      <c r="C715" s="1" t="inlineStr">
+      <c r="C723" s="1" t="inlineStr">
         <is>
           <t>EXPRESS MAINTENANCE</t>
         </is>
       </c>
-      <c r="D715" s="1" t="inlineStr">
+      <c r="D723" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E715" s="1" t="inlineStr">
+      <c r="E723" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F715" s="1" t="inlineStr">
+      <c r="F723" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="716" customHeight="true" ht="140.0">
-      <c r="A716" s="1" t="inlineStr">
+    <row r="724" customHeight="1" ht="140.0">
+      <c r="A724" s="1" t="inlineStr">
         <is>
           <t>908290</t>
         </is>
       </c>
-      <c r="C716" s="1" t="inlineStr">
+      <c r="C724" s="1" t="inlineStr">
         <is>
           <t>SCION</t>
         </is>
       </c>
-      <c r="D716" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F716" s="1" t="inlineStr">
+      <c r="D724" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E724" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F724" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="717" customHeight="true" ht="140.0">
-      <c r="A717" s="1" t="inlineStr">
+    <row r="725" customHeight="1" ht="140.0">
+      <c r="A725" s="1" t="inlineStr">
         <is>
           <t>908279</t>
         </is>
       </c>
-      <c r="C717" s="1" t="inlineStr">
+      <c r="C725" s="1" t="inlineStr">
         <is>
           <t>SCION</t>
         </is>
       </c>
-      <c r="D717" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F717" s="1" t="inlineStr">
+      <c r="D725" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E725" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F725" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation</t>
         </is>
       </c>
     </row>
-    <row r="718" customHeight="true" ht="140.0">
-      <c r="A718" s="1" t="inlineStr">
+    <row r="726" customHeight="1" ht="140.0">
+      <c r="A726" s="1" t="inlineStr">
         <is>
           <t>906438</t>
         </is>
       </c>
-      <c r="C718" s="1" t="inlineStr">
+      <c r="C726" s="1" t="inlineStr">
         <is>
           <t>CAMRY ATEVA</t>
         </is>
       </c>
-      <c r="D718" s="1" t="inlineStr">
+      <c r="D726" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E718" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F718" s="1" t="inlineStr">
+      <c r="E726" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F726" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="719" customHeight="true" ht="140.0">
-      <c r="A719" s="1" t="inlineStr">
+    <row r="727" customHeight="1" ht="140.0">
+      <c r="A727" s="1" t="inlineStr">
         <is>
           <t>906437</t>
         </is>
       </c>
-      <c r="C719" s="1" t="inlineStr">
+      <c r="C727" s="1" t="inlineStr">
         <is>
           <t>ATEVA</t>
         </is>
       </c>
-      <c r="D719" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F719" s="1" t="inlineStr">
+      <c r="D727" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E727" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F727" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="720" customHeight="true" ht="140.0">
-      <c r="A720" s="1" t="inlineStr">
+    <row r="728" customHeight="1" ht="140.0">
+      <c r="A728" s="1" t="inlineStr">
         <is>
           <t>906399</t>
         </is>
       </c>
-      <c r="C720" s="1" t="inlineStr">
+      <c r="C728" s="1" t="inlineStr">
         <is>
           <t>SORRENTO</t>
         </is>
       </c>
-      <c r="D720" s="1" t="inlineStr">
+      <c r="D728" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E720" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F720" s="1" t="inlineStr">
+      <c r="E728" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F728" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="721" customHeight="true" ht="140.0">
-      <c r="A721" s="1" t="inlineStr">
+    <row r="729" customHeight="1" ht="140.0">
+      <c r="A729" s="1" t="inlineStr">
         <is>
           <t>906398</t>
         </is>
       </c>
-      <c r="C721" s="1" t="inlineStr">
+      <c r="C729" s="1" t="inlineStr">
         <is>
           <t>T SORRENTO</t>
         </is>
       </c>
-      <c r="D721" s="1" t="inlineStr">
+      <c r="D729" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E721" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F721" s="1" t="inlineStr">
+      <c r="E729" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F729" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="722" customHeight="true" ht="140.0">
-      <c r="A722" s="1" t="inlineStr">
+    <row r="730" customHeight="1" ht="140.0">
+      <c r="A730" s="1" t="inlineStr">
         <is>
           <t>906137</t>
         </is>
       </c>
-      <c r="C722" s="1" t="inlineStr">
+      <c r="C730" s="1" t="inlineStr">
         <is>
           <t>T ADVANTAGE</t>
         </is>
       </c>
-      <c r="D722" s="1" t="inlineStr">
+      <c r="D730" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E722" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F722" s="1" t="inlineStr">
+      <c r="E730" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F730" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="723" customHeight="true" ht="140.0">
-      <c r="A723" s="1" t="inlineStr">
+    <row r="731" customHeight="1" ht="140.0">
+      <c r="A731" s="1" t="inlineStr">
         <is>
           <t>906136</t>
         </is>
       </c>
-      <c r="C723" s="1" t="inlineStr">
+      <c r="C731" s="1" t="inlineStr">
         <is>
           <t>ADVANTAGE</t>
         </is>
       </c>
-      <c r="D723" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F723" s="1" t="inlineStr">
+      <c r="D731" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E731" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F731" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="724" customHeight="true" ht="140.0">
-      <c r="A724" s="1" t="inlineStr">
+    <row r="732" customHeight="1" ht="140.0">
+      <c r="A732" s="1" t="inlineStr">
         <is>
           <t>897168</t>
         </is>
       </c>
-      <c r="C724" s="1" t="inlineStr">
+      <c r="C732" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COMMUNITY SPIRIT PROGRAM</t>
         </is>
       </c>
-      <c r="D724" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E724" s="1" t="inlineStr">
+      <c r="D732" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E732" s="1" t="inlineStr">
         <is>
           <t>35, 41, 42</t>
         </is>
       </c>
-      <c r="F724" s="1" t="inlineStr">
+      <c r="F732" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="725" customHeight="true" ht="140.0">
-      <c r="A725" s="1" t="inlineStr">
+    <row r="733" customHeight="1" ht="140.0">
+      <c r="A733" s="1" t="inlineStr">
         <is>
           <t>896983</t>
         </is>
       </c>
-      <c r="C725" s="1" t="inlineStr">
+      <c r="C733" s="1" t="inlineStr">
         <is>
           <t>DRIVING TOWARDS A CLEANER WORLD</t>
         </is>
       </c>
-      <c r="D725" s="1" t="inlineStr">
+      <c r="D733" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E725" s="1" t="inlineStr">
+      <c r="E733" s="1" t="inlineStr">
         <is>
           <t>12, 41</t>
         </is>
       </c>
-      <c r="F725" s="1" t="inlineStr">
+      <c r="F733" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="726" customHeight="true" ht="140.0">
-      <c r="A726" s="1" t="inlineStr">
+    <row r="734" customHeight="1" ht="140.0">
+      <c r="A734" s="1" t="inlineStr">
         <is>
           <t>896254</t>
         </is>
       </c>
-      <c r="C726" s="1" t="inlineStr">
+      <c r="C734" s="1" t="inlineStr">
         <is>
           <t>KLUGER</t>
         </is>
       </c>
-      <c r="D726" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F726" s="1" t="inlineStr">
+      <c r="D734" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E734" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F734" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="727" customHeight="true" ht="140.0">
-      <c r="A727" s="1" t="inlineStr">
+    <row r="735" customHeight="1" ht="140.0">
+      <c r="A735" s="1" t="inlineStr">
         <is>
           <t>890198</t>
         </is>
       </c>
-      <c r="C727" s="1" t="inlineStr">
+      <c r="C735" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D727" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E727" s="1" t="inlineStr">
+      <c r="D735" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E735" s="1" t="inlineStr">
         <is>
           <t>9, 12, 14, 16, 18, 24, 25, 34</t>
         </is>
       </c>
-      <c r="F727" s="1" t="inlineStr">
+      <c r="F735" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="728" customHeight="true" ht="140.0">
-      <c r="A728" s="1" t="inlineStr">
+    <row r="736" customHeight="1" ht="140.0">
+      <c r="A736" s="1" t="inlineStr">
         <is>
           <t>887828</t>
         </is>
       </c>
-      <c r="C728" s="1" t="inlineStr">
+      <c r="C736" s="1" t="inlineStr">
         <is>
           <t>INCISOR</t>
         </is>
       </c>
-      <c r="D728" s="1" t="inlineStr">
+      <c r="D736" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E728" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F728" s="1" t="inlineStr">
+      <c r="E736" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F736" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="729" customHeight="true" ht="140.0">
-      <c r="A729" s="1" t="inlineStr">
+    <row r="737" customHeight="1" ht="140.0">
+      <c r="A737" s="1" t="inlineStr">
         <is>
           <t>885830</t>
         </is>
       </c>
-      <c r="C729" s="1" t="inlineStr">
+      <c r="C737" s="1" t="inlineStr">
         <is>
           <t>CLIMATIC</t>
         </is>
       </c>
-      <c r="D729" s="1" t="inlineStr">
+      <c r="D737" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E729" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F729" s="1" t="inlineStr">
+      <c r="E737" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F737" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="730" customHeight="true" ht="140.0">
-      <c r="A730" s="1" t="inlineStr">
+    <row r="738" customHeight="1" ht="140.0">
+      <c r="A738" s="1" t="inlineStr">
         <is>
           <t>881285</t>
         </is>
       </c>
-      <c r="C730" s="1" t="inlineStr">
+      <c r="C738" s="1" t="inlineStr">
         <is>
           <t>LS430</t>
         </is>
       </c>
-      <c r="D730" s="1" t="inlineStr">
+      <c r="D738" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E730" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F730" s="1" t="inlineStr">
+      <c r="E738" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F738" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="731" customHeight="true" ht="140.0">
-      <c r="A731" s="1" t="inlineStr">
+    <row r="739" customHeight="1" ht="140.0">
+      <c r="A739" s="1" t="inlineStr">
         <is>
           <t>881257</t>
         </is>
       </c>
-      <c r="C731" s="1" t="inlineStr">
+      <c r="C739" s="1" t="inlineStr">
         <is>
           <t>PRIUS</t>
         </is>
       </c>
-      <c r="D731" s="1" t="inlineStr">
+      <c r="D739" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E731" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F731" s="1" t="inlineStr">
+      <c r="E739" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F739" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="732" customHeight="true" ht="140.0">
-      <c r="A732" s="1" t="inlineStr">
+    <row r="740" customHeight="1" ht="140.0">
+      <c r="A740" s="1" t="inlineStr">
         <is>
           <t>881248</t>
         </is>
       </c>
-      <c r="C732" s="1" t="inlineStr">
+      <c r="C740" s="1" t="inlineStr">
         <is>
           <t>PRIUS EXPERIENCES</t>
         </is>
       </c>
-      <c r="D732" s="1" t="inlineStr">
+      <c r="D740" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E732" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F732" s="1" t="inlineStr">
+      <c r="E740" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F740" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="733" customHeight="true" ht="140.0">
-      <c r="A733" s="1" t="inlineStr">
+    <row r="741" customHeight="1" ht="140.0">
+      <c r="A741" s="1" t="inlineStr">
         <is>
           <t>881060</t>
         </is>
       </c>
-      <c r="C733" s="1" t="inlineStr">
+      <c r="C741" s="1" t="inlineStr">
         <is>
           <t>ADVANTEX</t>
         </is>
       </c>
-      <c r="D733" s="1" t="inlineStr">
+      <c r="D741" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E733" s="1" t="inlineStr">
+      <c r="E741" s="1" t="inlineStr">
         <is>
           <t>7, 9, 11, 12</t>
         </is>
       </c>
-      <c r="F733" s="1" t="inlineStr">
+      <c r="F741" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="734" customHeight="true" ht="140.0">
-      <c r="A734" s="1" t="inlineStr">
+    <row r="742" customHeight="1" ht="140.0">
+      <c r="A742" s="1" t="inlineStr">
         <is>
           <t>880148</t>
         </is>
       </c>
-      <c r="C734" s="1" t="inlineStr">
+      <c r="C742" s="1" t="inlineStr">
         <is>
           <t>TOYOTA GENUINE KEEP THE FEELING</t>
         </is>
       </c>
-      <c r="D734" s="1" t="inlineStr">
+      <c r="D742" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E734" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F734" s="1" t="inlineStr">
+      <c r="E742" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F742" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="735" customHeight="true" ht="140.0">
-      <c r="A735" s="1" t="inlineStr">
+    <row r="743" customHeight="1" ht="140.0">
+      <c r="A743" s="1" t="inlineStr">
         <is>
           <t>880147</t>
         </is>
       </c>
-      <c r="C735" s="1" t="inlineStr">
+      <c r="C743" s="1" t="inlineStr">
         <is>
           <t>GENUINE ACCESSORIES</t>
         </is>
       </c>
-      <c r="D735" s="1" t="inlineStr">
+      <c r="D743" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E735" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F735" s="1" t="inlineStr">
+      <c r="E743" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F743" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="736" customHeight="true" ht="140.0">
-      <c r="A736" s="1" t="inlineStr">
+    <row r="744" customHeight="1" ht="140.0">
+      <c r="A744" s="1" t="inlineStr">
         <is>
           <t>870821</t>
         </is>
       </c>
-      <c r="C736" s="1" t="inlineStr">
+      <c r="C744" s="1" t="inlineStr">
         <is>
           <t>TALON</t>
         </is>
       </c>
-      <c r="D736" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F736" s="1" t="inlineStr">
+      <c r="D744" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E744" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F744" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="737" customHeight="true" ht="140.0">
-      <c r="A737" s="1" t="inlineStr">
+    <row r="745" customHeight="1" ht="140.0">
+      <c r="A745" s="1" t="inlineStr">
         <is>
           <t>867395</t>
         </is>
       </c>
-      <c r="C737" s="1" t="inlineStr">
+      <c r="C745" s="1" t="inlineStr">
         <is>
           <t>MATRIX</t>
         </is>
       </c>
-      <c r="D737" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F737" s="1" t="inlineStr">
+      <c r="D745" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E745" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F745" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="738" customHeight="true" ht="140.0">
-      <c r="A738" s="1" t="inlineStr">
+    <row r="746" customHeight="1" ht="140.0">
+      <c r="A746" s="1" t="inlineStr">
         <is>
           <t>866795</t>
         </is>
       </c>
-      <c r="C738" s="1" t="inlineStr">
+      <c r="C746" s="1" t="inlineStr">
         <is>
           <t>TRD</t>
         </is>
       </c>
-      <c r="D738" s="1" t="inlineStr">
+      <c r="D746" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E738" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F738" s="1" t="inlineStr">
+      <c r="E746" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F746" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="739" customHeight="true" ht="140.0">
-      <c r="A739" s="1" t="inlineStr">
+    <row r="747" customHeight="1" ht="140.0">
+      <c r="A747" s="1" t="inlineStr">
         <is>
           <t>866536</t>
         </is>
       </c>
-      <c r="C739" s="1" t="inlineStr">
+      <c r="C747" s="1" t="inlineStr">
         <is>
           <t>FEEL IT FIRST</t>
         </is>
       </c>
-      <c r="D739" s="1" t="inlineStr">
+      <c r="D747" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E739" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F739" s="1" t="inlineStr">
+      <c r="E747" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F747" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="740" customHeight="true" ht="140.0">
-      <c r="A740" s="1" t="inlineStr">
+    <row r="748" customHeight="1" ht="140.0">
+      <c r="A748" s="1" t="inlineStr">
         <is>
           <t>865356</t>
         </is>
       </c>
-      <c r="C740" s="1" t="inlineStr">
+      <c r="C748" s="1" t="inlineStr">
         <is>
           <t>SYSTEM OF ACTIVE STABILITY</t>
         </is>
       </c>
-      <c r="D740" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F740" s="1" t="inlineStr">
+      <c r="D748" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E748" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F748" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="741" customHeight="true" ht="140.0">
-      <c r="A741" s="1" t="inlineStr">
+    <row r="749" customHeight="1" ht="140.0">
+      <c r="A749" s="1" t="inlineStr">
         <is>
           <t>863351</t>
         </is>
       </c>
-      <c r="C741" s="1" t="inlineStr">
+      <c r="C749" s="1" t="inlineStr">
         <is>
           <t>T 3</t>
         </is>
       </c>
-      <c r="D741" s="1" t="inlineStr">
+      <c r="D749" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E741" s="1" t="inlineStr">
+      <c r="E749" s="1" t="inlineStr">
         <is>
           <t>16, 41</t>
         </is>
       </c>
-      <c r="F741" s="1" t="inlineStr">
+      <c r="F749" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="742" customHeight="true" ht="140.0">
-      <c r="A742" s="1" t="inlineStr">
+    <row r="750" customHeight="1" ht="140.0">
+      <c r="A750" s="1" t="inlineStr">
         <is>
           <t>863350</t>
         </is>
       </c>
-      <c r="C742" s="1" t="inlineStr">
+      <c r="C750" s="1" t="inlineStr">
         <is>
           <t>N-TEC</t>
         </is>
       </c>
-      <c r="D742" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E742" s="1" t="inlineStr">
+      <c r="D750" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E750" s="1" t="inlineStr">
         <is>
           <t>16, 41</t>
         </is>
       </c>
-      <c r="F742" s="1" t="inlineStr">
+      <c r="F750" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="743" customHeight="true" ht="140.0">
-      <c r="A743" s="1" t="inlineStr">
+    <row r="751" customHeight="1" ht="140.0">
+      <c r="A751" s="1" t="inlineStr">
         <is>
           <t>863030</t>
         </is>
       </c>
-      <c r="C743" s="1" t="inlineStr">
+      <c r="C751" s="1" t="inlineStr">
         <is>
           <t>RACING DEVELOPMENT TRD</t>
         </is>
       </c>
-      <c r="D743" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F743" s="1" t="inlineStr">
+      <c r="D751" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E751" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F751" s="1" t="inlineStr">
         <is>
           <t>Toyota Customizing &amp; Development Co., Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="744" customHeight="true" ht="140.0">
-      <c r="A744" s="1" t="inlineStr">
+    <row r="752" customHeight="1" ht="140.0">
+      <c r="A752" s="1" t="inlineStr">
         <is>
           <t>863021</t>
         </is>
       </c>
-      <c r="C744" s="1" t="inlineStr">
+      <c r="C752" s="1" t="inlineStr">
         <is>
           <t>HUSKI</t>
         </is>
       </c>
-      <c r="D744" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F744" s="1" t="inlineStr">
+      <c r="D752" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E752" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F752" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="745" customHeight="true" ht="140.0">
-      <c r="A745" s="1" t="inlineStr">
+    <row r="753" customHeight="1" ht="140.0">
+      <c r="A753" s="1" t="inlineStr">
         <is>
           <t>860181</t>
         </is>
       </c>
-      <c r="C745" s="1" t="inlineStr">
+      <c r="C753" s="1" t="inlineStr">
         <is>
           <t>Toyota Service Express</t>
         </is>
       </c>
-      <c r="D745" s="1" t="inlineStr">
+      <c r="D753" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E745" s="1" t="inlineStr">
+      <c r="E753" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F745" s="1" t="inlineStr">
+      <c r="F753" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="746" customHeight="true" ht="140.0">
-      <c r="A746" s="1" t="inlineStr">
+    <row r="754" customHeight="1" ht="140.0">
+      <c r="A754" s="1" t="inlineStr">
         <is>
           <t>860180</t>
         </is>
       </c>
-      <c r="C746" s="1" t="inlineStr">
+      <c r="C754" s="1" t="inlineStr">
         <is>
           <t>X-man</t>
         </is>
       </c>
-      <c r="D746" s="1" t="inlineStr">
+      <c r="D754" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E746" s="1" t="inlineStr">
+      <c r="E754" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F746" s="1" t="inlineStr">
+      <c r="F754" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="747" customHeight="true" ht="140.0">
-      <c r="A747" s="1" t="inlineStr">
+    <row r="755" customHeight="1" ht="140.0">
+      <c r="A755" s="1" t="inlineStr">
         <is>
           <t>860179</t>
         </is>
       </c>
-      <c r="C747" s="1" t="inlineStr">
+      <c r="C755" s="1" t="inlineStr">
         <is>
           <t>X</t>
         </is>
       </c>
-      <c r="D747" s="1" t="inlineStr">
+      <c r="D755" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E747" s="1" t="inlineStr">
+      <c r="E755" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F747" s="1" t="inlineStr">
+      <c r="F755" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="748" customHeight="true" ht="140.0">
-      <c r="A748" s="1" t="inlineStr">
+    <row r="756" customHeight="1" ht="140.0">
+      <c r="A756" s="1" t="inlineStr">
         <is>
           <t>860178</t>
         </is>
       </c>
-      <c r="C748" s="1" t="inlineStr">
+      <c r="C756" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SERVICE XPRESS</t>
         </is>
       </c>
-      <c r="D748" s="1" t="inlineStr">
+      <c r="D756" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E748" s="1" t="inlineStr">
+      <c r="E756" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F748" s="1" t="inlineStr">
+      <c r="F756" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="749" customHeight="true" ht="140.0">
-      <c r="A749" s="1" t="inlineStr">
+    <row r="757" customHeight="1" ht="140.0">
+      <c r="A757" s="1" t="inlineStr">
         <is>
           <t>856224</t>
         </is>
       </c>
-      <c r="C749" s="1" t="inlineStr">
+      <c r="C757" s="1" t="inlineStr">
         <is>
           <t>ALTISE</t>
         </is>
       </c>
-      <c r="D749" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F749" s="1" t="inlineStr">
+      <c r="D757" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E757" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F757" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="750" customHeight="true" ht="140.0">
-      <c r="A750" s="1" t="inlineStr">
+    <row r="758" customHeight="1" ht="140.0">
+      <c r="A758" s="1" t="inlineStr">
         <is>
           <t>856200</t>
         </is>
       </c>
-      <c r="C750" s="1" t="inlineStr">
+      <c r="C758" s="1" t="inlineStr">
         <is>
           <t>AVANTE</t>
         </is>
       </c>
-      <c r="D750" s="1" t="inlineStr">
+      <c r="D758" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E750" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F750" s="1" t="inlineStr">
+      <c r="E758" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F758" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="751" customHeight="true" ht="140.0">
-      <c r="A751" s="1" t="inlineStr">
+    <row r="759" customHeight="1" ht="140.0">
+      <c r="A759" s="1" t="inlineStr">
         <is>
           <t>853318</t>
         </is>
       </c>
-      <c r="C751" s="1" t="inlineStr">
+      <c r="C759" s="1" t="inlineStr">
         <is>
           <t>AVENSIS VERSO</t>
         </is>
       </c>
-      <c r="D751" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F751" s="1" t="inlineStr">
+      <c r="D759" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E759" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F759" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="752" customHeight="true" ht="140.0">
-      <c r="A752" s="1" t="inlineStr">
+    <row r="760" customHeight="1" ht="140.0">
+      <c r="A760" s="1" t="inlineStr">
         <is>
           <t>846727</t>
         </is>
       </c>
-      <c r="C752" s="1" t="inlineStr">
+      <c r="C760" s="1" t="inlineStr">
         <is>
           <t>VICTORIA THE HOME OF TOYOTA</t>
         </is>
       </c>
-      <c r="D752" s="1" t="inlineStr">
+      <c r="D760" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E752" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F752" s="1" t="inlineStr">
+      <c r="E760" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F760" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="753" customHeight="true" ht="140.0">
-      <c r="A753" s="1" t="inlineStr">
+    <row r="761" customHeight="1" ht="140.0">
+      <c r="A761" s="1" t="inlineStr">
         <is>
           <t>846726</t>
         </is>
       </c>
-      <c r="C753" s="1" t="inlineStr">
+      <c r="C761" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D753" s="1" t="inlineStr">
+      <c r="D761" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E753" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F753" s="1" t="inlineStr">
+      <c r="E761" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F761" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="754" customHeight="true" ht="140.0">
-      <c r="A754" s="1" t="inlineStr">
+    <row r="762" customHeight="1" ht="140.0">
+      <c r="A762" s="1" t="inlineStr">
         <is>
           <t>845879</t>
         </is>
       </c>
-      <c r="C754" s="1" t="inlineStr">
+      <c r="C762" s="1" t="inlineStr">
         <is>
           <t>LX470</t>
         </is>
       </c>
-      <c r="D754" s="1" t="inlineStr">
+      <c r="D762" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E754" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F754" s="1" t="inlineStr">
+      <c r="E762" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F762" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="755" customHeight="true" ht="140.0">
-      <c r="A755" s="1" t="inlineStr">
+    <row r="763" customHeight="1" ht="140.0">
+      <c r="A763" s="1" t="inlineStr">
         <is>
           <t>845878</t>
         </is>
       </c>
-      <c r="C755" s="1" t="inlineStr">
+      <c r="C763" s="1" t="inlineStr">
         <is>
           <t>LEXUS LX470</t>
         </is>
       </c>
-      <c r="D755" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F755" s="1" t="inlineStr">
+      <c r="D763" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E763" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F763" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="756" customHeight="true" ht="140.0">
-      <c r="A756" s="1" t="inlineStr">
+    <row r="764" customHeight="1" ht="140.0">
+      <c r="A764" s="1" t="inlineStr">
         <is>
           <t>845571</t>
         </is>
       </c>
-      <c r="C756" s="1" t="inlineStr">
+      <c r="C764" s="1" t="inlineStr">
         <is>
           <t>SPORT CROSS</t>
         </is>
       </c>
-      <c r="D756" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F756" s="1" t="inlineStr">
+      <c r="D764" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E764" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F764" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="757" customHeight="true" ht="140.0">
-      <c r="A757" s="1" t="inlineStr">
+    <row r="765" customHeight="1" ht="140.0">
+      <c r="A765" s="1" t="inlineStr">
         <is>
           <t>844382</t>
         </is>
       </c>
-      <c r="C757" s="1" t="inlineStr">
+      <c r="C765" s="1" t="inlineStr">
         <is>
           <t>R-DPNR</t>
         </is>
       </c>
-      <c r="D757" s="1" t="inlineStr">
+      <c r="D765" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E757" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F757" s="1" t="inlineStr">
+      <c r="E765" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F765" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="758" customHeight="true" ht="140.0">
-      <c r="A758" s="1" t="inlineStr">
+    <row r="766" customHeight="1" ht="140.0">
+      <c r="A766" s="1" t="inlineStr">
         <is>
           <t>839284</t>
         </is>
       </c>
-      <c r="C758" s="1" t="inlineStr">
+      <c r="C766" s="1" t="inlineStr">
         <is>
           <t>DPNR</t>
         </is>
       </c>
-      <c r="D758" s="1" t="inlineStr">
+      <c r="D766" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E758" s="1" t="inlineStr">
+      <c r="E766" s="1" t="inlineStr">
         <is>
           <t>7, 12</t>
         </is>
       </c>
-      <c r="F758" s="1" t="inlineStr">
+      <c r="F766" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="759" customHeight="true" ht="140.0">
-      <c r="A759" s="1" t="inlineStr">
+    <row r="767" customHeight="1" ht="140.0">
+      <c r="A767" s="1" t="inlineStr">
         <is>
           <t>835571</t>
         </is>
       </c>
-      <c r="C759" s="1" t="inlineStr">
+      <c r="C767" s="1" t="inlineStr">
         <is>
           <t>PICNIC</t>
         </is>
       </c>
-      <c r="D759" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F759" s="1" t="inlineStr">
+      <c r="D767" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E767" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F767" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="760" customHeight="true" ht="140.0">
-      <c r="A760" s="1" t="inlineStr">
+    <row r="768" customHeight="1" ht="140.0">
+      <c r="A768" s="1" t="inlineStr">
         <is>
           <t>831810</t>
         </is>
       </c>
-      <c r="C760" s="1" t="inlineStr">
+      <c r="C768" s="1" t="inlineStr">
         <is>
           <t>ARISTA</t>
         </is>
       </c>
-      <c r="D760" s="1" t="inlineStr">
+      <c r="D768" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E760" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F760" s="1" t="inlineStr">
+      <c r="E768" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F768" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="761" customHeight="true" ht="140.0">
-      <c r="A761" s="1" t="inlineStr">
+    <row r="769" customHeight="1" ht="140.0">
+      <c r="A769" s="1" t="inlineStr">
         <is>
           <t>831809</t>
         </is>
       </c>
-      <c r="C761" s="1" t="inlineStr">
+      <c r="C769" s="1" t="inlineStr">
         <is>
           <t>PLATINUM</t>
         </is>
       </c>
-      <c r="D761" s="1" t="inlineStr">
+      <c r="D769" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E761" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F761" s="1" t="inlineStr">
+      <c r="E769" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F769" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="762" customHeight="true" ht="140.0">
-      <c r="A762" s="1" t="inlineStr">
+    <row r="770" customHeight="1" ht="140.0">
+      <c r="A770" s="1" t="inlineStr">
         <is>
           <t>829027</t>
         </is>
       </c>
-      <c r="C762" s="1" t="inlineStr">
+      <c r="C770" s="1" t="inlineStr">
         <is>
           <t>SPORTIVO</t>
         </is>
       </c>
-      <c r="D762" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F762" s="1" t="inlineStr">
+      <c r="D770" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E770" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F770" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="763" customHeight="true" ht="140.0">
-      <c r="A763" s="1" t="inlineStr">
+    <row r="771" customHeight="1" ht="140.0">
+      <c r="A771" s="1" t="inlineStr">
         <is>
           <t>828189</t>
         </is>
       </c>
-      <c r="C763" s="1" t="inlineStr">
+      <c r="C771" s="1" t="inlineStr">
         <is>
           <t>LS430</t>
         </is>
       </c>
-      <c r="D763" s="1" t="inlineStr">
+      <c r="D771" s="1" t="inlineStr">
         <is>
           <t>Rejected:
 Examination requirements not met</t>
         </is>
       </c>
-      <c r="E763" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F763" s="1" t="inlineStr">
+      <c r="E771" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F771" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="764" customHeight="true" ht="140.0">
-      <c r="A764" s="1" t="inlineStr">
+    <row r="772" customHeight="1" ht="140.0">
+      <c r="A772" s="1" t="inlineStr">
         <is>
           <t>828188</t>
         </is>
       </c>
-      <c r="C764" s="1" t="inlineStr">
+      <c r="C772" s="1" t="inlineStr">
         <is>
           <t>GS430</t>
         </is>
       </c>
-      <c r="D764" s="1" t="inlineStr">
+      <c r="D772" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E764" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F764" s="1" t="inlineStr">
+      <c r="E772" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F772" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="765" customHeight="true" ht="140.0">
-      <c r="A765" s="1" t="inlineStr">
+    <row r="773" customHeight="1" ht="140.0">
+      <c r="A773" s="1" t="inlineStr">
         <is>
           <t>828187</t>
         </is>
       </c>
-      <c r="C765" s="1" t="inlineStr">
+      <c r="C773" s="1" t="inlineStr">
         <is>
           <t>SC430</t>
         </is>
       </c>
-      <c r="D765" s="1" t="inlineStr">
+      <c r="D773" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E765" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F765" s="1" t="inlineStr">
+      <c r="E773" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F773" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="766" customHeight="true" ht="140.0">
-      <c r="A766" s="1" t="inlineStr">
+    <row r="774" customHeight="1" ht="140.0">
+      <c r="A774" s="1" t="inlineStr">
         <is>
           <t>828186</t>
         </is>
       </c>
-      <c r="C766" s="1" t="inlineStr">
+      <c r="C774" s="1" t="inlineStr">
         <is>
           <t>IS300</t>
         </is>
       </c>
-      <c r="D766" s="1" t="inlineStr">
+      <c r="D774" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E766" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F766" s="1" t="inlineStr">
+      <c r="E774" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F774" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="767" customHeight="true" ht="140.0">
-      <c r="A767" s="1" t="inlineStr">
+    <row r="775" customHeight="1" ht="140.0">
+      <c r="A775" s="1" t="inlineStr">
         <is>
           <t>828185</t>
         </is>
       </c>
-      <c r="C767" s="1" t="inlineStr">
+      <c r="C775" s="1" t="inlineStr">
         <is>
           <t>LEXUS LS430</t>
         </is>
       </c>
-      <c r="D767" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F767" s="1" t="inlineStr">
+      <c r="D775" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E775" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F775" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="768" customHeight="true" ht="140.0">
-      <c r="A768" s="1" t="inlineStr">
+    <row r="776" customHeight="1" ht="140.0">
+      <c r="A776" s="1" t="inlineStr">
         <is>
           <t>828184</t>
         </is>
       </c>
-      <c r="C768" s="1" t="inlineStr">
+      <c r="C776" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS430</t>
         </is>
       </c>
-      <c r="D768" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F768" s="1" t="inlineStr">
+      <c r="D776" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E776" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F776" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="769" customHeight="true" ht="140.0">
-      <c r="A769" s="1" t="inlineStr">
+    <row r="777" customHeight="1" ht="140.0">
+      <c r="A777" s="1" t="inlineStr">
         <is>
           <t>828183</t>
         </is>
       </c>
-      <c r="C769" s="1" t="inlineStr">
+      <c r="C777" s="1" t="inlineStr">
         <is>
           <t>LEXUS SC430</t>
         </is>
       </c>
-      <c r="D769" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F769" s="1" t="inlineStr">
+      <c r="D777" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E777" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F777" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="770" customHeight="true" ht="140.0">
-      <c r="A770" s="1" t="inlineStr">
+    <row r="778" customHeight="1" ht="140.0">
+      <c r="A778" s="1" t="inlineStr">
         <is>
           <t>828182</t>
         </is>
       </c>
-      <c r="C770" s="1" t="inlineStr">
+      <c r="C778" s="1" t="inlineStr">
         <is>
           <t>LEXUS IS300</t>
         </is>
       </c>
-      <c r="D770" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F770" s="1" t="inlineStr">
+      <c r="D778" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E778" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F778" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="771" customHeight="true" ht="140.0">
-      <c r="A771" s="1" t="inlineStr">
+    <row r="779" customHeight="1" ht="140.0">
+      <c r="A779" s="1" t="inlineStr">
         <is>
           <t>823502</t>
         </is>
       </c>
-      <c r="C771" s="1" t="inlineStr">
+      <c r="C779" s="1" t="inlineStr">
         <is>
           <t>WOMEN &amp; WHEELS</t>
         </is>
       </c>
-      <c r="D771" s="1" t="inlineStr">
+      <c r="D779" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E771" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F771" s="1" t="inlineStr">
+      <c r="E779" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F779" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="772" customHeight="true" ht="140.0">
-      <c r="A772" s="1" t="inlineStr">
+    <row r="780" customHeight="1" ht="140.0">
+      <c r="A780" s="1" t="inlineStr">
         <is>
           <t>821878</t>
         </is>
       </c>
-      <c r="C772" s="1" t="inlineStr">
+      <c r="C780" s="1" t="inlineStr">
         <is>
           <t>BUGGER</t>
         </is>
       </c>
-      <c r="D772" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E772" s="1" t="inlineStr">
+      <c r="D780" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E780" s="1" t="inlineStr">
         <is>
           <t>12, 25, 37</t>
         </is>
       </c>
-      <c r="F772" s="1" t="inlineStr">
+      <c r="F780" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="773" customHeight="true" ht="140.0">
-      <c r="A773" s="1" t="inlineStr">
+    <row r="781" customHeight="1" ht="140.0">
+      <c r="A781" s="1" t="inlineStr">
         <is>
           <t>820422</t>
         </is>
       </c>
-      <c r="C773" s="1" t="inlineStr">
+      <c r="C781" s="1" t="inlineStr">
         <is>
           <t>CRUISER</t>
         </is>
       </c>
-      <c r="D773" s="1" t="inlineStr">
+      <c r="D781" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E773" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F773" s="1" t="inlineStr">
+      <c r="E781" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F781" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="774" customHeight="true" ht="140.0">
-      <c r="A774" s="1" t="inlineStr">
+    <row r="782" customHeight="1" ht="140.0">
+      <c r="A782" s="1" t="inlineStr">
         <is>
           <t>818096</t>
         </is>
       </c>
-      <c r="C774" s="1" t="inlineStr">
+      <c r="C782" s="1" t="inlineStr">
         <is>
           <t>ANENSIS VERSO</t>
         </is>
       </c>
-      <c r="D774" s="1" t="inlineStr">
+      <c r="D782" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E774" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F774" s="1" t="inlineStr">
+      <c r="E782" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F782" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="775" customHeight="true" ht="140.0">
-      <c r="A775" s="1" t="inlineStr">
+    <row r="783" customHeight="1" ht="140.0">
+      <c r="A783" s="1" t="inlineStr">
         <is>
           <t>815355</t>
         </is>
       </c>
-      <c r="C775" s="1" t="inlineStr">
+      <c r="C783" s="1" t="inlineStr">
         <is>
           <t>TOYOTA CERTIFIED USED VEHICLES</t>
         </is>
       </c>
-      <c r="D775" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E775" s="1" t="inlineStr">
+      <c r="D783" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E783" s="1" t="inlineStr">
         <is>
           <t>12, 35</t>
         </is>
       </c>
-      <c r="F775" s="1" t="inlineStr">
+      <c r="F783" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="776" customHeight="true" ht="140.0">
-      <c r="A776" s="1" t="inlineStr">
+    <row r="784" customHeight="1" ht="140.0">
+      <c r="A784" s="1" t="inlineStr">
         <is>
           <t>813157</t>
         </is>
       </c>
-      <c r="C776" s="1" t="inlineStr">
+      <c r="C784" s="1" t="inlineStr">
         <is>
           <t>LIFE BY TOYOTA</t>
         </is>
       </c>
-      <c r="D776" s="1" t="inlineStr">
+      <c r="D784" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E776" s="1" t="inlineStr">
+      <c r="E784" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F776" s="1" t="inlineStr">
+      <c r="F784" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="777" customHeight="true" ht="140.0">
-      <c r="A777" s="1" t="inlineStr">
+    <row r="785" customHeight="1" ht="140.0">
+      <c r="A785" s="1" t="inlineStr">
         <is>
           <t>813085</t>
         </is>
       </c>
-      <c r="C777" s="1" t="inlineStr">
+      <c r="C785" s="1" t="inlineStr">
         <is>
           <t>CALYPSO</t>
         </is>
       </c>
-      <c r="D777" s="1" t="inlineStr">
+      <c r="D785" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E777" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F777" s="1" t="inlineStr">
+      <c r="E785" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F785" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="778" customHeight="true" ht="140.0">
-      <c r="A778" s="1" t="inlineStr">
+    <row r="786" customHeight="1" ht="140.0">
+      <c r="A786" s="1" t="inlineStr">
         <is>
           <t>811611</t>
         </is>
       </c>
-      <c r="C778" s="1" t="inlineStr">
+      <c r="C786" s="1" t="inlineStr">
         <is>
           <t>STRIKE-OUT</t>
         </is>
       </c>
-      <c r="D778" s="1" t="inlineStr">
+      <c r="D786" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E778" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F778" s="1" t="inlineStr">
+      <c r="E786" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F786" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="779" customHeight="true" ht="140.0">
-      <c r="A779" s="1" t="inlineStr">
+    <row r="787" customHeight="1" ht="140.0">
+      <c r="A787" s="1" t="inlineStr">
         <is>
           <t>809751</t>
         </is>
       </c>
-      <c r="C779" s="1" t="inlineStr">
+      <c r="C787" s="1" t="inlineStr">
         <is>
           <t>LINEA ECO</t>
         </is>
       </c>
-      <c r="D779" s="1" t="inlineStr">
+      <c r="D787" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E779" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F779" s="1" t="inlineStr">
+      <c r="E787" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F787" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="780" customHeight="true" ht="140.0">
-      <c r="A780" s="1" t="inlineStr">
+    <row r="788" customHeight="1" ht="140.0">
+      <c r="A788" s="1" t="inlineStr">
         <is>
           <t>809444</t>
         </is>
       </c>
-      <c r="C780" s="1" t="inlineStr">
+      <c r="C788" s="1" t="inlineStr">
         <is>
           <t>COROLLA ASCENT</t>
         </is>
       </c>
-      <c r="D780" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F780" s="1" t="inlineStr">
+      <c r="D788" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E788" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F788" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="781" customHeight="true" ht="140.0">
-      <c r="A781" s="1" t="inlineStr">
+    <row r="789" customHeight="1" ht="140.0">
+      <c r="A789" s="1" t="inlineStr">
         <is>
           <t>808065</t>
         </is>
       </c>
-      <c r="C781" s="1" t="inlineStr">
+      <c r="C789" s="1" t="inlineStr">
         <is>
           <t>AZURA</t>
         </is>
       </c>
-      <c r="D781" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F781" s="1" t="inlineStr">
+      <c r="D789" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E789" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F789" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="782" customHeight="true" ht="140.0">
-      <c r="A782" s="1" t="inlineStr">
+    <row r="790" customHeight="1" ht="140.0">
+      <c r="A790" s="1" t="inlineStr">
         <is>
           <t>806835</t>
         </is>
       </c>
-      <c r="C782" s="1" t="inlineStr">
+      <c r="C790" s="1" t="inlineStr">
         <is>
           <t>ENTICE</t>
         </is>
       </c>
-      <c r="D782" s="1" t="inlineStr">
+      <c r="D790" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E782" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F782" s="1" t="inlineStr">
+      <c r="E790" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F790" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="783" customHeight="true" ht="140.0">
-      <c r="A783" s="1" t="inlineStr">
+    <row r="791" customHeight="1" ht="140.0">
+      <c r="A791" s="1" t="inlineStr">
         <is>
           <t>806400</t>
         </is>
       </c>
-      <c r="C783" s="1" t="inlineStr">
+      <c r="C791" s="1" t="inlineStr">
         <is>
           <t>TOYOTA AUTO CENTRE</t>
         </is>
       </c>
-      <c r="D783" s="1" t="inlineStr">
+      <c r="D791" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E783" s="1" t="inlineStr">
+      <c r="E791" s="1" t="inlineStr">
         <is>
           <t>35, 37</t>
         </is>
       </c>
-      <c r="F783" s="1" t="inlineStr">
+      <c r="F791" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="784" customHeight="true" ht="140.0">
-      <c r="A784" s="1" t="inlineStr">
+    <row r="792" customHeight="1" ht="140.0">
+      <c r="A792" s="1" t="inlineStr">
         <is>
           <t>805657</t>
         </is>
       </c>
-      <c r="C784" s="1" t="inlineStr">
+      <c r="C792" s="1" t="inlineStr">
         <is>
           <t>SAME PLANET, DIFFERENT WORLD</t>
         </is>
       </c>
-      <c r="D784" s="1" t="inlineStr">
+      <c r="D792" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E784" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F784" s="1" t="inlineStr">
+      <c r="E792" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F792" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="785" customHeight="true" ht="140.0">
-      <c r="A785" s="1" t="inlineStr">
+    <row r="793" customHeight="1" ht="140.0">
+      <c r="A793" s="1" t="inlineStr">
         <is>
           <t>805186</t>
         </is>
       </c>
-      <c r="C785" s="1" t="inlineStr">
+      <c r="C793" s="1" t="inlineStr">
         <is>
           <t>E-shift</t>
         </is>
       </c>
-      <c r="D785" s="1" t="inlineStr">
+      <c r="D793" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E785" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F785" s="1" t="inlineStr">
+      <c r="E793" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F793" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="786" customHeight="true" ht="140.0">
-      <c r="A786" s="1" t="inlineStr">
+    <row r="794" customHeight="1" ht="140.0">
+      <c r="A794" s="1" t="inlineStr">
         <is>
           <t>801654</t>
         </is>
       </c>
-      <c r="C786" s="1" t="inlineStr">
+      <c r="C794" s="1" t="inlineStr">
         <is>
           <t>SIENNA</t>
         </is>
       </c>
-      <c r="D786" s="1" t="inlineStr">
+      <c r="D794" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E786" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F786" s="1" t="inlineStr">
+      <c r="E794" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F794" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="787" customHeight="true" ht="140.0">
-      <c r="A787" s="1" t="inlineStr">
+    <row r="795" customHeight="1" ht="140.0">
+      <c r="A795" s="1" t="inlineStr">
         <is>
           <t>797554</t>
         </is>
       </c>
-      <c r="C787" s="1" t="inlineStr">
+      <c r="C795" s="1" t="inlineStr">
         <is>
           <t>LR LIFTRITE TOYOTA GIVING YOUR BUSINESS A LIFT</t>
         </is>
       </c>
-      <c r="D787" s="1" t="inlineStr">
+      <c r="D795" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E787" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F787" s="1" t="inlineStr">
+      <c r="E795" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F795" s="1" t="inlineStr">
         <is>
           <t>Marpoll Pty Ltd</t>
         </is>
       </c>
     </row>
-    <row r="788" customHeight="true" ht="140.0">
-      <c r="A788" s="1" t="inlineStr">
+    <row r="796" customHeight="1" ht="140.0">
+      <c r="A796" s="1" t="inlineStr">
         <is>
           <t>796574</t>
         </is>
       </c>
-      <c r="C788" s="1" t="inlineStr">
+      <c r="C796" s="1" t="inlineStr">
         <is>
           <t>EDGE</t>
         </is>
       </c>
-      <c r="D788" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F788" s="1" t="inlineStr">
+      <c r="D796" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E796" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F796" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="789" customHeight="true" ht="140.0">
-      <c r="A789" s="1" t="inlineStr">
+    <row r="797" customHeight="1" ht="140.0">
+      <c r="A797" s="1" t="inlineStr">
         <is>
           <t>795098</t>
         </is>
       </c>
-      <c r="C789" s="1" t="inlineStr">
+      <c r="C797" s="1" t="inlineStr">
         <is>
           <t>ASCENT</t>
         </is>
       </c>
-      <c r="D789" s="1" t="inlineStr">
+      <c r="D797" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E789" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F789" s="1" t="inlineStr">
+      <c r="E797" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F797" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="790" customHeight="true" ht="140.0">
-      <c r="A790" s="1" t="inlineStr">
+    <row r="798" customHeight="1" ht="140.0">
+      <c r="A798" s="1" t="inlineStr">
         <is>
           <t>792363</t>
         </is>
       </c>
-      <c r="C790" s="1" t="inlineStr">
+      <c r="C798" s="1" t="inlineStr">
         <is>
           <t>UPTOWN</t>
         </is>
       </c>
-      <c r="D790" s="1" t="inlineStr">
+      <c r="D798" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E790" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F790" s="1" t="inlineStr">
+      <c r="E798" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F798" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="791" customHeight="true" ht="140.0">
-      <c r="A791" s="1" t="inlineStr">
+    <row r="799" customHeight="1" ht="140.0">
+      <c r="A799" s="1" t="inlineStr">
         <is>
           <t>791308</t>
         </is>
       </c>
-      <c r="C791" s="1" t="inlineStr">
+      <c r="C799" s="1" t="inlineStr">
         <is>
           <t>SAS</t>
         </is>
       </c>
-      <c r="D791" s="1" t="inlineStr">
+      <c r="D799" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E791" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F791" s="1" t="inlineStr">
+      <c r="E799" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F799" s="1" t="inlineStr">
         <is>
           <t>Toyota Industries Corporation</t>
         </is>
       </c>
     </row>
-    <row r="792" customHeight="true" ht="140.0">
-      <c r="A792" s="1" t="inlineStr">
+    <row r="800" customHeight="1" ht="140.0">
+      <c r="A800" s="1" t="inlineStr">
         <is>
           <t>791132</t>
         </is>
       </c>
-      <c r="C792" s="1" t="inlineStr">
+      <c r="C800" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D792" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E792" s="1" t="inlineStr">
+      <c r="D800" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E800" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F792" s="1" t="inlineStr">
+      <c r="F800" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="793" customHeight="true" ht="140.0">
-      <c r="A793" s="1" t="inlineStr">
+    <row r="801" customHeight="1" ht="140.0">
+      <c r="A801" s="1" t="inlineStr">
         <is>
           <t>788519</t>
         </is>
       </c>
-      <c r="C793" s="1" t="inlineStr">
+      <c r="C801" s="1" t="inlineStr">
         <is>
           <t>LEGANA</t>
         </is>
       </c>
-      <c r="D793" s="1" t="inlineStr">
+      <c r="D801" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E793" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F793" s="1" t="inlineStr">
+      <c r="E801" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F801" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="794" customHeight="true" ht="140.0">
-      <c r="A794" s="1" t="inlineStr">
+    <row r="802" customHeight="1" ht="140.0">
+      <c r="A802" s="1" t="inlineStr">
         <is>
           <t>782603</t>
         </is>
       </c>
-      <c r="C794" s="1" t="inlineStr">
+      <c r="C802" s="1" t="inlineStr">
         <is>
           <t>TOYOTA FLEET-BETTER BUSINESS SENSE</t>
         </is>
       </c>
-      <c r="D794" s="1" t="inlineStr">
+      <c r="D802" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E794" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F794" s="1" t="inlineStr">
+      <c r="E802" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F802" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Sales Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="795" customHeight="true" ht="140.0">
-      <c r="A795" s="1" t="inlineStr">
+    <row r="803" customHeight="1" ht="140.0">
+      <c r="A803" s="1" t="inlineStr">
         <is>
           <t>782602</t>
         </is>
       </c>
-      <c r="C795" s="1" t="inlineStr">
+      <c r="C803" s="1" t="inlineStr">
         <is>
           <t>TOYOTA FLEET - TAKING CARE OF BUSINESS</t>
         </is>
       </c>
-      <c r="D795" s="1" t="inlineStr">
+      <c r="D803" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E795" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F795" s="1" t="inlineStr">
+      <c r="E803" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F803" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Sales Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="796" customHeight="true" ht="140.0">
-      <c r="A796" s="1" t="inlineStr">
+    <row r="804" customHeight="1" ht="140.0">
+      <c r="A804" s="1" t="inlineStr">
         <is>
           <t>782231</t>
         </is>
       </c>
-      <c r="C796" s="1" t="inlineStr">
+      <c r="C804" s="1" t="inlineStr">
         <is>
           <t>Street Tracker</t>
         </is>
       </c>
-      <c r="D796" s="1" t="inlineStr">
+      <c r="D804" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E796" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F796" s="1" t="inlineStr">
+      <c r="E804" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F804" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="797" customHeight="true" ht="140.0">
-      <c r="A797" s="1" t="inlineStr">
+    <row r="805" customHeight="1" ht="140.0">
+      <c r="A805" s="1" t="inlineStr">
         <is>
           <t>780330</t>
         </is>
       </c>
-      <c r="C797" s="1" t="inlineStr">
+      <c r="C805" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D797" s="1" t="inlineStr">
+      <c r="D805" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E797" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F797" s="1" t="inlineStr">
+      <c r="E805" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F805" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="798" customHeight="true" ht="140.0">
-      <c r="A798" s="1" t="inlineStr">
+    <row r="806" customHeight="1" ht="140.0">
+      <c r="A806" s="1" t="inlineStr">
         <is>
           <t>780329</t>
         </is>
       </c>
-      <c r="C798" s="1" t="inlineStr">
+      <c r="C806" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D798" s="1" t="inlineStr">
+      <c r="D806" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E798" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F798" s="1" t="inlineStr">
+      <c r="E806" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F806" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="799" customHeight="true" ht="140.0">
-      <c r="A799" s="1" t="inlineStr">
+    <row r="807" customHeight="1" ht="140.0">
+      <c r="A807" s="1" t="inlineStr">
         <is>
           <t>778502</t>
         </is>
       </c>
-      <c r="C799" s="1" t="inlineStr">
+      <c r="C807" s="1" t="inlineStr">
         <is>
           <t>CAMRY CLASSIQUE</t>
         </is>
       </c>
-      <c r="D799" s="1" t="inlineStr">
+      <c r="D807" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E799" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F799" s="1" t="inlineStr">
+      <c r="E807" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F807" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="800" customHeight="true" ht="140.0">
-      <c r="A800" s="1" t="inlineStr">
+    <row r="808" customHeight="1" ht="140.0">
+      <c r="A808" s="1" t="inlineStr">
         <is>
           <t>778500</t>
         </is>
       </c>
-      <c r="C800" s="1" t="inlineStr">
+      <c r="C808" s="1" t="inlineStr">
         <is>
           <t>CAMRY CLASSIC</t>
         </is>
       </c>
-      <c r="D800" s="1" t="inlineStr">
+      <c r="D808" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E800" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F800" s="1" t="inlineStr">
+      <c r="E808" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F808" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="801" customHeight="true" ht="140.0">
-      <c r="A801" s="1" t="inlineStr">
+    <row r="809" customHeight="1" ht="140.0">
+      <c r="A809" s="1" t="inlineStr">
         <is>
           <t>774447</t>
         </is>
       </c>
-      <c r="C801" s="1" t="inlineStr">
+      <c r="C809" s="1" t="inlineStr">
         <is>
           <t>RESPONDER MOUNTING SYSTEM</t>
         </is>
       </c>
-      <c r="D801" s="1" t="inlineStr">
+      <c r="D809" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E801" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F801" s="1" t="inlineStr">
+      <c r="E809" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F809" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="802" customHeight="true" ht="140.0">
-      <c r="A802" s="1" t="inlineStr">
+    <row r="810" customHeight="1" ht="140.0">
+      <c r="A810" s="1" t="inlineStr">
         <is>
           <t>774446</t>
         </is>
       </c>
-      <c r="C802" s="1" t="inlineStr">
+      <c r="C810" s="1" t="inlineStr">
         <is>
           <t>RESPONDER</t>
         </is>
       </c>
-      <c r="D802" s="1" t="inlineStr">
+      <c r="D810" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E802" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F802" s="1" t="inlineStr">
+      <c r="E810" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F810" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="803" customHeight="true" ht="140.0">
-      <c r="A803" s="1" t="inlineStr">
+    <row r="811" customHeight="1" ht="140.0">
+      <c r="A811" s="1" t="inlineStr">
         <is>
           <t>774370</t>
         </is>
       </c>
-      <c r="C803" s="1" t="inlineStr">
+      <c r="C811" s="1" t="inlineStr">
         <is>
           <t>ECHO</t>
         </is>
       </c>
-      <c r="D803" s="1" t="inlineStr">
+      <c r="D811" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E803" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F803" s="1" t="inlineStr">
+      <c r="E811" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F811" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="804" customHeight="true" ht="140.0">
-      <c r="A804" s="1" t="inlineStr">
+    <row r="812" customHeight="1" ht="140.0">
+      <c r="A812" s="1" t="inlineStr">
         <is>
           <t>774020</t>
         </is>
       </c>
-      <c r="C804" s="1" t="inlineStr">
+      <c r="C812" s="1" t="inlineStr">
         <is>
           <t>ECHO VERSO</t>
         </is>
       </c>
-      <c r="D804" s="1" t="inlineStr">
+      <c r="D812" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E804" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F804" s="1" t="inlineStr">
+      <c r="E812" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F812" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="805" customHeight="true" ht="140.0">
-      <c r="A805" s="1" t="inlineStr">
+    <row r="813" customHeight="1" ht="140.0">
+      <c r="A813" s="1" t="inlineStr">
         <is>
           <t>774019</t>
         </is>
       </c>
-      <c r="C805" s="1" t="inlineStr">
+      <c r="C813" s="1" t="inlineStr">
         <is>
           <t>TOYOTA ECHO</t>
         </is>
       </c>
-      <c r="D805" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F805" s="1" t="inlineStr">
+      <c r="D813" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E813" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F813" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="806" customHeight="true" ht="140.0">
-      <c r="A806" s="1" t="inlineStr">
+    <row r="814" customHeight="1" ht="140.0">
+      <c r="A814" s="1" t="inlineStr">
         <is>
           <t>773140</t>
         </is>
       </c>
-      <c r="C806" s="1" t="inlineStr">
+      <c r="C814" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D806" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E806" s="1" t="inlineStr">
+      <c r="D814" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E814" s="1" t="inlineStr">
         <is>
           <t>12, 40, 42</t>
         </is>
       </c>
-      <c r="F806" s="1" t="inlineStr">
+      <c r="F814" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="807" customHeight="true" ht="140.0">
-      <c r="A807" s="1" t="inlineStr">
+    <row r="815" customHeight="1" ht="140.0">
+      <c r="A815" s="1" t="inlineStr">
         <is>
           <t>772728</t>
         </is>
       </c>
-      <c r="C807" s="1" t="inlineStr">
+      <c r="C815" s="1" t="inlineStr">
         <is>
           <t>TTA</t>
         </is>
       </c>
-      <c r="D807" s="1" t="inlineStr">
+      <c r="D815" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E807" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F807" s="1" t="inlineStr">
+      <c r="E815" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F815" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="808" customHeight="true" ht="140.0">
-      <c r="A808" s="1" t="inlineStr">
+    <row r="816" customHeight="1" ht="140.0">
+      <c r="A816" s="1" t="inlineStr">
         <is>
           <t>771347</t>
         </is>
       </c>
-      <c r="C808" s="1" t="inlineStr">
+      <c r="C816" s="1" t="inlineStr">
         <is>
           <t>LEVIN</t>
         </is>
       </c>
-      <c r="D808" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F808" s="1" t="inlineStr">
+      <c r="D816" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E816" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F816" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="809" customHeight="true" ht="140.0">
-      <c r="A809" s="1" t="inlineStr">
+    <row r="817" customHeight="1" ht="140.0">
+      <c r="A817" s="1" t="inlineStr">
         <is>
           <t>771192</t>
         </is>
       </c>
-      <c r="C809" s="1" t="inlineStr">
+      <c r="C817" s="1" t="inlineStr">
         <is>
           <t>SX-R</t>
         </is>
       </c>
-      <c r="D809" s="1" t="inlineStr">
+      <c r="D817" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E809" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F809" s="1" t="inlineStr">
+      <c r="E817" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F817" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="810" customHeight="true" ht="140.0">
-      <c r="A810" s="1" t="inlineStr">
+    <row r="818" customHeight="1" ht="140.0">
+      <c r="A818" s="1" t="inlineStr">
         <is>
           <t>770796</t>
         </is>
       </c>
-      <c r="C810" s="1" t="inlineStr">
+      <c r="C818" s="1" t="inlineStr">
         <is>
           <t>CRUISERLAND</t>
         </is>
       </c>
-      <c r="D810" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E810" s="1" t="inlineStr">
+      <c r="D818" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E818" s="1" t="inlineStr">
         <is>
           <t>22, 25, 35</t>
         </is>
       </c>
-      <c r="F810" s="1" t="inlineStr">
+      <c r="F818" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="811" customHeight="true" ht="140.0">
-      <c r="A811" s="1" t="inlineStr">
+    <row r="819" customHeight="1" ht="140.0">
+      <c r="A819" s="1" t="inlineStr">
         <is>
           <t>766673</t>
         </is>
       </c>
-      <c r="C811" s="1" t="inlineStr">
+      <c r="C819" s="1" t="inlineStr">
         <is>
           <t>MAX</t>
         </is>
       </c>
-      <c r="D811" s="1" t="inlineStr">
+      <c r="D819" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E811" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F811" s="1" t="inlineStr">
+      <c r="E819" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F819" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="812" customHeight="true" ht="140.0">
-      <c r="A812" s="1" t="inlineStr">
+    <row r="820" customHeight="1" ht="140.0">
+      <c r="A820" s="1" t="inlineStr">
         <is>
           <t>765680</t>
         </is>
       </c>
-      <c r="C812" s="1" t="inlineStr">
+      <c r="C820" s="1" t="inlineStr">
         <is>
           <t>YARIS</t>
         </is>
       </c>
-      <c r="D812" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F812" s="1" t="inlineStr">
+      <c r="D820" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E820" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F820" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="813" customHeight="true" ht="140.0">
-      <c r="A813" s="1" t="inlineStr">
+    <row r="821" customHeight="1" ht="140.0">
+      <c r="A821" s="1" t="inlineStr">
         <is>
           <t>764558</t>
         </is>
       </c>
-      <c r="C813" s="1" t="inlineStr">
+      <c r="C821" s="1" t="inlineStr">
         <is>
           <t>WE RACE. YOU WIN.</t>
         </is>
       </c>
-      <c r="D813" s="1" t="inlineStr">
+      <c r="D821" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Owner request</t>
         </is>
       </c>
-      <c r="E813" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F813" s="1" t="inlineStr">
+      <c r="E821" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F821" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="814" customHeight="true" ht="140.0">
-      <c r="A814" s="1" t="inlineStr">
+    <row r="822" customHeight="1" ht="140.0">
+      <c r="A822" s="1" t="inlineStr">
         <is>
           <t>758381</t>
         </is>
       </c>
-      <c r="C814" s="1" t="inlineStr">
+      <c r="C822" s="1" t="inlineStr">
         <is>
           <t>VARIABLE VALVE THINKING</t>
         </is>
       </c>
-      <c r="D814" s="1" t="inlineStr">
+      <c r="D822" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E814" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F814" s="1" t="inlineStr">
+      <c r="E822" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F822" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="815" customHeight="true" ht="140.0">
-      <c r="A815" s="1" t="inlineStr">
+    <row r="823" customHeight="1" ht="140.0">
+      <c r="A823" s="1" t="inlineStr">
         <is>
           <t>757938</t>
         </is>
       </c>
-      <c r="C815" s="1" t="inlineStr">
+      <c r="C823" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D815" s="1" t="inlineStr">
+      <c r="D823" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E815" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F815" s="1" t="inlineStr">
+      <c r="E823" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F823" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="816" customHeight="true" ht="140.0">
-      <c r="A816" s="1" t="inlineStr">
+    <row r="824" customHeight="1" ht="140.0">
+      <c r="A824" s="1" t="inlineStr">
         <is>
           <t>757937</t>
         </is>
       </c>
-      <c r="C816" s="1" t="inlineStr">
+      <c r="C824" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D816" s="1" t="inlineStr">
+      <c r="D824" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E816" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F816" s="1" t="inlineStr">
+      <c r="E824" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F824" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="817" customHeight="true" ht="140.0">
-      <c r="A817" s="1" t="inlineStr">
+    <row r="825" customHeight="1" ht="140.0">
+      <c r="A825" s="1" t="inlineStr">
         <is>
           <t>757887</t>
         </is>
       </c>
-      <c r="C817" s="1" t="inlineStr">
+      <c r="C825" s="1" t="inlineStr">
         <is>
           <t>IPSUM</t>
         </is>
       </c>
-      <c r="D817" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F817" s="1" t="inlineStr">
+      <c r="D825" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E825" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F825" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="818" customHeight="true" ht="140.0">
-      <c r="A818" s="1" t="inlineStr">
+    <row r="826" customHeight="1" ht="140.0">
+      <c r="A826" s="1" t="inlineStr">
         <is>
           <t>757137</t>
         </is>
       </c>
-      <c r="C818" s="1" t="inlineStr">
+      <c r="C826" s="1" t="inlineStr">
         <is>
           <t>TOYOTA VITZ</t>
         </is>
       </c>
-      <c r="D818" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F818" s="1" t="inlineStr">
+      <c r="D826" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E826" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F826" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="819" customHeight="true" ht="140.0">
-      <c r="A819" s="1" t="inlineStr">
+    <row r="827" customHeight="1" ht="140.0">
+      <c r="A827" s="1" t="inlineStr">
         <is>
           <t>756991</t>
         </is>
       </c>
-      <c r="C819" s="1" t="inlineStr">
+      <c r="C827" s="1" t="inlineStr">
         <is>
           <t>AERORACK</t>
         </is>
       </c>
-      <c r="D819" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F819" s="1" t="inlineStr">
+      <c r="D827" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E827" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F827" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="820" customHeight="true" ht="140.0">
-      <c r="A820" s="1" t="inlineStr">
+    <row r="828" customHeight="1" ht="140.0">
+      <c r="A828" s="1" t="inlineStr">
         <is>
           <t>755811</t>
         </is>
       </c>
-      <c r="C820" s="1" t="inlineStr">
+      <c r="C828" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D820" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F820" s="1" t="inlineStr">
+      <c r="D828" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E828" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F828" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="821" customHeight="true" ht="140.0">
-      <c r="A821" s="1" t="inlineStr">
+    <row r="829" customHeight="1" ht="140.0">
+      <c r="A829" s="1" t="inlineStr">
         <is>
           <t>755473</t>
         </is>
       </c>
-      <c r="C821" s="1" t="inlineStr">
+      <c r="C829" s="1" t="inlineStr">
         <is>
           <t>PILBARA</t>
         </is>
       </c>
-      <c r="D821" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F821" s="1" t="inlineStr">
+      <c r="D829" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E829" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F829" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="822" customHeight="true" ht="140.0">
-      <c r="A822" s="1" t="inlineStr">
+    <row r="830" customHeight="1" ht="140.0">
+      <c r="A830" s="1" t="inlineStr">
         <is>
           <t>755180</t>
         </is>
       </c>
-      <c r="C822" s="1" t="inlineStr">
+      <c r="C830" s="1" t="inlineStr">
         <is>
           <t>THRILL SECA</t>
         </is>
       </c>
-      <c r="D822" s="1" t="inlineStr">
+      <c r="D830" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E822" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F822" s="1" t="inlineStr">
+      <c r="E830" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F830" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="823" customHeight="true" ht="140.0">
-      <c r="A823" s="1" t="inlineStr">
+    <row r="831" customHeight="1" ht="140.0">
+      <c r="A831" s="1" t="inlineStr">
         <is>
           <t>752700</t>
         </is>
       </c>
-      <c r="C823" s="1" t="inlineStr">
+      <c r="C831" s="1" t="inlineStr">
         <is>
           <t>TTA</t>
         </is>
       </c>
-      <c r="D823" s="1" t="inlineStr">
+      <c r="D831" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E823" s="1" t="inlineStr">
+      <c r="E831" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F823" s="1" t="inlineStr">
+      <c r="F831" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="824" customHeight="true" ht="140.0">
-      <c r="A824" s="1" t="inlineStr">
+    <row r="832" customHeight="1" ht="140.0">
+      <c r="A832" s="1" t="inlineStr">
         <is>
           <t>751807</t>
         </is>
       </c>
-      <c r="C824" s="1" t="inlineStr">
+      <c r="C832" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D824" s="1" t="inlineStr">
+      <c r="D832" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E824" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F824" s="1" t="inlineStr">
+      <c r="E832" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F832" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="825" customHeight="true" ht="140.0">
-      <c r="A825" s="1" t="inlineStr">
+    <row r="833" customHeight="1" ht="140.0">
+      <c r="A833" s="1" t="inlineStr">
         <is>
           <t>751398</t>
         </is>
       </c>
-      <c r="C825" s="1" t="inlineStr">
+      <c r="C833" s="1" t="inlineStr">
         <is>
           <t>TTA</t>
         </is>
       </c>
-      <c r="D825" s="1" t="inlineStr">
+      <c r="D833" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E825" s="1" t="inlineStr">
+      <c r="E833" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F825" s="1" t="inlineStr">
+      <c r="F833" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="826" customHeight="true" ht="140.0">
-      <c r="A826" s="1" t="inlineStr">
+    <row r="834" customHeight="1" ht="140.0">
+      <c r="A834" s="1" t="inlineStr">
         <is>
           <t>750345</t>
         </is>
       </c>
-      <c r="C826" s="1" t="inlineStr">
+      <c r="C834" s="1" t="inlineStr">
         <is>
           <t>AVS</t>
         </is>
       </c>
-      <c r="D826" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F826" s="1" t="inlineStr">
+      <c r="D834" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E834" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F834" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="827" customHeight="true" ht="140.0">
-      <c r="A827" s="1" t="inlineStr">
+    <row r="835" customHeight="1" ht="140.0">
+      <c r="A835" s="1" t="inlineStr">
         <is>
           <t>749596</t>
         </is>
       </c>
-      <c r="C827" s="1" t="inlineStr">
+      <c r="C835" s="1" t="inlineStr">
         <is>
           <t>SIGNATURE CLASS</t>
         </is>
       </c>
-      <c r="D827" s="1" t="inlineStr">
+      <c r="D835" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E827" s="1" t="inlineStr">
+      <c r="E835" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F827" s="1" t="inlineStr">
+      <c r="F835" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="828" customHeight="true" ht="140.0">
-      <c r="A828" s="1" t="inlineStr">
+    <row r="836" customHeight="1" ht="140.0">
+      <c r="A836" s="1" t="inlineStr">
         <is>
           <t>748817</t>
         </is>
       </c>
-      <c r="C828" s="1" t="inlineStr">
+      <c r="C836" s="1" t="inlineStr">
         <is>
           <t>CENTAUR</t>
         </is>
       </c>
-      <c r="D828" s="1" t="inlineStr">
+      <c r="D836" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E828" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F828" s="1" t="inlineStr">
+      <c r="E836" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F836" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="829" customHeight="true" ht="140.0">
-      <c r="A829" s="1" t="inlineStr">
+    <row r="837" customHeight="1" ht="140.0">
+      <c r="A837" s="1" t="inlineStr">
         <is>
           <t>748753</t>
         </is>
       </c>
-      <c r="C829" s="1" t="inlineStr">
+      <c r="C837" s="1" t="inlineStr">
         <is>
           <t>LEXUS IS200</t>
         </is>
       </c>
-      <c r="D829" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F829" s="1" t="inlineStr">
+      <c r="D837" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E837" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F837" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="830" customHeight="true" ht="140.0">
-      <c r="A830" s="1" t="inlineStr">
+    <row r="838" customHeight="1" ht="140.0">
+      <c r="A838" s="1" t="inlineStr">
         <is>
           <t>748692</t>
         </is>
       </c>
-      <c r="C830" s="1" t="inlineStr">
+      <c r="C838" s="1" t="inlineStr">
         <is>
           <t>GOA</t>
         </is>
       </c>
-      <c r="D830" s="1" t="inlineStr">
+      <c r="D838" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E830" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F830" s="1" t="inlineStr">
+      <c r="E838" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F838" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="831" customHeight="true" ht="140.0">
-      <c r="A831" s="1" t="inlineStr">
+    <row r="839" customHeight="1" ht="140.0">
+      <c r="A839" s="1" t="inlineStr">
         <is>
           <t>748380</t>
         </is>
       </c>
-      <c r="C831" s="1" t="inlineStr">
+      <c r="C839" s="1" t="inlineStr">
         <is>
           <t>RSVP</t>
         </is>
       </c>
-      <c r="D831" s="1" t="inlineStr">
+      <c r="D839" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E831" s="1" t="inlineStr">
+      <c r="E839" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F831" s="1" t="inlineStr">
+      <c r="F839" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="832" customHeight="true" ht="140.0">
-      <c r="A832" s="1" t="inlineStr">
+    <row r="840" customHeight="1" ht="140.0">
+      <c r="A840" s="1" t="inlineStr">
         <is>
           <t>747967</t>
         </is>
       </c>
-      <c r="C832" s="1" t="inlineStr">
+      <c r="C840" s="1" t="inlineStr">
         <is>
           <t>AURORA</t>
         </is>
       </c>
-      <c r="D832" s="1" t="inlineStr">
+      <c r="D840" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E832" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F832" s="1" t="inlineStr">
+      <c r="E840" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F840" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="833" customHeight="true" ht="140.0">
-      <c r="A833" s="1" t="inlineStr">
+    <row r="841" customHeight="1" ht="140.0">
+      <c r="A841" s="1" t="inlineStr">
         <is>
           <t>747966</t>
         </is>
       </c>
-      <c r="C833" s="1" t="inlineStr">
+      <c r="C841" s="1" t="inlineStr">
         <is>
           <t>SCEPTOR</t>
         </is>
       </c>
-      <c r="D833" s="1" t="inlineStr">
+      <c r="D841" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E833" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F833" s="1" t="inlineStr">
+      <c r="E841" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F841" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="834" customHeight="true" ht="140.0">
-      <c r="A834" s="1" t="inlineStr">
+    <row r="842" customHeight="1" ht="140.0">
+      <c r="A842" s="1" t="inlineStr">
         <is>
           <t>747965</t>
         </is>
       </c>
-      <c r="C834" s="1" t="inlineStr">
+      <c r="C842" s="1" t="inlineStr">
         <is>
           <t>SPECTRA</t>
         </is>
       </c>
-      <c r="D834" s="1" t="inlineStr">
+      <c r="D842" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E834" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F834" s="1" t="inlineStr">
+      <c r="E842" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F842" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="835" customHeight="true" ht="140.0">
-      <c r="A835" s="1" t="inlineStr">
+    <row r="843" customHeight="1" ht="140.0">
+      <c r="A843" s="1" t="inlineStr">
         <is>
           <t>741992</t>
         </is>
       </c>
-      <c r="C835" s="1" t="inlineStr">
+      <c r="C843" s="1" t="inlineStr">
         <is>
           <t>AVALON</t>
         </is>
       </c>
-      <c r="D835" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F835" s="1" t="inlineStr">
+      <c r="D843" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E843" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F843" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="836" customHeight="true" ht="140.0">
-      <c r="A836" s="1" t="inlineStr">
+    <row r="844" customHeight="1" ht="140.0">
+      <c r="A844" s="1" t="inlineStr">
         <is>
           <t>741771</t>
         </is>
       </c>
-      <c r="C836" s="1" t="inlineStr">
+      <c r="C844" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D836" s="1" t="inlineStr">
+      <c r="D844" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E836" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F836" s="1" t="inlineStr">
+      <c r="E844" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F844" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="837" customHeight="true" ht="140.0">
-      <c r="A837" s="1" t="inlineStr">
+    <row r="845" customHeight="1" ht="140.0">
+      <c r="A845" s="1" t="inlineStr">
         <is>
           <t>741149</t>
         </is>
       </c>
-      <c r="C837" s="1" t="inlineStr">
+      <c r="C845" s="1" t="inlineStr">
         <is>
           <t>WORK MATE
 WORKMATE</t>
         </is>
       </c>
-      <c r="D837" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F837" s="1" t="inlineStr">
+      <c r="D845" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E845" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F845" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="838" customHeight="true" ht="140.0">
-      <c r="A838" s="1" t="inlineStr">
+    <row r="846" customHeight="1" ht="140.0">
+      <c r="A846" s="1" t="inlineStr">
         <is>
           <t>741037</t>
         </is>
       </c>
-      <c r="C838" s="1" t="inlineStr">
+      <c r="C846" s="1" t="inlineStr">
         <is>
           <t>CONQUEST</t>
         </is>
       </c>
-      <c r="D838" s="1" t="inlineStr">
+      <c r="D846" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E838" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F838" s="1" t="inlineStr">
+      <c r="E846" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F846" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="839" customHeight="true" ht="140.0">
-      <c r="A839" s="1" t="inlineStr">
+    <row r="847" customHeight="1" ht="140.0">
+      <c r="A847" s="1" t="inlineStr">
         <is>
           <t>739157</t>
         </is>
       </c>
-      <c r="C839" s="1" t="inlineStr">
+      <c r="C847" s="1" t="inlineStr">
         <is>
           <t>SPACIO</t>
         </is>
       </c>
-      <c r="D839" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F839" s="1" t="inlineStr">
+      <c r="D847" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E847" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F847" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="840" customHeight="true" ht="140.0">
-      <c r="A840" s="1" t="inlineStr">
+    <row r="848" customHeight="1" ht="140.0">
+      <c r="A848" s="1" t="inlineStr">
         <is>
           <t>738888</t>
         </is>
       </c>
-      <c r="C840" s="1" t="inlineStr">
+      <c r="C848" s="1" t="inlineStr">
         <is>
           <t>SIGNATURE CLASS</t>
         </is>
       </c>
-      <c r="D840" s="1" t="inlineStr">
+      <c r="D848" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E840" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F840" s="1" t="inlineStr">
+      <c r="E848" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F848" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="841" customHeight="true" ht="140.0">
-      <c r="A841" s="1" t="inlineStr">
+    <row r="849" customHeight="1" ht="140.0">
+      <c r="A849" s="1" t="inlineStr">
         <is>
           <t>738581</t>
         </is>
       </c>
-      <c r="C841" s="1" t="inlineStr">
+      <c r="C849" s="1" t="inlineStr">
         <is>
           <t>SOJOURNER</t>
         </is>
       </c>
-      <c r="D841" s="1" t="inlineStr">
+      <c r="D849" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E841" s="1" t="inlineStr">
+      <c r="E849" s="1" t="inlineStr">
         <is>
           <t>12, 37</t>
         </is>
       </c>
-      <c r="F841" s="1" t="inlineStr">
+      <c r="F849" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="842" customHeight="true" ht="140.0">
-      <c r="A842" s="1" t="inlineStr">
+    <row r="850" customHeight="1" ht="140.0">
+      <c r="A850" s="1" t="inlineStr">
         <is>
           <t>737500</t>
         </is>
       </c>
-      <c r="C842" s="1" t="inlineStr">
+      <c r="C850" s="1" t="inlineStr">
         <is>
           <t>RSVP RURAL SERVICE VALUE PLAN</t>
         </is>
       </c>
-      <c r="D842" s="1" t="inlineStr">
+      <c r="D850" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E842" s="1" t="inlineStr">
+      <c r="E850" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F842" s="1" t="inlineStr">
+      <c r="F850" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="843" customHeight="true" ht="140.0">
-      <c r="A843" s="1" t="inlineStr">
+    <row r="851" customHeight="1" ht="140.0">
+      <c r="A851" s="1" t="inlineStr">
         <is>
           <t>736447</t>
         </is>
       </c>
-      <c r="C843" s="1" t="inlineStr">
+      <c r="C851" s="1" t="inlineStr">
         <is>
           <t>KEEP THE FEELING</t>
         </is>
       </c>
-      <c r="D843" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E843" s="1" t="inlineStr">
+      <c r="D851" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E851" s="1" t="inlineStr">
         <is>
           <t>12, 36, 37</t>
         </is>
       </c>
-      <c r="F843" s="1" t="inlineStr">
+      <c r="F851" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="844" customHeight="true" ht="140.0">
-      <c r="A844" s="1" t="inlineStr">
+    <row r="852" customHeight="1" ht="140.0">
+      <c r="A852" s="1" t="inlineStr">
         <is>
           <t>736436</t>
         </is>
       </c>
-      <c r="C844" s="1" t="inlineStr">
+      <c r="C852" s="1" t="inlineStr">
         <is>
           <t>OH WHAT A FEELING!</t>
         </is>
       </c>
-      <c r="D844" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E844" s="1" t="inlineStr">
+      <c r="D852" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E852" s="1" t="inlineStr">
         <is>
           <t>25, 36, 37</t>
         </is>
       </c>
-      <c r="F844" s="1" t="inlineStr">
+      <c r="F852" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="845" customHeight="true" ht="140.0">
-      <c r="A845" s="1" t="inlineStr">
+    <row r="853" customHeight="1" ht="140.0">
+      <c r="A853" s="1" t="inlineStr">
         <is>
           <t>735699</t>
         </is>
       </c>
-      <c r="C845" s="1" t="inlineStr">
+      <c r="C853" s="1" t="inlineStr">
         <is>
           <t>SLIP STREAMERS
 SLIP STREAMERS SLIMLINE WEATHERSHIELDS</t>
         </is>
       </c>
-      <c r="D845" s="1" t="inlineStr">
+      <c r="D853" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E845" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F845" s="1" t="inlineStr">
+      <c r="E853" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F853" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="846" customHeight="true" ht="140.0">
-      <c r="A846" s="1" t="inlineStr">
+    <row r="854" customHeight="1" ht="140.0">
+      <c r="A854" s="1" t="inlineStr">
         <is>
           <t>735336</t>
         </is>
       </c>
-      <c r="C846" s="1" t="inlineStr">
+      <c r="C854" s="1" t="inlineStr">
         <is>
           <t>FEDERATION</t>
         </is>
       </c>
-      <c r="D846" s="1" t="inlineStr">
+      <c r="D854" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E846" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F846" s="1" t="inlineStr">
+      <c r="E854" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F854" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="847" customHeight="true" ht="140.0">
-      <c r="A847" s="1" t="inlineStr">
+    <row r="855" customHeight="1" ht="140.0">
+      <c r="A855" s="1" t="inlineStr">
         <is>
           <t>735024</t>
         </is>
       </c>
-      <c r="C847" s="1" t="inlineStr">
+      <c r="C855" s="1" t="inlineStr">
         <is>
           <t>CALTY DESIGN</t>
         </is>
       </c>
-      <c r="D847" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E847" s="1" t="inlineStr">
+      <c r="D855" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E855" s="1" t="inlineStr">
         <is>
           <t>12, 42</t>
         </is>
       </c>
-      <c r="F847" s="1" t="inlineStr">
+      <c r="F855" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="848" customHeight="true" ht="140.0">
-      <c r="A848" s="1" t="inlineStr">
+    <row r="856" customHeight="1" ht="140.0">
+      <c r="A856" s="1" t="inlineStr">
         <is>
           <t>734826</t>
         </is>
       </c>
-      <c r="C848" s="1" t="inlineStr">
+      <c r="C856" s="1" t="inlineStr">
         <is>
           <t>EXPERIENCE</t>
         </is>
       </c>
-      <c r="D848" s="1" t="inlineStr">
+      <c r="D856" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E848" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F848" s="1" t="inlineStr">
+      <c r="E856" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F856" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="849" customHeight="true" ht="140.0">
-      <c r="A849" s="1" t="inlineStr">
+    <row r="857" customHeight="1" ht="140.0">
+      <c r="A857" s="1" t="inlineStr">
         <is>
           <t>732428</t>
         </is>
       </c>
-      <c r="C849" s="1" t="inlineStr">
+      <c r="C857" s="1" t="inlineStr">
         <is>
           <t>TOYOTA LUBEXPRESS L</t>
         </is>
       </c>
-      <c r="D849" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E849" s="1" t="inlineStr">
+      <c r="D857" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E857" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F849" s="1" t="inlineStr">
+      <c r="F857" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="850" customHeight="true" ht="140.0">
-      <c r="A850" s="1" t="inlineStr">
+    <row r="858" customHeight="1" ht="140.0">
+      <c r="A858" s="1" t="inlineStr">
         <is>
           <t>732425</t>
         </is>
       </c>
-      <c r="C850" s="1" t="inlineStr">
+      <c r="C858" s="1" t="inlineStr">
         <is>
           <t>EPOC EPOC DESIGN</t>
         </is>
       </c>
-      <c r="D850" s="1" t="inlineStr">
+      <c r="D858" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E850" s="1" t="inlineStr">
+      <c r="E858" s="1" t="inlineStr">
         <is>
           <t>12, 42</t>
         </is>
       </c>
-      <c r="F850" s="1" t="inlineStr">
+      <c r="F858" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="851" customHeight="true" ht="140.0">
-      <c r="A851" s="1" t="inlineStr">
+    <row r="859" customHeight="1" ht="140.0">
+      <c r="A859" s="1" t="inlineStr">
         <is>
           <t>730840</t>
         </is>
       </c>
-      <c r="C851" s="1" t="inlineStr">
+      <c r="C859" s="1" t="inlineStr">
         <is>
           <t>LAND CRUISER COUNTRY</t>
         </is>
       </c>
-      <c r="D851" s="1" t="inlineStr">
+      <c r="D859" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E851" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F851" s="1" t="inlineStr">
+      <c r="E859" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F859" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="852" customHeight="true" ht="140.0">
-      <c r="A852" s="1" t="inlineStr">
+    <row r="860" customHeight="1" ht="140.0">
+      <c r="A860" s="1" t="inlineStr">
         <is>
           <t>729243</t>
         </is>
       </c>
-      <c r="C852" s="1" t="inlineStr">
+      <c r="C860" s="1" t="inlineStr">
         <is>
           <t>ENDEAVOUR</t>
         </is>
       </c>
-      <c r="D852" s="1" t="inlineStr">
+      <c r="D860" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E852" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F852" s="1" t="inlineStr">
+      <c r="E860" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F860" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="853" customHeight="true" ht="140.0">
-      <c r="A853" s="1" t="inlineStr">
+    <row r="861" customHeight="1" ht="140.0">
+      <c r="A861" s="1" t="inlineStr">
         <is>
           <t>729193</t>
         </is>
       </c>
-      <c r="C853" s="1" t="inlineStr">
+      <c r="C861" s="1" t="inlineStr">
         <is>
           <t>OASIS</t>
         </is>
       </c>
-      <c r="D853" s="1" t="inlineStr">
+      <c r="D861" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E853" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F853" s="1" t="inlineStr">
+      <c r="E861" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F861" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="854" customHeight="true" ht="140.0">
-      <c r="A854" s="1" t="inlineStr">
+    <row r="862" customHeight="1" ht="140.0">
+      <c r="A862" s="1" t="inlineStr">
         <is>
           <t>728299</t>
         </is>
       </c>
-      <c r="C854" s="1" t="inlineStr">
+      <c r="C862" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D854" s="1" t="inlineStr">
+      <c r="D862" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E854" s="1" t="inlineStr">
+      <c r="E862" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F854" s="1" t="inlineStr">
+      <c r="F862" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="855" customHeight="true" ht="140.0">
-      <c r="A855" s="1" t="inlineStr">
+    <row r="863" customHeight="1" ht="140.0">
+      <c r="A863" s="1" t="inlineStr">
         <is>
           <t>726997</t>
         </is>
       </c>
-      <c r="C855" s="1" t="inlineStr">
+      <c r="C863" s="1" t="inlineStr">
         <is>
           <t>RSVP RURAL SERVICE VALUE PLAN</t>
         </is>
       </c>
-      <c r="D855" s="1" t="inlineStr">
+      <c r="D863" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E855" s="1" t="inlineStr">
+      <c r="E863" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F855" s="1" t="inlineStr">
+      <c r="F863" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="856" customHeight="true" ht="140.0">
-      <c r="A856" s="1" t="inlineStr">
+    <row r="864" customHeight="1" ht="140.0">
+      <c r="A864" s="1" t="inlineStr">
         <is>
           <t>726996</t>
         </is>
       </c>
-      <c r="C856" s="1" t="inlineStr">
+      <c r="C864" s="1" t="inlineStr">
         <is>
           <t>RSVP</t>
         </is>
       </c>
-      <c r="D856" s="1" t="inlineStr">
+      <c r="D864" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E856" s="1" t="inlineStr">
+      <c r="E864" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F856" s="1" t="inlineStr">
+      <c r="F864" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="857" customHeight="true" ht="140.0">
-      <c r="A857" s="1" t="inlineStr">
+    <row r="865" customHeight="1" ht="140.0">
+      <c r="A865" s="1" t="inlineStr">
         <is>
           <t>726995</t>
         </is>
       </c>
-      <c r="C857" s="1" t="inlineStr">
+      <c r="C865" s="1" t="inlineStr">
         <is>
           <t>RSVP RURAL SERVICE VALUE PLAN</t>
         </is>
       </c>
-      <c r="D857" s="1" t="inlineStr">
+      <c r="D865" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E857" s="1" t="inlineStr">
+      <c r="E865" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F857" s="1" t="inlineStr">
+      <c r="F865" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="858" customHeight="true" ht="140.0">
-      <c r="A858" s="1" t="inlineStr">
+    <row r="866" customHeight="1" ht="140.0">
+      <c r="A866" s="1" t="inlineStr">
         <is>
           <t>725449</t>
         </is>
       </c>
-      <c r="C858" s="1" t="inlineStr">
+      <c r="C866" s="1" t="inlineStr">
         <is>
           <t>THE PILBARA</t>
         </is>
       </c>
-      <c r="D858" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F858" s="1" t="inlineStr">
+      <c r="D866" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E866" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F866" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="859" customHeight="true" ht="140.0">
-      <c r="A859" s="1" t="inlineStr">
+    <row r="867" customHeight="1" ht="140.0">
+      <c r="A867" s="1" t="inlineStr">
         <is>
           <t>725244</t>
         </is>
       </c>
-      <c r="C859" s="1" t="inlineStr">
+      <c r="C867" s="1" t="inlineStr">
         <is>
           <t>INTRIGUE</t>
         </is>
       </c>
-      <c r="D859" s="1" t="inlineStr">
+      <c r="D867" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E859" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F859" s="1" t="inlineStr">
+      <c r="E867" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F867" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="860" customHeight="true" ht="140.0">
-      <c r="A860" s="1" t="inlineStr">
+    <row r="868" customHeight="1" ht="140.0">
+      <c r="A868" s="1" t="inlineStr">
         <is>
           <t>725021</t>
         </is>
       </c>
-      <c r="C860" s="1" t="inlineStr">
+      <c r="C868" s="1" t="inlineStr">
         <is>
           <t>SNOWY</t>
         </is>
       </c>
-      <c r="D860" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F860" s="1" t="inlineStr">
+      <c r="D868" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E868" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F868" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="861" customHeight="true" ht="140.0">
-      <c r="A861" s="1" t="inlineStr">
+    <row r="869" customHeight="1" ht="140.0">
+      <c r="A869" s="1" t="inlineStr">
         <is>
           <t>725020</t>
         </is>
       </c>
-      <c r="C861" s="1" t="inlineStr">
+      <c r="C869" s="1" t="inlineStr">
         <is>
           <t>SBV
 S.B.V.</t>
         </is>
       </c>
-      <c r="D861" s="1" t="inlineStr">
+      <c r="D869" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E861" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F861" s="1" t="inlineStr">
+      <c r="E869" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F869" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="862" customHeight="true" ht="140.0">
-      <c r="A862" s="1" t="inlineStr">
+    <row r="870" customHeight="1" ht="140.0">
+      <c r="A870" s="1" t="inlineStr">
         <is>
           <t>724828</t>
         </is>
       </c>
-      <c r="C862" s="1" t="inlineStr">
+      <c r="C870" s="1" t="inlineStr">
         <is>
           <t>PRE-RUNNER</t>
         </is>
       </c>
-      <c r="D862" s="1" t="inlineStr">
+      <c r="D870" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E862" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F862" s="1" t="inlineStr">
+      <c r="E870" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F870" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="863" customHeight="true" ht="140.0">
-      <c r="A863" s="1" t="inlineStr">
+    <row r="871" customHeight="1" ht="140.0">
+      <c r="A871" s="1" t="inlineStr">
         <is>
           <t>724052</t>
         </is>
       </c>
-      <c r="C863" s="1" t="inlineStr">
+      <c r="C871" s="1" t="inlineStr">
         <is>
           <t>LANDCRUISER PRADO</t>
         </is>
       </c>
-      <c r="D863" s="1" t="inlineStr">
+      <c r="D871" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E863" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F863" s="1" t="inlineStr">
+      <c r="E871" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F871" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="864" customHeight="true" ht="140.0">
-      <c r="A864" s="1" t="inlineStr">
+    <row r="872" customHeight="1" ht="140.0">
+      <c r="A872" s="1" t="inlineStr">
         <is>
           <t>715563</t>
         </is>
       </c>
-      <c r="C864" s="1" t="inlineStr">
+      <c r="C872" s="1" t="inlineStr">
         <is>
           <t>TOYOTA LIFETIME CARE</t>
         </is>
       </c>
-      <c r="D864" s="1" t="inlineStr">
+      <c r="D872" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E864" s="1" t="inlineStr">
+      <c r="E872" s="1" t="inlineStr">
         <is>
           <t>37, 42</t>
         </is>
       </c>
-      <c r="F864" s="1" t="inlineStr">
+      <c r="F872" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="865" customHeight="true" ht="140.0">
-      <c r="A865" s="1" t="inlineStr">
+    <row r="873" customHeight="1" ht="140.0">
+      <c r="A873" s="1" t="inlineStr">
         <is>
           <t>709345</t>
         </is>
       </c>
-      <c r="C865" s="1" t="inlineStr">
+      <c r="C873" s="1" t="inlineStr">
         <is>
           <t>SOLUNA</t>
         </is>
       </c>
-      <c r="D865" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F865" s="1" t="inlineStr">
+      <c r="D873" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E873" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F873" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="866" customHeight="true" ht="140.0">
-      <c r="A866" s="1" t="inlineStr">
+    <row r="874" customHeight="1" ht="140.0">
+      <c r="A874" s="1" t="inlineStr">
         <is>
           <t>708983</t>
         </is>
       </c>
-      <c r="C866" s="1" t="inlineStr">
+      <c r="C874" s="1" t="inlineStr">
         <is>
           <t>SECURE</t>
         </is>
       </c>
-      <c r="D866" s="1" t="inlineStr">
+      <c r="D874" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E866" s="1" t="inlineStr">
+      <c r="E874" s="1" t="inlineStr">
         <is>
           <t>37, 39</t>
         </is>
       </c>
-      <c r="F866" s="1" t="inlineStr">
+      <c r="F874" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="867" customHeight="true" ht="140.0">
-      <c r="A867" s="1" t="inlineStr">
+    <row r="875" customHeight="1" ht="140.0">
+      <c r="A875" s="1" t="inlineStr">
         <is>
           <t>708585</t>
         </is>
       </c>
-      <c r="C867" s="1" t="inlineStr">
+      <c r="C875" s="1" t="inlineStr">
         <is>
           <t>BIG VIC</t>
         </is>
       </c>
-      <c r="D867" s="1" t="inlineStr">
+      <c r="D875" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E867" s="1" t="inlineStr">
+      <c r="E875" s="1" t="inlineStr">
         <is>
           <t>35, 42</t>
         </is>
       </c>
-      <c r="F867" s="1" t="inlineStr">
+      <c r="F875" s="1" t="inlineStr">
         <is>
           <t>Participating Metropolitan Toyota Dealer Group</t>
         </is>
       </c>
     </row>
-    <row r="868" customHeight="true" ht="140.0">
-      <c r="A868" s="1" t="inlineStr">
+    <row r="876" customHeight="1" ht="140.0">
+      <c r="A876" s="1" t="inlineStr">
         <is>
           <t>704352</t>
         </is>
       </c>
-      <c r="C868" s="1" t="inlineStr">
+      <c r="C876" s="1" t="inlineStr">
         <is>
           <t>SELECT</t>
         </is>
       </c>
-      <c r="D868" s="1" t="inlineStr">
+      <c r="D876" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E868" s="1" t="inlineStr">
+      <c r="E876" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F868" s="1" t="inlineStr">
+      <c r="F876" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="869" customHeight="true" ht="140.0">
-      <c r="A869" s="1" t="inlineStr">
+    <row r="877" customHeight="1" ht="140.0">
+      <c r="A877" s="1" t="inlineStr">
         <is>
           <t>677889</t>
         </is>
       </c>
-      <c r="C869" s="1" t="inlineStr">
+      <c r="C877" s="1" t="inlineStr">
         <is>
           <t>PASMAG</t>
         </is>
       </c>
-      <c r="D869" s="1" t="inlineStr">
+      <c r="D877" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E869" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F869" s="1" t="inlineStr">
+      <c r="E877" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F877" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="870" customHeight="true" ht="140.0">
-      <c r="A870" s="1" t="inlineStr">
+    <row r="878" customHeight="1" ht="140.0">
+      <c r="A878" s="1" t="inlineStr">
         <is>
           <t>677763</t>
         </is>
       </c>
-      <c r="C870" s="1" t="inlineStr">
+      <c r="C878" s="1" t="inlineStr">
         <is>
           <t>ECO-SPORT</t>
         </is>
       </c>
-      <c r="D870" s="1" t="inlineStr">
+      <c r="D878" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E870" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F870" s="1" t="inlineStr">
+      <c r="E878" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F878" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="871" customHeight="true" ht="140.0">
-      <c r="A871" s="1" t="inlineStr">
+    <row r="879" customHeight="1" ht="140.0">
+      <c r="A879" s="1" t="inlineStr">
         <is>
           <t>659999</t>
         </is>
       </c>
-      <c r="C871" s="1" t="inlineStr">
+      <c r="C879" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D871" s="1" t="inlineStr">
+      <c r="D879" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E871" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F871" s="1" t="inlineStr">
+      <c r="E879" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F879" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="872" customHeight="true" ht="140.0">
-      <c r="A872" s="1" t="inlineStr">
+    <row r="880" customHeight="1" ht="140.0">
+      <c r="A880" s="1" t="inlineStr">
         <is>
           <t>654346</t>
         </is>
       </c>
-      <c r="C872" s="1" t="inlineStr">
+      <c r="C880" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COUNTRY MUSIC AWARDS OF AUSTRALIA</t>
         </is>
       </c>
-      <c r="D872" s="1" t="inlineStr">
+      <c r="D880" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E872" s="1" t="inlineStr">
+      <c r="E880" s="1" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="F872" s="1" t="inlineStr">
+      <c r="F880" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="873" customHeight="true" ht="140.0">
-      <c r="A873" s="1" t="inlineStr">
+    <row r="881" customHeight="1" ht="140.0">
+      <c r="A881" s="1" t="inlineStr">
         <is>
           <t>654345</t>
         </is>
       </c>
-      <c r="C873" s="1" t="inlineStr">
+      <c r="C881" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COUNTRY MUSIC AWARDS OF AUSTRALIA</t>
         </is>
       </c>
-      <c r="D873" s="1" t="inlineStr">
+      <c r="D881" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E873" s="1" t="inlineStr">
+      <c r="E881" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F873" s="1" t="inlineStr">
+      <c r="F881" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="874" customHeight="true" ht="140.0">
-      <c r="A874" s="1" t="inlineStr">
+    <row r="882" customHeight="1" ht="140.0">
+      <c r="A882" s="1" t="inlineStr">
         <is>
           <t>654344</t>
         </is>
       </c>
-      <c r="C874" s="1" t="inlineStr">
+      <c r="C882" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COUNTRY MUSIC AWARDS OF AUSTRALIA</t>
         </is>
       </c>
-      <c r="D874" s="1" t="inlineStr">
+      <c r="D882" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E874" s="1" t="inlineStr">
+      <c r="E882" s="1" t="inlineStr">
         <is>
           <t>15, 25, 41</t>
         </is>
       </c>
-      <c r="F874" s="1" t="inlineStr">
+      <c r="F882" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="875" customHeight="true" ht="140.0">
-      <c r="A875" s="1" t="inlineStr">
+    <row r="883" customHeight="1" ht="140.0">
+      <c r="A883" s="1" t="inlineStr">
         <is>
           <t>649455</t>
         </is>
       </c>
-      <c r="C875" s="1" t="inlineStr">
+      <c r="C883" s="1" t="inlineStr">
         <is>
           <t>HILUX 4RUNNER</t>
         </is>
       </c>
-      <c r="D875" s="1" t="inlineStr">
+      <c r="D883" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E875" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F875" s="1" t="inlineStr">
+      <c r="E883" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F883" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="876" customHeight="true" ht="140.0">
-      <c r="A876" s="1" t="inlineStr">
+    <row r="884" customHeight="1" ht="140.0">
+      <c r="A884" s="1" t="inlineStr">
         <is>
           <t>649454</t>
         </is>
       </c>
-      <c r="C876" s="1" t="inlineStr">
+      <c r="C884" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MR2</t>
         </is>
       </c>
-      <c r="D876" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F876" s="1" t="inlineStr">
+      <c r="D884" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E884" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F884" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="877" customHeight="true" ht="140.0">
-      <c r="A877" s="1" t="inlineStr">
+    <row r="885" customHeight="1" ht="140.0">
+      <c r="A885" s="1" t="inlineStr">
         <is>
           <t>643359</t>
         </is>
       </c>
-      <c r="C877" s="1" t="inlineStr">
+      <c r="C885" s="1" t="inlineStr">
         <is>
           <t>TOYOTA CHAMPIONS</t>
         </is>
       </c>
-      <c r="D877" s="1" t="inlineStr">
+      <c r="D885" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E877" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F877" s="1" t="inlineStr">
+      <c r="E885" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F885" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="878" customHeight="true" ht="140.0">
-      <c r="A878" s="1" t="inlineStr">
+    <row r="886" customHeight="1" ht="140.0">
+      <c r="A886" s="1" t="inlineStr">
         <is>
           <t>635711</t>
         </is>
       </c>
-      <c r="C878" s="1" t="inlineStr">
+      <c r="C886" s="1" t="inlineStr">
         <is>
           <t>TEAM EUROPE</t>
         </is>
       </c>
-      <c r="D878" s="1" t="inlineStr">
+      <c r="D886" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E878" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F878" s="1" t="inlineStr">
+      <c r="E886" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F886" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Ltd</t>
         </is>
       </c>
     </row>
-    <row r="879" customHeight="true" ht="140.0">
-      <c r="A879" s="1" t="inlineStr">
+    <row r="887" customHeight="1" ht="140.0">
+      <c r="A887" s="1" t="inlineStr">
         <is>
           <t>634770</t>
         </is>
       </c>
-      <c r="C879" s="1" t="inlineStr">
+      <c r="C887" s="1" t="inlineStr">
         <is>
           <t>BLUE MARLIN</t>
         </is>
       </c>
-      <c r="D879" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F879" s="1" t="inlineStr">
+      <c r="D887" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E887" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F887" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="880" customHeight="true" ht="140.0">
-      <c r="A880" s="1" t="inlineStr">
+    <row r="888" customHeight="1" ht="140.0">
+      <c r="A888" s="1" t="inlineStr">
         <is>
           <t>633599</t>
         </is>
       </c>
-      <c r="C880" s="1" t="inlineStr">
+      <c r="C888" s="1" t="inlineStr">
         <is>
           <t>TOYOTA CHOICES</t>
         </is>
       </c>
-      <c r="D880" s="1" t="inlineStr">
+      <c r="D888" s="1" t="inlineStr">
         <is>
           <t>Linked:
 Linked/merged before registration</t>
         </is>
       </c>
-      <c r="E880" s="1" t="inlineStr">
+      <c r="E888" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F880" s="1" t="inlineStr">
+      <c r="F888" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="881" customHeight="true" ht="140.0">
-      <c r="A881" s="1" t="inlineStr">
+    <row r="889" customHeight="1" ht="140.0">
+      <c r="A889" s="1" t="inlineStr">
         <is>
           <t>633598</t>
         </is>
       </c>
-      <c r="C881" s="1" t="inlineStr">
+      <c r="C889" s="1" t="inlineStr">
         <is>
           <t>TOYOTA CHOICES</t>
         </is>
       </c>
-      <c r="D881" s="1" t="inlineStr">
+      <c r="D889" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E881" s="1" t="inlineStr">
+      <c r="E889" s="1" t="inlineStr">
         <is>
           <t>36, 39</t>
         </is>
       </c>
-      <c r="F881" s="1" t="inlineStr">
+      <c r="F889" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="882" customHeight="true" ht="140.0">
-      <c r="A882" s="1" t="inlineStr">
+    <row r="890" customHeight="1" ht="140.0">
+      <c r="A890" s="1" t="inlineStr">
         <is>
           <t>619622</t>
         </is>
       </c>
-      <c r="C882" s="1" t="inlineStr">
+      <c r="C890" s="1" t="inlineStr">
         <is>
           <t>TOYOTA RENT A CAR R</t>
         </is>
       </c>
-      <c r="D882" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E882" s="1" t="inlineStr">
+      <c r="D890" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E890" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F882" s="1" t="inlineStr">
+      <c r="F890" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="883" customHeight="true" ht="140.0">
-      <c r="A883" s="1" t="inlineStr">
+    <row r="891" customHeight="1" ht="140.0">
+      <c r="A891" s="1" t="inlineStr">
         <is>
           <t>619621</t>
         </is>
       </c>
-      <c r="C883" s="1" t="inlineStr">
+      <c r="C891" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D883" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E883" s="1" t="inlineStr">
+      <c r="D891" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E891" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F883" s="1" t="inlineStr">
+      <c r="F891" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="884" customHeight="true" ht="140.0">
-      <c r="A884" s="1" t="inlineStr">
+    <row r="892" customHeight="1" ht="140.0">
+      <c r="A892" s="1" t="inlineStr">
         <is>
           <t>619620</t>
         </is>
       </c>
-      <c r="C884" s="1" t="inlineStr">
+      <c r="C892" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D884" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E884" s="1" t="inlineStr">
+      <c r="D892" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E892" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F884" s="1" t="inlineStr">
+      <c r="F892" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="885" customHeight="true" ht="140.0">
-      <c r="A885" s="1" t="inlineStr">
+    <row r="893" customHeight="1" ht="140.0">
+      <c r="A893" s="1" t="inlineStr">
         <is>
           <t>619619</t>
         </is>
       </c>
-      <c r="C885" s="1" t="inlineStr">
+      <c r="C893" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D885" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E885" s="1" t="inlineStr">
+      <c r="D893" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E893" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F885" s="1" t="inlineStr">
+      <c r="F893" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="886" customHeight="true" ht="140.0">
-      <c r="A886" s="1" t="inlineStr">
+    <row r="894" customHeight="1" ht="140.0">
+      <c r="A894" s="1" t="inlineStr">
         <is>
           <t>606238</t>
         </is>
       </c>
-      <c r="C886" s="1" t="inlineStr">
+      <c r="C894" s="1" t="inlineStr">
         <is>
           <t>TOYOTA RAV4</t>
         </is>
       </c>
-      <c r="D886" s="1" t="inlineStr">
+      <c r="D894" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E886" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F886" s="1" t="inlineStr">
+      <c r="E894" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F894" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="887" customHeight="true" ht="140.0">
-      <c r="A887" s="1" t="inlineStr">
+    <row r="895" customHeight="1" ht="140.0">
+      <c r="A895" s="1" t="inlineStr">
         <is>
           <t>598326</t>
         </is>
       </c>
-      <c r="C887" s="1" t="inlineStr">
+      <c r="C895" s="1" t="inlineStr">
         <is>
           <t>SHIKRA</t>
         </is>
       </c>
-      <c r="D887" s="1" t="inlineStr">
+      <c r="D895" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E887" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F887" s="1" t="inlineStr">
+      <c r="E895" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F895" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Sales Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="888" customHeight="true" ht="140.0">
-      <c r="A888" s="1" t="inlineStr">
+    <row r="896" customHeight="1" ht="140.0">
+      <c r="A896" s="1" t="inlineStr">
         <is>
           <t>597827</t>
         </is>
       </c>
-      <c r="C888" s="1" t="inlineStr">
+      <c r="C896" s="1" t="inlineStr">
         <is>
           <t>TSOP</t>
         </is>
       </c>
-      <c r="D888" s="1" t="inlineStr">
+      <c r="D896" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E888" s="1" t="inlineStr">
+      <c r="E896" s="1" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="F888" s="1" t="inlineStr">
+      <c r="F896" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="889" customHeight="true" ht="140.0">
-      <c r="A889" s="1" t="inlineStr">
+    <row r="897" customHeight="1" ht="140.0">
+      <c r="A897" s="1" t="inlineStr">
         <is>
           <t>592273</t>
         </is>
       </c>
-      <c r="C889" s="1" t="inlineStr">
+      <c r="C897" s="1" t="inlineStr">
         <is>
           <t>TOYOTA T100</t>
         </is>
       </c>
-      <c r="D889" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F889" s="1" t="inlineStr">
+      <c r="D897" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E897" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F897" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="890" customHeight="true" ht="140.0">
-      <c r="A890" s="1" t="inlineStr">
+    <row r="898" customHeight="1" ht="140.0">
+      <c r="A898" s="1" t="inlineStr">
         <is>
           <t>592272</t>
         </is>
       </c>
-      <c r="C890" s="1" t="inlineStr">
+      <c r="C898" s="1" t="inlineStr">
         <is>
           <t>GRANDLUX</t>
         </is>
       </c>
-      <c r="D890" s="1" t="inlineStr">
+      <c r="D898" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E890" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F890" s="1" t="inlineStr">
+      <c r="E898" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F898" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="891" customHeight="true" ht="140.0">
-      <c r="A891" s="1" t="inlineStr">
+    <row r="899" customHeight="1" ht="140.0">
+      <c r="A899" s="1" t="inlineStr">
         <is>
           <t>589242</t>
         </is>
       </c>
-      <c r="C891" s="1" t="inlineStr">
+      <c r="C899" s="1" t="inlineStr">
         <is>
           <t>A ONCE IN A LIFETIME OFFER FROM TOYOTA</t>
         </is>
       </c>
-      <c r="D891" s="1" t="inlineStr">
+      <c r="D899" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E891" s="1" t="inlineStr">
+      <c r="E899" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F891" s="1" t="inlineStr">
+      <c r="F899" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="892" customHeight="true" ht="140.0">
-      <c r="A892" s="1" t="inlineStr">
+    <row r="900" customHeight="1" ht="140.0">
+      <c r="A900" s="1" t="inlineStr">
         <is>
           <t>584423</t>
         </is>
       </c>
-      <c r="C892" s="1" t="inlineStr">
+      <c r="C900" s="1" t="inlineStr">
         <is>
           <t>GETAWAY</t>
         </is>
       </c>
-      <c r="D892" s="1" t="inlineStr">
+      <c r="D900" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E892" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F892" s="1" t="inlineStr">
+      <c r="E900" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F900" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="893" customHeight="true" ht="140.0">
-      <c r="A893" s="1" t="inlineStr">
+    <row r="901" customHeight="1" ht="140.0">
+      <c r="A901" s="1" t="inlineStr">
         <is>
           <t>572724</t>
         </is>
       </c>
-      <c r="C893" s="1" t="inlineStr">
+      <c r="C901" s="1" t="inlineStr">
         <is>
           <t>VIENTA</t>
         </is>
       </c>
-      <c r="D893" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F893" s="1" t="inlineStr">
+      <c r="D901" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E901" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F901" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="894" customHeight="true" ht="140.0">
-      <c r="A894" s="1" t="inlineStr">
+    <row r="902" customHeight="1" ht="140.0">
+      <c r="A902" s="1" t="inlineStr">
         <is>
           <t>566804</t>
         </is>
       </c>
-      <c r="C894" s="1" t="inlineStr">
+      <c r="C902" s="1" t="inlineStr">
         <is>
           <t>TOYOTA HUSKI</t>
         </is>
       </c>
-      <c r="D894" s="1" t="inlineStr">
+      <c r="D902" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E894" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F894" s="1" t="inlineStr">
+      <c r="E902" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F902" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="895" customHeight="true" ht="140.0">
-      <c r="A895" s="1" t="inlineStr">
+    <row r="903" customHeight="1" ht="140.0">
+      <c r="A903" s="1" t="inlineStr">
         <is>
           <t>566803</t>
         </is>
       </c>
-      <c r="C895" s="1" t="inlineStr">
+      <c r="C903" s="1" t="inlineStr">
         <is>
           <t>HUSKI</t>
         </is>
       </c>
-      <c r="D895" s="1" t="inlineStr">
+      <c r="D903" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E895" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F895" s="1" t="inlineStr">
+      <c r="E903" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F903" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="896" customHeight="true" ht="140.0">
-      <c r="A896" s="1" t="inlineStr">
+    <row r="904" customHeight="1" ht="140.0">
+      <c r="A904" s="1" t="inlineStr">
         <is>
           <t>566802</t>
         </is>
       </c>
-      <c r="C896" s="1" t="inlineStr">
+      <c r="C904" s="1" t="inlineStr">
         <is>
           <t>HUSKI</t>
         </is>
       </c>
-      <c r="D896" s="1" t="inlineStr">
+      <c r="D904" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E896" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F896" s="1" t="inlineStr">
+      <c r="E904" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F904" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="897" customHeight="true" ht="140.0">
-      <c r="A897" s="1" t="inlineStr">
+    <row r="905" customHeight="1" ht="140.0">
+      <c r="A905" s="1" t="inlineStr">
         <is>
           <t>566801</t>
         </is>
       </c>
-      <c r="C897" s="1" t="inlineStr">
+      <c r="C905" s="1" t="inlineStr">
         <is>
           <t>TOYOTA HUSKI</t>
         </is>
       </c>
-      <c r="D897" s="1" t="inlineStr">
+      <c r="D905" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E897" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F897" s="1" t="inlineStr">
+      <c r="E905" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F905" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="898" customHeight="true" ht="140.0">
-      <c r="A898" s="1" t="inlineStr">
+    <row r="906" customHeight="1" ht="140.0">
+      <c r="A906" s="1" t="inlineStr">
         <is>
           <t>565304</t>
         </is>
       </c>
-      <c r="C898" s="1" t="inlineStr">
+      <c r="C906" s="1" t="inlineStr">
         <is>
           <t>LEXUS GS300</t>
         </is>
       </c>
-      <c r="D898" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F898" s="1" t="inlineStr">
+      <c r="D906" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E906" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F906" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="899" customHeight="true" ht="140.0">
-      <c r="A899" s="1" t="inlineStr">
+    <row r="907" customHeight="1" ht="140.0">
+      <c r="A907" s="1" t="inlineStr">
         <is>
           <t>564184</t>
         </is>
       </c>
-      <c r="C899" s="1" t="inlineStr">
+      <c r="C907" s="1" t="inlineStr">
         <is>
           <t>ME - NET</t>
         </is>
       </c>
-      <c r="D899" s="1" t="inlineStr">
+      <c r="D907" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E899" s="1" t="inlineStr">
+      <c r="E907" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F899" s="1" t="inlineStr">
+      <c r="F907" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="900" customHeight="true" ht="140.0">
-      <c r="A900" s="1" t="inlineStr">
+    <row r="908" customHeight="1" ht="140.0">
+      <c r="A908" s="1" t="inlineStr">
         <is>
           <t>564183</t>
         </is>
       </c>
-      <c r="C900" s="1" t="inlineStr">
+      <c r="C908" s="1" t="inlineStr">
         <is>
           <t>ME - NET</t>
         </is>
       </c>
-      <c r="D900" s="1" t="inlineStr">
+      <c r="D908" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E900" s="1" t="inlineStr">
+      <c r="E908" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F900" s="1" t="inlineStr">
+      <c r="F908" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="901" customHeight="true" ht="140.0">
-      <c r="A901" s="1" t="inlineStr">
+    <row r="909" customHeight="1" ht="140.0">
+      <c r="A909" s="1" t="inlineStr">
         <is>
           <t>561754</t>
         </is>
       </c>
-      <c r="C901" s="1" t="inlineStr">
+      <c r="C909" s="1" t="inlineStr">
         <is>
           <t>HOLIDAY</t>
         </is>
       </c>
-      <c r="D901" s="1" t="inlineStr">
+      <c r="D909" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E901" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F901" s="1" t="inlineStr">
+      <c r="E909" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F909" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="902" customHeight="true" ht="140.0">
-      <c r="A902" s="1" t="inlineStr">
+    <row r="910" customHeight="1" ht="140.0">
+      <c r="A910" s="1" t="inlineStr">
         <is>
           <t>557975</t>
         </is>
       </c>
-      <c r="C902" s="1" t="inlineStr">
+      <c r="C910" s="1" t="inlineStr">
         <is>
           <t>LEXUS ES300</t>
         </is>
       </c>
-      <c r="D902" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F902" s="1" t="inlineStr">
+      <c r="D910" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E910" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F910" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="903" customHeight="true" ht="140.0">
-      <c r="A903" s="1" t="inlineStr">
+    <row r="911" customHeight="1" ht="140.0">
+      <c r="A911" s="1" t="inlineStr">
         <is>
           <t>557974</t>
         </is>
       </c>
-      <c r="C903" s="1" t="inlineStr">
+      <c r="C911" s="1" t="inlineStr">
         <is>
           <t>LEXUS SC300</t>
         </is>
       </c>
-      <c r="D903" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F903" s="1" t="inlineStr">
+      <c r="D911" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E911" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F911" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="904" customHeight="true" ht="140.0">
-      <c r="A904" s="1" t="inlineStr">
+    <row r="912" customHeight="1" ht="140.0">
+      <c r="A912" s="1" t="inlineStr">
         <is>
           <t>557971</t>
         </is>
       </c>
-      <c r="C904" s="1" t="inlineStr">
+      <c r="C912" s="1" t="inlineStr">
         <is>
           <t>LEXUS SC400</t>
         </is>
       </c>
-      <c r="D904" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F904" s="1" t="inlineStr">
+      <c r="D912" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E912" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F912" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="905" customHeight="true" ht="140.0">
-      <c r="A905" s="1" t="inlineStr">
+    <row r="913" customHeight="1" ht="140.0">
+      <c r="A913" s="1" t="inlineStr">
         <is>
           <t>556819</t>
         </is>
       </c>
-      <c r="C905" s="1" t="inlineStr">
+      <c r="C913" s="1" t="inlineStr">
         <is>
           <t>GRIFFIN</t>
         </is>
       </c>
-      <c r="D905" s="1" t="inlineStr">
+      <c r="D913" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E905" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F905" s="1" t="inlineStr">
+      <c r="E913" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F913" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="906" customHeight="true" ht="140.0">
-      <c r="A906" s="1" t="inlineStr">
+    <row r="914" customHeight="1" ht="140.0">
+      <c r="A914" s="1" t="inlineStr">
         <is>
           <t>556818</t>
         </is>
       </c>
-      <c r="C906" s="1" t="inlineStr">
+      <c r="C914" s="1" t="inlineStr">
         <is>
           <t>RAVEN</t>
         </is>
       </c>
-      <c r="D906" s="1" t="inlineStr">
+      <c r="D914" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E906" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F906" s="1" t="inlineStr">
+      <c r="E914" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F914" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="907" customHeight="true" ht="140.0">
-      <c r="A907" s="1" t="inlineStr">
+    <row r="915" customHeight="1" ht="140.0">
+      <c r="A915" s="1" t="inlineStr">
         <is>
           <t>555633</t>
         </is>
       </c>
-      <c r="C907" s="1" t="inlineStr">
+      <c r="C915" s="1" t="inlineStr">
         <is>
           <t>TOWNACE</t>
         </is>
       </c>
-      <c r="D907" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F907" s="1" t="inlineStr">
+      <c r="D915" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E915" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F915" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="908" customHeight="true" ht="140.0">
-      <c r="A908" s="1" t="inlineStr">
+    <row r="916" customHeight="1" ht="140.0">
+      <c r="A916" s="1" t="inlineStr">
         <is>
           <t>555632</t>
         </is>
       </c>
-      <c r="C908" s="1" t="inlineStr">
+      <c r="C916" s="1" t="inlineStr">
         <is>
           <t>SPACIA</t>
         </is>
       </c>
-      <c r="D908" s="1" t="inlineStr">
+      <c r="D916" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E908" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F908" s="1" t="inlineStr">
+      <c r="E916" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F916" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="909" customHeight="true" ht="140.0">
-      <c r="A909" s="1" t="inlineStr">
+    <row r="917" customHeight="1" ht="140.0">
+      <c r="A917" s="1" t="inlineStr">
         <is>
           <t>551269</t>
         </is>
       </c>
-      <c r="C909" s="1" t="inlineStr">
+      <c r="C917" s="1" t="inlineStr">
         <is>
           <t>O2 TECHNOLOGY</t>
         </is>
       </c>
-      <c r="D909" s="1" t="inlineStr">
+      <c r="D917" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E909" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F909" s="1" t="inlineStr">
+      <c r="E917" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F917" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="910" customHeight="true" ht="140.0">
-      <c r="A910" s="1" t="inlineStr">
+    <row r="918" customHeight="1" ht="140.0">
+      <c r="A918" s="1" t="inlineStr">
         <is>
           <t>551263</t>
         </is>
       </c>
-      <c r="C910" s="1" t="inlineStr">
+      <c r="C918" s="1" t="inlineStr">
         <is>
           <t>O2 FACTOR</t>
         </is>
       </c>
-      <c r="D910" s="1" t="inlineStr">
+      <c r="D918" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Registration fee not paid on time</t>
         </is>
       </c>
-      <c r="E910" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F910" s="1" t="inlineStr">
+      <c r="E918" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F918" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="911" customHeight="true" ht="140.0">
-      <c r="A911" s="1" t="inlineStr">
+    <row r="919" customHeight="1" ht="140.0">
+      <c r="A919" s="1" t="inlineStr">
         <is>
           <t>551255</t>
         </is>
       </c>
-      <c r="C911" s="1" t="inlineStr">
+      <c r="C919" s="1" t="inlineStr">
         <is>
           <t>O2 ADVANTAGE</t>
         </is>
       </c>
-      <c r="D911" s="1" t="inlineStr">
+      <c r="D919" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E911" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F911" s="1" t="inlineStr">
+      <c r="E919" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F919" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="912" customHeight="true" ht="140.0">
-      <c r="A912" s="1" t="inlineStr">
+    <row r="920" customHeight="1" ht="140.0">
+      <c r="A920" s="1" t="inlineStr">
         <is>
           <t>538250</t>
         </is>
       </c>
-      <c r="C912" s="1" t="inlineStr">
+      <c r="C920" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D912" s="1" t="inlineStr">
+      <c r="D920" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E912" s="1" t="inlineStr">
+      <c r="E920" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
-      <c r="F912" s="1" t="inlineStr">
+      <c r="F920" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="913" customHeight="true" ht="140.0">
-      <c r="A913" s="1" t="inlineStr">
+    <row r="921" customHeight="1" ht="140.0">
+      <c r="A921" s="1" t="inlineStr">
         <is>
           <t>538248</t>
         </is>
       </c>
-      <c r="C913" s="1" t="inlineStr">
+      <c r="C921" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D913" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E913" s="1" t="inlineStr">
+      <c r="D921" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E921" s="1" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="F913" s="1" t="inlineStr">
+      <c r="F921" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="914" customHeight="true" ht="140.0">
-      <c r="A914" s="1" t="inlineStr">
+    <row r="922" customHeight="1" ht="140.0">
+      <c r="A922" s="1" t="inlineStr">
         <is>
           <t>538247</t>
         </is>
       </c>
-      <c r="C914" s="1" t="inlineStr">
+      <c r="C922" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D914" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E914" s="1" t="inlineStr">
+      <c r="D922" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E922" s="1" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="F914" s="1" t="inlineStr">
+      <c r="F922" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="915" customHeight="true" ht="140.0">
-      <c r="A915" s="1" t="inlineStr">
+    <row r="923" customHeight="1" ht="140.0">
+      <c r="A923" s="1" t="inlineStr">
         <is>
           <t>538246</t>
         </is>
       </c>
-      <c r="C915" s="1" t="inlineStr">
+      <c r="C923" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D915" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E915" s="1" t="inlineStr">
+      <c r="D923" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E923" s="1" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="F915" s="1" t="inlineStr">
+      <c r="F923" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="916" customHeight="true" ht="140.0">
-      <c r="A916" s="1" t="inlineStr">
+    <row r="924" customHeight="1" ht="140.0">
+      <c r="A924" s="1" t="inlineStr">
         <is>
           <t>538245</t>
         </is>
       </c>
-      <c r="C916" s="1" t="inlineStr">
+      <c r="C924" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D916" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E916" s="1" t="inlineStr">
+      <c r="D924" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E924" s="1" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="F916" s="1" t="inlineStr">
+      <c r="F924" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="917" customHeight="true" ht="140.0">
-      <c r="A917" s="1" t="inlineStr">
+    <row r="925" customHeight="1" ht="140.0">
+      <c r="A925" s="1" t="inlineStr">
         <is>
           <t>538244</t>
         </is>
       </c>
-      <c r="C917" s="1" t="inlineStr">
+      <c r="C925" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D917" s="1" t="inlineStr">
+      <c r="D925" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E917" s="1" t="inlineStr">
+      <c r="E925" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F917" s="1" t="inlineStr">
+      <c r="F925" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="918" customHeight="true" ht="140.0">
-      <c r="A918" s="1" t="inlineStr">
+    <row r="926" customHeight="1" ht="140.0">
+      <c r="A926" s="1" t="inlineStr">
         <is>
           <t>538243</t>
         </is>
       </c>
-      <c r="C918" s="1" t="inlineStr">
+      <c r="C926" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D918" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E918" s="1" t="inlineStr">
+      <c r="D926" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E926" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="F918" s="1" t="inlineStr">
+      <c r="F926" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="919" customHeight="true" ht="140.0">
-      <c r="A919" s="1" t="inlineStr">
+    <row r="927" customHeight="1" ht="140.0">
+      <c r="A927" s="1" t="inlineStr">
         <is>
           <t>538242</t>
         </is>
       </c>
-      <c r="C919" s="1" t="inlineStr">
+      <c r="C927" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D919" s="1" t="inlineStr">
+      <c r="D927" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E919" s="1" t="inlineStr">
+      <c r="E927" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F919" s="1" t="inlineStr">
+      <c r="F927" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="920" customHeight="true" ht="140.0">
-      <c r="A920" s="1" t="inlineStr">
+    <row r="928" customHeight="1" ht="140.0">
+      <c r="A928" s="1" t="inlineStr">
         <is>
           <t>538241</t>
         </is>
       </c>
-      <c r="C920" s="1" t="inlineStr">
+      <c r="C928" s="1" t="inlineStr">
         <is>
           <t>L LEXUS</t>
         </is>
       </c>
-      <c r="D920" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E920" s="1" t="inlineStr">
+      <c r="D928" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E928" s="1" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="F920" s="1" t="inlineStr">
+      <c r="F928" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="921" customHeight="true" ht="140.0">
-      <c r="A921" s="1" t="inlineStr">
+    <row r="929" customHeight="1" ht="140.0">
+      <c r="A929" s="1" t="inlineStr">
         <is>
           <t>536892</t>
         </is>
       </c>
-      <c r="C921" s="1" t="inlineStr">
+      <c r="C929" s="1" t="inlineStr">
         <is>
           <t>PRIUS</t>
         </is>
       </c>
-      <c r="D921" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F921" s="1" t="inlineStr">
+      <c r="D929" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E929" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F929" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="922" customHeight="true" ht="140.0">
-      <c r="A922" s="1" t="inlineStr">
+    <row r="930" customHeight="1" ht="140.0">
+      <c r="A930" s="1" t="inlineStr">
         <is>
           <t>536815</t>
         </is>
       </c>
-      <c r="C922" s="1" t="inlineStr">
+      <c r="C930" s="1" t="inlineStr">
         <is>
           <t>OH WHAT A FEELING!</t>
         </is>
       </c>
-      <c r="D922" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F922" s="1" t="inlineStr">
+      <c r="D930" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E930" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F930" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="923" customHeight="true" ht="140.0">
-      <c r="A923" s="1" t="inlineStr">
+    <row r="931" customHeight="1" ht="140.0">
+      <c r="A931" s="1" t="inlineStr">
         <is>
           <t>535269</t>
         </is>
       </c>
-      <c r="C923" s="1" t="inlineStr">
+      <c r="C931" s="1" t="inlineStr">
         <is>
           <t>CITEX</t>
         </is>
       </c>
-      <c r="D923" s="1" t="inlineStr">
+      <c r="D931" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E923" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F923" s="1" t="inlineStr">
+      <c r="E931" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F931" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="924" customHeight="true" ht="140.0">
-      <c r="A924" s="1" t="inlineStr">
+    <row r="932" customHeight="1" ht="140.0">
+      <c r="A932" s="1" t="inlineStr">
         <is>
           <t>534307</t>
         </is>
       </c>
-      <c r="C924" s="1" t="inlineStr">
+      <c r="C932" s="1" t="inlineStr">
         <is>
           <t>PASEO</t>
         </is>
       </c>
-      <c r="D924" s="1" t="inlineStr">
+      <c r="D932" s="1" t="inlineStr">
         <is>
           <t>Removed:
 Non-use</t>
         </is>
       </c>
-      <c r="E924" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F924" s="1" t="inlineStr">
+      <c r="E932" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F932" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="925" customHeight="true" ht="140.0">
-      <c r="A925" s="1" t="inlineStr">
+    <row r="933" customHeight="1" ht="140.0">
+      <c r="A933" s="1" t="inlineStr">
         <is>
           <t>527167</t>
         </is>
       </c>
-      <c r="C925" s="1" t="inlineStr">
+      <c r="C933" s="1" t="inlineStr">
         <is>
           <t>TOYOTA
 EXTRA CARE
 GENUINE EXTENDED WARRANTY</t>
         </is>
       </c>
-      <c r="D925" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E925" s="1" t="inlineStr">
+      <c r="D933" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Renewal due</t>
+        </is>
+      </c>
+      <c r="E933" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F925" s="1" t="inlineStr">
+      <c r="F933" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="926" customHeight="true" ht="140.0">
-      <c r="A926" s="1" t="inlineStr">
+    <row r="934" customHeight="1" ht="140.0">
+      <c r="A934" s="1" t="inlineStr">
         <is>
           <t>512067</t>
         </is>
       </c>
-      <c r="C926" s="1" t="inlineStr">
+      <c r="C934" s="1" t="inlineStr">
         <is>
           <t>LUXEL</t>
         </is>
       </c>
-      <c r="D926" s="1" t="inlineStr">
+      <c r="D934" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E926" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F926" s="1" t="inlineStr">
+      <c r="E934" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F934" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="927" customHeight="true" ht="140.0">
-      <c r="A927" s="1" t="inlineStr">
+    <row r="935" customHeight="1" ht="140.0">
+      <c r="A935" s="1" t="inlineStr">
         <is>
           <t>512066</t>
         </is>
       </c>
-      <c r="C927" s="1" t="inlineStr">
+      <c r="C935" s="1" t="inlineStr">
         <is>
           <t>LANDCRUISER PROFESSIONAL</t>
         </is>
       </c>
-      <c r="D927" s="1" t="inlineStr">
+      <c r="D935" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E927" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F927" s="1" t="inlineStr">
+      <c r="E935" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F935" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="928" customHeight="true" ht="140.0">
-      <c r="A928" s="1" t="inlineStr">
+    <row r="936" customHeight="1" ht="140.0">
+      <c r="A936" s="1" t="inlineStr">
         <is>
           <t>509295</t>
         </is>
       </c>
-      <c r="C928" s="1" t="inlineStr">
+      <c r="C936" s="1" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
-      <c r="D928" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F928" s="1" t="inlineStr">
+      <c r="D936" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E936" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F936" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="929" customHeight="true" ht="140.0">
-      <c r="A929" s="1" t="inlineStr">
+    <row r="937" customHeight="1" ht="140.0">
+      <c r="A937" s="1" t="inlineStr">
         <is>
           <t>509294</t>
         </is>
       </c>
-      <c r="C929" s="1" t="inlineStr">
+      <c r="C937" s="1" t="inlineStr">
         <is>
           <t>LS400</t>
         </is>
       </c>
-      <c r="D929" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F929" s="1" t="inlineStr">
+      <c r="D937" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E937" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F937" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="930" customHeight="true" ht="140.0">
-      <c r="A930" s="1" t="inlineStr">
+    <row r="938" customHeight="1" ht="140.0">
+      <c r="A938" s="1" t="inlineStr">
         <is>
           <t>509293</t>
         </is>
       </c>
-      <c r="C930" s="1" t="inlineStr">
+      <c r="C938" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D930" s="1" t="inlineStr">
+      <c r="D938" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E930" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F930" s="1" t="inlineStr">
+      <c r="E938" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F938" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="931" customHeight="true" ht="140.0">
-      <c r="A931" s="1" t="inlineStr">
+    <row r="939" customHeight="1" ht="140.0">
+      <c r="A939" s="1" t="inlineStr">
         <is>
           <t>509292</t>
         </is>
       </c>
-      <c r="C931" s="1" t="inlineStr">
+      <c r="C939" s="1" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
-      <c r="D931" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F931" s="1" t="inlineStr">
+      <c r="D939" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E939" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F939" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="932" customHeight="true" ht="140.0">
-      <c r="A932" s="1" t="inlineStr">
+    <row r="940" customHeight="1" ht="140.0">
+      <c r="A940" s="1" t="inlineStr">
         <is>
           <t>507823</t>
         </is>
       </c>
-      <c r="C932" s="1" t="inlineStr">
+      <c r="C940" s="1" t="inlineStr">
         <is>
           <t>PREVIA</t>
         </is>
       </c>
-      <c r="D932" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F932" s="1" t="inlineStr">
+      <c r="D940" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E940" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F940" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="933" customHeight="true" ht="140.0">
-      <c r="A933" s="1" t="inlineStr">
+    <row r="941" customHeight="1" ht="140.0">
+      <c r="A941" s="1" t="inlineStr">
         <is>
           <t>500558</t>
         </is>
       </c>
-      <c r="C933" s="1" t="inlineStr">
+      <c r="C941" s="1" t="inlineStr">
         <is>
           <t>RED SPOT SPECIAL!
 OH WHAT A FEELING
 TOYOTA</t>
         </is>
       </c>
-      <c r="D933" s="1" t="inlineStr">
+      <c r="D941" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E933" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F933" s="1" t="inlineStr">
+      <c r="E941" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F941" s="1" t="inlineStr">
         <is>
           <t>Ad.Link DDB Needham</t>
         </is>
       </c>
     </row>
-    <row r="934" customHeight="true" ht="140.0">
-      <c r="A934" s="1" t="inlineStr">
+    <row r="942" customHeight="1" ht="140.0">
+      <c r="A942" s="1" t="inlineStr">
         <is>
           <t>497239</t>
         </is>
       </c>
-      <c r="C934" s="1" t="inlineStr">
+      <c r="C942" s="1" t="inlineStr">
         <is>
           <t>LEXCEN</t>
         </is>
       </c>
-      <c r="D934" s="1" t="inlineStr">
+      <c r="D942" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E934" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F934" s="1" t="inlineStr">
+      <c r="E942" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F942" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="935" customHeight="true" ht="140.0">
-      <c r="A935" s="1" t="inlineStr">
+    <row r="943" customHeight="1" ht="140.0">
+      <c r="A943" s="1" t="inlineStr">
         <is>
           <t>495952</t>
         </is>
       </c>
-      <c r="C935" s="1" t="inlineStr">
+      <c r="C943" s="1" t="inlineStr">
         <is>
           <t>WHITE LIGHTNING</t>
         </is>
       </c>
-      <c r="D935" s="1" t="inlineStr">
+      <c r="D943" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E935" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F935" s="1" t="inlineStr">
+      <c r="E943" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F943" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="936" customHeight="true" ht="140.0">
-      <c r="A936" s="1" t="inlineStr">
+    <row r="944" customHeight="1" ht="140.0">
+      <c r="A944" s="1" t="inlineStr">
         <is>
           <t>494872</t>
         </is>
       </c>
-      <c r="C936" s="1" t="inlineStr">
+      <c r="C944" s="1" t="inlineStr">
         <is>
           <t>GOLDWHEEL</t>
         </is>
       </c>
-      <c r="D936" s="1" t="inlineStr">
+      <c r="D944" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E936" s="1" t="inlineStr">
+      <c r="E944" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F936" s="1" t="inlineStr">
+      <c r="F944" s="1" t="inlineStr">
         <is>
           <t>Toyota Finance Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="937" customHeight="true" ht="140.0">
-      <c r="A937" s="1" t="inlineStr">
+    <row r="945" customHeight="1" ht="140.0">
+      <c r="A945" s="1" t="inlineStr">
         <is>
           <t>492017</t>
         </is>
       </c>
-      <c r="C937" s="1" t="inlineStr">
+      <c r="C945" s="1" t="inlineStr">
         <is>
           <t>Oh what a dealer!</t>
         </is>
       </c>
-      <c r="D937" s="1" t="inlineStr">
+      <c r="D945" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E937" s="1" t="inlineStr">
+      <c r="E945" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="F937" s="1" t="inlineStr">
+      <c r="F945" s="1" t="inlineStr">
         <is>
           <t>Shore, Doug Toyota</t>
         </is>
       </c>
     </row>
-    <row r="938" customHeight="true" ht="140.0">
-      <c r="A938" s="1" t="inlineStr">
+    <row r="946" customHeight="1" ht="140.0">
+      <c r="A946" s="1" t="inlineStr">
         <is>
           <t>489323</t>
         </is>
       </c>
-      <c r="C938" s="1" t="inlineStr">
+      <c r="C946" s="1" t="inlineStr">
         <is>
           <t>LEGATO</t>
         </is>
       </c>
-      <c r="D938" s="1" t="inlineStr">
+      <c r="D946" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E938" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F938" s="1" t="inlineStr">
+      <c r="E946" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F946" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="939" customHeight="true" ht="140.0">
-      <c r="A939" s="1" t="inlineStr">
+    <row r="947" customHeight="1" ht="140.0">
+      <c r="A947" s="1" t="inlineStr">
         <is>
           <t>489322</t>
         </is>
       </c>
-      <c r="C939" s="1" t="inlineStr">
+      <c r="C947" s="1" t="inlineStr">
         <is>
           <t>FIREGA</t>
         </is>
       </c>
-      <c r="D939" s="1" t="inlineStr">
+      <c r="D947" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E939" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F939" s="1" t="inlineStr">
+      <c r="E947" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F947" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="940" customHeight="true" ht="140.0">
-      <c r="A940" s="1" t="inlineStr">
+    <row r="948" customHeight="1" ht="140.0">
+      <c r="A948" s="1" t="inlineStr">
         <is>
           <t>489321</t>
         </is>
       </c>
-      <c r="C940" s="1" t="inlineStr">
+      <c r="C948" s="1" t="inlineStr">
         <is>
           <t>NEWPORT</t>
         </is>
       </c>
-      <c r="D940" s="1" t="inlineStr">
+      <c r="D948" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E940" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F940" s="1" t="inlineStr">
+      <c r="E948" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F948" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="941" customHeight="true" ht="140.0">
-      <c r="A941" s="1" t="inlineStr">
+    <row r="949" customHeight="1" ht="140.0">
+      <c r="A949" s="1" t="inlineStr">
         <is>
           <t>489319</t>
         </is>
       </c>
-      <c r="C941" s="1" t="inlineStr">
+      <c r="C949" s="1" t="inlineStr">
         <is>
           <t>LEXCEN</t>
         </is>
       </c>
-      <c r="D941" s="1" t="inlineStr">
+      <c r="D949" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E941" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F941" s="1" t="inlineStr">
+      <c r="E949" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F949" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="942" customHeight="true" ht="140.0">
-      <c r="A942" s="1" t="inlineStr">
+    <row r="950" customHeight="1" ht="140.0">
+      <c r="A950" s="1" t="inlineStr">
         <is>
           <t>488998</t>
         </is>
       </c>
-      <c r="C942" s="1" t="inlineStr">
+      <c r="C950" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D942" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E942" s="1" t="inlineStr">
+      <c r="D950" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E950" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="F942" s="1" t="inlineStr">
+      <c r="F950" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="943" customHeight="true" ht="140.0">
-      <c r="A943" s="1" t="inlineStr">
+    <row r="951" customHeight="1" ht="140.0">
+      <c r="A951" s="1" t="inlineStr">
         <is>
           <t>488997</t>
         </is>
       </c>
-      <c r="C943" s="1" t="inlineStr">
+      <c r="C951" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D943" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E943" s="1" t="inlineStr">
+      <c r="D951" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E951" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="F943" s="1" t="inlineStr">
+      <c r="F951" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="944" customHeight="true" ht="140.0">
-      <c r="A944" s="1" t="inlineStr">
+    <row r="952" customHeight="1" ht="140.0">
+      <c r="A952" s="1" t="inlineStr">
         <is>
           <t>485741</t>
         </is>
       </c>
-      <c r="C944" s="1" t="inlineStr">
+      <c r="C952" s="1" t="inlineStr">
         <is>
           <t>CELSIOR</t>
         </is>
       </c>
-      <c r="D944" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F944" s="1" t="inlineStr">
+      <c r="D952" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E952" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F952" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="945" customHeight="true" ht="140.0">
-      <c r="A945" s="1" t="inlineStr">
+    <row r="953" customHeight="1" ht="140.0">
+      <c r="A953" s="1" t="inlineStr">
         <is>
           <t>476512</t>
         </is>
       </c>
-      <c r="C945" s="1" t="inlineStr">
+      <c r="C953" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COROLLA SPIRIT</t>
         </is>
       </c>
-      <c r="D945" s="1" t="inlineStr">
+      <c r="D953" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E945" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F945" s="1" t="inlineStr">
+      <c r="E953" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F953" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="946" customHeight="true" ht="140.0">
-      <c r="A946" s="1" t="inlineStr">
+    <row r="954" customHeight="1" ht="140.0">
+      <c r="A954" s="1" t="inlineStr">
         <is>
           <t>475269</t>
         </is>
       </c>
-      <c r="C946" s="1" t="inlineStr">
+      <c r="C954" s="1" t="inlineStr">
         <is>
           <t>SFX</t>
         </is>
       </c>
-      <c r="D946" s="1" t="inlineStr">
+      <c r="D954" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E946" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F946" s="1" t="inlineStr">
+      <c r="E954" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F954" s="1" t="inlineStr">
         <is>
           <t>AMI Toyota Limited</t>
         </is>
       </c>
     </row>
-    <row r="947" customHeight="true" ht="140.0">
-      <c r="A947" s="1" t="inlineStr">
+    <row r="955" customHeight="1" ht="140.0">
+      <c r="A955" s="1" t="inlineStr">
         <is>
           <t>473988</t>
         </is>
       </c>
-      <c r="C947" s="1" t="inlineStr">
+      <c r="C955" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COROLLA SPIRIT</t>
         </is>
       </c>
-      <c r="D947" s="1" t="inlineStr">
+      <c r="D955" s="1" t="inlineStr">
         <is>
           <t>Withdrawn:
 Applicant request</t>
         </is>
       </c>
-      <c r="E947" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F947" s="1" t="inlineStr">
+      <c r="E955" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F955" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="948" customHeight="true" ht="140.0">
-      <c r="A948" s="1" t="inlineStr">
+    <row r="956" customHeight="1" ht="140.0">
+      <c r="A956" s="1" t="inlineStr">
         <is>
           <t>470244</t>
         </is>
       </c>
-      <c r="C948" s="1" t="inlineStr">
+      <c r="C956" s="1" t="inlineStr">
         <is>
           <t>CAMRY ULTIMA</t>
         </is>
       </c>
-      <c r="D948" s="1" t="inlineStr">
+      <c r="D956" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E948" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F948" s="1" t="inlineStr">
+      <c r="E956" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F956" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="949" customHeight="true" ht="140.0">
-      <c r="A949" s="1" t="inlineStr">
+    <row r="957" customHeight="1" ht="140.0">
+      <c r="A957" s="1" t="inlineStr">
         <is>
           <t>460211</t>
         </is>
       </c>
-      <c r="C949" s="1" t="inlineStr">
+      <c r="C957" s="1" t="inlineStr">
         <is>
           <t>LEXUS</t>
         </is>
       </c>
-      <c r="D949" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F949" s="1" t="inlineStr">
+      <c r="D957" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E957" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F957" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="950" customHeight="true" ht="140.0">
-      <c r="A950" s="1" t="inlineStr">
+    <row r="958" customHeight="1" ht="140.0">
+      <c r="A958" s="1" t="inlineStr">
         <is>
           <t>458801</t>
         </is>
       </c>
-      <c r="C950" s="1" t="inlineStr">
+      <c r="C958" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D950" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F950" s="1" t="inlineStr">
+      <c r="D958" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E958" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F958" s="1" t="inlineStr">
         <is>
           <t>KABUSHIKI KAISHA TOYOTA JIDOSHOKKI</t>
         </is>
       </c>
     </row>
-    <row r="951" customHeight="true" ht="140.0">
-      <c r="A951" s="1" t="inlineStr">
+    <row r="959" customHeight="1" ht="140.0">
+      <c r="A959" s="1" t="inlineStr">
         <is>
           <t>457842</t>
         </is>
       </c>
-      <c r="C951" s="1" t="inlineStr">
+      <c r="C959" s="1" t="inlineStr">
         <is>
           <t>CAELUM</t>
         </is>
       </c>
-      <c r="D951" s="1" t="inlineStr">
+      <c r="D959" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E951" s="1" t="inlineStr">
+      <c r="E959" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F951" s="1" t="inlineStr">
+      <c r="F959" s="1" t="inlineStr">
         <is>
           <t>TOYOTA CAELUM INCORPORATED</t>
         </is>
       </c>
     </row>
-    <row r="952" customHeight="true" ht="140.0">
-      <c r="A952" s="1" t="inlineStr">
+    <row r="960" customHeight="1" ht="140.0">
+      <c r="A960" s="1" t="inlineStr">
         <is>
           <t>457841</t>
         </is>
       </c>
-      <c r="C952" s="1" t="inlineStr">
+      <c r="C960" s="1" t="inlineStr">
         <is>
           <t>CAELUM</t>
         </is>
       </c>
-      <c r="D952" s="1" t="inlineStr">
+      <c r="D960" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E952" s="1" t="inlineStr">
+      <c r="E960" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="F952" s="1" t="inlineStr">
+      <c r="F960" s="1" t="inlineStr">
         <is>
           <t>TOYOTA CAELUM INCORPORATED</t>
         </is>
       </c>
     </row>
-    <row r="953" customHeight="true" ht="140.0">
-      <c r="A953" s="1" t="inlineStr">
+    <row r="961" customHeight="1" ht="140.0">
+      <c r="A961" s="1" t="inlineStr">
         <is>
           <t>452982</t>
         </is>
       </c>
-      <c r="C953" s="1" t="inlineStr">
+      <c r="C961" s="1" t="inlineStr">
         <is>
           <t>HUSKI</t>
         </is>
       </c>
-      <c r="D953" s="1" t="inlineStr">
+      <c r="D961" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E953" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F953" s="1" t="inlineStr">
+      <c r="E961" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F961" s="1" t="inlineStr">
         <is>
           <t>Thiess Toyota Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="954" customHeight="true" ht="140.0">
-      <c r="A954" s="1" t="inlineStr">
+    <row r="962" customHeight="1" ht="140.0">
+      <c r="A962" s="1" t="inlineStr">
         <is>
           <t>452981</t>
         </is>
       </c>
-      <c r="C954" s="1" t="inlineStr">
+      <c r="C962" s="1" t="inlineStr">
         <is>
           <t>TOYOTA
 HUSKI</t>
         </is>
       </c>
-      <c r="D954" s="1" t="inlineStr">
+      <c r="D962" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E954" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F954" s="1" t="inlineStr">
+      <c r="E962" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F962" s="1" t="inlineStr">
         <is>
           <t>Thiess Toyota Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="955" customHeight="true" ht="140.0">
-      <c r="A955" s="1" t="inlineStr">
+    <row r="963" customHeight="1" ht="140.0">
+      <c r="A963" s="1" t="inlineStr">
         <is>
           <t>452980</t>
         </is>
       </c>
-      <c r="C955" s="1" t="inlineStr">
+      <c r="C963" s="1" t="inlineStr">
         <is>
           <t>HUSKI</t>
         </is>
       </c>
-      <c r="D955" s="1" t="inlineStr">
+      <c r="D963" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E955" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F955" s="1" t="inlineStr">
+      <c r="E963" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F963" s="1" t="inlineStr">
         <is>
           <t>Thiess Toyota Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="956" customHeight="true" ht="140.0">
-      <c r="A956" s="1" t="inlineStr">
+    <row r="964" customHeight="1" ht="140.0">
+      <c r="A964" s="1" t="inlineStr">
         <is>
           <t>447517</t>
         </is>
       </c>
-      <c r="C956" s="1" t="inlineStr">
+      <c r="C964" s="1" t="inlineStr">
         <is>
           <t>SLICK SHIFT</t>
         </is>
       </c>
-      <c r="D956" s="1" t="inlineStr">
+      <c r="D964" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E956" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F956" s="1" t="inlineStr">
+      <c r="E964" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F964" s="1" t="inlineStr">
         <is>
           <t>Thiess Toyota Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="957" customHeight="true" ht="140.0">
-      <c r="A957" s="1" t="inlineStr">
+    <row r="965" customHeight="1" ht="140.0">
+      <c r="A965" s="1" t="inlineStr">
         <is>
           <t>446992</t>
         </is>
       </c>
-      <c r="C957" s="1" t="inlineStr">
+      <c r="C965" s="1" t="inlineStr">
         <is>
           <t>SLICK SHIFT</t>
         </is>
       </c>
-      <c r="D957" s="1" t="inlineStr">
+      <c r="D965" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E957" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F957" s="1" t="inlineStr">
+      <c r="E965" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F965" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="958" customHeight="true" ht="140.0">
-      <c r="A958" s="1" t="inlineStr">
+    <row r="966" customHeight="1" ht="140.0">
+      <c r="A966" s="1" t="inlineStr">
         <is>
           <t>437148</t>
         </is>
       </c>
-      <c r="C958" s="1" t="inlineStr">
+      <c r="C966" s="1" t="inlineStr">
         <is>
           <t>HILUX XTRA CAB</t>
         </is>
       </c>
-      <c r="D958" s="1" t="inlineStr">
+      <c r="D966" s="1" t="inlineStr">
         <is>
           <t>Registered:
 Renewal due</t>
         </is>
       </c>
-      <c r="E958" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F958" s="1" t="inlineStr">
+      <c r="E966" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F966" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="959" customHeight="true" ht="140.0">
-      <c r="A959" s="1" t="inlineStr">
+    <row r="967" customHeight="1" ht="140.0">
+      <c r="A967" s="1" t="inlineStr">
         <is>
           <t>434409</t>
         </is>
       </c>
-      <c r="C959" s="1" t="inlineStr">
+      <c r="C967" s="1" t="inlineStr">
         <is>
           <t>TOYOTA FXV</t>
         </is>
       </c>
-      <c r="D959" s="1" t="inlineStr">
+      <c r="D967" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E959" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F959" s="1" t="inlineStr">
+      <c r="E967" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F967" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="960" customHeight="true" ht="140.0">
-      <c r="A960" s="1" t="inlineStr">
+    <row r="968" customHeight="1" ht="140.0">
+      <c r="A968" s="1" t="inlineStr">
         <is>
           <t>434408</t>
         </is>
       </c>
-      <c r="C960" s="1" t="inlineStr">
+      <c r="C968" s="1" t="inlineStr">
         <is>
           <t>TOYOTA AXV</t>
         </is>
       </c>
-      <c r="D960" s="1" t="inlineStr">
+      <c r="D968" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E960" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F960" s="1" t="inlineStr">
+      <c r="E968" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F968" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="961" customHeight="true" ht="140.0">
-      <c r="A961" s="1" t="inlineStr">
+    <row r="969" customHeight="1" ht="140.0">
+      <c r="A969" s="1" t="inlineStr">
         <is>
           <t>424990</t>
         </is>
       </c>
-      <c r="C961" s="1" t="inlineStr">
+      <c r="C969" s="1" t="inlineStr">
         <is>
           <t>COROLLA SECA</t>
         </is>
       </c>
-      <c r="D961" s="1" t="inlineStr">
+      <c r="D969" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E961" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F961" s="1" t="inlineStr">
+      <c r="E969" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F969" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="962" customHeight="true" ht="140.0">
-      <c r="A962" s="1" t="inlineStr">
+    <row r="970" customHeight="1" ht="140.0">
+      <c r="A970" s="1" t="inlineStr">
         <is>
           <t>424989</t>
         </is>
       </c>
-      <c r="C962" s="1" t="inlineStr">
+      <c r="C970" s="1" t="inlineStr">
         <is>
           <t>COROLLA ULTIMA</t>
         </is>
       </c>
-      <c r="D962" s="1" t="inlineStr">
+      <c r="D970" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E962" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F962" s="1" t="inlineStr">
+      <c r="E970" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F970" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="963" customHeight="true" ht="140.0">
-      <c r="A963" s="1" t="inlineStr">
+    <row r="971" customHeight="1" ht="140.0">
+      <c r="A971" s="1" t="inlineStr">
         <is>
           <t>417777</t>
         </is>
       </c>
-      <c r="C963" s="1" t="inlineStr">
+      <c r="C971" s="1" t="inlineStr">
         <is>
           <t>RASSLER</t>
         </is>
       </c>
-      <c r="D963" s="1" t="inlineStr">
+      <c r="D971" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E963" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F963" s="1" t="inlineStr">
+      <c r="E971" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F971" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="964" customHeight="true" ht="140.0">
-      <c r="A964" s="1" t="inlineStr">
+    <row r="972" customHeight="1" ht="140.0">
+      <c r="A972" s="1" t="inlineStr">
         <is>
           <t>408803</t>
         </is>
       </c>
-      <c r="C964" s="1" t="inlineStr">
+      <c r="C972" s="1" t="inlineStr">
         <is>
           <t>CORONA AVANTE</t>
         </is>
       </c>
-      <c r="D964" s="1" t="inlineStr">
+      <c r="D972" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E964" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F964" s="1" t="inlineStr">
+      <c r="E972" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F972" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="965" customHeight="true" ht="140.0">
-      <c r="A965" s="1" t="inlineStr">
+    <row r="973" customHeight="1" ht="140.0">
+      <c r="A973" s="1" t="inlineStr">
         <is>
           <t>404106</t>
         </is>
       </c>
-      <c r="C965" s="1" t="inlineStr">
+      <c r="C973" s="1" t="inlineStr">
         <is>
           <t>CONQUEST</t>
         </is>
       </c>
-      <c r="D965" s="1" t="inlineStr">
+      <c r="D973" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E965" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F965" s="1" t="inlineStr">
+      <c r="E973" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F973" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Corporation Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="966" customHeight="true" ht="140.0">
-      <c r="A966" s="1" t="inlineStr">
+    <row r="974" customHeight="1" ht="140.0">
+      <c r="A974" s="1" t="inlineStr">
         <is>
           <t>401672</t>
         </is>
       </c>
-      <c r="C966" s="1" t="inlineStr">
+      <c r="C974" s="1" t="inlineStr">
         <is>
           <t>SUPER WHEELS</t>
         </is>
       </c>
-      <c r="D966" s="1" t="inlineStr">
+      <c r="D974" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E966" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F966" s="1" t="inlineStr">
+      <c r="E974" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F974" s="1" t="inlineStr">
         <is>
           <t>Thiess Toyota Pty Ltd.</t>
         </is>
       </c>
     </row>
-    <row r="967" customHeight="true" ht="140.0">
-      <c r="A967" s="1" t="inlineStr">
+    <row r="975" customHeight="1" ht="140.0">
+      <c r="A975" s="1" t="inlineStr">
         <is>
           <t>396530</t>
         </is>
       </c>
-      <c r="C967" s="1" t="inlineStr">
+      <c r="C975" s="1" t="inlineStr">
         <is>
           <t>TOYOTA COROLLA SPIRIT</t>
         </is>
       </c>
-      <c r="D967" s="1" t="inlineStr">
+      <c r="D975" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E967" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F967" s="1" t="inlineStr">
+      <c r="E975" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F975" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="968" customHeight="true" ht="140.0">
-      <c r="A968" s="1" t="inlineStr">
+    <row r="976" customHeight="1" ht="140.0">
+      <c r="A976" s="1" t="inlineStr">
         <is>
           <t>394058</t>
         </is>
       </c>
-      <c r="C968" s="1" t="inlineStr">
+      <c r="C976" s="1" t="inlineStr">
         <is>
           <t>SAHARA</t>
         </is>
       </c>
-      <c r="D968" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F968" s="1" t="inlineStr">
+      <c r="D976" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E976" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F976" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="969" customHeight="true" ht="140.0">
-      <c r="A969" s="1" t="inlineStr">
+    <row r="977" customHeight="1" ht="140.0">
+      <c r="A977" s="1" t="inlineStr">
         <is>
           <t>389833</t>
         </is>
       </c>
-      <c r="C969" s="1" t="inlineStr">
+      <c r="C977" s="1" t="inlineStr">
         <is>
           <t>XTRA CAB</t>
         </is>
       </c>
-      <c r="D969" s="1" t="inlineStr">
+      <c r="D977" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E969" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F969" s="1" t="inlineStr">
+      <c r="E977" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F977" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="970" customHeight="true" ht="140.0">
-      <c r="A970" s="1" t="inlineStr">
+    <row r="978" customHeight="1" ht="140.0">
+      <c r="A978" s="1" t="inlineStr">
         <is>
           <t>389832</t>
         </is>
       </c>
-      <c r="C970" s="1" t="inlineStr">
+      <c r="C978" s="1" t="inlineStr">
         <is>
           <t>TOYOTA 4 RUNNER</t>
         </is>
       </c>
-      <c r="D970" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F970" s="1" t="inlineStr">
+      <c r="D978" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E978" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F978" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="971" customHeight="true" ht="140.0">
-      <c r="A971" s="1" t="inlineStr">
+    <row r="979" customHeight="1" ht="140.0">
+      <c r="A979" s="1" t="inlineStr">
         <is>
           <t>386673</t>
         </is>
       </c>
-      <c r="C971" s="1" t="inlineStr">
+      <c r="C979" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SPRINTER</t>
         </is>
       </c>
-      <c r="D971" s="1" t="inlineStr">
+      <c r="D979" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E971" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F971" s="1" t="inlineStr">
+      <c r="E979" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F979" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="972" customHeight="true" ht="140.0">
-      <c r="A972" s="1" t="inlineStr">
+    <row r="980" customHeight="1" ht="140.0">
+      <c r="A980" s="1" t="inlineStr">
         <is>
           <t>385570</t>
         </is>
       </c>
-      <c r="C972" s="1" t="inlineStr">
+      <c r="C980" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MOON BUGGY</t>
         </is>
       </c>
-      <c r="D972" s="1" t="inlineStr">
+      <c r="D980" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E972" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F972" s="1" t="inlineStr">
+      <c r="E980" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F980" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="973" customHeight="true" ht="140.0">
-      <c r="A973" s="1" t="inlineStr">
+    <row r="981" customHeight="1" ht="140.0">
+      <c r="A981" s="1" t="inlineStr">
         <is>
           <t>385378</t>
         </is>
       </c>
-      <c r="C973" s="1" t="inlineStr">
+      <c r="C981" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D973" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E973" s="1" t="inlineStr">
+      <c r="D981" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E981" s="1" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="F973" s="1" t="inlineStr">
+      <c r="F981" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="974" customHeight="true" ht="140.0">
-      <c r="A974" s="1" t="inlineStr">
+    <row r="982" customHeight="1" ht="140.0">
+      <c r="A982" s="1" t="inlineStr">
         <is>
           <t>385377</t>
         </is>
       </c>
-      <c r="C974" s="1" t="inlineStr">
+      <c r="C982" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D974" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E974" s="1" t="inlineStr">
+      <c r="D982" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E982" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F974" s="1" t="inlineStr">
+      <c r="F982" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="975" customHeight="true" ht="140.0">
-      <c r="A975" s="1" t="inlineStr">
+    <row r="983" customHeight="1" ht="140.0">
+      <c r="A983" s="1" t="inlineStr">
         <is>
           <t>385376</t>
         </is>
       </c>
-      <c r="C975" s="1" t="inlineStr">
+      <c r="C983" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D975" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E975" s="1" t="inlineStr">
+      <c r="D983" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E983" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="F975" s="1" t="inlineStr">
+      <c r="F983" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="976" customHeight="true" ht="140.0">
-      <c r="A976" s="1" t="inlineStr">
+    <row r="984" customHeight="1" ht="140.0">
+      <c r="A984" s="1" t="inlineStr">
         <is>
           <t>384884</t>
         </is>
       </c>
-      <c r="C976" s="1" t="inlineStr">
+      <c r="C984" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="D976" s="1" t="inlineStr">
+      <c r="D984" s="1" t="inlineStr">
         <is>
           <t>Lapsed:
 Not accepted</t>
         </is>
       </c>
-      <c r="E976" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F976" s="1" t="inlineStr">
+      <c r="E984" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F984" s="1" t="inlineStr">
         <is>
           <t>Butler Fox Nominees Pty Ltd; Barrie Vincent Fox; Butlers Toyota</t>
         </is>
       </c>
     </row>
-    <row r="977" customHeight="true" ht="140.0">
-      <c r="A977" s="1" t="inlineStr">
+    <row r="985" customHeight="1" ht="140.0">
+      <c r="A985" s="1" t="inlineStr">
         <is>
           <t>382789</t>
         </is>
       </c>
-      <c r="C977" s="1" t="inlineStr">
+      <c r="C985" s="1" t="inlineStr">
         <is>
           <t>TARAGO</t>
         </is>
       </c>
-      <c r="D977" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F977" s="1" t="inlineStr">
+      <c r="D985" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E985" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F985" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="978" customHeight="true" ht="140.0">
-      <c r="A978" s="1" t="inlineStr">
+    <row r="986" customHeight="1" ht="140.0">
+      <c r="A986" s="1" t="inlineStr">
         <is>
           <t>364850</t>
         </is>
       </c>
-      <c r="C978" s="1" t="inlineStr">
+      <c r="C986" s="1" t="inlineStr">
         <is>
           <t>CAMRY</t>
         </is>
       </c>
-      <c r="D978" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F978" s="1" t="inlineStr">
+      <c r="D986" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E986" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F986" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="979" customHeight="true" ht="140.0">
-      <c r="A979" s="1" t="inlineStr">
+    <row r="987" customHeight="1" ht="140.0">
+      <c r="A987" s="1" t="inlineStr">
         <is>
           <t>357864</t>
         </is>
       </c>
-      <c r="C979" s="1" t="inlineStr">
+      <c r="C987" s="1" t="inlineStr">
         <is>
           <t>BLIZZARD</t>
         </is>
       </c>
-      <c r="D979" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F979" s="1" t="inlineStr">
+      <c r="D987" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E987" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F987" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="980" customHeight="true" ht="140.0">
-      <c r="A980" s="1" t="inlineStr">
+    <row r="988" customHeight="1" ht="140.0">
+      <c r="A988" s="1" t="inlineStr">
         <is>
           <t>333708</t>
         </is>
       </c>
-      <c r="C980" s="1" t="inlineStr">
+      <c r="C988" s="1" t="inlineStr">
         <is>
           <t>LITEACE</t>
         </is>
       </c>
-      <c r="D980" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F980" s="1" t="inlineStr">
+      <c r="D988" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E988" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F988" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="981" customHeight="true" ht="140.0">
-      <c r="A981" s="1" t="inlineStr">
+    <row r="989" customHeight="1" ht="140.0">
+      <c r="A989" s="1" t="inlineStr">
         <is>
           <t>328279</t>
         </is>
       </c>
-      <c r="C981" s="1" t="inlineStr">
+      <c r="C989" s="1" t="inlineStr">
         <is>
           <t>TOYOTA SERVICE</t>
         </is>
       </c>
-      <c r="D981" s="1" t="inlineStr">
+      <c r="D989" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E981" s="1" t="inlineStr">
+      <c r="E989" s="1" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="F981" s="1" t="inlineStr">
+      <c r="F989" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="982" customHeight="true" ht="140.0">
-      <c r="A982" s="1" t="inlineStr">
+    <row r="990" customHeight="1" ht="140.0">
+      <c r="A990" s="1" t="inlineStr">
         <is>
           <t>325335</t>
         </is>
       </c>
-      <c r="C982" s="1" t="inlineStr">
+      <c r="C990" s="1" t="inlineStr">
         <is>
           <t>EXPLORER</t>
         </is>
       </c>
-      <c r="D982" s="1" t="inlineStr">
+      <c r="D990" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E982" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F982" s="1" t="inlineStr">
+      <c r="E990" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F990" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="983" customHeight="true" ht="140.0">
-      <c r="A983" s="1" t="inlineStr">
+    <row r="991" customHeight="1" ht="140.0">
+      <c r="A991" s="1" t="inlineStr">
         <is>
           <t>321688</t>
         </is>
       </c>
-      <c r="C983" s="1" t="inlineStr">
+      <c r="C991" s="1" t="inlineStr">
         <is>
           <t>CELICA SUPRA</t>
         </is>
       </c>
-      <c r="D983" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F983" s="1" t="inlineStr">
+      <c r="D991" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E991" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F991" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="984" customHeight="true" ht="140.0">
-      <c r="A984" s="1" t="inlineStr">
+    <row r="992" customHeight="1" ht="140.0">
+      <c r="A992" s="1" t="inlineStr">
         <is>
           <t>320173</t>
         </is>
       </c>
-      <c r="C984" s="1" t="inlineStr">
+      <c r="C992" s="1" t="inlineStr">
         <is>
           <t>TERCEL</t>
         </is>
       </c>
-      <c r="D984" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F984" s="1" t="inlineStr">
+      <c r="D992" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E992" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F992" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="985" customHeight="true" ht="140.0">
-      <c r="A985" s="1" t="inlineStr">
+    <row r="993" customHeight="1" ht="140.0">
+      <c r="A993" s="1" t="inlineStr">
         <is>
           <t>315647</t>
         </is>
       </c>
-      <c r="C985" s="1" t="inlineStr">
+      <c r="C993" s="1" t="inlineStr">
         <is>
           <t>HIACE COMMUTER</t>
         </is>
       </c>
-      <c r="D985" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F985" s="1" t="inlineStr">
+      <c r="D993" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E993" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F993" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="986" customHeight="true" ht="140.0">
-      <c r="A986" s="1" t="inlineStr">
+    <row r="994" customHeight="1" ht="140.0">
+      <c r="A994" s="1" t="inlineStr">
         <is>
           <t>315597</t>
         </is>
       </c>
-      <c r="C986" s="1" t="inlineStr">
+      <c r="C994" s="1" t="inlineStr">
         <is>
           <t>STARLET</t>
         </is>
       </c>
-      <c r="D986" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F986" s="1" t="inlineStr">
+      <c r="D994" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E994" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F994" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="987" customHeight="true" ht="140.0">
-      <c r="A987" s="1" t="inlineStr">
+    <row r="995" customHeight="1" ht="140.0">
+      <c r="A995" s="1" t="inlineStr">
         <is>
           <t>315358</t>
         </is>
       </c>
-      <c r="C987" s="1" t="inlineStr">
+      <c r="C995" s="1" t="inlineStr">
         <is>
           <t>COASTER</t>
         </is>
       </c>
-      <c r="D987" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F987" s="1" t="inlineStr">
+      <c r="D995" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E995" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F995" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="988" customHeight="true" ht="140.0">
-      <c r="A988" s="1" t="inlineStr">
+    <row r="996" customHeight="1" ht="140.0">
+      <c r="A996" s="1" t="inlineStr">
         <is>
           <t>301114</t>
         </is>
       </c>
-      <c r="C988" s="1" t="inlineStr">
+      <c r="C996" s="1" t="inlineStr">
         <is>
           <t>LAND CRUISER</t>
         </is>
       </c>
-      <c r="D988" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F988" s="1" t="inlineStr">
+      <c r="D996" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E996" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F996" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="989" customHeight="true" ht="140.0">
-      <c r="A989" s="1" t="inlineStr">
+    <row r="997" customHeight="1" ht="140.0">
+      <c r="A997" s="1" t="inlineStr">
         <is>
           <t>295630</t>
         </is>
       </c>
-      <c r="C989" s="1" t="inlineStr">
+      <c r="C997" s="1" t="inlineStr">
         <is>
           <t>CRESSIDA</t>
         </is>
       </c>
-      <c r="D989" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F989" s="1" t="inlineStr">
+      <c r="D997" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E997" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F997" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="990" customHeight="true" ht="140.0">
-      <c r="A990" s="1" t="inlineStr">
+    <row r="998" customHeight="1" ht="140.0">
+      <c r="A998" s="1" t="inlineStr">
         <is>
           <t>291546</t>
         </is>
       </c>
-      <c r="C990" s="1" t="inlineStr">
+      <c r="C998" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D990" s="1" t="inlineStr">
+      <c r="D998" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E990" s="1" t="inlineStr">
+      <c r="E998" s="1" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="F990" s="1" t="inlineStr">
+      <c r="F998" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="991" customHeight="true" ht="140.0">
-      <c r="A991" s="1" t="inlineStr">
+    <row r="999" customHeight="1" ht="140.0">
+      <c r="A999" s="1" t="inlineStr">
         <is>
           <t>284981</t>
         </is>
       </c>
-      <c r="C991" s="1" t="inlineStr">
+      <c r="C999" s="1" t="inlineStr">
         <is>
           <t>HILUX</t>
         </is>
       </c>
-      <c r="D991" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F991" s="1" t="inlineStr">
+      <c r="D999" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E999" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F999" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="992" customHeight="true" ht="140.0">
-      <c r="A992" s="1" t="inlineStr">
+    <row r="1000" customHeight="1" ht="140.0">
+      <c r="A1000" s="1" t="inlineStr">
         <is>
           <t>284331</t>
         </is>
       </c>
-      <c r="C992" s="1" t="inlineStr">
+      <c r="C1000" s="1" t="inlineStr">
         <is>
           <t>TOMMY TOYOTA</t>
         </is>
       </c>
-      <c r="D992" s="1" t="inlineStr">
+      <c r="D1000" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E992" s="1" t="inlineStr">
+      <c r="E1000" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F992" s="1" t="inlineStr">
+      <c r="F1000" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="993" customHeight="true" ht="140.0">
-      <c r="A993" s="1" t="inlineStr">
+    <row r="1001" customHeight="1" ht="140.0">
+      <c r="A1001" s="1" t="inlineStr">
         <is>
           <t>265885</t>
         </is>
       </c>
-      <c r="C993" s="1" t="inlineStr">
+      <c r="C1001" s="1" t="inlineStr">
         <is>
           <t>TOYOTA TALK</t>
         </is>
       </c>
-      <c r="D993" s="1" t="inlineStr">
+      <c r="D1001" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E993" s="1" t="inlineStr">
+      <c r="E1001" s="1" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="F993" s="1" t="inlineStr">
+      <c r="F1001" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="994" customHeight="true" ht="140.0">
-      <c r="A994" s="1" t="inlineStr">
+    <row r="1002" customHeight="1" ht="140.0">
+      <c r="A1002" s="1" t="inlineStr">
         <is>
           <t>246799</t>
         </is>
       </c>
-      <c r="C994" s="1" t="inlineStr">
+      <c r="C1002" s="1" t="inlineStr">
         <is>
           <t>CELICA</t>
         </is>
       </c>
-      <c r="D994" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F994" s="1" t="inlineStr">
+      <c r="D1002" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1002" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1002" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="995" customHeight="true" ht="140.0">
-      <c r="A995" s="1" t="inlineStr">
+    <row r="1003" customHeight="1" ht="140.0">
+      <c r="A1003" s="1" t="inlineStr">
         <is>
           <t>246798</t>
         </is>
       </c>
-      <c r="C995" s="1" t="inlineStr">
+      <c r="C1003" s="1" t="inlineStr">
         <is>
           <t>CARINA</t>
         </is>
       </c>
-      <c r="D995" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F995" s="1" t="inlineStr">
+      <c r="D1003" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1003" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1003" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="996" customHeight="true" ht="140.0">
-      <c r="A996" s="1" t="inlineStr">
+    <row r="1004" customHeight="1" ht="140.0">
+      <c r="A1004" s="1" t="inlineStr">
         <is>
           <t>224005</t>
         </is>
       </c>
-      <c r="C996" s="1" t="inlineStr">
+      <c r="C1004" s="1" t="inlineStr">
         <is>
           <t>TOYODA</t>
         </is>
       </c>
-      <c r="D996" s="1" t="inlineStr">
+      <c r="D1004" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E996" s="1" t="inlineStr">
+      <c r="E1004" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F996" s="1" t="inlineStr">
+      <c r="F1004" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="997" customHeight="true" ht="140.0">
-      <c r="A997" s="1" t="inlineStr">
+    <row r="1005" customHeight="1" ht="140.0">
+      <c r="A1005" s="1" t="inlineStr">
         <is>
           <t>217461</t>
         </is>
       </c>
-      <c r="C997" s="1" t="inlineStr">
+      <c r="C1005" s="1" t="inlineStr">
         <is>
           <t>TEN</t>
         </is>
       </c>
-      <c r="D997" s="1" t="inlineStr">
+      <c r="D1005" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E997" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F997" s="1" t="inlineStr">
+      <c r="E1005" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1005" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="998" customHeight="true" ht="140.0">
-      <c r="A998" s="1" t="inlineStr">
+    <row r="1006" customHeight="1" ht="140.0">
+      <c r="A1006" s="1" t="inlineStr">
         <is>
           <t>217460</t>
         </is>
       </c>
-      <c r="C998" s="1" t="inlineStr">
+      <c r="C1006" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D998" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F998" s="1" t="inlineStr">
+      <c r="D1006" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1006" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1006" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="999" customHeight="true" ht="140.0">
-      <c r="A999" s="1" t="inlineStr">
+    <row r="1007" customHeight="1" ht="140.0">
+      <c r="A1007" s="1" t="inlineStr">
         <is>
           <t>217445</t>
         </is>
       </c>
-      <c r="C999" s="1" t="inlineStr">
+      <c r="C1007" s="1" t="inlineStr">
         <is>
           <t>TOYOTA MOTOR</t>
         </is>
       </c>
-      <c r="D999" s="1" t="inlineStr">
+      <c r="D1007" s="1" t="inlineStr">
         <is>
           <t>Status not available</t>
         </is>
       </c>
-      <c r="E999" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F999" s="1" t="inlineStr">
+      <c r="E1007" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1007" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="1000" customHeight="true" ht="140.0">
-      <c r="A1000" s="1" t="inlineStr">
+    <row r="1008" customHeight="1" ht="140.0">
+      <c r="A1008" s="1" t="inlineStr">
         <is>
           <t>216724</t>
         </is>
       </c>
-      <c r="C1000" s="1" t="inlineStr">
+      <c r="C1008" s="1" t="inlineStr">
         <is>
           <t>COROLLA</t>
         </is>
       </c>
-      <c r="D1000" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1000" s="1" t="inlineStr">
+      <c r="D1008" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1008" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1008" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1001" customHeight="true" ht="140.0">
-      <c r="A1001" s="1" t="inlineStr">
+    <row r="1009" customHeight="1" ht="140.0">
+      <c r="A1009" s="1" t="inlineStr">
         <is>
           <t>214393</t>
         </is>
       </c>
-      <c r="C1001" s="1" t="inlineStr">
+      <c r="C1009" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D1001" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="E1001" s="1" t="inlineStr">
+      <c r="D1009" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1009" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="F1001" s="1" t="inlineStr">
+      <c r="F1009" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1002" customHeight="true" ht="140.0">
-      <c r="A1002" s="1" t="inlineStr">
+    <row r="1010" customHeight="1" ht="140.0">
+      <c r="A1010" s="1" t="inlineStr">
         <is>
           <t>195490</t>
         </is>
       </c>
-      <c r="C1002" s="1" t="inlineStr">
+      <c r="C1010" s="1" t="inlineStr">
         <is>
           <t>BT</t>
         </is>
       </c>
-      <c r="D1002" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1002" s="1" t="inlineStr">
+      <c r="D1010" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1010" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1010" s="1" t="inlineStr">
         <is>
           <t>Toyota Material Handling Europe AB</t>
         </is>
       </c>
     </row>
-    <row r="1003" customHeight="true" ht="140.0">
-      <c r="A1003" s="1" t="inlineStr">
+    <row r="1011" customHeight="1" ht="140.0">
+      <c r="A1011" s="1" t="inlineStr">
         <is>
           <t>195350</t>
         </is>
       </c>
-      <c r="C1003" s="1" t="inlineStr">
+      <c r="C1011" s="1" t="inlineStr">
         <is>
           <t>CLIMATIC</t>
         </is>
       </c>
-      <c r="D1003" s="1" t="inlineStr">
+      <c r="D1011" s="1" t="inlineStr">
         <is>
           <t>Removed - Not renewed:
 Renewal fee not paid</t>
         </is>
       </c>
-      <c r="E1003" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F1003" s="1" t="inlineStr">
+      <c r="E1011" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1011" s="1" t="inlineStr">
         <is>
           <t>Toyota Motor Sales Australia Limited</t>
         </is>
       </c>
     </row>
-    <row r="1004" customHeight="true" ht="140.0">
-      <c r="A1004" s="1" t="inlineStr">
+    <row r="1012" customHeight="1" ht="140.0">
+      <c r="A1012" s="1" t="inlineStr">
         <is>
           <t>190375</t>
         </is>
       </c>
-      <c r="C1004" s="1" t="inlineStr">
+      <c r="C1012" s="1" t="inlineStr">
         <is>
           <t>TOYOTA DYNA</t>
         </is>
       </c>
-      <c r="D1004" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1004" s="1" t="inlineStr">
+      <c r="D1012" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1012" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1012" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1005" customHeight="true" ht="140.0">
-      <c r="A1005" s="1" t="inlineStr">
+    <row r="1013" customHeight="1" ht="140.0">
+      <c r="A1013" s="1" t="inlineStr">
         <is>
           <t>190374</t>
         </is>
       </c>
-      <c r="C1005" s="1" t="inlineStr">
+      <c r="C1013" s="1" t="inlineStr">
         <is>
           <t>TOYOTA STOUT</t>
         </is>
       </c>
-      <c r="D1005" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1005" s="1" t="inlineStr">
+      <c r="D1013" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1013" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1013" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1006" customHeight="true" ht="140.0">
-      <c r="A1006" s="1" t="inlineStr">
+    <row r="1014" customHeight="1" ht="140.0">
+      <c r="A1014" s="1" t="inlineStr">
         <is>
           <t>190373</t>
         </is>
       </c>
-      <c r="C1006" s="1" t="inlineStr">
+      <c r="C1014" s="1" t="inlineStr">
         <is>
           <t>TEN</t>
         </is>
       </c>
-      <c r="D1006" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1006" s="1" t="inlineStr">
+      <c r="D1014" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1014" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1014" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1007" customHeight="true" ht="140.0">
-      <c r="A1007" s="1" t="inlineStr">
+    <row r="1015" customHeight="1" ht="140.0">
+      <c r="A1015" s="1" t="inlineStr">
         <is>
           <t>190372</t>
         </is>
       </c>
-      <c r="C1007" s="1" t="inlineStr">
+      <c r="C1015" s="1" t="inlineStr">
         <is>
           <t>TEN
 TOYOTA MOTOR</t>
         </is>
       </c>
-      <c r="D1007" s="1" t="inlineStr">
+      <c r="D1015" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled for unknown reason</t>
         </is>
       </c>
-      <c r="E1007" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F1007" s="1" t="inlineStr">
+      <c r="E1015" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1015" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="1008" customHeight="true" ht="140.0">
-      <c r="A1008" s="1" t="inlineStr">
+    <row r="1016" customHeight="1" ht="140.0">
+      <c r="A1016" s="1" t="inlineStr">
         <is>
           <t>190371</t>
         </is>
       </c>
-      <c r="C1008" s="1" t="inlineStr">
+      <c r="C1016" s="1" t="inlineStr">
         <is>
           <t>CROWN</t>
         </is>
       </c>
-      <c r="D1008" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1008" s="1" t="inlineStr">
+      <c r="D1016" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1016" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1016" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1009" customHeight="true" ht="140.0">
-      <c r="A1009" s="1" t="inlineStr">
+    <row r="1017" customHeight="1" ht="140.0">
+      <c r="A1017" s="1" t="inlineStr">
         <is>
           <t>190370</t>
         </is>
       </c>
-      <c r="C1009" s="1" t="inlineStr">
+      <c r="C1017" s="1" t="inlineStr">
         <is>
           <t>TOYOTA LAND CRUISER</t>
         </is>
       </c>
-      <c r="D1009" s="1" t="inlineStr">
+      <c r="D1017" s="1" t="inlineStr">
         <is>
           <t>Cancelled:
 Cancelled for unknown reason</t>
         </is>
       </c>
-      <c r="E1009" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F1009" s="1" t="inlineStr">
+      <c r="E1017" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1017" s="1" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="1010" customHeight="true" ht="140.0">
-      <c r="A1010" s="1" t="inlineStr">
+    <row r="1018" customHeight="1" ht="140.0">
+      <c r="A1018" s="1" t="inlineStr">
         <is>
           <t>190369</t>
         </is>
       </c>
-      <c r="C1010" s="1" t="inlineStr">
+      <c r="C1018" s="1" t="inlineStr">
         <is>
           <t>TOYOACE</t>
         </is>
       </c>
-      <c r="D1010" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1010" s="1" t="inlineStr">
+      <c r="D1018" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1018" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1018" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1011" customHeight="true" ht="140.0">
-      <c r="A1011" s="1" t="inlineStr">
+    <row r="1019" customHeight="1" ht="140.0">
+      <c r="A1019" s="1" t="inlineStr">
         <is>
           <t>190368</t>
         </is>
       </c>
-      <c r="C1011" s="1" t="inlineStr">
+      <c r="C1019" s="1" t="inlineStr">
         <is>
           <t>CORONA</t>
         </is>
       </c>
-      <c r="D1011" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1011" s="1" t="inlineStr">
+      <c r="D1019" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1019" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1019" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
-    <row r="1012" customHeight="true" ht="140.0">
-      <c r="A1012" s="1" t="inlineStr">
+    <row r="1020" customHeight="1" ht="140.0">
+      <c r="A1020" s="1" t="inlineStr">
         <is>
           <t>190366</t>
         </is>
       </c>
-      <c r="C1012" s="1" t="inlineStr">
+      <c r="C1020" s="1" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
-      <c r="D1012" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="F1012" s="1" t="inlineStr">
+      <c r="D1020" s="1" t="inlineStr">
+        <is>
+          <t>Registered:
+Registered/protected</t>
+        </is>
+      </c>
+      <c r="E1020" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="F1020" s="1" t="inlineStr">
         <is>
           <t>Toyota Jidosha Kabushiki Kaisha</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>